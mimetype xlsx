--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="438">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="444">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
     <t>Pharmacy BOOKS PRICE / CATALOGUE For Year - 2025</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
@@ -509,75 +509,93 @@
   <si>
     <t>978-81-19613-52-6</t>
   </si>
   <si>
     <t>24x18.5x2.4</t>
   </si>
   <si>
     <t>Competency Based Human Anatomy Volume II (Second Edition)</t>
   </si>
   <si>
     <t>978-81-19613-22-9</t>
   </si>
   <si>
     <t>24x18.5x2.2</t>
   </si>
   <si>
     <t>Competency Based Human Anatomy Volume III (Second Edition)</t>
   </si>
   <si>
     <t>978-81-19613-85-4</t>
   </si>
   <si>
     <t>24x18.5x2</t>
   </si>
   <si>
+    <t>Concise Biopharmaceutics and Pharmacokinetics for the Students of B.Pharm 6th Semester</t>
+  </si>
+  <si>
+    <t>978-93-48565-89-1</t>
+  </si>
+  <si>
+    <t>Dr. Gaurav Agarwal, Dr. Kavita Sangwan</t>
+  </si>
+  <si>
     <t>Cosmetology and Toxicology for B.Pharm / B.Tech Cosmetics Students</t>
   </si>
   <si>
     <t>978-81-19613-44-1</t>
   </si>
   <si>
     <t>Ms. Savita Mandan, Dr. Ashish Gorle, Dr. Pankaj Nerkar</t>
   </si>
   <si>
     <t>Cosmetic Science</t>
   </si>
   <si>
     <t>D.Pharm Exit Exam (DPEE)</t>
   </si>
   <si>
     <t>978-81-19613-02-1</t>
   </si>
   <si>
     <t>Prof. (Dr.) Rahul Kaushik, Ms. Neha Kashyap, Mr. Rajan Kumar Kurmi, Mr. Vikas Sharma Ms. Akansha Rawat</t>
   </si>
   <si>
     <t>Reference Book</t>
   </si>
   <si>
     <t>28x21x3.5</t>
+  </si>
+  <si>
+    <t>Drug Delivery System for the Students of M.Pharm 1 Semester</t>
+  </si>
+  <si>
+    <t>978-93-48565-90-7</t>
+  </si>
+  <si>
+    <t>Dr. Praveen Nasa, Mr. Rakesh Kumar, Ms. Manita, Ms. Kavita, Dr. Manisha Chhikara</t>
   </si>
   <si>
     <t>Environmental Sciences for the Students of B.Pharm 2nd Semester</t>
   </si>
   <si>
     <t>978-81-19613-15-1</t>
   </si>
   <si>
     <t>Ankit Kumar Mishra, Dr. J.N. Mishra, Vinay Bharati, Abhuday Bhushan Pandey</t>
   </si>
   <si>
     <t>22x15x0.7</t>
   </si>
   <si>
     <t>Experimental Handbook of Physical Pharmaceutics</t>
   </si>
   <si>
     <t>978-93-88022-86-6</t>
   </si>
   <si>
     <t>Dr. Pravin Gupta</t>
   </si>
   <si>
     <t>Practical</t>
   </si>
@@ -1749,62 +1767,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/215/a-competitive-textbook-of-pharmacology-at-glance" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-34-9" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/291/a-complete-laboratory-manual-of-pharmacology-for-bpharm" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-09-0" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/299/a-concise-book-of-biochemistry-for-bpharm-and-gpat-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-08-3" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/384/a-practical-book-of-biochemistry-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-25-9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/300/a-practical-book-of-herbal-drug-technology-for-bpharm-6th-semester-bp-609p" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-95-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/82/a-practical-book-of-pharmaceutical-inorganic-chemistry-as-per-pci-latest-pattern" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-36-1" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/269/a-practical-manual-of-industrial-pharmacy-i-for-third-year-bpharmacy-vth-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/287/a-text-book-of-biochemistry-and-clinical-pathology" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-55-7" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/93/a-text-book-of-pharmaceutical-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-47-7" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/248/a-text-book-of-pharmacognosy" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-83-7" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/207/a-textbook-of-pharmaceutical-analysis-for-first-year-b-pharm-semester-i-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-26-4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/264/a-textbook-of-pharmaceutical-engineering-for-bpharma-2nd-year-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-9-3" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/195/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-57-8" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/255/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-92-9" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/146/a-textbook-of-pharmaceutical-inorganic-chemistry-as-per-new-pci-syllabus-for-b-pharmacy-ist-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-09-7" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/237/a-textbook-of-pharmaceutical-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-3-2" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/396/a-textbook-of-pharmacognosy-i-for-the-students-of-dpharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-17-4" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/197/a-textbook-of-pharmacy-practice-for-b-pharm-7th-semester-4th-year" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-05-9" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/378/a-textbook-of-physical-pharmaceutics-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-63-1" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/370/a-textbook-of-universal-human-values-and-professional-ethics-for-bpharm-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-82-2" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/117/a-textbook-on-assessment-monitoring-documentation-and-reporting-of-adverse-drug-reactions" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-71-2" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/239/a-theoretical-book-on-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-8-7" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/279/a-theoretical-book-on-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-49-6" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/355/all-in-one-practical-book-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-66-3" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/224/all-in-one-textbook-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-92-7" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/296/biochemistry-and-clinical-pathology-for-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-70-0" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/306/cosmetology-and-toxicology-for-bpharm-btech-cosmetics-students" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-44-1" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/354/dpharm-exit-exam-dpee" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-02-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/323/environmental-sciences-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-15-1" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/132/experimental-handbook-of-physical-pharmaceutics" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-86-6" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/268/experimental-pharmacology-i-practical-book-according-to-pci-syllabus-for-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/43/fundamentals-of-pharmacy-for-gpat-niper" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-00-2" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/377/handbook-of-toxicology-and-pharmacological-screening-methods-ii-for-the-students-of-mpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-38-9" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/364/herbal-drug-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-12-0" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/366/hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-66-2" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/342/human-anatomy-and-physiology-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-18-2" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/345/human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-68-7" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/380/industrial-pharmacognostical-techniques-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-21-1" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/343/industrial-pharmacy-ii-for-bpharm-4th-year-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-27-4" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/96/instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-50-7" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/203/lab-manual-for-b-pharmacy-first-year" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-23-3" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/216/mcqs-book-for-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-60-8" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/358/mcqs-for-pharmacy-diploma-exit-examination-dpee-di-gpat-niper-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-80-9" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/198/mcqs-in-pharmacology-for-undergraduate-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-14-1" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/143/medicinal-chemistry-i-for-b-pharm-2nd-year-iv-semester-students-as-per-latest-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-6-2" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/307/multiple-choice-questions-mcqs-of-pharmaceutics-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-65-6" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/285/novel-drug-delivery-system-40ndds41" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-75-5" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/252/novel-drug-delivery-systems" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-87-5" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/141/pharmaceutical-biotechnology" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/157/pharmaceutical-chemistry-i-for-1st-year-d-pharm-students-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-06-6" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/251/pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-86-8" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/258/pharmaceutical-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-94-3" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/282/pharmaceutical-product-development" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-16-8" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/273/pharmaceutics-manual-for-diploma-in-pharmacy-students-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-99-8" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/219/pharmaceutics-practicals-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-50-9" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/292/pharmaceutics-i-a-practical-manual-for-1st-semester-bpharm-and-1st-year-pharmd" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-17-5" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/281/pharmaceutics-i-theory-and-practical" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-84-7" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/310/pharmacognosy-and-phytochemistry-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-40-3" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/361/pharmacognosy-and-phytochemistry-ii-practicals-as-per-pci-syllabus-for-bpharm-5th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-45-8" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/187/pharmacognosy-and-phytopharmaceuticals-lab" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-10-3" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/308/pharmacology-i-exam-success-companion-previous-5-years-solved-question-papers-for-bpharm-4th-semester-bp404t" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-31-1" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/180/physical-pharmaceutics-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-63-9" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/340/practical-book-of-community-pharmacy-and-management-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-58-8" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/113/practical-lab-manual-of-pharmaceutical-organic-chemistry-i-b-pharm-2nd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-67-5" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/114/practical-lab-manual-of-pharmaceutical-organic-chemistry-ii-b-pharm-3rd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-68-2" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/229/practical-manual-of-inorganic-organic-and-medicinal-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-98-9" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/274/preparation-of-inorganic-organic-and-medicinal-compounds-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-53-3" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/333/principles-of-physical-pharmaceutics-fundamentals-and-applications-part-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-48-9" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/332/social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-88-5" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/329/text-book-of-medicinal-chemistry-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-00-7" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/313/text-book-of-medicinal-chemistry-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-39-7" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/372/text-book-of-pharmaceutical-regulatory-science" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-95-2" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/350/text-book-of-pharmacy-practice-for-the-students-of-bpharm-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-10-6" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/383/text-book-of-regulatory-affairs-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-85-3" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/303/text-book-of-social-pharmacy-for-the-students-of-d-pharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-47-2" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/247/textbook-of-cosmetic-science" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-82-0" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/398/textbook-of-dietary-supplements-and-nutraceuticals-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-31-0" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/347/textbook-of-hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-77-9" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/338/textbook-of-human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-94-6" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/348/textbook-of-industrial-pharmacy-i-for-the-students-of-bpharm-5-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-64-9" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/363/textbook-of-industrial-pharmacy-ii-for-the-students-of-bpharm-7-semester-as-per-latest-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-91-5" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/290/textbook-of-instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-38-0" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/137/textbook-of-pharmaceutics-ii-for-second-year-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-90-3" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/400/textbook-of-pharmacology-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-47-1" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/275/textbook-of-pharmacotherapeutics-for-diploma-in-pharmacy-students-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-96-0" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/316/textbook-of-social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-50-2" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/107/the-theory-and-practical-book-of-industrial-pharmacy-i" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-61-3" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/375/the-theory-and-practical-book-of-pharmaceutical-inorganic-chemistry-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-35-8" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/392/theory-and-practical-book-of-environmental-education-and-disaster-management-for-the-students-of-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-79-2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/215/a-competitive-textbook-of-pharmacology-at-glance" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-34-9" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/291/a-complete-laboratory-manual-of-pharmacology-for-bpharm" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-09-0" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/299/a-concise-book-of-biochemistry-for-bpharm-and-gpat-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-08-3" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/384/a-practical-book-of-biochemistry-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-25-9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/300/a-practical-book-of-herbal-drug-technology-for-bpharm-6th-semester-bp-609p" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-95-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/82/a-practical-book-of-pharmaceutical-inorganic-chemistry-as-per-pci-latest-pattern" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-36-1" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/269/a-practical-manual-of-industrial-pharmacy-i-for-third-year-bpharmacy-vth-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/287/a-text-book-of-biochemistry-and-clinical-pathology" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-55-7" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/93/a-text-book-of-pharmaceutical-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-47-7" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/248/a-text-book-of-pharmacognosy" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-83-7" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/207/a-textbook-of-pharmaceutical-analysis-for-first-year-b-pharm-semester-i-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-26-4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/264/a-textbook-of-pharmaceutical-engineering-for-bpharma-2nd-year-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-9-3" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/195/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-57-8" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/255/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-92-9" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/146/a-textbook-of-pharmaceutical-inorganic-chemistry-as-per-new-pci-syllabus-for-b-pharmacy-ist-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-09-7" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/237/a-textbook-of-pharmaceutical-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-3-2" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/396/a-textbook-of-pharmacognosy-i-for-the-students-of-dpharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-17-4" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/197/a-textbook-of-pharmacy-practice-for-b-pharm-7th-semester-4th-year" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-05-9" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/378/a-textbook-of-physical-pharmaceutics-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-63-1" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/370/a-textbook-of-universal-human-values-and-professional-ethics-for-bpharm-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-82-2" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/117/a-textbook-on-assessment-monitoring-documentation-and-reporting-of-adverse-drug-reactions" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-71-2" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/239/a-theoretical-book-on-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-8-7" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/279/a-theoretical-book-on-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-49-6" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/355/all-in-one-practical-book-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-66-3" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/224/all-in-one-textbook-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-92-7" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/296/biochemistry-and-clinical-pathology-for-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-70-0" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/406/concise-biopharmaceutics-and-pharmacokinetics-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-89-1" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/306/cosmetology-and-toxicology-for-bpharm-btech-cosmetics-students" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-44-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/354/dpharm-exit-exam-dpee" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-02-1" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/407/drug-delivery-system-for-the-students-of-mpharm-1-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-90-7" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/323/environmental-sciences-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-15-1" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/132/experimental-handbook-of-physical-pharmaceutics" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-86-6" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/268/experimental-pharmacology-i-practical-book-according-to-pci-syllabus-for-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/43/fundamentals-of-pharmacy-for-gpat-niper" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-00-2" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/377/handbook-of-toxicology-and-pharmacological-screening-methods-ii-for-the-students-of-mpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-38-9" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/364/herbal-drug-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-12-0" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/366/hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-66-2" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/342/human-anatomy-and-physiology-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-18-2" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/345/human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-68-7" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/380/industrial-pharmacognostical-techniques-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-21-1" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/343/industrial-pharmacy-ii-for-bpharm-4th-year-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-27-4" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/96/instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-50-7" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/203/lab-manual-for-b-pharmacy-first-year" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-23-3" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/216/mcqs-book-for-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-60-8" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/358/mcqs-for-pharmacy-diploma-exit-examination-dpee-di-gpat-niper-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-80-9" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/198/mcqs-in-pharmacology-for-undergraduate-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-14-1" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/143/medicinal-chemistry-i-for-b-pharm-2nd-year-iv-semester-students-as-per-latest-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-6-2" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/307/multiple-choice-questions-mcqs-of-pharmaceutics-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-65-6" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/285/novel-drug-delivery-system-40ndds41" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-75-5" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/252/novel-drug-delivery-systems" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-87-5" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/141/pharmaceutical-biotechnology" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/157/pharmaceutical-chemistry-i-for-1st-year-d-pharm-students-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-06-6" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/251/pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-86-8" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/258/pharmaceutical-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-94-3" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/282/pharmaceutical-product-development" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-16-8" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/273/pharmaceutics-manual-for-diploma-in-pharmacy-students-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-99-8" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/219/pharmaceutics-practicals-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-50-9" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/292/pharmaceutics-i-a-practical-manual-for-1st-semester-bpharm-and-1st-year-pharmd" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-17-5" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/281/pharmaceutics-i-theory-and-practical" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-84-7" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/310/pharmacognosy-and-phytochemistry-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-40-3" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/361/pharmacognosy-and-phytochemistry-ii-practicals-as-per-pci-syllabus-for-bpharm-5th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-45-8" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/187/pharmacognosy-and-phytopharmaceuticals-lab" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-10-3" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/308/pharmacology-i-exam-success-companion-previous-5-years-solved-question-papers-for-bpharm-4th-semester-bp404t" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-31-1" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/180/physical-pharmaceutics-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-63-9" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/340/practical-book-of-community-pharmacy-and-management-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-58-8" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/113/practical-lab-manual-of-pharmaceutical-organic-chemistry-i-b-pharm-2nd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-67-5" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/114/practical-lab-manual-of-pharmaceutical-organic-chemistry-ii-b-pharm-3rd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-68-2" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/229/practical-manual-of-inorganic-organic-and-medicinal-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-98-9" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/274/preparation-of-inorganic-organic-and-medicinal-compounds-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-53-3" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/333/principles-of-physical-pharmaceutics-fundamentals-and-applications-part-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-48-9" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/332/social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-88-5" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/329/text-book-of-medicinal-chemistry-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-00-7" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/313/text-book-of-medicinal-chemistry-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-39-7" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/372/text-book-of-pharmaceutical-regulatory-science" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-95-2" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/350/text-book-of-pharmacy-practice-for-the-students-of-bpharm-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-10-6" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/383/text-book-of-regulatory-affairs-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-85-3" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/303/text-book-of-social-pharmacy-for-the-students-of-d-pharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-47-2" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/247/textbook-of-cosmetic-science" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-82-0" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/398/textbook-of-dietary-supplements-and-nutraceuticals-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-31-0" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/347/textbook-of-hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-77-9" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/338/textbook-of-human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-94-6" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/348/textbook-of-industrial-pharmacy-i-for-the-students-of-bpharm-5-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-64-9" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/363/textbook-of-industrial-pharmacy-ii-for-the-students-of-bpharm-7-semester-as-per-latest-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-91-5" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/290/textbook-of-instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-38-0" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/137/textbook-of-pharmaceutics-ii-for-second-year-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-90-3" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/400/textbook-of-pharmacology-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-47-1" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/275/textbook-of-pharmacotherapeutics-for-diploma-in-pharmacy-students-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-96-0" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/316/textbook-of-social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-50-2" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/107/the-theory-and-practical-book-of-industrial-pharmacy-i" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-61-3" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/375/the-theory-and-practical-book-of-pharmaceutical-inorganic-chemistry-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-35-8" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/392/theory-and-practical-book-of-environmental-education-and-disaster-management-for-the-students-of-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-79-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R115"/>
+  <dimension ref="A1:R117"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B115" sqref="B115:H115"/>
+      <selection activeCell="B117" sqref="B117:H117"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
     <col min="14" max="14" width="14.2822" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.5645" customWidth="true" style="0"/>
     <col min="18" max="18" width="14.2822" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18">
@@ -3811,4185 +3829,4289 @@
       </c>
       <c r="Q40" s="5" t="s">
         <v>154</v>
       </c>
       <c r="R40" s="9" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41" s="5">
         <v>35</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>165</v>
       </c>
       <c r="C41" s="9" t="s">
         <v>166</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>167</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G41" s="9">
-        <v>92</v>
+        <v>237</v>
       </c>
       <c r="H41" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="9">
-        <v>300.0</v>
+        <v>500.0</v>
       </c>
       <c r="J41" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K41" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L41" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="L41" s="9"/>
       <c r="M41" s="10" t="s">
         <v>166</v>
       </c>
       <c r="N41" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O41" s="9" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="P41" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q41" s="5" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="R41" s="9"/>
     </row>
     <row r="42" spans="1:18">
       <c r="A42" s="5">
         <v>36</v>
       </c>
       <c r="B42" s="8" t="s">
+        <v>168</v>
+      </c>
+      <c r="C42" s="9" t="s">
         <v>169</v>
       </c>
-      <c r="C42" s="9" t="s">
+      <c r="D42" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="D42" s="5" t="s">
+      <c r="E42" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F42" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G42" s="9">
+        <v>92</v>
+      </c>
+      <c r="H42" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I42" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="J42" s="9">
+        <v>20</v>
+      </c>
+      <c r="K42" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L42" s="9">
+        <v>165</v>
+      </c>
+      <c r="M42" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="N42" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O42" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P42" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q42" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="E42" s="9" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="R42" s="9" t="s">
-        <v>173</v>
+        <v>113</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43" s="5">
         <v>37</v>
       </c>
       <c r="B43" s="8" t="s">
+        <v>172</v>
+      </c>
+      <c r="C43" s="9" t="s">
+        <v>173</v>
+      </c>
+      <c r="D43" s="5" t="s">
         <v>174</v>
       </c>
-      <c r="C43" s="9" t="s">
+      <c r="E43" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F43" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G43" s="9">
+        <v>613</v>
+      </c>
+      <c r="H43" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I43" s="9">
+        <v>1095.0</v>
+      </c>
+      <c r="J43" s="9">
+        <v>40</v>
+      </c>
+      <c r="K43" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L43" s="9">
+        <v>1560</v>
+      </c>
+      <c r="M43" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="N43" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O43" s="9" t="s">
         <v>175</v>
       </c>
-      <c r="D43" s="5" t="s">
+      <c r="P43" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q43" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="R43" s="9" t="s">
         <v>176</v>
-      </c>
-[...40 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44" s="5">
         <v>38</v>
       </c>
       <c r="B44" s="8" t="s">
+        <v>177</v>
+      </c>
+      <c r="C44" s="9" t="s">
         <v>178</v>
       </c>
-      <c r="C44" s="9" t="s">
+      <c r="D44" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="D44" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="G44" s="9">
-        <v>208</v>
+        <v>175</v>
       </c>
       <c r="H44" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="9">
-        <v>475.0</v>
+        <v>425.0</v>
       </c>
       <c r="J44" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K44" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L44" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="L44" s="9"/>
       <c r="M44" s="10" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="N44" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O44" s="9" t="s">
-        <v>181</v>
+        <v>26</v>
       </c>
       <c r="P44" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q44" s="5" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="R44" s="9"/>
     </row>
     <row r="45" spans="1:18">
       <c r="A45" s="5">
         <v>39</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F45" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G45" s="9">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="H45" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="9">
-        <v>325.0</v>
+        <v>275.0</v>
       </c>
       <c r="J45" s="9">
         <v>15</v>
       </c>
       <c r="K45" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="9">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="M45" s="10" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="N45" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O45" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P45" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q45" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="R45" s="9" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46" s="5">
         <v>40</v>
       </c>
       <c r="B46" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="C46" s="9" t="s">
+        <v>185</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E46" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F46" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G46" s="9">
+        <v>208</v>
+      </c>
+      <c r="H46" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I46" s="9">
+        <v>475.0</v>
+      </c>
+      <c r="J46" s="9">
+        <v>25</v>
+      </c>
+      <c r="K46" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L46" s="9">
+        <v>340</v>
+      </c>
+      <c r="M46" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="N46" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O46" s="9" t="s">
         <v>187</v>
       </c>
-      <c r="C46" s="9" t="s">
+      <c r="P46" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q46" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="D46" s="5" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="R46" s="9" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="A47" s="5">
         <v>41</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="F47" s="9" t="s">
-        <v>195</v>
+      <c r="F47" s="9">
+        <v>2023</v>
       </c>
       <c r="G47" s="9">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="H47" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="9">
         <v>325.0</v>
       </c>
       <c r="J47" s="9">
         <v>15</v>
       </c>
       <c r="K47" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="9">
-        <v>250</v>
+        <v>150</v>
       </c>
       <c r="M47" s="10" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="N47" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O47" s="9" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="P47" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q47" s="5" t="s">
-        <v>196</v>
+        <v>28</v>
       </c>
       <c r="R47" s="9" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48" s="5">
         <v>42</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C48" s="9" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G48" s="9">
-        <v>417</v>
+        <v>215</v>
       </c>
       <c r="H48" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="9">
-        <v>995.0</v>
+        <v>495.0</v>
       </c>
       <c r="J48" s="9">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="K48" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="9">
-        <v>525</v>
+        <v>320</v>
       </c>
       <c r="M48" s="10" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="N48" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O48" s="9" t="s">
-        <v>26</v>
+        <v>196</v>
       </c>
       <c r="P48" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q48" s="5" t="s">
-        <v>38</v>
+        <v>197</v>
       </c>
       <c r="R48" s="9" t="s">
-        <v>201</v>
+        <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="A49" s="5">
         <v>43</v>
       </c>
       <c r="B49" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="C49" s="9" t="s">
+        <v>199</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E49" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F49" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="G49" s="9">
+        <v>111</v>
+      </c>
+      <c r="H49" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I49" s="9">
+        <v>325.0</v>
+      </c>
+      <c r="J49" s="9">
+        <v>15</v>
+      </c>
+      <c r="K49" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L49" s="9">
+        <v>250</v>
+      </c>
+      <c r="M49" s="10" t="s">
+        <v>199</v>
+      </c>
+      <c r="N49" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O49" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P49" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q49" s="5" t="s">
         <v>202</v>
       </c>
-      <c r="C49" s="9" t="s">
+      <c r="R49" s="9" t="s">
         <v>203</v>
-      </c>
-[...43 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="A50" s="5">
         <v>44</v>
       </c>
       <c r="B50" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="C50" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="D50" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="C50" s="9" t="s">
+      <c r="E50" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F50" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G50" s="9">
+        <v>417</v>
+      </c>
+      <c r="H50" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I50" s="9">
+        <v>995.0</v>
+      </c>
+      <c r="J50" s="9">
+        <v>45</v>
+      </c>
+      <c r="K50" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L50" s="9">
+        <v>525</v>
+      </c>
+      <c r="M50" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="N50" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O50" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="P50" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q50" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="R50" s="9" t="s">
         <v>207</v>
-      </c>
-[...43 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="A51" s="5">
         <v>45</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="C51" s="9" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>214</v>
+        <v>135</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F51" s="9">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="G51" s="9">
-        <v>149</v>
+        <v>252</v>
       </c>
       <c r="H51" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="9">
-        <v>495.0</v>
+        <v>800.0</v>
       </c>
       <c r="J51" s="9">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K51" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="9">
-        <v>230</v>
+        <v>430</v>
       </c>
       <c r="M51" s="10" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="N51" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O51" s="9" t="s">
-        <v>172</v>
+        <v>210</v>
       </c>
       <c r="P51" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q51" s="5" t="s">
-        <v>215</v>
+        <v>137</v>
       </c>
       <c r="R51" s="9" t="s">
-        <v>86</v>
+        <v>211</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52" s="5">
         <v>46</v>
       </c>
       <c r="B52" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="C52" s="9" t="s">
+        <v>213</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="E52" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F52" s="9">
+        <v>2018</v>
+      </c>
+      <c r="G52" s="9">
+        <v>69</v>
+      </c>
+      <c r="H52" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I52" s="9">
+        <v>375.0</v>
+      </c>
+      <c r="J52" s="9">
+        <v>20</v>
+      </c>
+      <c r="K52" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L52" s="9">
+        <v>130</v>
+      </c>
+      <c r="M52" s="10" t="s">
+        <v>213</v>
+      </c>
+      <c r="N52" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O52" s="9" t="s">
+        <v>215</v>
+      </c>
+      <c r="P52" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q52" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="C52" s="9" t="s">
+      <c r="R52" s="9" t="s">
         <v>217</v>
-      </c>
-[...43 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53" s="5">
         <v>47</v>
       </c>
       <c r="B53" s="8" t="s">
+        <v>218</v>
+      </c>
+      <c r="C53" s="9" t="s">
+        <v>219</v>
+      </c>
+      <c r="D53" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="C53" s="9" t="s">
+      <c r="E53" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F53" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G53" s="9">
+        <v>149</v>
+      </c>
+      <c r="H53" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I53" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J53" s="9">
+        <v>25</v>
+      </c>
+      <c r="K53" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L53" s="9">
+        <v>230</v>
+      </c>
+      <c r="M53" s="10" t="s">
+        <v>219</v>
+      </c>
+      <c r="N53" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O53" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="P53" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q53" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="D53" s="5" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="R53" s="9" t="s">
-        <v>113</v>
+        <v>86</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54" s="5">
         <v>48</v>
       </c>
       <c r="B54" s="8" t="s">
+        <v>222</v>
+      </c>
+      <c r="C54" s="9" t="s">
+        <v>223</v>
+      </c>
+      <c r="D54" s="5" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F54" s="9">
         <v>2025</v>
       </c>
       <c r="G54" s="9">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H54" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="9">
-        <v>375.0</v>
+        <v>400.0</v>
       </c>
       <c r="J54" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K54" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="9">
-        <v>220</v>
+        <v>260</v>
       </c>
       <c r="M54" s="10" t="s">
+        <v>223</v>
+      </c>
+      <c r="N54" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O54" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="P54" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q54" s="5" t="s">
         <v>225</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="R54" s="9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55" s="5">
         <v>49</v>
       </c>
       <c r="B55" s="8" t="s">
+        <v>226</v>
+      </c>
+      <c r="C55" s="9" t="s">
         <v>227</v>
       </c>
-      <c r="C55" s="9" t="s">
+      <c r="D55" s="5" t="s">
         <v>228</v>
       </c>
-      <c r="D55" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E55" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F55" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G55" s="9">
-        <v>183</v>
+        <v>111</v>
       </c>
       <c r="H55" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="9">
-        <v>395.0</v>
+        <v>400.0</v>
       </c>
       <c r="J55" s="9">
         <v>20</v>
       </c>
       <c r="K55" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="9">
-        <v>280</v>
+        <v>180</v>
       </c>
       <c r="M55" s="10" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="N55" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O55" s="9" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="P55" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q55" s="5" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="R55" s="9" t="s">
-        <v>89</v>
+        <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56" s="5">
         <v>50</v>
       </c>
       <c r="B56" s="8" t="s">
+        <v>230</v>
+      </c>
+      <c r="C56" s="9" t="s">
         <v>231</v>
       </c>
-      <c r="C56" s="9" t="s">
+      <c r="D56" s="5" t="s">
         <v>232</v>
       </c>
-      <c r="D56" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E56" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F56" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G56" s="9">
-        <v>225</v>
+        <v>138</v>
       </c>
       <c r="H56" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="9">
-        <v>475.0</v>
+        <v>375.0</v>
       </c>
       <c r="J56" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K56" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L56" s="9">
-        <v>360</v>
+        <v>220</v>
       </c>
       <c r="M56" s="10" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="N56" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O56" s="9" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="P56" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q56" s="5" t="s">
-        <v>154</v>
+        <v>27</v>
       </c>
       <c r="R56" s="9" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57" s="5">
         <v>51</v>
       </c>
       <c r="B57" s="8" t="s">
+        <v>233</v>
+      </c>
+      <c r="C57" s="9" t="s">
         <v>234</v>
       </c>
-      <c r="C57" s="9" t="s">
+      <c r="D57" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="D57" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E57" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F57" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G57" s="9">
-        <v>197</v>
+        <v>183</v>
       </c>
       <c r="H57" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="9">
-        <v>475.0</v>
+        <v>395.0</v>
       </c>
       <c r="J57" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K57" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L57" s="9">
-        <v>400</v>
+        <v>280</v>
       </c>
       <c r="M57" s="10" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="N57" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O57" s="9" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="P57" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q57" s="5" t="s">
-        <v>154</v>
+        <v>236</v>
       </c>
       <c r="R57" s="9" t="s">
-        <v>236</v>
+        <v>89</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58" s="5">
         <v>52</v>
       </c>
       <c r="B58" s="8" t="s">
         <v>237</v>
       </c>
       <c r="C58" s="9" t="s">
         <v>238</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>239</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F58" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G58" s="9">
-        <v>184</v>
+        <v>225</v>
       </c>
       <c r="H58" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="9">
         <v>475.0</v>
       </c>
       <c r="J58" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K58" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="9">
         <v>360</v>
       </c>
       <c r="M58" s="10" t="s">
         <v>238</v>
       </c>
       <c r="N58" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O58" s="9" t="s">
         <v>65</v>
       </c>
       <c r="P58" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q58" s="5" t="s">
-        <v>240</v>
+        <v>154</v>
       </c>
       <c r="R58" s="9" t="s">
-        <v>241</v>
+        <v>72</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="A59" s="5">
         <v>53</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C59" s="9" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F59" s="9">
         <v>2024</v>
       </c>
       <c r="G59" s="9">
-        <v>132</v>
+        <v>197</v>
       </c>
       <c r="H59" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="9">
-        <v>350.0</v>
+        <v>475.0</v>
       </c>
       <c r="J59" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K59" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L59" s="9">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="M59" s="10" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="N59" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O59" s="9" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="P59" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q59" s="5" t="s">
-        <v>58</v>
+        <v>154</v>
       </c>
       <c r="R59" s="9" t="s">
-        <v>113</v>
+        <v>242</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="A60" s="5">
         <v>54</v>
       </c>
       <c r="B60" s="8" t="s">
+        <v>243</v>
+      </c>
+      <c r="C60" s="9" t="s">
+        <v>244</v>
+      </c>
+      <c r="D60" s="5" t="s">
         <v>245</v>
       </c>
-      <c r="C60" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E60" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F60" s="9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="G60" s="9">
-        <v>143</v>
+        <v>184</v>
       </c>
       <c r="H60" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="9">
-        <v>350.0</v>
+        <v>475.0</v>
       </c>
       <c r="J60" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K60" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L60" s="9">
-        <v>335</v>
+        <v>360</v>
       </c>
       <c r="M60" s="10" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="N60" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O60" s="9" t="s">
         <v>65</v>
       </c>
       <c r="P60" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q60" s="5" t="s">
-        <v>27</v>
+        <v>246</v>
       </c>
       <c r="R60" s="9" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="A61" s="5">
         <v>55</v>
       </c>
       <c r="B61" s="8" t="s">
+        <v>248</v>
+      </c>
+      <c r="C61" s="9" t="s">
         <v>249</v>
       </c>
-      <c r="C61" s="9" t="s">
+      <c r="D61" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="D61" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E61" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F61" s="9">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G61" s="9">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="H61" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I61" s="9">
-        <v>250.0</v>
+        <v>350.0</v>
       </c>
       <c r="J61" s="9">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="K61" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="9">
         <v>200</v>
       </c>
       <c r="M61" s="10" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="N61" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O61" s="9" t="s">
-        <v>252</v>
+        <v>26</v>
       </c>
       <c r="P61" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q61" s="5" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="R61" s="9" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62" s="5">
         <v>56</v>
       </c>
       <c r="B62" s="8" t="s">
+        <v>251</v>
+      </c>
+      <c r="C62" s="9" t="s">
+        <v>252</v>
+      </c>
+      <c r="D62" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="C62" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E62" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F62" s="9">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="G62" s="9">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="H62" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I62" s="9">
         <v>350.0</v>
       </c>
       <c r="J62" s="9">
         <v>20</v>
       </c>
       <c r="K62" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L62" s="9">
-        <v>220</v>
+        <v>335</v>
       </c>
       <c r="M62" s="10" t="s">
+        <v>252</v>
+      </c>
+      <c r="N62" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O62" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P62" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q62" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="R62" s="9" t="s">
         <v>254</v>
-      </c>
-[...13 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="A63" s="5">
         <v>57</v>
       </c>
       <c r="B63" s="8" t="s">
+        <v>255</v>
+      </c>
+      <c r="C63" s="9" t="s">
+        <v>256</v>
+      </c>
+      <c r="D63" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="C63" s="9" t="s">
+      <c r="E63" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F63" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G63" s="9">
+        <v>119</v>
+      </c>
+      <c r="H63" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I63" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="J63" s="9">
+        <v>15</v>
+      </c>
+      <c r="K63" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L63" s="9">
+        <v>200</v>
+      </c>
+      <c r="M63" s="10" t="s">
+        <v>256</v>
+      </c>
+      <c r="N63" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O63" s="9" t="s">
         <v>258</v>
       </c>
-      <c r="D63" s="5" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="P63" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q63" s="5" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="R63" s="9" t="s">
-        <v>261</v>
+        <v>48</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="A64" s="5">
         <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C64" s="9" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F64" s="9">
         <v>2022</v>
       </c>
       <c r="G64" s="9">
-        <v>229</v>
+        <v>146</v>
       </c>
       <c r="H64" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="9">
-        <v>499.0</v>
+        <v>350.0</v>
       </c>
       <c r="J64" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K64" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="9">
-        <v>330</v>
+        <v>220</v>
       </c>
       <c r="M64" s="10" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="N64" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O64" s="9" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="P64" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q64" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="R64" s="9" t="s">
-        <v>265</v>
+        <v>34</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65" s="5">
         <v>59</v>
       </c>
       <c r="B65" s="8" t="s">
+        <v>263</v>
+      </c>
+      <c r="C65" s="9" t="s">
+        <v>264</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="E65" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F65" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G65" s="9">
+        <v>862</v>
+      </c>
+      <c r="H65" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I65" s="9">
+        <v>1600.0</v>
+      </c>
+      <c r="J65" s="9">
+        <v>70</v>
+      </c>
+      <c r="K65" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L65" s="9">
+        <v>1960</v>
+      </c>
+      <c r="M65" s="10" t="s">
+        <v>264</v>
+      </c>
+      <c r="N65" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O65" s="9" t="s">
         <v>266</v>
       </c>
-      <c r="C65" s="9" t="s">
+      <c r="P65" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q65" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="R65" s="9" t="s">
         <v>267</v>
-      </c>
-[...43 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66" s="5">
         <v>60</v>
       </c>
       <c r="B66" s="8" t="s">
+        <v>268</v>
+      </c>
+      <c r="C66" s="9" t="s">
+        <v>269</v>
+      </c>
+      <c r="D66" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="C66" s="9" t="s">
+      <c r="E66" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F66" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G66" s="9">
+        <v>229</v>
+      </c>
+      <c r="H66" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I66" s="9">
+        <v>499.0</v>
+      </c>
+      <c r="J66" s="9">
+        <v>25</v>
+      </c>
+      <c r="K66" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L66" s="9">
+        <v>330</v>
+      </c>
+      <c r="M66" s="10" t="s">
+        <v>269</v>
+      </c>
+      <c r="N66" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O66" s="9" t="s">
+        <v>262</v>
+      </c>
+      <c r="P66" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q66" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="R66" s="9" t="s">
         <v>271</v>
-      </c>
-[...43 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67" s="5">
         <v>61</v>
       </c>
       <c r="B67" s="8" t="s">
+        <v>272</v>
+      </c>
+      <c r="C67" s="9" t="s">
         <v>273</v>
       </c>
-      <c r="C67" s="9" t="s">
+      <c r="D67" s="5" t="s">
         <v>274</v>
       </c>
-      <c r="D67" s="5" t="s">
+      <c r="E67" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F67" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G67" s="9">
+        <v>182</v>
+      </c>
+      <c r="H67" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I67" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J67" s="9">
+        <v>25</v>
+      </c>
+      <c r="K67" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L67" s="9">
+        <v>300</v>
+      </c>
+      <c r="M67" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="N67" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O67" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="P67" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q67" s="5" t="s">
         <v>275</v>
       </c>
-      <c r="E67" s="9" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="R67" s="9" t="s">
-        <v>276</v>
+        <v>94</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="A68" s="5">
         <v>62</v>
       </c>
       <c r="B68" s="8" t="s">
+        <v>276</v>
+      </c>
+      <c r="C68" s="9" t="s">
         <v>277</v>
       </c>
-      <c r="C68" s="9" t="s">
+      <c r="D68" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="D68" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F68" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G68" s="9">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="H68" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="9">
-        <v>400.0</v>
+        <v>475.0</v>
       </c>
       <c r="J68" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K68" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="9">
-        <v>220</v>
+        <v>350</v>
       </c>
       <c r="M68" s="10" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="N68" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O68" s="9" t="s">
-        <v>26</v>
+        <v>266</v>
       </c>
       <c r="P68" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q68" s="5" t="s">
-        <v>27</v>
+        <v>188</v>
       </c>
       <c r="R68" s="9" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="A69" s="5">
         <v>63</v>
       </c>
       <c r="B69" s="8" t="s">
+        <v>279</v>
+      </c>
+      <c r="C69" s="9" t="s">
         <v>280</v>
       </c>
-      <c r="C69" s="9" t="s">
+      <c r="D69" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="D69" s="5" t="s">
+      <c r="E69" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F69" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G69" s="9">
+        <v>372</v>
+      </c>
+      <c r="H69" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I69" s="9">
+        <v>750.0</v>
+      </c>
+      <c r="J69" s="9">
+        <v>35</v>
+      </c>
+      <c r="K69" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L69" s="9">
+        <v>480</v>
+      </c>
+      <c r="M69" s="10" t="s">
+        <v>280</v>
+      </c>
+      <c r="N69" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O69" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P69" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q69" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="R69" s="9" t="s">
         <v>282</v>
-      </c>
-[...40 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="A70" s="5">
         <v>64</v>
       </c>
       <c r="B70" s="8" t="s">
+        <v>283</v>
+      </c>
+      <c r="C70" s="9" t="s">
         <v>284</v>
       </c>
-      <c r="C70" s="9" t="s">
+      <c r="D70" s="5" t="s">
         <v>285</v>
       </c>
-      <c r="D70" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F70" s="9">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G70" s="9">
-        <v>204</v>
+        <v>124</v>
       </c>
       <c r="H70" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I70" s="9">
-        <v>600.0</v>
+        <v>400.0</v>
       </c>
       <c r="J70" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K70" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="9">
-        <v>345</v>
+        <v>220</v>
       </c>
       <c r="M70" s="10" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="N70" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O70" s="9" t="s">
-        <v>172</v>
+        <v>26</v>
       </c>
       <c r="P70" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q70" s="5" t="s">
-        <v>85</v>
+        <v>27</v>
       </c>
       <c r="R70" s="9" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="A71" s="5">
         <v>65</v>
       </c>
       <c r="B71" s="8" t="s">
-        <v>53</v>
+        <v>286</v>
       </c>
       <c r="C71" s="9" t="s">
         <v>287</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>288</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F71" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G71" s="9">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="H71" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I71" s="9">
-        <v>375.0</v>
+        <v>400.0</v>
       </c>
       <c r="J71" s="9">
         <v>20</v>
       </c>
       <c r="K71" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L71" s="9">
-        <v>220</v>
+        <v>325</v>
       </c>
       <c r="M71" s="10" t="s">
         <v>287</v>
       </c>
       <c r="N71" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O71" s="9" t="s">
-        <v>26</v>
+        <v>93</v>
       </c>
       <c r="P71" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q71" s="5" t="s">
-        <v>53</v>
+        <v>286</v>
       </c>
       <c r="R71" s="9" t="s">
-        <v>34</v>
+        <v>289</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72" s="5">
         <v>66</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>98</v>
+        <v>290</v>
       </c>
       <c r="C72" s="9" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F72" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G72" s="9">
-        <v>184</v>
+        <v>204</v>
       </c>
       <c r="H72" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I72" s="9">
-        <v>475.0</v>
+        <v>600.0</v>
       </c>
       <c r="J72" s="9">
         <v>25</v>
       </c>
       <c r="K72" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L72" s="9">
-        <v>270</v>
+        <v>345</v>
       </c>
       <c r="M72" s="10" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="N72" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O72" s="9" t="s">
-        <v>65</v>
+        <v>175</v>
       </c>
       <c r="P72" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q72" s="5" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="R72" s="9" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73" s="5">
         <v>67</v>
       </c>
       <c r="B73" s="8" t="s">
-        <v>291</v>
+        <v>53</v>
       </c>
       <c r="C73" s="9" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F73" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G73" s="9">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="H73" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I73" s="9">
-        <v>350.0</v>
+        <v>375.0</v>
       </c>
       <c r="J73" s="9">
         <v>20</v>
       </c>
       <c r="K73" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L73" s="9">
-        <v>180</v>
+        <v>220</v>
       </c>
       <c r="M73" s="10" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="N73" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O73" s="9" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="P73" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q73" s="5" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="R73" s="9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="A74" s="5">
         <v>68</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>294</v>
+        <v>98</v>
       </c>
       <c r="C74" s="9" t="s">
         <v>295</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>296</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F74" s="9">
         <v>2023</v>
       </c>
       <c r="G74" s="9">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="H74" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I74" s="9">
         <v>475.0</v>
       </c>
       <c r="J74" s="9">
         <v>25</v>
       </c>
       <c r="K74" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L74" s="9">
-        <v>350</v>
+        <v>270</v>
       </c>
       <c r="M74" s="10" t="s">
         <v>295</v>
       </c>
       <c r="N74" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O74" s="9" t="s">
         <v>65</v>
       </c>
       <c r="P74" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q74" s="5" t="s">
-        <v>182</v>
+        <v>98</v>
       </c>
       <c r="R74" s="9" t="s">
-        <v>297</v>
+        <v>86</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75" s="5">
         <v>69</v>
       </c>
       <c r="B75" s="8" t="s">
+        <v>297</v>
+      </c>
+      <c r="C75" s="9" t="s">
         <v>298</v>
       </c>
-      <c r="C75" s="9" t="s">
+      <c r="D75" s="5" t="s">
         <v>299</v>
       </c>
-      <c r="D75" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E75" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F75" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G75" s="9">
+        <v>110</v>
+      </c>
+      <c r="H75" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I75" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J75" s="9">
+        <v>20</v>
+      </c>
+      <c r="K75" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L75" s="9">
         <v>180</v>
       </c>
-      <c r="H75" s="9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="M75" s="10" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="N75" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O75" s="9" t="s">
-        <v>181</v>
+        <v>65</v>
       </c>
       <c r="P75" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q75" s="5" t="s">
-        <v>182</v>
+        <v>27</v>
       </c>
       <c r="R75" s="9" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="A76" s="5">
         <v>70</v>
       </c>
       <c r="B76" s="8" t="s">
+        <v>300</v>
+      </c>
+      <c r="C76" s="9" t="s">
         <v>301</v>
       </c>
-      <c r="C76" s="9" t="s">
+      <c r="D76" s="5" t="s">
         <v>302</v>
       </c>
-      <c r="D76" s="5" t="s">
+      <c r="E76" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F76" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G76" s="9">
+        <v>195</v>
+      </c>
+      <c r="H76" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I76" s="9">
+        <v>475.0</v>
+      </c>
+      <c r="J76" s="9">
+        <v>25</v>
+      </c>
+      <c r="K76" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L76" s="9">
+        <v>350</v>
+      </c>
+      <c r="M76" s="10" t="s">
+        <v>301</v>
+      </c>
+      <c r="N76" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O76" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P76" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q76" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="R76" s="9" t="s">
         <v>303</v>
-      </c>
-[...40 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77" s="5">
         <v>71</v>
       </c>
       <c r="B77" s="8" t="s">
         <v>304</v>
       </c>
       <c r="C77" s="9" t="s">
         <v>305</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>306</v>
       </c>
       <c r="E77" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F77" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G77" s="9">
-        <v>198</v>
+        <v>180</v>
       </c>
       <c r="H77" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I77" s="9">
-        <v>425.0</v>
+        <v>450.0</v>
       </c>
       <c r="J77" s="9">
         <v>25</v>
       </c>
       <c r="K77" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L77" s="9">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="M77" s="10" t="s">
         <v>305</v>
       </c>
       <c r="N77" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O77" s="9" t="s">
-        <v>65</v>
+        <v>187</v>
       </c>
       <c r="P77" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q77" s="5" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="R77" s="9" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="A78" s="5">
         <v>72</v>
       </c>
       <c r="B78" s="8" t="s">
         <v>307</v>
       </c>
       <c r="C78" s="9" t="s">
         <v>308</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>309</v>
       </c>
       <c r="E78" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F78" s="9">
         <v>2024</v>
       </c>
       <c r="G78" s="9">
-        <v>282</v>
+        <v>111</v>
       </c>
       <c r="H78" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I78" s="9">
-        <v>550.0</v>
+        <v>375.0</v>
       </c>
       <c r="J78" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K78" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L78" s="9">
-        <v>440</v>
+        <v>170</v>
       </c>
       <c r="M78" s="10" t="s">
         <v>308</v>
       </c>
       <c r="N78" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O78" s="9" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="P78" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q78" s="5" t="s">
-        <v>71</v>
+        <v>188</v>
       </c>
       <c r="R78" s="9" t="s">
-        <v>310</v>
+        <v>113</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="A79" s="5">
         <v>73</v>
       </c>
       <c r="B79" s="8" t="s">
+        <v>310</v>
+      </c>
+      <c r="C79" s="9" t="s">
         <v>311</v>
       </c>
-      <c r="C79" s="9" t="s">
+      <c r="D79" s="5" t="s">
         <v>312</v>
       </c>
-      <c r="D79" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F79" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G79" s="9">
+        <v>198</v>
+      </c>
+      <c r="H79" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I79" s="9">
+        <v>425.0</v>
+      </c>
+      <c r="J79" s="9">
+        <v>25</v>
+      </c>
+      <c r="K79" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L79" s="9">
+        <v>280</v>
+      </c>
+      <c r="M79" s="10" t="s">
+        <v>311</v>
+      </c>
+      <c r="N79" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O79" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P79" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q79" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="R79" s="9" t="s">
         <v>89</v>
-      </c>
-[...31 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80" s="5">
         <v>74</v>
       </c>
       <c r="B80" s="8" t="s">
+        <v>313</v>
+      </c>
+      <c r="C80" s="9" t="s">
         <v>314</v>
       </c>
-      <c r="C80" s="9" t="s">
+      <c r="D80" s="5" t="s">
         <v>315</v>
       </c>
-      <c r="D80" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E80" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F80" s="9">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G80" s="9">
-        <v>73</v>
+        <v>282</v>
       </c>
       <c r="H80" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I80" s="9">
-        <v>225.0</v>
+        <v>550.0</v>
       </c>
       <c r="J80" s="9">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="K80" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L80" s="9">
-        <v>130</v>
+        <v>440</v>
       </c>
       <c r="M80" s="10" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="N80" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O80" s="9" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="P80" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q80" s="5" t="s">
         <v>71</v>
       </c>
       <c r="R80" s="9" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="A81" s="5">
         <v>75</v>
       </c>
       <c r="B81" s="8" t="s">
+        <v>317</v>
+      </c>
+      <c r="C81" s="9" t="s">
         <v>318</v>
       </c>
-      <c r="C81" s="9" t="s">
+      <c r="D81" s="5" t="s">
         <v>319</v>
       </c>
-      <c r="D81" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F81" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G81" s="9">
-        <v>202</v>
+        <v>89</v>
       </c>
       <c r="H81" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I81" s="9">
-        <v>400.0</v>
+        <v>300.0</v>
       </c>
       <c r="J81" s="9">
         <v>20</v>
       </c>
       <c r="K81" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L81" s="9">
-        <v>320</v>
+        <v>140</v>
       </c>
       <c r="M81" s="10" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="N81" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O81" s="9" t="s">
-        <v>320</v>
+        <v>47</v>
       </c>
       <c r="P81" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q81" s="5" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="R81" s="9" t="s">
-        <v>321</v>
+        <v>192</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="A82" s="5">
         <v>76</v>
       </c>
       <c r="B82" s="8" t="s">
+        <v>320</v>
+      </c>
+      <c r="C82" s="9" t="s">
+        <v>321</v>
+      </c>
+      <c r="D82" s="5" t="s">
         <v>322</v>
       </c>
-      <c r="C82" s="9" t="s">
+      <c r="E82" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F82" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G82" s="9">
+        <v>73</v>
+      </c>
+      <c r="H82" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I82" s="9">
+        <v>225.0</v>
+      </c>
+      <c r="J82" s="9">
+        <v>15</v>
+      </c>
+      <c r="K82" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L82" s="9">
+        <v>130</v>
+      </c>
+      <c r="M82" s="10" t="s">
+        <v>321</v>
+      </c>
+      <c r="N82" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O82" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="P82" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q82" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="R82" s="9" t="s">
         <v>323</v>
-      </c>
-[...43 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="A83" s="5">
         <v>77</v>
       </c>
       <c r="B83" s="8" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C83" s="9" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>329</v>
+        <v>224</v>
       </c>
       <c r="E83" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="F83" s="9" t="s">
-        <v>195</v>
+      <c r="F83" s="9">
+        <v>2024</v>
       </c>
       <c r="G83" s="9">
-        <v>117</v>
+        <v>202</v>
       </c>
       <c r="H83" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I83" s="9">
-        <v>450.0</v>
+        <v>400.0</v>
       </c>
       <c r="J83" s="9">
         <v>20</v>
       </c>
       <c r="K83" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L83" s="9">
-        <v>150</v>
+        <v>320</v>
       </c>
       <c r="M83" s="10" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="N83" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O83" s="9" t="s">
-        <v>204</v>
+        <v>326</v>
       </c>
       <c r="P83" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q83" s="5" t="s">
         <v>28</v>
       </c>
       <c r="R83" s="9" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84" s="5">
         <v>78</v>
       </c>
       <c r="B84" s="8" t="s">
+        <v>328</v>
+      </c>
+      <c r="C84" s="9" t="s">
+        <v>329</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="E84" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F84" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G84" s="9">
+        <v>194</v>
+      </c>
+      <c r="H84" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I84" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J84" s="9">
+        <v>25</v>
+      </c>
+      <c r="K84" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L84" s="9">
+        <v>485</v>
+      </c>
+      <c r="M84" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="N84" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O84" s="9" t="s">
         <v>331</v>
       </c>
-      <c r="C84" s="9" t="s">
+      <c r="P84" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q84" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="R84" s="9" t="s">
         <v>332</v>
-      </c>
-[...43 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="A85" s="5">
         <v>79</v>
       </c>
       <c r="B85" s="8" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="C85" s="9" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="E85" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="F85" s="9">
-        <v>2024</v>
+      <c r="F85" s="9" t="s">
+        <v>201</v>
       </c>
       <c r="G85" s="9">
-        <v>88</v>
+        <v>117</v>
       </c>
       <c r="H85" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I85" s="9">
-        <v>350.0</v>
+        <v>450.0</v>
       </c>
       <c r="J85" s="9">
         <v>20</v>
       </c>
       <c r="K85" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L85" s="9">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="M85" s="10" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="N85" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O85" s="9" t="s">
-        <v>339</v>
+        <v>210</v>
       </c>
       <c r="P85" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q85" s="5" t="s">
-        <v>340</v>
+        <v>28</v>
       </c>
       <c r="R85" s="9" t="s">
-        <v>186</v>
+        <v>336</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="A86" s="5">
         <v>80</v>
       </c>
       <c r="B86" s="8" t="s">
+        <v>337</v>
+      </c>
+      <c r="C86" s="9" t="s">
+        <v>338</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="E86" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F86" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G86" s="9">
+        <v>101</v>
+      </c>
+      <c r="H86" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I86" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J86" s="9">
+        <v>20</v>
+      </c>
+      <c r="K86" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L86" s="9">
+        <v>200</v>
+      </c>
+      <c r="M86" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="N86" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O86" s="9" t="s">
+        <v>340</v>
+      </c>
+      <c r="P86" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q86" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="R86" s="9" t="s">
         <v>341</v>
-      </c>
-[...46 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="A87" s="5">
         <v>81</v>
       </c>
       <c r="B87" s="8" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="C87" s="9" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="E87" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F87" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G87" s="9">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="H87" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I87" s="9">
         <v>350.0</v>
       </c>
       <c r="J87" s="9">
         <v>20</v>
       </c>
       <c r="K87" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L87" s="9">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="M87" s="10" t="s">
+        <v>343</v>
+      </c>
+      <c r="N87" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O87" s="9" t="s">
+        <v>345</v>
+      </c>
+      <c r="P87" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q87" s="5" t="s">
         <v>346</v>
       </c>
-      <c r="N87" s="9" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="R87" s="9" t="s">
-        <v>330</v>
+        <v>192</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="A88" s="5">
         <v>82</v>
       </c>
       <c r="B88" s="8" t="s">
+        <v>347</v>
+      </c>
+      <c r="C88" s="9" t="s">
         <v>348</v>
       </c>
-      <c r="C88" s="9" t="s">
+      <c r="D88" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="D88" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E88" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F88" s="9">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="G88" s="9">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="H88" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I88" s="9">
-        <v>400.0</v>
+        <v>200.0</v>
       </c>
       <c r="J88" s="9">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K88" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="9">
-        <v>220</v>
+        <v>100</v>
       </c>
       <c r="M88" s="10" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="N88" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O88" s="9" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="P88" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q88" s="5" t="s">
-        <v>85</v>
+        <v>33</v>
       </c>
       <c r="R88" s="9" t="s">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="A89" s="5">
         <v>83</v>
       </c>
       <c r="B89" s="8" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C89" s="9" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D89" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="E89" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F89" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G89" s="9">
+        <v>84</v>
+      </c>
+      <c r="H89" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I89" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J89" s="9">
+        <v>20</v>
+      </c>
+      <c r="K89" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L89" s="9">
+        <v>150</v>
+      </c>
+      <c r="M89" s="10" t="s">
         <v>352</v>
       </c>
-      <c r="E89" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N89" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O89" s="9" t="s">
-        <v>181</v>
+        <v>47</v>
       </c>
       <c r="P89" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q89" s="5" t="s">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="R89" s="9" t="s">
-        <v>77</v>
+        <v>336</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="A90" s="5">
         <v>84</v>
       </c>
       <c r="B90" s="8" t="s">
+        <v>354</v>
+      </c>
+      <c r="C90" s="9" t="s">
+        <v>355</v>
+      </c>
+      <c r="D90" s="5" t="s">
         <v>353</v>
       </c>
-      <c r="C90" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D90" s="5" t="s">
+      <c r="E90" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F90" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G90" s="9">
+        <v>103</v>
+      </c>
+      <c r="H90" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I90" s="9">
+        <v>400.0</v>
+      </c>
+      <c r="J90" s="9">
+        <v>20</v>
+      </c>
+      <c r="K90" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L90" s="9">
+        <v>220</v>
+      </c>
+      <c r="M90" s="10" t="s">
         <v>355</v>
       </c>
-      <c r="E90" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N90" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O90" s="9" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="P90" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q90" s="5" t="s">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="R90" s="9" t="s">
-        <v>29</v>
+        <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91" s="5">
         <v>85</v>
       </c>
       <c r="B91" s="8" t="s">
         <v>356</v>
       </c>
       <c r="C91" s="9" t="s">
         <v>357</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>358</v>
       </c>
       <c r="E91" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F91" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G91" s="9">
-        <v>139</v>
+        <v>249</v>
       </c>
       <c r="H91" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I91" s="9">
-        <v>350.0</v>
+        <v>450.0</v>
       </c>
       <c r="J91" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K91" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L91" s="9">
-        <v>220</v>
+        <v>350</v>
       </c>
       <c r="M91" s="10" t="s">
         <v>357</v>
       </c>
       <c r="N91" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O91" s="9" t="s">
-        <v>26</v>
+        <v>187</v>
       </c>
       <c r="P91" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q91" s="5" t="s">
-        <v>182</v>
+        <v>27</v>
       </c>
       <c r="R91" s="9" t="s">
-        <v>359</v>
+        <v>77</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92" s="5">
         <v>86</v>
       </c>
       <c r="B92" s="8" t="s">
+        <v>359</v>
+      </c>
+      <c r="C92" s="9" t="s">
         <v>360</v>
       </c>
-      <c r="C92" s="9" t="s">
+      <c r="D92" s="5" t="s">
         <v>361</v>
       </c>
-      <c r="D92" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E92" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F92" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G92" s="9">
-        <v>164</v>
+        <v>223</v>
       </c>
       <c r="H92" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I92" s="9">
-        <v>375.0</v>
+        <v>450.0</v>
       </c>
       <c r="J92" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K92" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L92" s="9">
-        <v>260</v>
+        <v>300</v>
       </c>
       <c r="M92" s="10" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="N92" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O92" s="9" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="P92" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q92" s="5" t="s">
-        <v>363</v>
+        <v>27</v>
       </c>
       <c r="R92" s="9" t="s">
-        <v>364</v>
+        <v>29</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="A93" s="5">
         <v>87</v>
       </c>
       <c r="B93" s="8" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="C93" s="9" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="E93" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F93" s="9">
         <v>2024</v>
       </c>
       <c r="G93" s="9">
-        <v>242</v>
+        <v>139</v>
       </c>
       <c r="H93" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I93" s="9">
-        <v>525.0</v>
+        <v>350.0</v>
       </c>
       <c r="J93" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K93" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L93" s="9">
-        <v>360</v>
+        <v>220</v>
       </c>
       <c r="M93" s="10" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="N93" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O93" s="9" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="P93" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q93" s="5" t="s">
-        <v>269</v>
+        <v>188</v>
       </c>
       <c r="R93" s="9" t="s">
-        <v>321</v>
+        <v>365</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94" s="5">
         <v>88</v>
       </c>
       <c r="B94" s="8" t="s">
+        <v>366</v>
+      </c>
+      <c r="C94" s="9" t="s">
+        <v>367</v>
+      </c>
+      <c r="D94" s="5" t="s">
         <v>368</v>
-      </c>
-[...4 lines deleted...]
-        <v>367</v>
       </c>
       <c r="E94" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F94" s="9">
         <v>2024</v>
       </c>
       <c r="G94" s="9">
-        <v>211</v>
+        <v>164</v>
       </c>
       <c r="H94" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I94" s="9">
-        <v>495.0</v>
+        <v>375.0</v>
       </c>
       <c r="J94" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K94" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L94" s="9">
-        <v>300</v>
+        <v>260</v>
       </c>
       <c r="M94" s="10" t="s">
+        <v>367</v>
+      </c>
+      <c r="N94" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O94" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="P94" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q94" s="5" t="s">
         <v>369</v>
       </c>
-      <c r="N94" s="9" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="R94" s="9" t="s">
-        <v>29</v>
+        <v>370</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="A95" s="5">
         <v>89</v>
       </c>
       <c r="B95" s="8" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C95" s="9" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D95" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="E95" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F95" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G95" s="9">
+        <v>242</v>
+      </c>
+      <c r="H95" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I95" s="9">
+        <v>525.0</v>
+      </c>
+      <c r="J95" s="9">
+        <v>30</v>
+      </c>
+      <c r="K95" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L95" s="9">
+        <v>360</v>
+      </c>
+      <c r="M95" s="10" t="s">
         <v>372</v>
-      </c>
-[...25 lines deleted...]
-        <v>371</v>
       </c>
       <c r="N95" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O95" s="9" t="s">
         <v>65</v>
       </c>
       <c r="P95" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q95" s="5" t="s">
-        <v>373</v>
+        <v>275</v>
       </c>
       <c r="R95" s="9" t="s">
-        <v>48</v>
+        <v>327</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="A96" s="5">
         <v>90</v>
       </c>
       <c r="B96" s="8" t="s">
         <v>374</v>
       </c>
       <c r="C96" s="9" t="s">
         <v>375</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="E96" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F96" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G96" s="9">
-        <v>171</v>
+        <v>211</v>
       </c>
       <c r="H96" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I96" s="9">
-        <v>425.0</v>
+        <v>495.0</v>
       </c>
       <c r="J96" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K96" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L96" s="9">
-        <v>360</v>
+        <v>300</v>
       </c>
       <c r="M96" s="10" t="s">
         <v>375</v>
       </c>
       <c r="N96" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O96" s="9" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="P96" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q96" s="5" t="s">
-        <v>27</v>
+        <v>275</v>
       </c>
       <c r="R96" s="9" t="s">
-        <v>241</v>
+        <v>29</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="A97" s="5">
         <v>91</v>
       </c>
       <c r="B97" s="8" t="s">
+        <v>376</v>
+      </c>
+      <c r="C97" s="9" t="s">
         <v>377</v>
       </c>
-      <c r="C97" s="9" t="s">
+      <c r="D97" s="5" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="E97" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F97" s="9">
         <v>2025</v>
       </c>
       <c r="G97" s="9">
-        <v>137</v>
+        <v>103</v>
       </c>
       <c r="H97" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I97" s="9">
-        <v>395.0</v>
+        <v>375.0</v>
       </c>
       <c r="J97" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K97" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L97" s="9">
-        <v>300</v>
+        <v>180</v>
       </c>
       <c r="M97" s="10" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="N97" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O97" s="9" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="P97" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q97" s="5" t="s">
         <v>379</v>
       </c>
       <c r="R97" s="9" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="A98" s="5">
         <v>92</v>
       </c>
       <c r="B98" s="8" t="s">
         <v>380</v>
       </c>
       <c r="C98" s="9" t="s">
         <v>381</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>382</v>
       </c>
       <c r="E98" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F98" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G98" s="9">
-        <v>89</v>
+        <v>171</v>
       </c>
       <c r="H98" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I98" s="9">
-        <v>350.0</v>
+        <v>425.0</v>
       </c>
       <c r="J98" s="9">
         <v>20</v>
       </c>
       <c r="K98" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L98" s="9">
-        <v>160</v>
+        <v>360</v>
       </c>
       <c r="M98" s="10" t="s">
         <v>381</v>
       </c>
       <c r="N98" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O98" s="9" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="P98" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q98" s="5" t="s">
         <v>27</v>
       </c>
       <c r="R98" s="9" t="s">
-        <v>113</v>
+        <v>247</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="A99" s="5">
         <v>93</v>
       </c>
       <c r="B99" s="8" t="s">
         <v>383</v>
       </c>
       <c r="C99" s="9" t="s">
         <v>384</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="E99" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F99" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G99" s="9">
-        <v>237</v>
+        <v>137</v>
       </c>
       <c r="H99" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="9">
-        <v>475.0</v>
+        <v>395.0</v>
       </c>
       <c r="J99" s="9">
         <v>25</v>
       </c>
       <c r="K99" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L99" s="9">
-        <v>330</v>
+        <v>300</v>
       </c>
       <c r="M99" s="10" t="s">
         <v>384</v>
       </c>
       <c r="N99" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O99" s="9" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="P99" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q99" s="5" t="s">
-        <v>168</v>
+        <v>385</v>
       </c>
       <c r="R99" s="9" t="s">
-        <v>77</v>
+        <v>43</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100" s="5">
         <v>94</v>
       </c>
       <c r="B100" s="8" t="s">
         <v>386</v>
       </c>
       <c r="C100" s="9" t="s">
         <v>387</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>388</v>
       </c>
       <c r="E100" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F100" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G100" s="9">
-        <v>185</v>
+        <v>89</v>
       </c>
       <c r="H100" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="9">
-        <v>450.0</v>
+        <v>350.0</v>
       </c>
       <c r="J100" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K100" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L100" s="9">
-        <v>320</v>
+        <v>160</v>
       </c>
       <c r="M100" s="10" t="s">
         <v>387</v>
       </c>
       <c r="N100" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O100" s="9" t="s">
         <v>65</v>
       </c>
       <c r="P100" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q100" s="5" t="s">
         <v>27</v>
       </c>
       <c r="R100" s="9" t="s">
-        <v>364</v>
+        <v>113</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="A101" s="5">
         <v>95</v>
       </c>
       <c r="B101" s="8" t="s">
         <v>389</v>
       </c>
       <c r="C101" s="9" t="s">
         <v>390</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>391</v>
       </c>
       <c r="E101" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F101" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G101" s="9">
-        <v>159</v>
+        <v>237</v>
       </c>
       <c r="H101" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I101" s="9">
-        <v>400.0</v>
+        <v>475.0</v>
       </c>
       <c r="J101" s="9">
         <v>25</v>
       </c>
       <c r="K101" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L101" s="9">
-        <v>240</v>
+        <v>330</v>
       </c>
       <c r="M101" s="10" t="s">
         <v>390</v>
       </c>
       <c r="N101" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O101" s="9" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="P101" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q101" s="5" t="s">
-        <v>230</v>
+        <v>171</v>
       </c>
       <c r="R101" s="9" t="s">
-        <v>359</v>
+        <v>77</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102" s="5">
         <v>96</v>
       </c>
       <c r="B102" s="8" t="s">
         <v>392</v>
       </c>
       <c r="C102" s="9" t="s">
         <v>393</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>394</v>
       </c>
       <c r="E102" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F102" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G102" s="9">
-        <v>233</v>
+        <v>185</v>
       </c>
       <c r="H102" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I102" s="9">
-        <v>495.0</v>
+        <v>450.0</v>
       </c>
       <c r="J102" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K102" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L102" s="9">
         <v>320</v>
       </c>
       <c r="M102" s="10" t="s">
         <v>393</v>
       </c>
       <c r="N102" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O102" s="9" t="s">
         <v>65</v>
       </c>
       <c r="P102" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q102" s="5" t="s">
-        <v>395</v>
+        <v>27</v>
       </c>
       <c r="R102" s="9" t="s">
-        <v>321</v>
+        <v>370</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="A103" s="5">
         <v>97</v>
       </c>
       <c r="B103" s="8" t="s">
+        <v>395</v>
+      </c>
+      <c r="C103" s="9" t="s">
         <v>396</v>
       </c>
-      <c r="C103" s="9" t="s">
+      <c r="D103" s="5" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
       <c r="E103" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F103" s="9">
         <v>2024</v>
       </c>
       <c r="G103" s="9">
-        <v>196</v>
+        <v>159</v>
       </c>
       <c r="H103" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I103" s="9">
-        <v>425.0</v>
+        <v>400.0</v>
       </c>
       <c r="J103" s="9">
         <v>25</v>
       </c>
       <c r="K103" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L103" s="9">
-        <v>280</v>
+        <v>240</v>
       </c>
       <c r="M103" s="10" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="N103" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O103" s="9" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="P103" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q103" s="5" t="s">
-        <v>58</v>
+        <v>236</v>
       </c>
       <c r="R103" s="9" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="A104" s="5">
         <v>98</v>
       </c>
       <c r="B104" s="8" t="s">
+        <v>398</v>
+      </c>
+      <c r="C104" s="9" t="s">
         <v>399</v>
       </c>
-      <c r="C104" s="9" t="s">
+      <c r="D104" s="5" t="s">
         <v>400</v>
       </c>
-      <c r="D104" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E104" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F104" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G104" s="9">
-        <v>150</v>
+        <v>233</v>
       </c>
       <c r="H104" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I104" s="9">
-        <v>450.0</v>
+        <v>495.0</v>
       </c>
       <c r="J104" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K104" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L104" s="9">
-        <v>220</v>
+        <v>320</v>
       </c>
       <c r="M104" s="10" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="N104" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O104" s="9" t="s">
         <v>65</v>
       </c>
       <c r="P104" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q104" s="5" t="s">
-        <v>58</v>
+        <v>401</v>
       </c>
       <c r="R104" s="9" t="s">
-        <v>34</v>
+        <v>327</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105" s="5">
         <v>99</v>
       </c>
       <c r="B105" s="8" t="s">
         <v>402</v>
       </c>
       <c r="C105" s="9" t="s">
         <v>403</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>404</v>
       </c>
       <c r="E105" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F105" s="9">
         <v>2024</v>
       </c>
       <c r="G105" s="9">
-        <v>158</v>
+        <v>196</v>
       </c>
       <c r="H105" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I105" s="9">
-        <v>395.0</v>
+        <v>425.0</v>
       </c>
       <c r="J105" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K105" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L105" s="9">
-        <v>250</v>
+        <v>280</v>
       </c>
       <c r="M105" s="10" t="s">
         <v>403</v>
       </c>
       <c r="N105" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O105" s="9" t="s">
         <v>65</v>
       </c>
       <c r="P105" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q105" s="5" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="R105" s="9" t="s">
-        <v>89</v>
+        <v>370</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106" s="5">
         <v>100</v>
       </c>
       <c r="B106" s="8" t="s">
         <v>405</v>
       </c>
       <c r="C106" s="9" t="s">
         <v>406</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>407</v>
       </c>
       <c r="E106" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F106" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G106" s="9">
-        <v>178</v>
+        <v>150</v>
       </c>
       <c r="H106" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I106" s="9">
-        <v>395.0</v>
+        <v>450.0</v>
       </c>
       <c r="J106" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K106" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L106" s="9">
-        <v>280</v>
+        <v>220</v>
       </c>
       <c r="M106" s="10" t="s">
         <v>406</v>
       </c>
       <c r="N106" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O106" s="9" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="P106" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q106" s="5" t="s">
-        <v>182</v>
+        <v>58</v>
       </c>
       <c r="R106" s="9" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="A107" s="5">
         <v>101</v>
       </c>
       <c r="B107" s="8" t="s">
         <v>408</v>
       </c>
       <c r="C107" s="9" t="s">
         <v>409</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>410</v>
       </c>
       <c r="E107" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F107" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G107" s="9">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="H107" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I107" s="9">
-        <v>475.0</v>
+        <v>395.0</v>
       </c>
       <c r="J107" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K107" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L107" s="9">
-        <v>280</v>
+        <v>250</v>
       </c>
       <c r="M107" s="10" t="s">
         <v>409</v>
       </c>
       <c r="N107" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O107" s="9" t="s">
         <v>65</v>
       </c>
       <c r="P107" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q107" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="R107" s="9" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108" s="5">
         <v>102</v>
       </c>
       <c r="B108" s="8" t="s">
         <v>411</v>
       </c>
       <c r="C108" s="9" t="s">
         <v>412</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>129</v>
+        <v>413</v>
       </c>
       <c r="E108" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F108" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G108" s="9">
-        <v>108</v>
+        <v>178</v>
       </c>
       <c r="H108" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I108" s="9">
-        <v>300.0</v>
+        <v>395.0</v>
       </c>
       <c r="J108" s="9">
         <v>20</v>
       </c>
       <c r="K108" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L108" s="9">
-        <v>160</v>
+        <v>280</v>
       </c>
       <c r="M108" s="10" t="s">
         <v>412</v>
       </c>
       <c r="N108" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O108" s="9" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
       <c r="P108" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q108" s="5" t="s">
-        <v>413</v>
+        <v>188</v>
       </c>
       <c r="R108" s="9" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109" s="5">
         <v>103</v>
       </c>
       <c r="B109" s="8" t="s">
         <v>414</v>
       </c>
       <c r="C109" s="9" t="s">
         <v>415</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>416</v>
       </c>
       <c r="E109" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F109" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G109" s="9">
-        <v>275</v>
+        <v>170</v>
       </c>
       <c r="H109" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I109" s="9">
-        <v>950.0</v>
+        <v>475.0</v>
       </c>
       <c r="J109" s="9">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="K109" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L109" s="9">
-        <v>450</v>
+        <v>280</v>
       </c>
       <c r="M109" s="10" t="s">
         <v>415</v>
       </c>
       <c r="N109" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O109" s="9" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="P109" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q109" s="5" t="s">
-        <v>417</v>
+        <v>28</v>
       </c>
       <c r="R109" s="9" t="s">
-        <v>418</v>
+        <v>89</v>
       </c>
     </row>
     <row r="110" spans="1:18">
       <c r="A110" s="5">
         <v>104</v>
       </c>
       <c r="B110" s="8" t="s">
+        <v>417</v>
+      </c>
+      <c r="C110" s="9" t="s">
+        <v>418</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="E110" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F110" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G110" s="9">
+        <v>108</v>
+      </c>
+      <c r="H110" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I110" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="J110" s="9">
+        <v>20</v>
+      </c>
+      <c r="K110" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L110" s="9">
+        <v>160</v>
+      </c>
+      <c r="M110" s="10" t="s">
+        <v>418</v>
+      </c>
+      <c r="N110" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O110" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P110" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q110" s="5" t="s">
         <v>419</v>
       </c>
-      <c r="C110" s="9" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="R110" s="9" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
     </row>
     <row r="111" spans="1:18">
       <c r="A111" s="5">
         <v>105</v>
       </c>
       <c r="B111" s="8" t="s">
+        <v>420</v>
+      </c>
+      <c r="C111" s="9" t="s">
+        <v>421</v>
+      </c>
+      <c r="D111" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="C111" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E111" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F111" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G111" s="9">
-        <v>195</v>
+        <v>275</v>
       </c>
       <c r="H111" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I111" s="9">
-        <v>450.0</v>
+        <v>950.0</v>
       </c>
       <c r="J111" s="9">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="K111" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L111" s="9">
-        <v>275</v>
+        <v>450</v>
       </c>
       <c r="M111" s="10" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="N111" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O111" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P111" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q111" s="5" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="R111" s="9" t="s">
-        <v>86</v>
+        <v>424</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112" s="5">
         <v>106</v>
       </c>
       <c r="B112" s="8" t="s">
+        <v>425</v>
+      </c>
+      <c r="C112" s="9" t="s">
         <v>426</v>
       </c>
-      <c r="C112" s="9" t="s">
+      <c r="D112" s="5" t="s">
         <v>427</v>
       </c>
-      <c r="D112" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E112" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F112" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G112" s="9">
-        <v>207</v>
+        <v>182</v>
       </c>
       <c r="H112" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I112" s="9">
-        <v>600.0</v>
+        <v>450.0</v>
       </c>
       <c r="J112" s="9">
         <v>25</v>
       </c>
       <c r="K112" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L112" s="9">
-        <v>420</v>
+        <v>280</v>
       </c>
       <c r="M112" s="10" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="N112" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O112" s="9" t="s">
-        <v>429</v>
+        <v>26</v>
       </c>
       <c r="P112" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q112" s="5" t="s">
-        <v>58</v>
+        <v>369</v>
       </c>
       <c r="R112" s="9" t="s">
-        <v>430</v>
+        <v>81</v>
       </c>
     </row>
     <row r="113" spans="1:18">
       <c r="A113" s="5">
         <v>107</v>
       </c>
       <c r="B113" s="8" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="C113" s="9" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="E113" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F113" s="9">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="G113" s="9">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="H113" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I113" s="9">
         <v>450.0</v>
       </c>
       <c r="J113" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K113" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L113" s="9">
-        <v>390</v>
+        <v>275</v>
       </c>
       <c r="M113" s="10" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="N113" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O113" s="9" t="s">
-        <v>434</v>
+        <v>26</v>
       </c>
       <c r="P113" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q113" s="5" t="s">
-        <v>53</v>
+        <v>431</v>
       </c>
       <c r="R113" s="9" t="s">
-        <v>236</v>
+        <v>86</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="A114" s="5">
         <v>108</v>
       </c>
       <c r="B114" s="8" t="s">
+        <v>432</v>
+      </c>
+      <c r="C114" s="9" t="s">
+        <v>433</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="E114" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F114" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G114" s="9">
+        <v>207</v>
+      </c>
+      <c r="H114" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I114" s="9">
+        <v>600.0</v>
+      </c>
+      <c r="J114" s="9">
+        <v>25</v>
+      </c>
+      <c r="K114" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L114" s="9">
+        <v>420</v>
+      </c>
+      <c r="M114" s="10" t="s">
+        <v>433</v>
+      </c>
+      <c r="N114" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O114" s="9" t="s">
         <v>435</v>
       </c>
-      <c r="C114" s="9" t="s">
+      <c r="P114" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q114" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="R114" s="9" t="s">
         <v>436</v>
       </c>
-      <c r="D114" s="5" t="s">
+    </row>
+    <row r="115" spans="1:18">
+      <c r="A115" s="5">
+        <v>109</v>
+      </c>
+      <c r="B115" s="8" t="s">
         <v>437</v>
       </c>
-      <c r="E114" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F114" s="9">
+      <c r="C115" s="9" t="s">
+        <v>438</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E115" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F115" s="9">
         <v>2025</v>
       </c>
-      <c r="G114" s="9">
+      <c r="G115" s="9">
+        <v>189</v>
+      </c>
+      <c r="H115" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I115" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J115" s="9">
+        <v>25</v>
+      </c>
+      <c r="K115" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L115" s="9">
+        <v>390</v>
+      </c>
+      <c r="M115" s="10" t="s">
+        <v>438</v>
+      </c>
+      <c r="N115" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O115" s="9" t="s">
+        <v>440</v>
+      </c>
+      <c r="P115" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q115" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="R115" s="9" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="116" spans="1:18">
+      <c r="A116" s="5">
+        <v>110</v>
+      </c>
+      <c r="B116" s="8" t="s">
+        <v>441</v>
+      </c>
+      <c r="C116" s="9" t="s">
+        <v>442</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="E116" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F116" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G116" s="9">
         <v>122</v>
       </c>
-      <c r="H114" s="9" t="s">
-[...2 lines deleted...]
-      <c r="I114" s="9">
+      <c r="H116" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I116" s="9">
         <v>350.0</v>
       </c>
-      <c r="J114" s="9">
+      <c r="J116" s="9">
         <v>20</v>
       </c>
-      <c r="K114" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L114" s="9">
+      <c r="K116" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L116" s="9">
         <v>225</v>
       </c>
-      <c r="M114" s="10" t="s">
-[...5 lines deleted...]
-      <c r="O114" s="9" t="s">
+      <c r="M116" s="10" t="s">
+        <v>442</v>
+      </c>
+      <c r="N116" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O116" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="P114" s="9" t="s">
-[...5 lines deleted...]
-      <c r="R114" s="9" t="s">
+      <c r="P116" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q116" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="R116" s="9" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="115" spans="1:18">
-[...6 lines deleted...]
-      <c r="H115" s="11"/>
+    <row r="117" spans="1:18">
+      <c r="B117" s="11"/>
+      <c r="C117" s="11"/>
+      <c r="D117" s="11"/>
+      <c r="E117" s="11"/>
+      <c r="F117" s="11"/>
+      <c r="G117" s="11"/>
+      <c r="H117" s="11"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
@@ -8173,50 +8295,54 @@
     <hyperlink ref="M102" r:id="rId_hyperlink_193"/>
     <hyperlink ref="B103" r:id="rId_hyperlink_194"/>
     <hyperlink ref="M103" r:id="rId_hyperlink_195"/>
     <hyperlink ref="B104" r:id="rId_hyperlink_196"/>
     <hyperlink ref="M104" r:id="rId_hyperlink_197"/>
     <hyperlink ref="B105" r:id="rId_hyperlink_198"/>
     <hyperlink ref="M105" r:id="rId_hyperlink_199"/>
     <hyperlink ref="B106" r:id="rId_hyperlink_200"/>
     <hyperlink ref="M106" r:id="rId_hyperlink_201"/>
     <hyperlink ref="B107" r:id="rId_hyperlink_202"/>
     <hyperlink ref="M107" r:id="rId_hyperlink_203"/>
     <hyperlink ref="B108" r:id="rId_hyperlink_204"/>
     <hyperlink ref="M108" r:id="rId_hyperlink_205"/>
     <hyperlink ref="B109" r:id="rId_hyperlink_206"/>
     <hyperlink ref="M109" r:id="rId_hyperlink_207"/>
     <hyperlink ref="B110" r:id="rId_hyperlink_208"/>
     <hyperlink ref="M110" r:id="rId_hyperlink_209"/>
     <hyperlink ref="B111" r:id="rId_hyperlink_210"/>
     <hyperlink ref="M111" r:id="rId_hyperlink_211"/>
     <hyperlink ref="B112" r:id="rId_hyperlink_212"/>
     <hyperlink ref="M112" r:id="rId_hyperlink_213"/>
     <hyperlink ref="B113" r:id="rId_hyperlink_214"/>
     <hyperlink ref="M113" r:id="rId_hyperlink_215"/>
     <hyperlink ref="B114" r:id="rId_hyperlink_216"/>
     <hyperlink ref="M114" r:id="rId_hyperlink_217"/>
+    <hyperlink ref="B115" r:id="rId_hyperlink_218"/>
+    <hyperlink ref="M115" r:id="rId_hyperlink_219"/>
+    <hyperlink ref="B116" r:id="rId_hyperlink_220"/>
+    <hyperlink ref="M116" r:id="rId_hyperlink_221"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>