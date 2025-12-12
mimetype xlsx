--- v1 (2025-11-01)
+++ v2 (2025-12-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="444">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="452">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
     <t>Pharmacy BOOKS PRICE / CATALOGUE For Year - 2025</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
@@ -464,50 +464,62 @@
   <si>
     <t>Basics of Immunology</t>
   </si>
   <si>
     <t>978-81-951750-5-5</t>
   </si>
   <si>
     <t>Dr. Preeti Sharma, Dr. Pradeep Kumar</t>
   </si>
   <si>
     <t>Immunology</t>
   </si>
   <si>
     <t>23x15x1.2</t>
   </si>
   <si>
     <t>Biochemistry and Clinical Pathology for D.Pharm 2nd Year</t>
   </si>
   <si>
     <t>978-81-19613-70-0</t>
   </si>
   <si>
     <t>Mr. Sanket N Dashpute, Dr. Pawan S Avhad, Dr. Avinash G Mansuk, Mr. Akashdeep Udmale</t>
   </si>
   <si>
+    <t>Biostatistics and Research Methodology for the Students of B.Pharm 8th Semester</t>
+  </si>
+  <si>
+    <t>978-93-48565-59-4</t>
+  </si>
+  <si>
+    <t>Dr. Rehan Uddin, Udit Jain, Abhishek Mishra</t>
+  </si>
+  <si>
+    <t>Biostatistics and Research Methodology</t>
+  </si>
+  <si>
     <t>Competency Based Human Anatomy Set of 3 Volumes (Second Edition)</t>
   </si>
   <si>
     <t>978-81-19613-29-8</t>
   </si>
   <si>
     <t>Dr. A. Prasanna Veera Kumar</t>
   </si>
   <si>
     <t>Second</t>
   </si>
   <si>
     <t>Anatomy</t>
   </si>
   <si>
     <t>24x18.5x6.5</t>
   </si>
   <si>
     <t>Competency Based Human Anatomy Volume I (Second Edition)</t>
   </si>
   <si>
     <t>978-81-19613-52-6</t>
   </si>
   <si>
     <t>24x18.5x2.4</t>
@@ -1265,50 +1277,59 @@
   <si>
     <t>978-81-19613-38-0</t>
   </si>
   <si>
     <t>Reena Singh, Jitendra Kumar, Tarun Chaudhary, Nisha Chaudharee</t>
   </si>
   <si>
     <t>Textbook of Pharmaceutics II (For Second Year Diploma in Pharmacy)</t>
   </si>
   <si>
     <t>978-93-88022-90-3</t>
   </si>
   <si>
     <t>Vipul A. Sansare, Abhijeet M. Kanavaje, Rehan Uddin</t>
   </si>
   <si>
     <t>Textbook of Pharmacology- I for the Students of B.Pharm 4th Semester</t>
   </si>
   <si>
     <t>978-93-48565-47-1</t>
   </si>
   <si>
     <t>Dr. Nidhi Tyagi, Dr. Prashant Kumar, Dr. Prashant Kumar Katiyar</t>
   </si>
   <si>
+    <t>Textbook of Pharmacology-III for the Students of B.Pharm 6th Semester</t>
+  </si>
+  <si>
+    <t>978-93-48565-15-0</t>
+  </si>
+  <si>
+    <t>Dr. Chirag Desai, Dr. Nishith Patel, Ms. Jital Desai, Ms. Anjuman Mansuri</t>
+  </si>
+  <si>
     <t>Textbook of Pharmacotherapeutics For Diploma in Pharmacy Students 2nd Year</t>
   </si>
   <si>
     <t>978-81-19613-96-0</t>
   </si>
   <si>
     <t>Pharmacotherapeutics</t>
   </si>
   <si>
     <t>Textbook of Procedures in Emergency Care</t>
   </si>
   <si>
     <t>978-93-91208-85-1</t>
   </si>
   <si>
     <t>Dr. Anuja Agrawal, Dr. Pooja Shah</t>
   </si>
   <si>
     <t>Anaesthesia</t>
   </si>
   <si>
     <t>25x18.5x1.5</t>
   </si>
   <si>
     <t>Textbook of Social and Preventive Pharmacy for the Students of B.Pharm 8th Semester</t>
@@ -1344,171 +1365,214 @@
     <t>Textbook (Theory with Practical)</t>
   </si>
   <si>
     <t>23x15x1.25</t>
   </si>
   <si>
     <t>The Theory and Practical Book of Pharmaceutical Inorganic Chemistry for the Students of B.Pharm 1st Semester</t>
   </si>
   <si>
     <t>978-93-48565-35-8</t>
   </si>
   <si>
     <t>Dr. Alok Kumar Dash</t>
   </si>
   <si>
     <t>Textbook and Practical</t>
   </si>
   <si>
     <t>Theory and Practical Book of Environmental Education and Disaster Management for the Students of Diploma in Pharmacy</t>
   </si>
   <si>
     <t>978-93-48565-79-2</t>
   </si>
   <si>
     <t>Ms. Pragati Singh, Ms. Renu, Ms. Hema Negi</t>
+  </si>
+  <si>
+    <t>Payment Details:-
+Payment (India):100% Advance Payment Cheque / DD / RTGS / NEFT will be made in favour of"IP Innovative Publication Pvt. Ltd."
+Payable at New Delhi, India
+Bank Name: Axis Bank Ltd., Branch – Palam, New Delhi
+Current Account No.:917020045271486
+IFSC Code:UTIB0000102
+Swift Code:AXISINBB132
+PAN No.:AAECI4006K
+Payment Option for Outside of India:
+PayPal option is applicable only for outside India. Foreign/International Subscribers can send payment via PayPal.
+PayPal Account:subscription@ipinnovative.com
+Please send your payment details at Email ID:subscription@ipinnovative.com
+Contact Details:
+IP Innovative Publication Pvt. Ltd.
+3rd Floor, A-2, Gulab Bagh, Nawada, Metro Pillar No. 733
+Uttam Nagar, New Delhi – 110059, India
+Phone: +91-11-61364114, 61364115, 405682495, Ext. 12 &amp; 21
+Mail:subscription@ipinnovative.com, subscription1.ippl@gmail.com
+Web:www.ipinnovative.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="5">
+  <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
+    <font>
+      <b val="1"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="14">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1767,6359 +1831,6442 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/215/a-competitive-textbook-of-pharmacology-at-glance" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-34-9" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/291/a-complete-laboratory-manual-of-pharmacology-for-bpharm" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-09-0" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/299/a-concise-book-of-biochemistry-for-bpharm-and-gpat-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-08-3" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/384/a-practical-book-of-biochemistry-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-25-9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/300/a-practical-book-of-herbal-drug-technology-for-bpharm-6th-semester-bp-609p" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-95-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/82/a-practical-book-of-pharmaceutical-inorganic-chemistry-as-per-pci-latest-pattern" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-36-1" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/269/a-practical-manual-of-industrial-pharmacy-i-for-third-year-bpharmacy-vth-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/287/a-text-book-of-biochemistry-and-clinical-pathology" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-55-7" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/93/a-text-book-of-pharmaceutical-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-47-7" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/248/a-text-book-of-pharmacognosy" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-83-7" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/207/a-textbook-of-pharmaceutical-analysis-for-first-year-b-pharm-semester-i-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-26-4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/264/a-textbook-of-pharmaceutical-engineering-for-bpharma-2nd-year-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-9-3" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/195/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-57-8" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/255/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-92-9" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/146/a-textbook-of-pharmaceutical-inorganic-chemistry-as-per-new-pci-syllabus-for-b-pharmacy-ist-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-09-7" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/237/a-textbook-of-pharmaceutical-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-3-2" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/396/a-textbook-of-pharmacognosy-i-for-the-students-of-dpharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-17-4" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/197/a-textbook-of-pharmacy-practice-for-b-pharm-7th-semester-4th-year" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-05-9" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/378/a-textbook-of-physical-pharmaceutics-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-63-1" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/370/a-textbook-of-universal-human-values-and-professional-ethics-for-bpharm-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-82-2" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/117/a-textbook-on-assessment-monitoring-documentation-and-reporting-of-adverse-drug-reactions" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-71-2" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/239/a-theoretical-book-on-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-8-7" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/279/a-theoretical-book-on-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-49-6" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/355/all-in-one-practical-book-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-66-3" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/224/all-in-one-textbook-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-92-7" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/296/biochemistry-and-clinical-pathology-for-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-70-0" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/406/concise-biopharmaceutics-and-pharmacokinetics-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-89-1" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/306/cosmetology-and-toxicology-for-bpharm-btech-cosmetics-students" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-44-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/354/dpharm-exit-exam-dpee" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-02-1" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/407/drug-delivery-system-for-the-students-of-mpharm-1-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-90-7" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/323/environmental-sciences-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-15-1" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/132/experimental-handbook-of-physical-pharmaceutics" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-86-6" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/268/experimental-pharmacology-i-practical-book-according-to-pci-syllabus-for-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/43/fundamentals-of-pharmacy-for-gpat-niper" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-00-2" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/377/handbook-of-toxicology-and-pharmacological-screening-methods-ii-for-the-students-of-mpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-38-9" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/364/herbal-drug-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-12-0" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/366/hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-66-2" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/342/human-anatomy-and-physiology-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-18-2" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/345/human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-68-7" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/380/industrial-pharmacognostical-techniques-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-21-1" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/343/industrial-pharmacy-ii-for-bpharm-4th-year-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-27-4" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/96/instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-50-7" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/203/lab-manual-for-b-pharmacy-first-year" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-23-3" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/216/mcqs-book-for-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-60-8" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/358/mcqs-for-pharmacy-diploma-exit-examination-dpee-di-gpat-niper-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-80-9" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/198/mcqs-in-pharmacology-for-undergraduate-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-14-1" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/143/medicinal-chemistry-i-for-b-pharm-2nd-year-iv-semester-students-as-per-latest-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-6-2" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/307/multiple-choice-questions-mcqs-of-pharmaceutics-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-65-6" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/285/novel-drug-delivery-system-40ndds41" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-75-5" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/252/novel-drug-delivery-systems" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-87-5" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/141/pharmaceutical-biotechnology" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/157/pharmaceutical-chemistry-i-for-1st-year-d-pharm-students-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-06-6" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/251/pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-86-8" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/258/pharmaceutical-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-94-3" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/282/pharmaceutical-product-development" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-16-8" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/273/pharmaceutics-manual-for-diploma-in-pharmacy-students-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-99-8" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/219/pharmaceutics-practicals-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-50-9" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/292/pharmaceutics-i-a-practical-manual-for-1st-semester-bpharm-and-1st-year-pharmd" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-17-5" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/281/pharmaceutics-i-theory-and-practical" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-84-7" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/310/pharmacognosy-and-phytochemistry-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-40-3" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/361/pharmacognosy-and-phytochemistry-ii-practicals-as-per-pci-syllabus-for-bpharm-5th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-45-8" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/187/pharmacognosy-and-phytopharmaceuticals-lab" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-10-3" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/308/pharmacology-i-exam-success-companion-previous-5-years-solved-question-papers-for-bpharm-4th-semester-bp404t" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-31-1" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/180/physical-pharmaceutics-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-63-9" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/340/practical-book-of-community-pharmacy-and-management-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-58-8" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/113/practical-lab-manual-of-pharmaceutical-organic-chemistry-i-b-pharm-2nd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-67-5" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/114/practical-lab-manual-of-pharmaceutical-organic-chemistry-ii-b-pharm-3rd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-68-2" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/229/practical-manual-of-inorganic-organic-and-medicinal-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-98-9" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/274/preparation-of-inorganic-organic-and-medicinal-compounds-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-53-3" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/333/principles-of-physical-pharmaceutics-fundamentals-and-applications-part-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-48-9" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/332/social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-88-5" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/329/text-book-of-medicinal-chemistry-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-00-7" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/313/text-book-of-medicinal-chemistry-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-39-7" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/372/text-book-of-pharmaceutical-regulatory-science" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-95-2" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/350/text-book-of-pharmacy-practice-for-the-students-of-bpharm-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-10-6" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/383/text-book-of-regulatory-affairs-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-85-3" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/303/text-book-of-social-pharmacy-for-the-students-of-d-pharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-47-2" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/247/textbook-of-cosmetic-science" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-82-0" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/398/textbook-of-dietary-supplements-and-nutraceuticals-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-31-0" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/347/textbook-of-hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-77-9" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/338/textbook-of-human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-94-6" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/348/textbook-of-industrial-pharmacy-i-for-the-students-of-bpharm-5-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-64-9" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/363/textbook-of-industrial-pharmacy-ii-for-the-students-of-bpharm-7-semester-as-per-latest-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-91-5" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/290/textbook-of-instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-38-0" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/137/textbook-of-pharmaceutics-ii-for-second-year-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-90-3" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/400/textbook-of-pharmacology-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-47-1" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/275/textbook-of-pharmacotherapeutics-for-diploma-in-pharmacy-students-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-96-0" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/316/textbook-of-social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-50-2" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/107/the-theory-and-practical-book-of-industrial-pharmacy-i" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-61-3" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/375/the-theory-and-practical-book-of-pharmaceutical-inorganic-chemistry-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-35-8" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/392/theory-and-practical-book-of-environmental-education-and-disaster-management-for-the-students-of-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-79-2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/215/a-competitive-textbook-of-pharmacology-at-glance" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-34-9" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/291/a-complete-laboratory-manual-of-pharmacology-for-bpharm" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-09-0" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/299/a-concise-book-of-biochemistry-for-bpharm-and-gpat-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-08-3" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/384/a-practical-book-of-biochemistry-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-25-9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/300/a-practical-book-of-herbal-drug-technology-for-bpharm-6th-semester-bp-609p" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-95-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/82/a-practical-book-of-pharmaceutical-inorganic-chemistry-as-per-pci-latest-pattern" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-36-1" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/269/a-practical-manual-of-industrial-pharmacy-i-for-third-year-bpharmacy-vth-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/287/a-text-book-of-biochemistry-and-clinical-pathology" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-55-7" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/93/a-text-book-of-pharmaceutical-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-47-7" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/248/a-text-book-of-pharmacognosy" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-83-7" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/207/a-textbook-of-pharmaceutical-analysis-for-first-year-b-pharm-semester-i-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-26-4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/264/a-textbook-of-pharmaceutical-engineering-for-bpharma-2nd-year-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-9-3" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/195/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-57-8" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/255/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-92-9" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/146/a-textbook-of-pharmaceutical-inorganic-chemistry-as-per-new-pci-syllabus-for-b-pharmacy-ist-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-09-7" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/237/a-textbook-of-pharmaceutical-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-3-2" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/396/a-textbook-of-pharmacognosy-i-for-the-students-of-dpharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-17-4" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/197/a-textbook-of-pharmacy-practice-for-b-pharm-7th-semester-4th-year" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-05-9" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/378/a-textbook-of-physical-pharmaceutics-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-63-1" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/370/a-textbook-of-universal-human-values-and-professional-ethics-for-bpharm-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-82-2" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/117/a-textbook-on-assessment-monitoring-documentation-and-reporting-of-adverse-drug-reactions" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-71-2" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/239/a-theoretical-book-on-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-8-7" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/279/a-theoretical-book-on-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-49-6" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/355/all-in-one-practical-book-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-66-3" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/224/all-in-one-textbook-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-92-7" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/296/biochemistry-and-clinical-pathology-for-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-70-0" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/412/biostatistics-and-research-methodology-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-59-4" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/406/concise-biopharmaceutics-and-pharmacokinetics-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-89-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/306/cosmetology-and-toxicology-for-bpharm-btech-cosmetics-students" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-44-1" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/354/dpharm-exit-exam-dpee" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-02-1" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/407/drug-delivery-system-for-the-students-of-mpharm-1-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-90-7" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/323/environmental-sciences-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-15-1" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/132/experimental-handbook-of-physical-pharmaceutics" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-86-6" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/268/experimental-pharmacology-i-practical-book-according-to-pci-syllabus-for-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/43/fundamentals-of-pharmacy-for-gpat-niper" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-00-2" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/377/handbook-of-toxicology-and-pharmacological-screening-methods-ii-for-the-students-of-mpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-38-9" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/364/herbal-drug-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-12-0" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/366/hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-66-2" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/342/human-anatomy-and-physiology-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-18-2" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/345/human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-68-7" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/380/industrial-pharmacognostical-techniques-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-21-1" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/343/industrial-pharmacy-ii-for-bpharm-4th-year-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-27-4" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/96/instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-50-7" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/203/lab-manual-for-b-pharmacy-first-year" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-23-3" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/216/mcqs-book-for-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-60-8" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/358/mcqs-for-pharmacy-diploma-exit-examination-dpee-di-gpat-niper-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-80-9" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/198/mcqs-in-pharmacology-for-undergraduate-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-14-1" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/143/medicinal-chemistry-i-for-b-pharm-2nd-year-iv-semester-students-as-per-latest-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-6-2" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/307/multiple-choice-questions-mcqs-of-pharmaceutics-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-65-6" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/285/novel-drug-delivery-system-40ndds41" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-75-5" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/252/novel-drug-delivery-systems" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-87-5" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/141/pharmaceutical-biotechnology" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/157/pharmaceutical-chemistry-i-for-1st-year-d-pharm-students-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-06-6" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/251/pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-86-8" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/258/pharmaceutical-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-94-3" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/282/pharmaceutical-product-development" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-16-8" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/273/pharmaceutics-manual-for-diploma-in-pharmacy-students-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-99-8" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/219/pharmaceutics-practicals-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-50-9" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/292/pharmaceutics-i-a-practical-manual-for-1st-semester-bpharm-and-1st-year-pharmd" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-17-5" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/281/pharmaceutics-i-theory-and-practical" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-84-7" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/310/pharmacognosy-and-phytochemistry-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-40-3" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/361/pharmacognosy-and-phytochemistry-ii-practicals-as-per-pci-syllabus-for-bpharm-5th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-45-8" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/187/pharmacognosy-and-phytopharmaceuticals-lab" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-10-3" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/308/pharmacology-i-exam-success-companion-previous-5-years-solved-question-papers-for-bpharm-4th-semester-bp404t" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-31-1" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/180/physical-pharmaceutics-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-63-9" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/340/practical-book-of-community-pharmacy-and-management-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-58-8" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/113/practical-lab-manual-of-pharmaceutical-organic-chemistry-i-b-pharm-2nd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-67-5" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/114/practical-lab-manual-of-pharmaceutical-organic-chemistry-ii-b-pharm-3rd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-68-2" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/229/practical-manual-of-inorganic-organic-and-medicinal-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-98-9" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/274/preparation-of-inorganic-organic-and-medicinal-compounds-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-53-3" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/333/principles-of-physical-pharmaceutics-fundamentals-and-applications-part-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-48-9" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/332/social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-88-5" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/329/text-book-of-medicinal-chemistry-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-00-7" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/313/text-book-of-medicinal-chemistry-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-39-7" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/372/text-book-of-pharmaceutical-regulatory-science" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-95-2" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/350/text-book-of-pharmacy-practice-for-the-students-of-bpharm-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-10-6" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/383/text-book-of-regulatory-affairs-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-85-3" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/303/text-book-of-social-pharmacy-for-the-students-of-d-pharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-47-2" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/247/textbook-of-cosmetic-science" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-82-0" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/398/textbook-of-dietary-supplements-and-nutraceuticals-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-31-0" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/347/textbook-of-hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-77-9" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/338/textbook-of-human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-94-6" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/348/textbook-of-industrial-pharmacy-i-for-the-students-of-bpharm-5-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-64-9" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/363/textbook-of-industrial-pharmacy-ii-for-the-students-of-bpharm-7-semester-as-per-latest-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-91-5" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/290/textbook-of-instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-38-0" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/137/textbook-of-pharmaceutics-ii-for-second-year-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-90-3" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/400/textbook-of-pharmacology-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-47-1" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/413/textbook-of-pharmacology-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-15-0" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/275/textbook-of-pharmacotherapeutics-for-diploma-in-pharmacy-students-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-96-0" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/316/textbook-of-social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-50-2" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/107/the-theory-and-practical-book-of-industrial-pharmacy-i" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-61-3" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/375/the-theory-and-practical-book-of-pharmaceutical-inorganic-chemistry-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-35-8" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/392/theory-and-practical-book-of-environmental-education-and-disaster-management-for-the-students-of-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-79-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R117"/>
+  <dimension ref="A1:Q149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B117" sqref="B117:H117"/>
+      <selection activeCell="B119" sqref="B119:H119"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
-    <col min="14" max="14" width="14.2822" customWidth="true" style="0"/>
+    <col min="14" max="14" width="28.5645" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
-    <col min="17" max="17" width="28.5645" customWidth="true" style="0"/>
-    <col min="18" max="18" width="14.2822" customWidth="true" style="0"/>
+    <col min="17" max="17" width="14.2822" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18">
+    <row r="1" spans="1:17">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
     </row>
-    <row r="2" spans="1:18">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
-    <row r="3" spans="1:18">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
     </row>
-    <row r="4" spans="1:18">
+    <row r="4" spans="1:17">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
     </row>
-    <row r="5" spans="1:18">
+    <row r="5" spans="1:17">
       <c r="A5"/>
     </row>
-    <row r="6" spans="1:18">
+    <row r="6" spans="1:17">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>7</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H6" s="7" t="s">
         <v>10</v>
       </c>
       <c r="I6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="J6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="K6" s="7" t="s">
         <v>13</v>
       </c>
       <c r="L6" s="7" t="s">
         <v>14</v>
       </c>
       <c r="M6" s="7" t="s">
         <v>15</v>
       </c>
       <c r="N6" s="7" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="O6" s="7" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="P6" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="Q6" s="6" t="s">
+      <c r="P6" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="R6" s="7" t="s">
+      <c r="Q6" s="7" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="7" spans="1:18">
+    <row r="7" spans="1:17">
       <c r="A7" s="5">
         <v>1</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="9">
         <v>2022</v>
       </c>
       <c r="G7" s="9">
         <v>206</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I7" s="9">
         <v>450.0</v>
       </c>
       <c r="J7" s="9">
         <v>25</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="9">
         <v>280</v>
       </c>
       <c r="M7" s="10" t="s">
         <v>21</v>
       </c>
       <c r="N7" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O7" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q7" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P7" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R7" s="9" t="s">
+      <c r="Q7" s="9" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="8" spans="1:18">
+    <row r="8" spans="1:17">
       <c r="A8" s="5">
         <v>2</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>31</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="9">
         <v>2024</v>
       </c>
       <c r="G8" s="9">
         <v>122</v>
       </c>
       <c r="H8" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I8" s="9">
         <v>350.0</v>
       </c>
       <c r="J8" s="9">
         <v>20</v>
       </c>
       <c r="K8" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="9">
         <v>200</v>
       </c>
       <c r="M8" s="10" t="s">
         <v>31</v>
       </c>
       <c r="N8" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O8" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q8" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P8" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R8" s="9" t="s">
+      <c r="Q8" s="9" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="9" spans="1:18">
+    <row r="9" spans="1:17">
       <c r="A9" s="5">
         <v>3</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>36</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="9">
         <v>2024</v>
       </c>
       <c r="G9" s="9">
         <v>88</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I9" s="9">
         <v>350.0</v>
       </c>
       <c r="J9" s="9">
         <v>20</v>
       </c>
       <c r="K9" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="9">
         <v>250</v>
       </c>
       <c r="M9" s="10" t="s">
         <v>36</v>
       </c>
       <c r="N9" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O9" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q9" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P9" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="R9" s="9" t="s">
+      <c r="Q9" s="9" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="10" spans="1:18">
+    <row r="10" spans="1:17">
       <c r="A10" s="5">
         <v>4</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>42</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="9">
         <v>2025</v>
       </c>
       <c r="G10" s="9">
         <v>136</v>
       </c>
       <c r="H10" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="9">
         <v>395.0</v>
       </c>
       <c r="J10" s="9">
         <v>25</v>
       </c>
       <c r="K10" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="9">
         <v>300</v>
       </c>
       <c r="M10" s="10" t="s">
         <v>41</v>
       </c>
       <c r="N10" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O10" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q10" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P10" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="R10" s="9" t="s">
+      <c r="Q10" s="9" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="11" spans="1:18">
+    <row r="11" spans="1:17">
       <c r="A11" s="5">
         <v>5</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>46</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="9">
         <v>2024</v>
       </c>
       <c r="G11" s="9">
         <v>101</v>
       </c>
       <c r="H11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="9">
         <v>375.0</v>
       </c>
       <c r="J11" s="9">
         <v>20</v>
       </c>
       <c r="K11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L11" s="9">
         <v>200</v>
       </c>
       <c r="M11" s="10" t="s">
         <v>45</v>
       </c>
       <c r="N11" s="9" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="O11" s="9" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-      <c r="R11" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P11" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q11" s="9" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="12" spans="1:18">
+    <row r="12" spans="1:17">
       <c r="A12" s="5">
         <v>6</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>50</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>51</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="9">
         <v>2019</v>
       </c>
       <c r="G12" s="9">
         <v>75</v>
       </c>
       <c r="H12" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="9">
         <v>295.0</v>
       </c>
       <c r="J12" s="9">
         <v>15</v>
       </c>
       <c r="K12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="9">
         <v>170</v>
       </c>
       <c r="M12" s="10" t="s">
         <v>50</v>
       </c>
       <c r="N12" s="9" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="O12" s="9" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      <c r="Q12" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P12" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="R12" s="9" t="s">
+      <c r="Q12" s="9" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="13" spans="1:18">
+    <row r="13" spans="1:17">
       <c r="A13" s="5">
         <v>7</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>56</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>57</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="9">
         <v>2023</v>
       </c>
       <c r="G13" s="9">
         <v>124</v>
       </c>
       <c r="H13" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="9">
         <v>375.0</v>
       </c>
       <c r="J13" s="9">
         <v>20</v>
       </c>
       <c r="K13" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="9">
         <v>200</v>
       </c>
       <c r="M13" s="10" t="s">
         <v>56</v>
       </c>
       <c r="N13" s="9" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="O13" s="9" t="s">
-        <v>47</v>
-[...4 lines deleted...]
-      <c r="Q13" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P13" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="R13" s="9" t="s">
+      <c r="Q13" s="9" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="14" spans="1:18">
+    <row r="14" spans="1:17">
       <c r="A14" s="5">
         <v>8</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>61</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="9">
         <v>2024</v>
       </c>
       <c r="G14" s="9">
         <v>229</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="9">
         <v>450.0</v>
       </c>
       <c r="J14" s="9">
         <v>25</v>
       </c>
       <c r="K14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="9">
         <v>300</v>
       </c>
       <c r="M14" s="10" t="s">
         <v>60</v>
       </c>
       <c r="N14" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O14" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q14" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P14" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="R14" s="9" t="s">
+      <c r="Q14" s="9" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="15" spans="1:18">
+    <row r="15" spans="1:17">
       <c r="A15" s="5">
         <v>9</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>63</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="9">
         <v>2020</v>
       </c>
       <c r="G15" s="9">
         <v>133</v>
       </c>
       <c r="H15" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="9">
         <v>350.0</v>
       </c>
       <c r="J15" s="9">
         <v>20</v>
       </c>
       <c r="K15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="9">
         <v>350</v>
       </c>
       <c r="M15" s="10" t="s">
         <v>63</v>
       </c>
       <c r="N15" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O15" s="9" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-      <c r="Q15" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P15" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="R15" s="9" t="s">
+      <c r="Q15" s="9" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="16" spans="1:18">
+    <row r="16" spans="1:17">
       <c r="A16" s="5">
         <v>10</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>69</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="9">
         <v>2023</v>
       </c>
       <c r="G16" s="9">
         <v>145</v>
       </c>
       <c r="H16" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I16" s="9">
         <v>425.0</v>
       </c>
       <c r="J16" s="9">
         <v>25</v>
       </c>
       <c r="K16" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="9">
         <v>300</v>
       </c>
       <c r="M16" s="10" t="s">
         <v>69</v>
       </c>
       <c r="N16" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O16" s="9" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-      <c r="Q16" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P16" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="R16" s="9" t="s">
+      <c r="Q16" s="9" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="17" spans="1:18">
+    <row r="17" spans="1:17">
       <c r="A17" s="5">
         <v>11</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>73</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="9">
         <v>2022</v>
       </c>
       <c r="G17" s="9">
         <v>254</v>
       </c>
       <c r="H17" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="9">
         <v>450.0</v>
       </c>
       <c r="J17" s="9">
         <v>25</v>
       </c>
       <c r="K17" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="9">
         <v>350</v>
       </c>
       <c r="M17" s="10" t="s">
         <v>74</v>
       </c>
       <c r="N17" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O17" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q17" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P17" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="R17" s="9" t="s">
+      <c r="Q17" s="9" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="18" spans="1:18">
+    <row r="18" spans="1:17">
       <c r="A18" s="5">
         <v>12</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>79</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>80</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="9">
         <v>2023</v>
       </c>
       <c r="G18" s="9">
         <v>192</v>
       </c>
       <c r="H18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="9">
         <v>425.0</v>
       </c>
       <c r="J18" s="9">
         <v>20</v>
       </c>
       <c r="K18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="9">
         <v>270</v>
       </c>
       <c r="M18" s="10" t="s">
         <v>79</v>
       </c>
       <c r="N18" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O18" s="9" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-      <c r="Q18" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P18" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="R18" s="9" t="s">
+      <c r="Q18" s="9" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="19" spans="1:18">
+    <row r="19" spans="1:17">
       <c r="A19" s="5">
         <v>13</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>83</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>84</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="9">
         <v>2022</v>
       </c>
       <c r="G19" s="9">
         <v>140</v>
       </c>
       <c r="H19" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="9">
         <v>375.0</v>
       </c>
       <c r="J19" s="9">
         <v>20</v>
       </c>
       <c r="K19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="9">
         <v>250</v>
       </c>
       <c r="M19" s="10" t="s">
         <v>83</v>
       </c>
       <c r="N19" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O19" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q19" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P19" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="R19" s="9" t="s">
+      <c r="Q19" s="9" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="20" spans="1:18">
+    <row r="20" spans="1:17">
       <c r="A20" s="5">
         <v>14</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>88</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="9">
         <v>2023</v>
       </c>
       <c r="G20" s="9">
         <v>149</v>
       </c>
       <c r="H20" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="9">
         <v>425.0</v>
       </c>
       <c r="J20" s="9">
         <v>25</v>
       </c>
       <c r="K20" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="9">
         <v>225</v>
       </c>
       <c r="M20" s="10" t="s">
         <v>87</v>
       </c>
       <c r="N20" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O20" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q20" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P20" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="R20" s="9" t="s">
+      <c r="Q20" s="9" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="21" spans="1:18">
+    <row r="21" spans="1:17">
       <c r="A21" s="5">
         <v>15</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>90</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>91</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>92</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F21" s="9">
         <v>2021</v>
       </c>
       <c r="G21" s="9">
         <v>189</v>
       </c>
       <c r="H21" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I21" s="9">
         <v>450.0</v>
       </c>
       <c r="J21" s="9">
         <v>25</v>
       </c>
       <c r="K21" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="9">
         <v>300</v>
       </c>
       <c r="M21" s="10" t="s">
         <v>91</v>
       </c>
       <c r="N21" s="9" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="O21" s="9" t="s">
-        <v>93</v>
-[...4 lines deleted...]
-      <c r="Q21" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P21" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="R21" s="9" t="s">
+      <c r="Q21" s="9" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="22" spans="1:18">
+    <row r="22" spans="1:17">
       <c r="A22" s="5">
         <v>16</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>95</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>96</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>97</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="9">
         <v>2022</v>
       </c>
       <c r="G22" s="9">
         <v>203</v>
       </c>
       <c r="H22" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="9">
         <v>550.0</v>
       </c>
       <c r="J22" s="9">
         <v>30</v>
       </c>
       <c r="K22" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="9">
         <v>260</v>
       </c>
       <c r="M22" s="10" t="s">
         <v>96</v>
       </c>
       <c r="N22" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O22" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q22" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P22" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="R22" s="9" t="s">
+      <c r="Q22" s="9" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="23" spans="1:18">
+    <row r="23" spans="1:17">
       <c r="A23" s="5">
         <v>17</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>99</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>100</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="9">
         <v>2023</v>
       </c>
       <c r="G23" s="9">
         <v>144</v>
       </c>
       <c r="H23" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="9">
         <v>350.0</v>
       </c>
       <c r="J23" s="9">
         <v>20</v>
       </c>
       <c r="K23" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="9">
         <v>200</v>
       </c>
       <c r="M23" s="10" t="s">
         <v>100</v>
       </c>
       <c r="N23" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O23" s="9" t="s">
-        <v>65</v>
-[...7 lines deleted...]
-      <c r="R23" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P23" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q23" s="9" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="24" spans="1:18">
+    <row r="24" spans="1:17">
       <c r="A24" s="5">
         <v>18</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>103</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>104</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>105</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="9">
         <v>2025</v>
       </c>
       <c r="G24" s="9">
         <v>168</v>
       </c>
       <c r="H24" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="9">
         <v>400.0</v>
       </c>
       <c r="J24" s="9">
         <v>25</v>
       </c>
       <c r="K24" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="9">
         <v>300</v>
       </c>
       <c r="M24" s="10" t="s">
         <v>104</v>
       </c>
       <c r="N24" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O24" s="9" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-      <c r="Q24" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P24" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="R24" s="9" t="s">
+      <c r="Q24" s="9" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="25" spans="1:18">
+    <row r="25" spans="1:17">
       <c r="A25" s="5">
         <v>19</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>106</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>107</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>108</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="9">
         <v>2022</v>
       </c>
       <c r="G25" s="9">
         <v>146</v>
       </c>
       <c r="H25" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="9">
         <v>395.0</v>
       </c>
       <c r="J25" s="9">
         <v>20</v>
       </c>
       <c r="K25" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="9">
         <v>300</v>
       </c>
       <c r="M25" s="10" t="s">
         <v>107</v>
       </c>
       <c r="N25" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O25" s="9" t="s">
-        <v>65</v>
-[...7 lines deleted...]
-      <c r="R25" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P25" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q25" s="9" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="26" spans="1:18">
+    <row r="26" spans="1:17">
       <c r="A26" s="5">
         <v>20</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>109</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>110</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>111</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="9">
         <v>2025</v>
       </c>
       <c r="G26" s="9">
         <v>104</v>
       </c>
       <c r="H26" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="9">
         <v>350.0</v>
       </c>
       <c r="J26" s="9">
         <v>20</v>
       </c>
       <c r="K26" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="9">
         <v>200</v>
       </c>
       <c r="M26" s="10" t="s">
         <v>110</v>
       </c>
       <c r="N26" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O26" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q26" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P26" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="R26" s="9" t="s">
+      <c r="Q26" s="9" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="27" spans="1:18">
+    <row r="27" spans="1:17">
       <c r="A27" s="5">
         <v>21</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>114</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>115</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>116</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F27" s="9">
         <v>2025</v>
       </c>
       <c r="G27" s="9">
         <v>138</v>
       </c>
       <c r="H27" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="9">
         <v>350.0</v>
       </c>
       <c r="J27" s="9">
         <v>20</v>
       </c>
       <c r="K27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="9">
         <v>220</v>
       </c>
       <c r="M27" s="10" t="s">
         <v>115</v>
       </c>
       <c r="N27" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O27" s="9" t="s">
-        <v>26</v>
-[...7 lines deleted...]
-      <c r="R27" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P27" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q27" s="9" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="28" spans="1:18">
+    <row r="28" spans="1:17">
       <c r="A28" s="5">
         <v>22</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>117</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>118</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>119</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F28" s="9">
         <v>2020</v>
       </c>
       <c r="G28" s="9">
         <v>136</v>
       </c>
       <c r="H28" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="9">
         <v>425.0</v>
       </c>
       <c r="J28" s="9">
         <v>20</v>
       </c>
       <c r="K28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="9">
         <v>230</v>
       </c>
       <c r="M28" s="10" t="s">
         <v>118</v>
       </c>
       <c r="N28" s="9" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="O28" s="9" t="s">
-        <v>93</v>
-[...4 lines deleted...]
-      <c r="Q28" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P28" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R28" s="9" t="s">
+      <c r="Q28" s="9" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="29" spans="1:18">
+    <row r="29" spans="1:17">
       <c r="A29" s="5">
         <v>23</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>121</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>122</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>123</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F29" s="9">
         <v>2023</v>
       </c>
       <c r="G29" s="9">
         <v>166</v>
       </c>
       <c r="H29" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="9">
         <v>395.0</v>
       </c>
       <c r="J29" s="9">
         <v>20</v>
       </c>
       <c r="K29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="9">
         <v>250</v>
       </c>
       <c r="M29" s="10" t="s">
         <v>122</v>
       </c>
       <c r="N29" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O29" s="9" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-      <c r="Q29" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P29" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="R29" s="9" t="s">
+      <c r="Q29" s="9" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="30" spans="1:18">
+    <row r="30" spans="1:17">
       <c r="A30" s="5">
         <v>24</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>124</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>125</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>126</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="9">
         <v>2024</v>
       </c>
       <c r="G30" s="9">
         <v>135</v>
       </c>
       <c r="H30" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="9">
         <v>350.0</v>
       </c>
       <c r="J30" s="9">
         <v>20</v>
       </c>
       <c r="K30" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="9">
         <v>220</v>
       </c>
       <c r="M30" s="10" t="s">
         <v>125</v>
       </c>
       <c r="N30" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O30" s="9" t="s">
-        <v>65</v>
-[...7 lines deleted...]
-      <c r="R30" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P30" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q30" s="9" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="31" spans="1:18">
+    <row r="31" spans="1:17">
       <c r="A31" s="5">
         <v>25</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>127</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>128</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>129</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F31" s="9">
         <v>2025</v>
       </c>
       <c r="G31" s="9">
         <v>159</v>
       </c>
       <c r="H31" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="9">
         <v>475.0</v>
       </c>
       <c r="J31" s="9">
         <v>25</v>
       </c>
       <c r="K31" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="9">
         <v>240</v>
       </c>
       <c r="M31" s="10" t="s">
         <v>128</v>
       </c>
       <c r="N31" s="9" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="O31" s="9" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-      <c r="R31" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P31" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q31" s="9" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="32" spans="1:18">
+    <row r="32" spans="1:17">
       <c r="A32" s="5">
         <v>26</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>130</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>131</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>132</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F32" s="9">
         <v>2023</v>
       </c>
       <c r="G32" s="9">
         <v>189</v>
       </c>
       <c r="H32" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="9">
         <v>575.0</v>
       </c>
       <c r="J32" s="9">
         <v>30</v>
       </c>
       <c r="K32" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="9">
         <v>260</v>
       </c>
       <c r="M32" s="10" t="s">
         <v>131</v>
       </c>
       <c r="N32" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O32" s="9" t="s">
-        <v>65</v>
-[...7 lines deleted...]
-      <c r="R32" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P32" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q32" s="9" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="33" spans="1:18">
+    <row r="33" spans="1:17">
       <c r="A33" s="5">
         <v>27</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>133</v>
       </c>
       <c r="C33" s="9" t="s">
         <v>134</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>135</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F33" s="9">
         <v>2020</v>
       </c>
       <c r="G33" s="9">
         <v>97</v>
       </c>
       <c r="H33" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="9">
         <v>350.0</v>
       </c>
       <c r="J33" s="9">
         <v>20</v>
       </c>
       <c r="K33" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="9">
         <v>200</v>
       </c>
       <c r="M33" s="10" t="s">
         <v>134</v>
       </c>
       <c r="N33" s="9" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="O33" s="9" t="s">
-        <v>136</v>
-[...4 lines deleted...]
-      <c r="Q33" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P33" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="R33" s="9" t="s">
+      <c r="Q33" s="9" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="34" spans="1:18">
+    <row r="34" spans="1:17">
       <c r="A34" s="5">
         <v>28</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>139</v>
       </c>
       <c r="C34" s="9" t="s">
         <v>140</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>97</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="9">
         <v>2023</v>
       </c>
       <c r="G34" s="9">
         <v>674</v>
       </c>
       <c r="H34" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="9">
         <v>1600.0</v>
       </c>
       <c r="J34" s="9">
         <v>75</v>
       </c>
       <c r="K34" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="9">
         <v>1400</v>
       </c>
       <c r="M34" s="10" t="s">
         <v>140</v>
       </c>
       <c r="N34" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O34" s="9" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-      <c r="Q34" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P34" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="R34" s="9" t="s">
+      <c r="Q34" s="9" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="35" spans="1:18">
+    <row r="35" spans="1:17">
       <c r="A35" s="5">
         <v>29</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>142</v>
       </c>
       <c r="C35" s="9" t="s">
         <v>143</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>144</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F35" s="9">
         <v>2021</v>
       </c>
       <c r="G35" s="9">
         <v>266</v>
       </c>
       <c r="H35" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="9">
         <v>995.0</v>
       </c>
       <c r="J35" s="9">
         <v>45</v>
       </c>
       <c r="K35" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="9">
         <v>430</v>
       </c>
       <c r="M35" s="10" t="s">
         <v>143</v>
       </c>
       <c r="N35" s="9" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="O35" s="9" t="s">
-        <v>93</v>
-[...4 lines deleted...]
-      <c r="Q35" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P35" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="R35" s="9" t="s">
+      <c r="Q35" s="9" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="36" spans="1:18">
+    <row r="36" spans="1:17">
       <c r="A36" s="5">
         <v>30</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>147</v>
       </c>
       <c r="C36" s="9" t="s">
         <v>148</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>149</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="9">
         <v>2024</v>
       </c>
       <c r="G36" s="9">
         <v>152</v>
       </c>
       <c r="H36" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="9">
         <v>475.0</v>
       </c>
       <c r="J36" s="9">
         <v>25</v>
       </c>
       <c r="K36" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="9">
         <v>275</v>
       </c>
       <c r="M36" s="10" t="s">
         <v>148</v>
       </c>
       <c r="N36" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O36" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q36" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P36" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="R36" s="9" t="s">
+      <c r="Q36" s="9" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="37" spans="1:18">
+    <row r="37" spans="1:17">
       <c r="A37" s="5">
         <v>31</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>150</v>
       </c>
       <c r="C37" s="9" t="s">
         <v>151</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>152</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>153</v>
+        <v>23</v>
       </c>
       <c r="F37" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G37" s="9">
-        <v>1088</v>
+        <v>115</v>
       </c>
       <c r="H37" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="9">
-        <v>2495.0</v>
+        <v>325.0</v>
       </c>
       <c r="J37" s="9">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="K37" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="9">
-        <v>1920</v>
+        <v>180</v>
       </c>
       <c r="M37" s="10" t="s">
         <v>151</v>
       </c>
       <c r="N37" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P37" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="O37" s="9" t="s">
-[...12 lines deleted...]
-    <row r="38" spans="1:18">
+      <c r="Q37" s="9" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17">
       <c r="A38" s="5">
         <v>32</v>
       </c>
       <c r="B38" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="C38" s="9" t="s">
+        <v>155</v>
+      </c>
+      <c r="D38" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="C38" s="9" t="s">
+      <c r="E38" s="9" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F38" s="9">
         <v>2024</v>
       </c>
       <c r="G38" s="9">
-        <v>407</v>
+        <v>1088</v>
       </c>
       <c r="H38" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="9">
-        <v>925.0</v>
+        <v>2495.0</v>
       </c>
       <c r="J38" s="9">
-        <v>40</v>
+        <v>105</v>
       </c>
       <c r="K38" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="9">
-        <v>700</v>
+        <v>1920</v>
       </c>
       <c r="M38" s="10" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="N38" s="9" t="s">
-        <v>153</v>
+        <v>65</v>
       </c>
       <c r="O38" s="9" t="s">
-        <v>65</v>
-[...7 lines deleted...]
-      <c r="R38" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P38" s="5" t="s">
         <v>158</v>
       </c>
-    </row>
-    <row r="39" spans="1:18">
+      <c r="Q38" s="9" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17">
       <c r="A39" s="5">
         <v>33</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="F39" s="9">
         <v>2024</v>
       </c>
       <c r="G39" s="9">
-        <v>380</v>
+        <v>407</v>
       </c>
       <c r="H39" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="9">
-        <v>875.0</v>
+        <v>925.0</v>
       </c>
       <c r="J39" s="9">
         <v>40</v>
       </c>
       <c r="K39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="9">
-        <v>680</v>
+        <v>700</v>
       </c>
       <c r="M39" s="10" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N39" s="9" t="s">
-        <v>153</v>
+        <v>65</v>
       </c>
       <c r="O39" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="40" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P39" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="Q39" s="9" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17">
       <c r="A40" s="5">
         <v>34</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="F40" s="9">
         <v>2024</v>
       </c>
       <c r="G40" s="9">
-        <v>301</v>
+        <v>380</v>
       </c>
       <c r="H40" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="9">
-        <v>795.0</v>
+        <v>875.0</v>
       </c>
       <c r="J40" s="9">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="K40" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="9">
-        <v>540</v>
+        <v>680</v>
       </c>
       <c r="M40" s="10" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N40" s="9" t="s">
-        <v>153</v>
+        <v>65</v>
       </c>
       <c r="O40" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="41" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P40" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="Q40" s="9" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17">
       <c r="A41" s="5">
         <v>35</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D41" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="E41" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="F41" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G41" s="9">
+        <v>301</v>
+      </c>
+      <c r="H41" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I41" s="9">
+        <v>795.0</v>
+      </c>
+      <c r="J41" s="9">
+        <v>35</v>
+      </c>
+      <c r="K41" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L41" s="9">
+        <v>540</v>
+      </c>
+      <c r="M41" s="10" t="s">
         <v>167</v>
       </c>
-      <c r="E41" s="9" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="N41" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O41" s="9" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-    <row r="42" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P41" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="Q41" s="9" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17">
       <c r="A42" s="5">
         <v>36</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D42" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="E42" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F42" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G42" s="9">
+        <v>237</v>
+      </c>
+      <c r="H42" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I42" s="9">
+        <v>500.0</v>
+      </c>
+      <c r="J42" s="9">
+        <v>25</v>
+      </c>
+      <c r="K42" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L42" s="9">
+        <v>340</v>
+      </c>
+      <c r="M42" s="10" t="s">
         <v>170</v>
       </c>
-      <c r="E42" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N42" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O42" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="43" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P42" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q42" s="9" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="43" spans="1:17">
       <c r="A43" s="5">
         <v>37</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>172</v>
       </c>
       <c r="C43" s="9" t="s">
         <v>173</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>174</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G43" s="9">
-        <v>613</v>
+        <v>92</v>
       </c>
       <c r="H43" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="9">
-        <v>1095.0</v>
+        <v>300.0</v>
       </c>
       <c r="J43" s="9">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="K43" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="9">
-        <v>1560</v>
+        <v>165</v>
       </c>
       <c r="M43" s="10" t="s">
         <v>173</v>
       </c>
       <c r="N43" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O43" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P43" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="P43" s="9" t="s">
-[...9 lines deleted...]
-    <row r="44" spans="1:18">
+      <c r="Q43" s="9" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17">
       <c r="A44" s="5">
         <v>38</v>
       </c>
       <c r="B44" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="C44" s="9" t="s">
         <v>177</v>
       </c>
-      <c r="C44" s="9" t="s">
+      <c r="D44" s="5" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="9">
         <v>2025</v>
       </c>
       <c r="G44" s="9">
-        <v>175</v>
+        <v>613</v>
       </c>
       <c r="H44" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="9">
-        <v>425.0</v>
+        <v>1095.0</v>
       </c>
       <c r="J44" s="9">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K44" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L44" s="9"/>
+      <c r="L44" s="9">
+        <v>1560</v>
+      </c>
       <c r="M44" s="10" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="N44" s="9" t="s">
-        <v>23</v>
+        <v>179</v>
       </c>
       <c r="O44" s="9" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-    <row r="45" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P44" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q44" s="9" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17">
       <c r="A45" s="5">
         <v>39</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D45" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="E45" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F45" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G45" s="9">
+        <v>175</v>
+      </c>
+      <c r="H45" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I45" s="9">
+        <v>425.0</v>
+      </c>
+      <c r="J45" s="9">
+        <v>20</v>
+      </c>
+      <c r="K45" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L45" s="9">
+        <v>240</v>
+      </c>
+      <c r="M45" s="10" t="s">
         <v>182</v>
       </c>
-      <c r="E45" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N45" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O45" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="46" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P45" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q45" s="9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17">
       <c r="A46" s="5">
         <v>40</v>
       </c>
       <c r="B46" s="8" t="s">
         <v>184</v>
       </c>
       <c r="C46" s="9" t="s">
         <v>185</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>186</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F46" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G46" s="9">
-        <v>208</v>
+        <v>83</v>
       </c>
       <c r="H46" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="9">
-        <v>475.0</v>
+        <v>275.0</v>
       </c>
       <c r="J46" s="9">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="K46" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="9">
-        <v>340</v>
+        <v>140</v>
       </c>
       <c r="M46" s="10" t="s">
         <v>185</v>
       </c>
       <c r="N46" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O46" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P46" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q46" s="9" t="s">
         <v>187</v>
       </c>
-      <c r="P46" s="9" t="s">
-[...9 lines deleted...]
-    <row r="47" spans="1:18">
+    </row>
+    <row r="47" spans="1:17">
       <c r="A47" s="5">
         <v>41</v>
       </c>
       <c r="B47" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="C47" s="9" t="s">
         <v>189</v>
       </c>
-      <c r="C47" s="9" t="s">
+      <c r="D47" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="D47" s="5" t="s">
+      <c r="E47" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F47" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G47" s="9">
+        <v>208</v>
+      </c>
+      <c r="H47" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I47" s="9">
+        <v>475.0</v>
+      </c>
+      <c r="J47" s="9">
+        <v>25</v>
+      </c>
+      <c r="K47" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L47" s="9">
+        <v>340</v>
+      </c>
+      <c r="M47" s="10" t="s">
+        <v>189</v>
+      </c>
+      <c r="N47" s="9" t="s">
         <v>191</v>
       </c>
-      <c r="E47" s="9" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O47" s="9" t="s">
-        <v>26</v>
-[...7 lines deleted...]
-      <c r="R47" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P47" s="5" t="s">
         <v>192</v>
       </c>
-    </row>
-    <row r="48" spans="1:18">
+      <c r="Q47" s="9" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17">
       <c r="A48" s="5">
         <v>42</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>193</v>
       </c>
       <c r="C48" s="9" t="s">
         <v>194</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>195</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G48" s="9">
-        <v>215</v>
+        <v>91</v>
       </c>
       <c r="H48" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="9">
-        <v>495.0</v>
+        <v>325.0</v>
       </c>
       <c r="J48" s="9">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="K48" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="9">
-        <v>320</v>
+        <v>150</v>
       </c>
       <c r="M48" s="10" t="s">
         <v>194</v>
       </c>
       <c r="N48" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O48" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P48" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q48" s="9" t="s">
         <v>196</v>
       </c>
-      <c r="P48" s="9" t="s">
-[...9 lines deleted...]
-    <row r="49" spans="1:18">
+    </row>
+    <row r="49" spans="1:17">
       <c r="A49" s="5">
         <v>43</v>
       </c>
       <c r="B49" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="C49" s="9" t="s">
         <v>198</v>
       </c>
-      <c r="C49" s="9" t="s">
+      <c r="D49" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="D49" s="5" t="s">
+      <c r="E49" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F49" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G49" s="9">
+        <v>215</v>
+      </c>
+      <c r="H49" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I49" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J49" s="9">
+        <v>30</v>
+      </c>
+      <c r="K49" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L49" s="9">
+        <v>320</v>
+      </c>
+      <c r="M49" s="10" t="s">
+        <v>198</v>
+      </c>
+      <c r="N49" s="9" t="s">
         <v>200</v>
       </c>
-      <c r="E49" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F49" s="9" t="s">
+      <c r="O49" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P49" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="G49" s="9">
-[...36 lines deleted...]
-    <row r="50" spans="1:18">
+      <c r="Q49" s="9" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17">
       <c r="A50" s="5">
         <v>44</v>
       </c>
       <c r="B50" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="C50" s="9" t="s">
+        <v>203</v>
+      </c>
+      <c r="D50" s="5" t="s">
         <v>204</v>
       </c>
-      <c r="C50" s="9" t="s">
+      <c r="E50" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F50" s="9" t="s">
         <v>205</v>
       </c>
-      <c r="D50" s="5" t="s">
+      <c r="G50" s="9">
+        <v>111</v>
+      </c>
+      <c r="H50" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I50" s="9">
+        <v>325.0</v>
+      </c>
+      <c r="J50" s="9">
+        <v>15</v>
+      </c>
+      <c r="K50" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L50" s="9">
+        <v>250</v>
+      </c>
+      <c r="M50" s="10" t="s">
+        <v>203</v>
+      </c>
+      <c r="N50" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="O50" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P50" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="E50" s="9" t="s">
-[...38 lines deleted...]
-      <c r="R50" s="9" t="s">
+      <c r="Q50" s="9" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="51" spans="1:18">
+    <row r="51" spans="1:17">
       <c r="A51" s="5">
         <v>45</v>
       </c>
       <c r="B51" s="8" t="s">
         <v>208</v>
       </c>
       <c r="C51" s="9" t="s">
         <v>209</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>135</v>
+        <v>210</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F51" s="9">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="G51" s="9">
-        <v>252</v>
+        <v>417</v>
       </c>
       <c r="H51" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="9">
-        <v>800.0</v>
+        <v>995.0</v>
       </c>
       <c r="J51" s="9">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="K51" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="9">
-        <v>430</v>
+        <v>525</v>
       </c>
       <c r="M51" s="10" t="s">
         <v>209</v>
       </c>
       <c r="N51" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O51" s="9" t="s">
-        <v>210</v>
-[...7 lines deleted...]
-      <c r="R51" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P51" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q51" s="9" t="s">
         <v>211</v>
       </c>
     </row>
-    <row r="52" spans="1:18">
+    <row r="52" spans="1:17">
       <c r="A52" s="5">
         <v>46</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>212</v>
       </c>
       <c r="C52" s="9" t="s">
         <v>213</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>214</v>
+        <v>135</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F52" s="9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G52" s="9">
-        <v>69</v>
+        <v>252</v>
       </c>
       <c r="H52" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I52" s="9">
-        <v>375.0</v>
+        <v>800.0</v>
       </c>
       <c r="J52" s="9">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K52" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="9">
-        <v>130</v>
+        <v>430</v>
       </c>
       <c r="M52" s="10" t="s">
         <v>213</v>
       </c>
       <c r="N52" s="9" t="s">
-        <v>23</v>
+        <v>214</v>
       </c>
       <c r="O52" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P52" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="Q52" s="9" t="s">
         <v>215</v>
       </c>
-      <c r="P52" s="9" t="s">
-[...9 lines deleted...]
-    <row r="53" spans="1:18">
+    </row>
+    <row r="53" spans="1:17">
       <c r="A53" s="5">
         <v>47</v>
       </c>
       <c r="B53" s="8" t="s">
+        <v>216</v>
+      </c>
+      <c r="C53" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="D53" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="C53" s="9" t="s">
+      <c r="E53" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F53" s="9">
+        <v>2018</v>
+      </c>
+      <c r="G53" s="9">
+        <v>69</v>
+      </c>
+      <c r="H53" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I53" s="9">
+        <v>375.0</v>
+      </c>
+      <c r="J53" s="9">
+        <v>20</v>
+      </c>
+      <c r="K53" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L53" s="9">
+        <v>130</v>
+      </c>
+      <c r="M53" s="10" t="s">
+        <v>217</v>
+      </c>
+      <c r="N53" s="9" t="s">
         <v>219</v>
       </c>
-      <c r="D53" s="5" t="s">
+      <c r="O53" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P53" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="E53" s="9" t="s">
-[...35 lines deleted...]
-      <c r="Q53" s="5" t="s">
+      <c r="Q53" s="9" t="s">
         <v>221</v>
       </c>
-      <c r="R53" s="9" t="s">
-[...3 lines deleted...]
-    <row r="54" spans="1:18">
+    </row>
+    <row r="54" spans="1:17">
       <c r="A54" s="5">
         <v>48</v>
       </c>
       <c r="B54" s="8" t="s">
         <v>222</v>
       </c>
       <c r="C54" s="9" t="s">
         <v>223</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>224</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F54" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G54" s="9">
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="H54" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="9">
-        <v>400.0</v>
+        <v>495.0</v>
       </c>
       <c r="J54" s="9">
         <v>25</v>
       </c>
       <c r="K54" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="9">
-        <v>260</v>
+        <v>230</v>
       </c>
       <c r="M54" s="10" t="s">
         <v>223</v>
       </c>
       <c r="N54" s="9" t="s">
-        <v>23</v>
+        <v>179</v>
       </c>
       <c r="O54" s="9" t="s">
-        <v>175</v>
-[...4 lines deleted...]
-      <c r="Q54" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P54" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="R54" s="9" t="s">
-[...3 lines deleted...]
-    <row r="55" spans="1:18">
+      <c r="Q54" s="9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17">
       <c r="A55" s="5">
         <v>49</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>226</v>
       </c>
       <c r="C55" s="9" t="s">
         <v>227</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>228</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F55" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G55" s="9">
-        <v>111</v>
+        <v>140</v>
       </c>
       <c r="H55" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="9">
         <v>400.0</v>
       </c>
       <c r="J55" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K55" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="9">
-        <v>180</v>
+        <v>260</v>
       </c>
       <c r="M55" s="10" t="s">
         <v>227</v>
       </c>
       <c r="N55" s="9" t="s">
-        <v>23</v>
+        <v>179</v>
       </c>
       <c r="O55" s="9" t="s">
-        <v>175</v>
-[...4 lines deleted...]
-      <c r="Q55" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P55" s="5" t="s">
         <v>229</v>
       </c>
-      <c r="R55" s="9" t="s">
-[...3 lines deleted...]
-    <row r="56" spans="1:18">
+      <c r="Q55" s="9" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17">
       <c r="A56" s="5">
         <v>50</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>230</v>
       </c>
       <c r="C56" s="9" t="s">
         <v>231</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>232</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F56" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G56" s="9">
-        <v>138</v>
+        <v>111</v>
       </c>
       <c r="H56" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="9">
-        <v>375.0</v>
+        <v>400.0</v>
       </c>
       <c r="J56" s="9">
         <v>20</v>
       </c>
       <c r="K56" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L56" s="9">
-        <v>220</v>
+        <v>180</v>
       </c>
       <c r="M56" s="10" t="s">
         <v>231</v>
       </c>
       <c r="N56" s="9" t="s">
-        <v>23</v>
+        <v>179</v>
       </c>
       <c r="O56" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="57" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P56" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="Q56" s="9" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17">
       <c r="A57" s="5">
         <v>51</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C57" s="9" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F57" s="9">
         <v>2025</v>
       </c>
       <c r="G57" s="9">
-        <v>183</v>
+        <v>138</v>
       </c>
       <c r="H57" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="9">
-        <v>395.0</v>
+        <v>375.0</v>
       </c>
       <c r="J57" s="9">
         <v>20</v>
       </c>
       <c r="K57" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L57" s="9">
-        <v>280</v>
+        <v>220</v>
       </c>
       <c r="M57" s="10" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N57" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O57" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="58" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P57" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q57" s="9" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="58" spans="1:17">
       <c r="A58" s="5">
         <v>52</v>
       </c>
       <c r="B58" s="8" t="s">
         <v>237</v>
       </c>
       <c r="C58" s="9" t="s">
         <v>238</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>239</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F58" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G58" s="9">
-        <v>225</v>
+        <v>183</v>
       </c>
       <c r="H58" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="9">
-        <v>475.0</v>
+        <v>395.0</v>
       </c>
       <c r="J58" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K58" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="9">
-        <v>360</v>
+        <v>280</v>
       </c>
       <c r="M58" s="10" t="s">
         <v>238</v>
       </c>
       <c r="N58" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O58" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="59" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P58" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="Q58" s="9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17">
       <c r="A59" s="5">
         <v>53</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C59" s="9" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F59" s="9">
         <v>2024</v>
       </c>
       <c r="G59" s="9">
-        <v>197</v>
+        <v>225</v>
       </c>
       <c r="H59" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="9">
         <v>475.0</v>
       </c>
       <c r="J59" s="9">
         <v>30</v>
       </c>
       <c r="K59" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L59" s="9">
-        <v>400</v>
+        <v>360</v>
       </c>
       <c r="M59" s="10" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="N59" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O59" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="60" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P59" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="Q59" s="9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17">
       <c r="A60" s="5">
         <v>54</v>
       </c>
       <c r="B60" s="8" t="s">
+        <v>244</v>
+      </c>
+      <c r="C60" s="9" t="s">
+        <v>245</v>
+      </c>
+      <c r="D60" s="5" t="s">
         <v>243</v>
       </c>
-      <c r="C60" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E60" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F60" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G60" s="9">
-        <v>184</v>
+        <v>197</v>
       </c>
       <c r="H60" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="9">
         <v>475.0</v>
       </c>
       <c r="J60" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K60" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L60" s="9">
-        <v>360</v>
+        <v>400</v>
       </c>
       <c r="M60" s="10" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="N60" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O60" s="9" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-      <c r="Q60" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P60" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="Q60" s="9" t="s">
         <v>246</v>
       </c>
-      <c r="R60" s="9" t="s">
-[...3 lines deleted...]
-    <row r="61" spans="1:18">
+    </row>
+    <row r="61" spans="1:17">
       <c r="A61" s="5">
         <v>55</v>
       </c>
       <c r="B61" s="8" t="s">
+        <v>247</v>
+      </c>
+      <c r="C61" s="9" t="s">
         <v>248</v>
       </c>
-      <c r="C61" s="9" t="s">
+      <c r="D61" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="D61" s="5" t="s">
+      <c r="E61" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F61" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G61" s="9">
+        <v>184</v>
+      </c>
+      <c r="H61" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I61" s="9">
+        <v>475.0</v>
+      </c>
+      <c r="J61" s="9">
+        <v>25</v>
+      </c>
+      <c r="K61" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L61" s="9">
+        <v>360</v>
+      </c>
+      <c r="M61" s="10" t="s">
+        <v>248</v>
+      </c>
+      <c r="N61" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="O61" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P61" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="E61" s="9" t="s">
-[...42 lines deleted...]
-    <row r="62" spans="1:18">
+      <c r="Q61" s="9" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="62" spans="1:17">
       <c r="A62" s="5">
         <v>56</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C62" s="9" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F62" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G62" s="9">
-        <v>143</v>
+        <v>132</v>
       </c>
       <c r="H62" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I62" s="9">
         <v>350.0</v>
       </c>
       <c r="J62" s="9">
         <v>20</v>
       </c>
       <c r="K62" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L62" s="9">
-        <v>335</v>
+        <v>200</v>
       </c>
       <c r="M62" s="10" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N62" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O62" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="63" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P62" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q62" s="9" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="63" spans="1:17">
       <c r="A63" s="5">
         <v>57</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>255</v>
       </c>
       <c r="C63" s="9" t="s">
         <v>256</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>257</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F63" s="9">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="G63" s="9">
-        <v>119</v>
+        <v>143</v>
       </c>
       <c r="H63" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="9">
-        <v>250.0</v>
+        <v>350.0</v>
       </c>
       <c r="J63" s="9">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="K63" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L63" s="9">
-        <v>200</v>
+        <v>335</v>
       </c>
       <c r="M63" s="10" t="s">
         <v>256</v>
       </c>
       <c r="N63" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O63" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P63" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q63" s="9" t="s">
         <v>258</v>
       </c>
-      <c r="P63" s="9" t="s">
-[...9 lines deleted...]
-    <row r="64" spans="1:18">
+    </row>
+    <row r="64" spans="1:17">
       <c r="A64" s="5">
         <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
         <v>259</v>
       </c>
       <c r="C64" s="9" t="s">
         <v>260</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>261</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F64" s="9">
         <v>2022</v>
       </c>
       <c r="G64" s="9">
-        <v>146</v>
+        <v>119</v>
       </c>
       <c r="H64" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="9">
-        <v>350.0</v>
+        <v>250.0</v>
       </c>
       <c r="J64" s="9">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K64" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="9">
-        <v>220</v>
+        <v>200</v>
       </c>
       <c r="M64" s="10" t="s">
         <v>260</v>
       </c>
       <c r="N64" s="9" t="s">
-        <v>23</v>
+        <v>262</v>
       </c>
       <c r="O64" s="9" t="s">
-        <v>262</v>
-[...11 lines deleted...]
-    <row r="65" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P64" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q64" s="9" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="65" spans="1:17">
       <c r="A65" s="5">
         <v>59</v>
       </c>
       <c r="B65" s="8" t="s">
         <v>263</v>
       </c>
       <c r="C65" s="9" t="s">
         <v>264</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>265</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F65" s="9">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="G65" s="9">
-        <v>862</v>
+        <v>146</v>
       </c>
       <c r="H65" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="9">
-        <v>1600.0</v>
+        <v>350.0</v>
       </c>
       <c r="J65" s="9">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="K65" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L65" s="9">
-        <v>1960</v>
+        <v>220</v>
       </c>
       <c r="M65" s="10" t="s">
         <v>264</v>
       </c>
       <c r="N65" s="9" t="s">
-        <v>23</v>
+        <v>266</v>
       </c>
       <c r="O65" s="9" t="s">
-        <v>266</v>
-[...11 lines deleted...]
-    <row r="66" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P65" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q65" s="9" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="66" spans="1:17">
       <c r="A66" s="5">
         <v>60</v>
       </c>
       <c r="B66" s="8" t="s">
+        <v>267</v>
+      </c>
+      <c r="C66" s="9" t="s">
         <v>268</v>
       </c>
-      <c r="C66" s="9" t="s">
+      <c r="D66" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="D66" s="5" t="s">
+      <c r="E66" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F66" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G66" s="9">
+        <v>862</v>
+      </c>
+      <c r="H66" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I66" s="9">
+        <v>1600.0</v>
+      </c>
+      <c r="J66" s="9">
+        <v>70</v>
+      </c>
+      <c r="K66" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L66" s="9">
+        <v>1960</v>
+      </c>
+      <c r="M66" s="10" t="s">
+        <v>268</v>
+      </c>
+      <c r="N66" s="9" t="s">
         <v>270</v>
       </c>
-      <c r="E66" s="9" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O66" s="9" t="s">
-        <v>262</v>
-[...7 lines deleted...]
-      <c r="R66" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P66" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q66" s="9" t="s">
         <v>271</v>
       </c>
     </row>
-    <row r="67" spans="1:18">
+    <row r="67" spans="1:17">
       <c r="A67" s="5">
         <v>61</v>
       </c>
       <c r="B67" s="8" t="s">
         <v>272</v>
       </c>
       <c r="C67" s="9" t="s">
         <v>273</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>274</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F67" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G67" s="9">
-        <v>182</v>
+        <v>229</v>
       </c>
       <c r="H67" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I67" s="9">
-        <v>450.0</v>
+        <v>499.0</v>
       </c>
       <c r="J67" s="9">
         <v>25</v>
       </c>
       <c r="K67" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L67" s="9">
-        <v>300</v>
+        <v>330</v>
       </c>
       <c r="M67" s="10" t="s">
         <v>273</v>
       </c>
       <c r="N67" s="9" t="s">
-        <v>23</v>
+        <v>266</v>
       </c>
       <c r="O67" s="9" t="s">
-        <v>93</v>
-[...4 lines deleted...]
-      <c r="Q67" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P67" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q67" s="9" t="s">
         <v>275</v>
       </c>
-      <c r="R67" s="9" t="s">
-[...3 lines deleted...]
-    <row r="68" spans="1:18">
+    </row>
+    <row r="68" spans="1:17">
       <c r="A68" s="5">
         <v>62</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>276</v>
       </c>
       <c r="C68" s="9" t="s">
         <v>277</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>278</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F68" s="9">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="G68" s="9">
-        <v>220</v>
+        <v>182</v>
       </c>
       <c r="H68" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="9">
-        <v>475.0</v>
+        <v>450.0</v>
       </c>
       <c r="J68" s="9">
         <v>25</v>
       </c>
       <c r="K68" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="9">
-        <v>350</v>
+        <v>300</v>
       </c>
       <c r="M68" s="10" t="s">
         <v>277</v>
       </c>
       <c r="N68" s="9" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="O68" s="9" t="s">
-        <v>266</v>
-[...11 lines deleted...]
-    <row r="69" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P68" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="Q68" s="9" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="69" spans="1:17">
       <c r="A69" s="5">
         <v>63</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C69" s="9" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F69" s="9">
         <v>2024</v>
       </c>
       <c r="G69" s="9">
-        <v>372</v>
+        <v>220</v>
       </c>
       <c r="H69" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I69" s="9">
-        <v>750.0</v>
+        <v>475.0</v>
       </c>
       <c r="J69" s="9">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="K69" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="9">
-        <v>480</v>
+        <v>350</v>
       </c>
       <c r="M69" s="10" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N69" s="9" t="s">
-        <v>23</v>
+        <v>270</v>
       </c>
       <c r="O69" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="70" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P69" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="Q69" s="9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="70" spans="1:17">
       <c r="A70" s="5">
         <v>64</v>
       </c>
       <c r="B70" s="8" t="s">
         <v>283</v>
       </c>
       <c r="C70" s="9" t="s">
         <v>284</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>285</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F70" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G70" s="9">
-        <v>124</v>
+        <v>372</v>
       </c>
       <c r="H70" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I70" s="9">
-        <v>400.0</v>
+        <v>750.0</v>
       </c>
       <c r="J70" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K70" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="9">
-        <v>220</v>
+        <v>480</v>
       </c>
       <c r="M70" s="10" t="s">
         <v>284</v>
       </c>
       <c r="N70" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O70" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="71" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P70" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q70" s="9" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="71" spans="1:17">
       <c r="A71" s="5">
         <v>65</v>
       </c>
       <c r="B71" s="8" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C71" s="9" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F71" s="9">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G71" s="9">
         <v>124</v>
       </c>
       <c r="H71" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I71" s="9">
         <v>400.0</v>
       </c>
       <c r="J71" s="9">
         <v>20</v>
       </c>
       <c r="K71" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L71" s="9">
-        <v>325</v>
+        <v>220</v>
       </c>
       <c r="M71" s="10" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="N71" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O71" s="9" t="s">
-        <v>93</v>
-[...11 lines deleted...]
-    <row r="72" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P71" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q71" s="9" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="72" spans="1:17">
       <c r="A72" s="5">
         <v>66</v>
       </c>
       <c r="B72" s="8" t="s">
         <v>290</v>
       </c>
       <c r="C72" s="9" t="s">
         <v>291</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>292</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F72" s="9">
         <v>2021</v>
       </c>
       <c r="G72" s="9">
-        <v>204</v>
+        <v>124</v>
       </c>
       <c r="H72" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I72" s="9">
-        <v>600.0</v>
+        <v>400.0</v>
       </c>
       <c r="J72" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K72" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L72" s="9">
-        <v>345</v>
+        <v>325</v>
       </c>
       <c r="M72" s="10" t="s">
         <v>291</v>
       </c>
       <c r="N72" s="9" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="O72" s="9" t="s">
-        <v>175</v>
-[...11 lines deleted...]
-    <row r="73" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P72" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="Q72" s="9" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="73" spans="1:17">
       <c r="A73" s="5">
         <v>67</v>
       </c>
       <c r="B73" s="8" t="s">
-        <v>53</v>
+        <v>294</v>
       </c>
       <c r="C73" s="9" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F73" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G73" s="9">
-        <v>131</v>
+        <v>204</v>
       </c>
       <c r="H73" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I73" s="9">
-        <v>375.0</v>
+        <v>600.0</v>
       </c>
       <c r="J73" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K73" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L73" s="9">
-        <v>220</v>
+        <v>345</v>
       </c>
       <c r="M73" s="10" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="N73" s="9" t="s">
-        <v>23</v>
+        <v>179</v>
       </c>
       <c r="O73" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="74" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P73" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q73" s="9" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="74" spans="1:17">
       <c r="A74" s="5">
         <v>68</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>98</v>
+        <v>53</v>
       </c>
       <c r="C74" s="9" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F74" s="9">
         <v>2023</v>
       </c>
       <c r="G74" s="9">
-        <v>184</v>
+        <v>131</v>
       </c>
       <c r="H74" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I74" s="9">
-        <v>475.0</v>
+        <v>375.0</v>
       </c>
       <c r="J74" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K74" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L74" s="9">
-        <v>270</v>
+        <v>220</v>
       </c>
       <c r="M74" s="10" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="N74" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O74" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="75" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P74" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q74" s="9" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17">
       <c r="A75" s="5">
         <v>69</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>297</v>
+        <v>98</v>
       </c>
       <c r="C75" s="9" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D75" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="E75" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F75" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G75" s="9">
+        <v>184</v>
+      </c>
+      <c r="H75" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I75" s="9">
+        <v>475.0</v>
+      </c>
+      <c r="J75" s="9">
+        <v>25</v>
+      </c>
+      <c r="K75" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L75" s="9">
+        <v>270</v>
+      </c>
+      <c r="M75" s="10" t="s">
         <v>299</v>
       </c>
-      <c r="E75" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N75" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O75" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="76" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P75" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q75" s="9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="76" spans="1:17">
       <c r="A76" s="5">
         <v>70</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C76" s="9" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D76" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="E76" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F76" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G76" s="9">
+        <v>110</v>
+      </c>
+      <c r="H76" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I76" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J76" s="9">
+        <v>20</v>
+      </c>
+      <c r="K76" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L76" s="9">
+        <v>180</v>
+      </c>
+      <c r="M76" s="10" t="s">
         <v>302</v>
       </c>
-      <c r="E76" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N76" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O76" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="77" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P76" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q76" s="9" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="77" spans="1:17">
       <c r="A77" s="5">
         <v>71</v>
       </c>
       <c r="B77" s="8" t="s">
         <v>304</v>
       </c>
       <c r="C77" s="9" t="s">
         <v>305</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>306</v>
       </c>
       <c r="E77" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F77" s="9">
         <v>2023</v>
       </c>
       <c r="G77" s="9">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="H77" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I77" s="9">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="J77" s="9">
         <v>25</v>
       </c>
       <c r="K77" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L77" s="9">
-        <v>270</v>
+        <v>350</v>
       </c>
       <c r="M77" s="10" t="s">
         <v>305</v>
       </c>
       <c r="N77" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O77" s="9" t="s">
-        <v>187</v>
-[...11 lines deleted...]
-    <row r="78" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P77" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="Q77" s="9" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17">
       <c r="A78" s="5">
         <v>72</v>
       </c>
       <c r="B78" s="8" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C78" s="9" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D78" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="E78" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F78" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G78" s="9">
+        <v>180</v>
+      </c>
+      <c r="H78" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I78" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J78" s="9">
+        <v>25</v>
+      </c>
+      <c r="K78" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L78" s="9">
+        <v>270</v>
+      </c>
+      <c r="M78" s="10" t="s">
         <v>309</v>
       </c>
-      <c r="E78" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N78" s="9" t="s">
-        <v>23</v>
+        <v>191</v>
       </c>
       <c r="O78" s="9" t="s">
-        <v>47</v>
-[...11 lines deleted...]
-    <row r="79" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P78" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="Q78" s="9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="79" spans="1:17">
       <c r="A79" s="5">
         <v>73</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C79" s="9" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E79" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F79" s="9">
         <v>2024</v>
       </c>
       <c r="G79" s="9">
-        <v>198</v>
+        <v>111</v>
       </c>
       <c r="H79" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I79" s="9">
-        <v>425.0</v>
+        <v>375.0</v>
       </c>
       <c r="J79" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K79" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L79" s="9">
-        <v>280</v>
+        <v>170</v>
       </c>
       <c r="M79" s="10" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="N79" s="9" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="O79" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="80" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P79" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="Q79" s="9" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="80" spans="1:17">
       <c r="A80" s="5">
         <v>74</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C80" s="9" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E80" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F80" s="9">
         <v>2024</v>
       </c>
       <c r="G80" s="9">
-        <v>282</v>
+        <v>198</v>
       </c>
       <c r="H80" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I80" s="9">
-        <v>550.0</v>
+        <v>425.0</v>
       </c>
       <c r="J80" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K80" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L80" s="9">
-        <v>440</v>
+        <v>280</v>
       </c>
       <c r="M80" s="10" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="N80" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O80" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="81" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P80" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="Q80" s="9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="81" spans="1:17">
       <c r="A81" s="5">
         <v>75</v>
       </c>
       <c r="B81" s="8" t="s">
         <v>317</v>
       </c>
       <c r="C81" s="9" t="s">
         <v>318</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>319</v>
       </c>
       <c r="E81" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F81" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G81" s="9">
-        <v>89</v>
+        <v>282</v>
       </c>
       <c r="H81" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I81" s="9">
-        <v>300.0</v>
+        <v>550.0</v>
       </c>
       <c r="J81" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K81" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L81" s="9">
-        <v>140</v>
+        <v>440</v>
       </c>
       <c r="M81" s="10" t="s">
         <v>318</v>
       </c>
       <c r="N81" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O81" s="9" t="s">
-        <v>47</v>
-[...4 lines deleted...]
-      <c r="Q81" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P81" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="R81" s="9" t="s">
-[...3 lines deleted...]
-    <row r="82" spans="1:18">
+      <c r="Q81" s="9" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="82" spans="1:17">
       <c r="A82" s="5">
         <v>76</v>
       </c>
       <c r="B82" s="8" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C82" s="9" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D82" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="E82" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F82" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G82" s="9">
+        <v>89</v>
+      </c>
+      <c r="H82" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I82" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="J82" s="9">
+        <v>20</v>
+      </c>
+      <c r="K82" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L82" s="9">
+        <v>140</v>
+      </c>
+      <c r="M82" s="10" t="s">
         <v>322</v>
       </c>
-      <c r="E82" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N82" s="9" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="O82" s="9" t="s">
-        <v>52</v>
-[...11 lines deleted...]
-    <row r="83" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P82" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q82" s="9" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="83" spans="1:17">
       <c r="A83" s="5">
         <v>77</v>
       </c>
       <c r="B83" s="8" t="s">
         <v>324</v>
       </c>
       <c r="C83" s="9" t="s">
         <v>325</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>224</v>
+        <v>326</v>
       </c>
       <c r="E83" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F83" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G83" s="9">
-        <v>202</v>
+        <v>73</v>
       </c>
       <c r="H83" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I83" s="9">
-        <v>400.0</v>
+        <v>225.0</v>
       </c>
       <c r="J83" s="9">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K83" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L83" s="9">
-        <v>320</v>
+        <v>130</v>
       </c>
       <c r="M83" s="10" t="s">
         <v>325</v>
       </c>
       <c r="N83" s="9" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="O83" s="9" t="s">
-        <v>326</v>
-[...7 lines deleted...]
-      <c r="R83" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P83" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q83" s="9" t="s">
         <v>327</v>
       </c>
     </row>
-    <row r="84" spans="1:18">
+    <row r="84" spans="1:17">
       <c r="A84" s="5">
         <v>78</v>
       </c>
       <c r="B84" s="8" t="s">
         <v>328</v>
       </c>
       <c r="C84" s="9" t="s">
         <v>329</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>330</v>
+        <v>228</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F84" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G84" s="9">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="H84" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I84" s="9">
-        <v>495.0</v>
+        <v>400.0</v>
       </c>
       <c r="J84" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K84" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L84" s="9">
-        <v>485</v>
+        <v>320</v>
       </c>
       <c r="M84" s="10" t="s">
         <v>329</v>
       </c>
       <c r="N84" s="9" t="s">
-        <v>23</v>
+        <v>330</v>
       </c>
       <c r="O84" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P84" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q84" s="9" t="s">
         <v>331</v>
       </c>
-      <c r="P84" s="9" t="s">
-[...9 lines deleted...]
-    <row r="85" spans="1:18">
+    </row>
+    <row r="85" spans="1:17">
       <c r="A85" s="5">
         <v>79</v>
       </c>
       <c r="B85" s="8" t="s">
+        <v>332</v>
+      </c>
+      <c r="C85" s="9" t="s">
         <v>333</v>
       </c>
-      <c r="C85" s="9" t="s">
+      <c r="D85" s="5" t="s">
         <v>334</v>
       </c>
-      <c r="D85" s="5" t="s">
+      <c r="E85" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F85" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G85" s="9">
+        <v>194</v>
+      </c>
+      <c r="H85" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I85" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J85" s="9">
+        <v>25</v>
+      </c>
+      <c r="K85" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L85" s="9">
+        <v>485</v>
+      </c>
+      <c r="M85" s="10" t="s">
+        <v>333</v>
+      </c>
+      <c r="N85" s="9" t="s">
         <v>335</v>
       </c>
-      <c r="E85" s="9" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O85" s="9" t="s">
-        <v>210</v>
-[...4 lines deleted...]
-      <c r="Q85" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P85" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R85" s="9" t="s">
+      <c r="Q85" s="9" t="s">
         <v>336</v>
       </c>
     </row>
-    <row r="86" spans="1:18">
+    <row r="86" spans="1:17">
       <c r="A86" s="5">
         <v>80</v>
       </c>
       <c r="B86" s="8" t="s">
         <v>337</v>
       </c>
       <c r="C86" s="9" t="s">
         <v>338</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>339</v>
       </c>
       <c r="E86" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="F86" s="9">
-        <v>2022</v>
+      <c r="F86" s="9" t="s">
+        <v>205</v>
       </c>
       <c r="G86" s="9">
-        <v>101</v>
+        <v>117</v>
       </c>
       <c r="H86" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I86" s="9">
-        <v>350.0</v>
+        <v>450.0</v>
       </c>
       <c r="J86" s="9">
         <v>20</v>
       </c>
       <c r="K86" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L86" s="9">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="M86" s="10" t="s">
         <v>338</v>
       </c>
       <c r="N86" s="9" t="s">
-        <v>23</v>
+        <v>214</v>
       </c>
       <c r="O86" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P86" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q86" s="9" t="s">
         <v>340</v>
       </c>
-      <c r="P86" s="9" t="s">
-[...9 lines deleted...]
-    <row r="87" spans="1:18">
+    </row>
+    <row r="87" spans="1:17">
       <c r="A87" s="5">
         <v>81</v>
       </c>
       <c r="B87" s="8" t="s">
+        <v>341</v>
+      </c>
+      <c r="C87" s="9" t="s">
         <v>342</v>
       </c>
-      <c r="C87" s="9" t="s">
+      <c r="D87" s="5" t="s">
         <v>343</v>
       </c>
-      <c r="D87" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E87" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F87" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G87" s="9">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="H87" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I87" s="9">
         <v>350.0</v>
       </c>
       <c r="J87" s="9">
         <v>20</v>
       </c>
       <c r="K87" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L87" s="9">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="M87" s="10" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="N87" s="9" t="s">
-        <v>23</v>
+        <v>344</v>
       </c>
       <c r="O87" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P87" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q87" s="9" t="s">
         <v>345</v>
       </c>
-      <c r="P87" s="9" t="s">
-[...9 lines deleted...]
-    <row r="88" spans="1:18">
+    </row>
+    <row r="88" spans="1:17">
       <c r="A88" s="5">
         <v>82</v>
       </c>
       <c r="B88" s="8" t="s">
+        <v>346</v>
+      </c>
+      <c r="C88" s="9" t="s">
         <v>347</v>
       </c>
-      <c r="C88" s="9" t="s">
+      <c r="D88" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="D88" s="5" t="s">
+      <c r="E88" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F88" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G88" s="9">
+        <v>88</v>
+      </c>
+      <c r="H88" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I88" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J88" s="9">
+        <v>20</v>
+      </c>
+      <c r="K88" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L88" s="9">
+        <v>140</v>
+      </c>
+      <c r="M88" s="10" t="s">
+        <v>347</v>
+      </c>
+      <c r="N88" s="9" t="s">
         <v>349</v>
       </c>
-      <c r="E88" s="9" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O88" s="9" t="s">
-        <v>65</v>
-[...7 lines deleted...]
-      <c r="R88" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P88" s="5" t="s">
         <v>350</v>
       </c>
-    </row>
-    <row r="89" spans="1:18">
+      <c r="Q88" s="9" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="89" spans="1:17">
       <c r="A89" s="5">
         <v>83</v>
       </c>
       <c r="B89" s="8" t="s">
         <v>351</v>
       </c>
       <c r="C89" s="9" t="s">
         <v>352</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>353</v>
       </c>
       <c r="E89" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F89" s="9">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="G89" s="9">
-        <v>84</v>
+        <v>37</v>
       </c>
       <c r="H89" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I89" s="9">
-        <v>350.0</v>
+        <v>200.0</v>
       </c>
       <c r="J89" s="9">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K89" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L89" s="9">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="M89" s="10" t="s">
         <v>352</v>
       </c>
       <c r="N89" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O89" s="9" t="s">
-        <v>47</v>
-[...11 lines deleted...]
-    <row r="90" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P89" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q89" s="9" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="90" spans="1:17">
       <c r="A90" s="5">
         <v>84</v>
       </c>
       <c r="B90" s="8" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C90" s="9" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="E90" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F90" s="9">
         <v>2020</v>
       </c>
       <c r="G90" s="9">
-        <v>103</v>
+        <v>84</v>
       </c>
       <c r="H90" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I90" s="9">
-        <v>400.0</v>
+        <v>350.0</v>
       </c>
       <c r="J90" s="9">
         <v>20</v>
       </c>
       <c r="K90" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L90" s="9">
-        <v>220</v>
+        <v>150</v>
       </c>
       <c r="M90" s="10" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="N90" s="9" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="O90" s="9" t="s">
-        <v>47</v>
-[...4 lines deleted...]
-      <c r="Q90" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P90" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="R90" s="9" t="s">
-[...3 lines deleted...]
-    <row r="91" spans="1:18">
+      <c r="Q90" s="9" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="91" spans="1:17">
       <c r="A91" s="5">
         <v>85</v>
       </c>
       <c r="B91" s="8" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C91" s="9" t="s">
+        <v>359</v>
+      </c>
+      <c r="D91" s="5" t="s">
         <v>357</v>
       </c>
-      <c r="D91" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E91" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F91" s="9">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="G91" s="9">
-        <v>249</v>
+        <v>103</v>
       </c>
       <c r="H91" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I91" s="9">
-        <v>450.0</v>
+        <v>400.0</v>
       </c>
       <c r="J91" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K91" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L91" s="9">
-        <v>350</v>
+        <v>220</v>
       </c>
       <c r="M91" s="10" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="N91" s="9" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="O91" s="9" t="s">
-        <v>187</v>
-[...11 lines deleted...]
-    <row r="92" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P91" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q91" s="9" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="92" spans="1:17">
       <c r="A92" s="5">
         <v>86</v>
       </c>
       <c r="B92" s="8" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C92" s="9" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E92" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F92" s="9">
         <v>2023</v>
       </c>
       <c r="G92" s="9">
-        <v>223</v>
+        <v>249</v>
       </c>
       <c r="H92" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I92" s="9">
         <v>450.0</v>
       </c>
       <c r="J92" s="9">
         <v>25</v>
       </c>
       <c r="K92" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L92" s="9">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="M92" s="10" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="N92" s="9" t="s">
-        <v>23</v>
+        <v>191</v>
       </c>
       <c r="O92" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="93" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P92" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q92" s="9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="93" spans="1:17">
       <c r="A93" s="5">
         <v>87</v>
       </c>
       <c r="B93" s="8" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C93" s="9" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D93" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="E93" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F93" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G93" s="9">
+        <v>223</v>
+      </c>
+      <c r="H93" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I93" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J93" s="9">
+        <v>25</v>
+      </c>
+      <c r="K93" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L93" s="9">
+        <v>300</v>
+      </c>
+      <c r="M93" s="10" t="s">
         <v>364</v>
       </c>
-      <c r="E93" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N93" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O93" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="94" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P93" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q93" s="9" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="94" spans="1:17">
       <c r="A94" s="5">
         <v>88</v>
       </c>
       <c r="B94" s="8" t="s">
         <v>366</v>
       </c>
       <c r="C94" s="9" t="s">
         <v>367</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>368</v>
       </c>
       <c r="E94" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F94" s="9">
         <v>2024</v>
       </c>
       <c r="G94" s="9">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="H94" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I94" s="9">
-        <v>375.0</v>
+        <v>350.0</v>
       </c>
       <c r="J94" s="9">
         <v>20</v>
       </c>
       <c r="K94" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L94" s="9">
-        <v>260</v>
+        <v>220</v>
       </c>
       <c r="M94" s="10" t="s">
         <v>367</v>
       </c>
       <c r="N94" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O94" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q94" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P94" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="Q94" s="9" t="s">
         <v>369</v>
       </c>
-      <c r="R94" s="9" t="s">
-[...3 lines deleted...]
-    <row r="95" spans="1:18">
+    </row>
+    <row r="95" spans="1:17">
       <c r="A95" s="5">
         <v>89</v>
       </c>
       <c r="B95" s="8" t="s">
+        <v>370</v>
+      </c>
+      <c r="C95" s="9" t="s">
         <v>371</v>
       </c>
-      <c r="C95" s="9" t="s">
+      <c r="D95" s="5" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="E95" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F95" s="9">
         <v>2024</v>
       </c>
       <c r="G95" s="9">
-        <v>242</v>
+        <v>164</v>
       </c>
       <c r="H95" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I95" s="9">
-        <v>525.0</v>
+        <v>375.0</v>
       </c>
       <c r="J95" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K95" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L95" s="9">
-        <v>360</v>
+        <v>260</v>
       </c>
       <c r="M95" s="10" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="N95" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O95" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="96" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P95" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="Q95" s="9" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="96" spans="1:17">
       <c r="A96" s="5">
         <v>90</v>
       </c>
       <c r="B96" s="8" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C96" s="9" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="E96" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F96" s="9">
         <v>2024</v>
       </c>
       <c r="G96" s="9">
-        <v>211</v>
+        <v>242</v>
       </c>
       <c r="H96" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I96" s="9">
-        <v>495.0</v>
+        <v>525.0</v>
       </c>
       <c r="J96" s="9">
         <v>30</v>
       </c>
       <c r="K96" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L96" s="9">
-        <v>300</v>
+        <v>360</v>
       </c>
       <c r="M96" s="10" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="N96" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O96" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="97" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P96" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="Q96" s="9" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="97" spans="1:17">
       <c r="A97" s="5">
         <v>91</v>
       </c>
       <c r="B97" s="8" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C97" s="9" t="s">
+        <v>379</v>
+      </c>
+      <c r="D97" s="5" t="s">
         <v>377</v>
       </c>
-      <c r="D97" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E97" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F97" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G97" s="9">
-        <v>103</v>
+        <v>211</v>
       </c>
       <c r="H97" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I97" s="9">
-        <v>375.0</v>
+        <v>495.0</v>
       </c>
       <c r="J97" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K97" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L97" s="9">
-        <v>180</v>
+        <v>300</v>
       </c>
       <c r="M97" s="10" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="N97" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O97" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="98" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P97" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="Q97" s="9" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="98" spans="1:17">
       <c r="A98" s="5">
         <v>92</v>
       </c>
       <c r="B98" s="8" t="s">
         <v>380</v>
       </c>
       <c r="C98" s="9" t="s">
         <v>381</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>382</v>
       </c>
       <c r="E98" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F98" s="9">
         <v>2025</v>
       </c>
       <c r="G98" s="9">
-        <v>171</v>
+        <v>103</v>
       </c>
       <c r="H98" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I98" s="9">
-        <v>425.0</v>
+        <v>375.0</v>
       </c>
       <c r="J98" s="9">
         <v>20</v>
       </c>
       <c r="K98" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L98" s="9">
-        <v>360</v>
+        <v>180</v>
       </c>
       <c r="M98" s="10" t="s">
         <v>381</v>
       </c>
       <c r="N98" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O98" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="99" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P98" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="Q98" s="9" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="99" spans="1:17">
       <c r="A99" s="5">
         <v>93</v>
       </c>
       <c r="B99" s="8" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C99" s="9" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="E99" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F99" s="9">
         <v>2025</v>
       </c>
       <c r="G99" s="9">
-        <v>137</v>
+        <v>171</v>
       </c>
       <c r="H99" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="9">
-        <v>395.0</v>
+        <v>425.0</v>
       </c>
       <c r="J99" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K99" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L99" s="9">
-        <v>300</v>
+        <v>360</v>
       </c>
       <c r="M99" s="10" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="N99" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O99" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="100" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P99" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q99" s="9" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="100" spans="1:17">
       <c r="A100" s="5">
         <v>94</v>
       </c>
       <c r="B100" s="8" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C100" s="9" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D100" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="E100" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F100" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G100" s="9">
+        <v>137</v>
+      </c>
+      <c r="H100" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I100" s="9">
+        <v>395.0</v>
+      </c>
+      <c r="J100" s="9">
+        <v>25</v>
+      </c>
+      <c r="K100" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L100" s="9">
+        <v>300</v>
+      </c>
+      <c r="M100" s="10" t="s">
         <v>388</v>
       </c>
-      <c r="E100" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N100" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O100" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="101" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P100" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="Q100" s="9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="101" spans="1:17">
       <c r="A101" s="5">
         <v>95</v>
       </c>
       <c r="B101" s="8" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C101" s="9" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D101" s="5" t="s">
+        <v>392</v>
+      </c>
+      <c r="E101" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F101" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G101" s="9">
+        <v>89</v>
+      </c>
+      <c r="H101" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I101" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J101" s="9">
+        <v>20</v>
+      </c>
+      <c r="K101" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L101" s="9">
+        <v>160</v>
+      </c>
+      <c r="M101" s="10" t="s">
         <v>391</v>
       </c>
-      <c r="E101" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N101" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O101" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="102" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P101" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q101" s="9" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="102" spans="1:17">
       <c r="A102" s="5">
         <v>96</v>
       </c>
       <c r="B102" s="8" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C102" s="9" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D102" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="E102" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F102" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G102" s="9">
+        <v>237</v>
+      </c>
+      <c r="H102" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I102" s="9">
+        <v>475.0</v>
+      </c>
+      <c r="J102" s="9">
+        <v>25</v>
+      </c>
+      <c r="K102" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L102" s="9">
+        <v>330</v>
+      </c>
+      <c r="M102" s="10" t="s">
         <v>394</v>
       </c>
-      <c r="E102" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N102" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O102" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="103" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P102" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="Q102" s="9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="103" spans="1:17">
       <c r="A103" s="5">
         <v>97</v>
       </c>
       <c r="B103" s="8" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C103" s="9" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D103" s="5" t="s">
+        <v>398</v>
+      </c>
+      <c r="E103" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F103" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G103" s="9">
+        <v>185</v>
+      </c>
+      <c r="H103" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I103" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J103" s="9">
+        <v>25</v>
+      </c>
+      <c r="K103" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L103" s="9">
+        <v>320</v>
+      </c>
+      <c r="M103" s="10" t="s">
         <v>397</v>
       </c>
-      <c r="E103" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N103" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O103" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="104" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P103" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q103" s="9" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="104" spans="1:17">
       <c r="A104" s="5">
         <v>98</v>
       </c>
       <c r="B104" s="8" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C104" s="9" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E104" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F104" s="9">
         <v>2024</v>
       </c>
       <c r="G104" s="9">
-        <v>233</v>
+        <v>159</v>
       </c>
       <c r="H104" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I104" s="9">
-        <v>495.0</v>
+        <v>400.0</v>
       </c>
       <c r="J104" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K104" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L104" s="9">
-        <v>320</v>
+        <v>240</v>
       </c>
       <c r="M104" s="10" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="N104" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O104" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="105" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P104" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="Q104" s="9" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="105" spans="1:17">
       <c r="A105" s="5">
         <v>99</v>
       </c>
       <c r="B105" s="8" t="s">
         <v>402</v>
       </c>
       <c r="C105" s="9" t="s">
         <v>403</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>404</v>
       </c>
       <c r="E105" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F105" s="9">
         <v>2024</v>
       </c>
       <c r="G105" s="9">
-        <v>196</v>
+        <v>233</v>
       </c>
       <c r="H105" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I105" s="9">
-        <v>425.0</v>
+        <v>495.0</v>
       </c>
       <c r="J105" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K105" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L105" s="9">
-        <v>280</v>
+        <v>320</v>
       </c>
       <c r="M105" s="10" t="s">
         <v>403</v>
       </c>
       <c r="N105" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O105" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="106" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P105" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="Q105" s="9" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="106" spans="1:17">
       <c r="A106" s="5">
         <v>100</v>
       </c>
       <c r="B106" s="8" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C106" s="9" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D106" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E106" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F106" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G106" s="9">
+        <v>196</v>
+      </c>
+      <c r="H106" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I106" s="9">
+        <v>425.0</v>
+      </c>
+      <c r="J106" s="9">
+        <v>25</v>
+      </c>
+      <c r="K106" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L106" s="9">
+        <v>280</v>
+      </c>
+      <c r="M106" s="10" t="s">
         <v>407</v>
       </c>
-      <c r="E106" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N106" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O106" s="9" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-      <c r="Q106" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P106" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="R106" s="9" t="s">
-[...3 lines deleted...]
-    <row r="107" spans="1:18">
+      <c r="Q106" s="9" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="107" spans="1:17">
       <c r="A107" s="5">
         <v>101</v>
       </c>
       <c r="B107" s="8" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C107" s="9" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D107" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="E107" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F107" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G107" s="9">
+        <v>150</v>
+      </c>
+      <c r="H107" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I107" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J107" s="9">
+        <v>25</v>
+      </c>
+      <c r="K107" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L107" s="9">
+        <v>220</v>
+      </c>
+      <c r="M107" s="10" t="s">
         <v>410</v>
       </c>
-      <c r="E107" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N107" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O107" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="108" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P107" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q107" s="9" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="108" spans="1:17">
       <c r="A108" s="5">
         <v>102</v>
       </c>
       <c r="B108" s="8" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C108" s="9" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="E108" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F108" s="9">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="G108" s="9">
-        <v>178</v>
+        <v>158</v>
       </c>
       <c r="H108" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I108" s="9">
         <v>395.0</v>
       </c>
       <c r="J108" s="9">
         <v>20</v>
       </c>
       <c r="K108" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L108" s="9">
-        <v>280</v>
+        <v>250</v>
       </c>
       <c r="M108" s="10" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="N108" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O108" s="9" t="s">
-        <v>93</v>
-[...11 lines deleted...]
-    <row r="109" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P108" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q108" s="9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="109" spans="1:17">
       <c r="A109" s="5">
         <v>103</v>
       </c>
       <c r="B109" s="8" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C109" s="9" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E109" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F109" s="9">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="G109" s="9">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="H109" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I109" s="9">
-        <v>475.0</v>
+        <v>395.0</v>
       </c>
       <c r="J109" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K109" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L109" s="9">
         <v>280</v>
       </c>
       <c r="M109" s="10" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="N109" s="9" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="O109" s="9" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="110" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P109" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="Q109" s="9" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="110" spans="1:17">
       <c r="A110" s="5">
         <v>104</v>
       </c>
       <c r="B110" s="8" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C110" s="9" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>129</v>
+        <v>420</v>
       </c>
       <c r="E110" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F110" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G110" s="9">
-        <v>108</v>
+        <v>170</v>
       </c>
       <c r="H110" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="9">
-        <v>300.0</v>
+        <v>475.0</v>
       </c>
       <c r="J110" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K110" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L110" s="9">
-        <v>160</v>
+        <v>280</v>
       </c>
       <c r="M110" s="10" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="N110" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="O110" s="9" t="s">
-        <v>65</v>
-[...7 lines deleted...]
-      <c r="R110" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P110" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q110" s="9" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="111" spans="1:18">
+    <row r="111" spans="1:17">
       <c r="A111" s="5">
         <v>105</v>
       </c>
       <c r="B111" s="8" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C111" s="9" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D111" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="E111" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F111" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G111" s="9">
+        <v>204</v>
+      </c>
+      <c r="H111" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I111" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J111" s="9">
+        <v>25</v>
+      </c>
+      <c r="K111" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L111" s="9">
+        <v>300</v>
+      </c>
+      <c r="M111" s="10" t="s">
         <v>422</v>
       </c>
-      <c r="E111" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N111" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O111" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="112" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P111" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q111" s="9" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="112" spans="1:17">
       <c r="A112" s="5">
         <v>106</v>
       </c>
       <c r="B112" s="8" t="s">
+        <v>424</v>
+      </c>
+      <c r="C112" s="9" t="s">
         <v>425</v>
       </c>
-      <c r="C112" s="9" t="s">
+      <c r="D112" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="E112" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F112" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G112" s="9">
+        <v>108</v>
+      </c>
+      <c r="H112" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I112" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="J112" s="9">
+        <v>20</v>
+      </c>
+      <c r="K112" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L112" s="9">
+        <v>160</v>
+      </c>
+      <c r="M112" s="10" t="s">
+        <v>425</v>
+      </c>
+      <c r="N112" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="O112" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P112" s="5" t="s">
         <v>426</v>
       </c>
-      <c r="D112" s="5" t="s">
-[...45 lines deleted...]
-    <row r="113" spans="1:18">
+      <c r="Q112" s="9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="113" spans="1:17">
       <c r="A113" s="5">
         <v>107</v>
       </c>
       <c r="B113" s="8" t="s">
+        <v>427</v>
+      </c>
+      <c r="C113" s="9" t="s">
         <v>428</v>
       </c>
-      <c r="C113" s="9" t="s">
+      <c r="D113" s="5" t="s">
         <v>429</v>
       </c>
-      <c r="D113" s="5" t="s">
+      <c r="E113" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F113" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G113" s="9">
+        <v>275</v>
+      </c>
+      <c r="H113" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I113" s="9">
+        <v>950.0</v>
+      </c>
+      <c r="J113" s="9">
+        <v>40</v>
+      </c>
+      <c r="K113" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L113" s="9">
+        <v>450</v>
+      </c>
+      <c r="M113" s="10" t="s">
+        <v>428</v>
+      </c>
+      <c r="N113" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O113" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P113" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="E113" s="9" t="s">
-[...35 lines deleted...]
-      <c r="Q113" s="5" t="s">
+      <c r="Q113" s="9" t="s">
         <v>431</v>
       </c>
-      <c r="R113" s="9" t="s">
-[...3 lines deleted...]
-    <row r="114" spans="1:18">
+    </row>
+    <row r="114" spans="1:17">
       <c r="A114" s="5">
         <v>108</v>
       </c>
       <c r="B114" s="8" t="s">
         <v>432</v>
       </c>
       <c r="C114" s="9" t="s">
         <v>433</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>434</v>
       </c>
       <c r="E114" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F114" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G114" s="9">
-        <v>207</v>
+        <v>182</v>
       </c>
       <c r="H114" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I114" s="9">
-        <v>600.0</v>
+        <v>450.0</v>
       </c>
       <c r="J114" s="9">
         <v>25</v>
       </c>
       <c r="K114" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L114" s="9">
-        <v>420</v>
+        <v>280</v>
       </c>
       <c r="M114" s="10" t="s">
         <v>433</v>
       </c>
       <c r="N114" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O114" s="9" t="s">
-        <v>435</v>
-[...11 lines deleted...]
-    <row r="115" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P114" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="Q114" s="9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="115" spans="1:17">
       <c r="A115" s="5">
         <v>109</v>
       </c>
       <c r="B115" s="8" t="s">
+        <v>435</v>
+      </c>
+      <c r="C115" s="9" t="s">
+        <v>436</v>
+      </c>
+      <c r="D115" s="5" t="s">
         <v>437</v>
       </c>
-      <c r="C115" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E115" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F115" s="9">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="G115" s="9">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="H115" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I115" s="9">
         <v>450.0</v>
       </c>
       <c r="J115" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K115" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L115" s="9">
-        <v>390</v>
+        <v>275</v>
       </c>
       <c r="M115" s="10" t="s">
+        <v>436</v>
+      </c>
+      <c r="N115" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O115" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P115" s="5" t="s">
         <v>438</v>
       </c>
-      <c r="N115" s="9" t="s">
-[...15 lines deleted...]
-    <row r="116" spans="1:18">
+      <c r="Q115" s="9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="116" spans="1:17">
       <c r="A116" s="5">
         <v>110</v>
       </c>
       <c r="B116" s="8" t="s">
+        <v>439</v>
+      </c>
+      <c r="C116" s="9" t="s">
+        <v>440</v>
+      </c>
+      <c r="D116" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="C116" s="9" t="s">
+      <c r="E116" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F116" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G116" s="9">
+        <v>207</v>
+      </c>
+      <c r="H116" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I116" s="9">
+        <v>600.0</v>
+      </c>
+      <c r="J116" s="9">
+        <v>25</v>
+      </c>
+      <c r="K116" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L116" s="9">
+        <v>420</v>
+      </c>
+      <c r="M116" s="10" t="s">
+        <v>440</v>
+      </c>
+      <c r="N116" s="9" t="s">
         <v>442</v>
       </c>
-      <c r="D116" s="5" t="s">
+      <c r="O116" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P116" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q116" s="9" t="s">
         <v>443</v>
       </c>
-      <c r="E116" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F116" s="9">
+    </row>
+    <row r="117" spans="1:17">
+      <c r="A117" s="5">
+        <v>111</v>
+      </c>
+      <c r="B117" s="8" t="s">
+        <v>444</v>
+      </c>
+      <c r="C117" s="9" t="s">
+        <v>445</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="E117" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F117" s="9">
         <v>2025</v>
       </c>
-      <c r="G116" s="9">
+      <c r="G117" s="9">
+        <v>189</v>
+      </c>
+      <c r="H117" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I117" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J117" s="9">
+        <v>25</v>
+      </c>
+      <c r="K117" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L117" s="9">
+        <v>390</v>
+      </c>
+      <c r="M117" s="10" t="s">
+        <v>445</v>
+      </c>
+      <c r="N117" s="9" t="s">
+        <v>447</v>
+      </c>
+      <c r="O117" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P117" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q117" s="9" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="118" spans="1:17">
+      <c r="A118" s="5">
+        <v>112</v>
+      </c>
+      <c r="B118" s="8" t="s">
+        <v>448</v>
+      </c>
+      <c r="C118" s="9" t="s">
+        <v>449</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="E118" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F118" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G118" s="9">
         <v>122</v>
       </c>
-      <c r="H116" s="9" t="s">
-[...2 lines deleted...]
-      <c r="I116" s="9">
+      <c r="H118" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I118" s="9">
         <v>350.0</v>
       </c>
-      <c r="J116" s="9">
+      <c r="J118" s="9">
         <v>20</v>
       </c>
-      <c r="K116" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L116" s="9">
+      <c r="K118" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L118" s="9">
         <v>225</v>
       </c>
-      <c r="M116" s="10" t="s">
-[...5 lines deleted...]
-      <c r="O116" s="9" t="s">
+      <c r="M118" s="10" t="s">
+        <v>449</v>
+      </c>
+      <c r="N118" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="P116" s="9" t="s">
-[...5 lines deleted...]
-      <c r="R116" s="9" t="s">
+      <c r="O118" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P118" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q118" s="9" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="117" spans="1:18">
-[...6 lines deleted...]
-      <c r="H117" s="11"/>
+    <row r="119" spans="1:17">
+      <c r="B119" s="13"/>
+      <c r="C119" s="13"/>
+      <c r="D119" s="13"/>
+      <c r="E119" s="13"/>
+      <c r="F119" s="13"/>
+      <c r="G119" s="13"/>
+      <c r="H119" s="13"/>
+    </row>
+    <row r="120" spans="1:17">
+      <c r="B120" s="11" t="s">
+        <v>451</v>
+      </c>
+      <c r="C120" s="12"/>
+      <c r="D120" s="12"/>
+      <c r="E120" s="12"/>
+      <c r="F120" s="12"/>
+      <c r="G120" s="12"/>
+      <c r="H120" s="12"/>
+      <c r="I120" s="12"/>
+    </row>
+    <row r="121" spans="1:17">
+      <c r="B121" s="12"/>
+      <c r="C121" s="12"/>
+      <c r="D121" s="12"/>
+      <c r="E121" s="12"/>
+      <c r="F121" s="12"/>
+      <c r="G121" s="12"/>
+      <c r="H121" s="12"/>
+      <c r="I121" s="12"/>
+    </row>
+    <row r="122" spans="1:17">
+      <c r="B122" s="12"/>
+      <c r="C122" s="12"/>
+      <c r="D122" s="12"/>
+      <c r="E122" s="12"/>
+      <c r="F122" s="12"/>
+      <c r="G122" s="12"/>
+      <c r="H122" s="12"/>
+      <c r="I122" s="12"/>
+    </row>
+    <row r="123" spans="1:17">
+      <c r="B123" s="12"/>
+      <c r="C123" s="12"/>
+      <c r="D123" s="12"/>
+      <c r="E123" s="12"/>
+      <c r="F123" s="12"/>
+      <c r="G123" s="12"/>
+      <c r="H123" s="12"/>
+      <c r="I123" s="12"/>
+    </row>
+    <row r="124" spans="1:17">
+      <c r="B124" s="12"/>
+      <c r="C124" s="12"/>
+      <c r="D124" s="12"/>
+      <c r="E124" s="12"/>
+      <c r="F124" s="12"/>
+      <c r="G124" s="12"/>
+      <c r="H124" s="12"/>
+      <c r="I124" s="12"/>
+    </row>
+    <row r="125" spans="1:17">
+      <c r="B125" s="12"/>
+      <c r="C125" s="12"/>
+      <c r="D125" s="12"/>
+      <c r="E125" s="12"/>
+      <c r="F125" s="12"/>
+      <c r="G125" s="12"/>
+      <c r="H125" s="12"/>
+      <c r="I125" s="12"/>
+    </row>
+    <row r="126" spans="1:17">
+      <c r="B126" s="12"/>
+      <c r="C126" s="12"/>
+      <c r="D126" s="12"/>
+      <c r="E126" s="12"/>
+      <c r="F126" s="12"/>
+      <c r="G126" s="12"/>
+      <c r="H126" s="12"/>
+      <c r="I126" s="12"/>
+    </row>
+    <row r="127" spans="1:17">
+      <c r="B127" s="12"/>
+      <c r="C127" s="12"/>
+      <c r="D127" s="12"/>
+      <c r="E127" s="12"/>
+      <c r="F127" s="12"/>
+      <c r="G127" s="12"/>
+      <c r="H127" s="12"/>
+      <c r="I127" s="12"/>
+    </row>
+    <row r="128" spans="1:17">
+      <c r="B128" s="12"/>
+      <c r="C128" s="12"/>
+      <c r="D128" s="12"/>
+      <c r="E128" s="12"/>
+      <c r="F128" s="12"/>
+      <c r="G128" s="12"/>
+      <c r="H128" s="12"/>
+      <c r="I128" s="12"/>
+    </row>
+    <row r="129" spans="1:17">
+      <c r="B129" s="12"/>
+      <c r="C129" s="12"/>
+      <c r="D129" s="12"/>
+      <c r="E129" s="12"/>
+      <c r="F129" s="12"/>
+      <c r="G129" s="12"/>
+      <c r="H129" s="12"/>
+      <c r="I129" s="12"/>
+    </row>
+    <row r="130" spans="1:17">
+      <c r="B130" s="12"/>
+      <c r="C130" s="12"/>
+      <c r="D130" s="12"/>
+      <c r="E130" s="12"/>
+      <c r="F130" s="12"/>
+      <c r="G130" s="12"/>
+      <c r="H130" s="12"/>
+      <c r="I130" s="12"/>
+    </row>
+    <row r="131" spans="1:17">
+      <c r="B131" s="12"/>
+      <c r="C131" s="12"/>
+      <c r="D131" s="12"/>
+      <c r="E131" s="12"/>
+      <c r="F131" s="12"/>
+      <c r="G131" s="12"/>
+      <c r="H131" s="12"/>
+      <c r="I131" s="12"/>
+    </row>
+    <row r="132" spans="1:17">
+      <c r="B132" s="12"/>
+      <c r="C132" s="12"/>
+      <c r="D132" s="12"/>
+      <c r="E132" s="12"/>
+      <c r="F132" s="12"/>
+      <c r="G132" s="12"/>
+      <c r="H132" s="12"/>
+      <c r="I132" s="12"/>
+    </row>
+    <row r="133" spans="1:17">
+      <c r="B133" s="12"/>
+      <c r="C133" s="12"/>
+      <c r="D133" s="12"/>
+      <c r="E133" s="12"/>
+      <c r="F133" s="12"/>
+      <c r="G133" s="12"/>
+      <c r="H133" s="12"/>
+      <c r="I133" s="12"/>
+    </row>
+    <row r="134" spans="1:17">
+      <c r="B134" s="12"/>
+      <c r="C134" s="12"/>
+      <c r="D134" s="12"/>
+      <c r="E134" s="12"/>
+      <c r="F134" s="12"/>
+      <c r="G134" s="12"/>
+      <c r="H134" s="12"/>
+      <c r="I134" s="12"/>
+    </row>
+    <row r="135" spans="1:17">
+      <c r="B135" s="12"/>
+      <c r="C135" s="12"/>
+      <c r="D135" s="12"/>
+      <c r="E135" s="12"/>
+      <c r="F135" s="12"/>
+      <c r="G135" s="12"/>
+      <c r="H135" s="12"/>
+      <c r="I135" s="12"/>
+    </row>
+    <row r="136" spans="1:17">
+      <c r="B136" s="12"/>
+      <c r="C136" s="12"/>
+      <c r="D136" s="12"/>
+      <c r="E136" s="12"/>
+      <c r="F136" s="12"/>
+      <c r="G136" s="12"/>
+      <c r="H136" s="12"/>
+      <c r="I136" s="12"/>
+    </row>
+    <row r="137" spans="1:17">
+      <c r="B137" s="12"/>
+      <c r="C137" s="12"/>
+      <c r="D137" s="12"/>
+      <c r="E137" s="12"/>
+      <c r="F137" s="12"/>
+      <c r="G137" s="12"/>
+      <c r="H137" s="12"/>
+      <c r="I137" s="12"/>
+    </row>
+    <row r="138" spans="1:17">
+      <c r="B138" s="12"/>
+      <c r="C138" s="12"/>
+      <c r="D138" s="12"/>
+      <c r="E138" s="12"/>
+      <c r="F138" s="12"/>
+      <c r="G138" s="12"/>
+      <c r="H138" s="12"/>
+      <c r="I138" s="12"/>
+    </row>
+    <row r="139" spans="1:17">
+      <c r="B139" s="12"/>
+      <c r="C139" s="12"/>
+      <c r="D139" s="12"/>
+      <c r="E139" s="12"/>
+      <c r="F139" s="12"/>
+      <c r="G139" s="12"/>
+      <c r="H139" s="12"/>
+      <c r="I139" s="12"/>
+    </row>
+    <row r="140" spans="1:17">
+      <c r="B140" s="12"/>
+      <c r="C140" s="12"/>
+      <c r="D140" s="12"/>
+      <c r="E140" s="12"/>
+      <c r="F140" s="12"/>
+      <c r="G140" s="12"/>
+      <c r="H140" s="12"/>
+      <c r="I140" s="12"/>
+    </row>
+    <row r="141" spans="1:17">
+      <c r="B141" s="12"/>
+      <c r="C141" s="12"/>
+      <c r="D141" s="12"/>
+      <c r="E141" s="12"/>
+      <c r="F141" s="12"/>
+      <c r="G141" s="12"/>
+      <c r="H141" s="12"/>
+      <c r="I141" s="12"/>
+    </row>
+    <row r="142" spans="1:17">
+      <c r="B142" s="12"/>
+      <c r="C142" s="12"/>
+      <c r="D142" s="12"/>
+      <c r="E142" s="12"/>
+      <c r="F142" s="12"/>
+      <c r="G142" s="12"/>
+      <c r="H142" s="12"/>
+      <c r="I142" s="12"/>
+    </row>
+    <row r="143" spans="1:17">
+      <c r="B143" s="12"/>
+      <c r="C143" s="12"/>
+      <c r="D143" s="12"/>
+      <c r="E143" s="12"/>
+      <c r="F143" s="12"/>
+      <c r="G143" s="12"/>
+      <c r="H143" s="12"/>
+      <c r="I143" s="12"/>
+    </row>
+    <row r="144" spans="1:17">
+      <c r="B144" s="12"/>
+      <c r="C144" s="12"/>
+      <c r="D144" s="12"/>
+      <c r="E144" s="12"/>
+      <c r="F144" s="12"/>
+      <c r="G144" s="12"/>
+      <c r="H144" s="12"/>
+      <c r="I144" s="12"/>
+    </row>
+    <row r="145" spans="1:17">
+      <c r="B145" s="12"/>
+      <c r="C145" s="12"/>
+      <c r="D145" s="12"/>
+      <c r="E145" s="12"/>
+      <c r="F145" s="12"/>
+      <c r="G145" s="12"/>
+      <c r="H145" s="12"/>
+      <c r="I145" s="12"/>
+    </row>
+    <row r="146" spans="1:17">
+      <c r="B146" s="12"/>
+      <c r="C146" s="12"/>
+      <c r="D146" s="12"/>
+      <c r="E146" s="12"/>
+      <c r="F146" s="12"/>
+      <c r="G146" s="12"/>
+      <c r="H146" s="12"/>
+      <c r="I146" s="12"/>
+    </row>
+    <row r="147" spans="1:17">
+      <c r="B147" s="12"/>
+      <c r="C147" s="12"/>
+      <c r="D147" s="12"/>
+      <c r="E147" s="12"/>
+      <c r="F147" s="12"/>
+      <c r="G147" s="12"/>
+      <c r="H147" s="12"/>
+      <c r="I147" s="12"/>
+    </row>
+    <row r="148" spans="1:17">
+      <c r="B148" s="12"/>
+      <c r="C148" s="12"/>
+      <c r="D148" s="12"/>
+      <c r="E148" s="12"/>
+      <c r="F148" s="12"/>
+      <c r="G148" s="12"/>
+      <c r="H148" s="12"/>
+      <c r="I148" s="12"/>
+    </row>
+    <row r="149" spans="1:17">
+      <c r="B149" s="12"/>
+      <c r="C149" s="12"/>
+      <c r="D149" s="12"/>
+      <c r="E149" s="12"/>
+      <c r="F149" s="12"/>
+      <c r="G149" s="12"/>
+      <c r="H149" s="12"/>
+      <c r="I149" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
+    <mergeCell ref="B120:I149"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_16"/>
     <hyperlink ref="M14" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_18"/>
     <hyperlink ref="M15" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_20"/>
     <hyperlink ref="M16" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_22"/>
     <hyperlink ref="M17" r:id="rId_hyperlink_23"/>
@@ -8299,50 +8446,54 @@
     <hyperlink ref="M104" r:id="rId_hyperlink_197"/>
     <hyperlink ref="B105" r:id="rId_hyperlink_198"/>
     <hyperlink ref="M105" r:id="rId_hyperlink_199"/>
     <hyperlink ref="B106" r:id="rId_hyperlink_200"/>
     <hyperlink ref="M106" r:id="rId_hyperlink_201"/>
     <hyperlink ref="B107" r:id="rId_hyperlink_202"/>
     <hyperlink ref="M107" r:id="rId_hyperlink_203"/>
     <hyperlink ref="B108" r:id="rId_hyperlink_204"/>
     <hyperlink ref="M108" r:id="rId_hyperlink_205"/>
     <hyperlink ref="B109" r:id="rId_hyperlink_206"/>
     <hyperlink ref="M109" r:id="rId_hyperlink_207"/>
     <hyperlink ref="B110" r:id="rId_hyperlink_208"/>
     <hyperlink ref="M110" r:id="rId_hyperlink_209"/>
     <hyperlink ref="B111" r:id="rId_hyperlink_210"/>
     <hyperlink ref="M111" r:id="rId_hyperlink_211"/>
     <hyperlink ref="B112" r:id="rId_hyperlink_212"/>
     <hyperlink ref="M112" r:id="rId_hyperlink_213"/>
     <hyperlink ref="B113" r:id="rId_hyperlink_214"/>
     <hyperlink ref="M113" r:id="rId_hyperlink_215"/>
     <hyperlink ref="B114" r:id="rId_hyperlink_216"/>
     <hyperlink ref="M114" r:id="rId_hyperlink_217"/>
     <hyperlink ref="B115" r:id="rId_hyperlink_218"/>
     <hyperlink ref="M115" r:id="rId_hyperlink_219"/>
     <hyperlink ref="B116" r:id="rId_hyperlink_220"/>
     <hyperlink ref="M116" r:id="rId_hyperlink_221"/>
+    <hyperlink ref="B117" r:id="rId_hyperlink_222"/>
+    <hyperlink ref="M117" r:id="rId_hyperlink_223"/>
+    <hyperlink ref="B118" r:id="rId_hyperlink_224"/>
+    <hyperlink ref="M118" r:id="rId_hyperlink_225"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>