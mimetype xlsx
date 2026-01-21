--- v2 (2025-12-12)
+++ v3 (2026-01-21)
@@ -12,59 +12,59 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="452">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="482">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
-    <t>Pharmacy BOOKS PRICE / CATALOGUE For Year - 2025</t>
+    <t>Pharmacy BOOKS PRICE / CATALOGUE For Year - 2026</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>Publishing Year</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Paper type</t>
   </si>
@@ -128,65 +128,68 @@
   <si>
     <t>A Complete Laboratory Manual of Pharmacology for B.Pharm</t>
   </si>
   <si>
     <t>978-81-19613-09-0</t>
   </si>
   <si>
     <t>Tarun Chaudhary, Riya Mathur, Dr. Rehan Uddin, Dr. US Sharma</t>
   </si>
   <si>
     <t>Lab Manual</t>
   </si>
   <si>
     <t>22x15.5x0.8</t>
   </si>
   <si>
     <t>A Concise Book of Biochemistry (For B.Pharm and GPAT Examination)</t>
   </si>
   <si>
     <t>978-81-19613-08-3</t>
   </si>
   <si>
     <t>Mr. Gaurav G. Gadgil</t>
   </si>
   <si>
+    <t>GPAT, Biochemistry</t>
+  </si>
+  <si>
+    <t>25x18.5x0.7</t>
+  </si>
+  <si>
+    <t>A Practical Book of Biochemistry for Pharmacy Students</t>
+  </si>
+  <si>
+    <t>978-93-48565-25-9</t>
+  </si>
+  <si>
+    <t>Mrs. Mausmi Hiren Dhivar, Dr. Vikram M. Pandya</t>
+  </si>
+  <si>
     <t>Biochemistry</t>
   </si>
   <si>
-    <t>25x18.5x0.7</t>
-[...10 lines deleted...]
-  <si>
     <t>24x18.5x0.8</t>
   </si>
   <si>
     <t>A Practical Book of Herbal Drug Technology for B.Pharm 6th Semester (BP-609P)</t>
   </si>
   <si>
     <t>978-81-19613-95-3</t>
   </si>
   <si>
     <t>Dr. Kehar Singh Dhaker, Dr. Ashish Jain, Dr. Akhlesh Kumar Singhai</t>
   </si>
   <si>
     <t>Practical Book</t>
   </si>
   <si>
     <t>22x15.5x0.6</t>
   </si>
   <si>
     <t>A Practical Book of Pharmaceutical Inorganic Chemistry (As Per PCI Latest Pattern)</t>
   </si>
   <si>
     <t>978-93-88022-36-1</t>
   </si>
   <si>
     <t>Ketan B. Patil, Narendra B. Patil, Paresh A. Patil</t>
@@ -200,50 +203,53 @@
   <si>
     <t>23x15x.5</t>
   </si>
   <si>
     <t>A Practical Manual of Industrial Pharmacy-I for Third Year B.Pharmacy Vth Semester</t>
   </si>
   <si>
     <t>978-81-962763-7-9</t>
   </si>
   <si>
     <t>Ms. Reshma R. Patil, Ms. Ashwini R. Patil, Ms. Renuka B. Dhakne, Dr. Vandana P. Patil</t>
   </si>
   <si>
     <t>Industrial Pharmacy</t>
   </si>
   <si>
     <t>A Text Book of Biochemistry and Clinical Pathology</t>
   </si>
   <si>
     <t>978-81-19613-55-7</t>
   </si>
   <si>
     <t>Ankit Kohli, Karuna Singh, Priyanka Gupta</t>
   </si>
   <si>
+    <t>Pharmacy, Biochemistry</t>
+  </si>
+  <si>
     <t>A Text Book of Pharmaceutical Engineering</t>
   </si>
   <si>
     <t>978-93-88022-47-7</t>
   </si>
   <si>
     <t>Rehan Uddin, Dr. Jitendra Singh Rajawat, Dr. Uma Shankar Sharma</t>
   </si>
   <si>
     <t>Textbook</t>
   </si>
   <si>
     <t>Pharmaceutical Engineering</t>
   </si>
   <si>
     <t>25x18x1</t>
   </si>
   <si>
     <t>A Text Book of Pharmacognosy</t>
   </si>
   <si>
     <t>978-93-91208-83-7</t>
   </si>
   <si>
     <t>Sneh Lata Dohare, Riya Mathur, Dr. Rehan Uddin</t>
@@ -269,686 +275,707 @@
   <si>
     <t>22x15.5x1.5</t>
   </si>
   <si>
     <t>A Textbook of Pharmaceutical Engineering- For B.Pharma 2nd Year, 3rd Semester</t>
   </si>
   <si>
     <t>978-81-962763-9-3</t>
   </si>
   <si>
     <t>Hakim Singh Rajput, Dr. Shailendra Singh Narwariya, Lalit Kumar Singh, Neeraj Kumar</t>
   </si>
   <si>
     <t>22x15.5x1.2</t>
   </si>
   <si>
     <t>A Textbook of Pharmaceutical Inorganic Chemistry</t>
   </si>
   <si>
     <t>978-93-91208-57-8</t>
   </si>
   <si>
     <t>Nehal C. Gandhi</t>
   </si>
   <si>
+    <t>Pharmaceutical Inorganic Chemistry, Pharmaceutical Chemistry</t>
+  </si>
+  <si>
+    <t>22x15x1</t>
+  </si>
+  <si>
+    <t>978-93-91208-92-9</t>
+  </si>
+  <si>
+    <t>Dr. Ojash B. Patel, Dr. Harsha U. Patel, Ms. Mona R. Patel</t>
+  </si>
+  <si>
+    <t>22x15.5x1</t>
+  </si>
+  <si>
+    <t>A Textbook of Pharmaceutical Inorganic Chemistry (As Per New PCI Syllabus) for B. Pharmacy, Ist Semester</t>
+  </si>
+  <si>
+    <t>978-93-91208-09-7</t>
+  </si>
+  <si>
+    <t>Dr. Akhil Nagar, Dr. Atul Bendale, Dr. Vinod Ugale, Dr. Rajanikant Kakade</t>
+  </si>
+  <si>
+    <t>Textbook/Reference</t>
+  </si>
+  <si>
+    <t>23x15x1</t>
+  </si>
+  <si>
+    <t>A Textbook of Pharmaceutical Microbiology For Pharmacy, Medical Sciences, and Life Sciences</t>
+  </si>
+  <si>
+    <t>978-93-91208-18-9</t>
+  </si>
+  <si>
+    <t>Dr. Rohit Shankar Mane</t>
+  </si>
+  <si>
+    <t>Pharmaceutical Microbiology</t>
+  </si>
+  <si>
+    <t>A Textbook of Pharmaceutical Quality Assurance</t>
+  </si>
+  <si>
+    <t>978-81-962762-3-2</t>
+  </si>
+  <si>
+    <t>Hakim Singh Rajput, Dr. N. Trilochna, Santosh Shukla, Shourya Pratap</t>
+  </si>
+  <si>
+    <t>22x15x0.8</t>
+  </si>
+  <si>
+    <t>A Textbook of Pharmacognosy I for the Students of D.Pharm 1st Year</t>
+  </si>
+  <si>
+    <t>978-93-48565-17-4</t>
+  </si>
+  <si>
+    <t>Dr. Shweta Jain, Dr. Zeba Siddiqui</t>
+  </si>
+  <si>
+    <t>A Textbook of Pharmacy Practice (For B. Pharm 7th Semester, 4th Year)</t>
+  </si>
+  <si>
+    <t>978-93-91208-05-9</t>
+  </si>
+  <si>
+    <t>Hakim Singh Rajput, Dr. Uma Shankar Sharma, Dr. Vimal Kumar Yadav</t>
+  </si>
+  <si>
+    <t>A Textbook of Physical Pharmaceutics II for the Students of B.Pharm 4th Semester</t>
+  </si>
+  <si>
+    <t>978-93-48565-63-1</t>
+  </si>
+  <si>
+    <t>Hakim Singh Rajput, Akanksha Porwal, Sunil Sonkar, Suman Singh</t>
+  </si>
+  <si>
+    <t>Physical Pharmaceutics</t>
+  </si>
+  <si>
+    <t>22x15.5x0.7</t>
+  </si>
+  <si>
+    <t>A Textbook of Universal Human Values and Professional Ethics for B.Pharm 3rd Semester</t>
+  </si>
+  <si>
+    <t>978-93-48565-82-2</t>
+  </si>
+  <si>
+    <t>Chirag Ojha, Dr. Rehan Uddin, Dr. US Sharma</t>
+  </si>
+  <si>
+    <t>A Textbook on Assessment, Monitoring, Documentation and Reporting of Adverse Drug Reactions</t>
+  </si>
+  <si>
+    <t>978-93-88022-71-2</t>
+  </si>
+  <si>
+    <t>Dr. Palanisamy Sivanandy, Mrs. Sumathy Arunachalam</t>
+  </si>
+  <si>
+    <t>23x15x0.7</t>
+  </si>
+  <si>
+    <t>A Theoretical Book on Biochemistry</t>
+  </si>
+  <si>
+    <t>978-81-962762-8-7</t>
+  </si>
+  <si>
+    <t>Mr. Nitin Rajan, Ms. Vridhi Kulshrestha, Mr. Shubhankit Soni, Mr. Shubham Kanaujiya</t>
+  </si>
+  <si>
+    <t>A Theoretical Book on Quality Assurance</t>
+  </si>
+  <si>
+    <t>978-81-19613-49-6</t>
+  </si>
+  <si>
+    <t>Dr. Abhijeet Ojha, Ms. Karuna Dhaundhiyal, Mrs. Sarita Rawat Dharmshaktu, Dr. Arun Kumar Singh</t>
+  </si>
+  <si>
+    <t>All-in-One Practical Book for B.Pharma Course- For 1st Semester</t>
+  </si>
+  <si>
+    <t>978-81-19613-66-3</t>
+  </si>
+  <si>
+    <t>Mr. Deepesh Chouhan</t>
+  </si>
+  <si>
+    <t>All-in-One Textbook for B.Pharma Course- For 1st Semester</t>
+  </si>
+  <si>
+    <t>978-93-88022-92-7</t>
+  </si>
+  <si>
+    <t>Mr. Deepesh Chouhan (B.Pharm., M.Pharm)</t>
+  </si>
+  <si>
+    <t>Anaesthetic Pharmacology : Handbook for Allied Health Science Students</t>
+  </si>
+  <si>
+    <t>978-93-88022-43-9</t>
+  </si>
+  <si>
+    <t>Dr. Pradnya Deolekar, Dr. Pramila Yadav</t>
+  </si>
+  <si>
+    <t>Reference Book/MCQs Book</t>
+  </si>
+  <si>
+    <t>Anaesthesia, Allied Health Science</t>
+  </si>
+  <si>
+    <t>23x15x.0.5</t>
+  </si>
+  <si>
+    <t>Applied Microbiology for Medical Sciences, Life Sciences, Nursing and Pharmacy</t>
+  </si>
+  <si>
+    <t>978-81-962762-6-3</t>
+  </si>
+  <si>
+    <t>Microbiology, Allied Health Science</t>
+  </si>
+  <si>
+    <t>28x20x3.5</t>
+  </si>
+  <si>
+    <t>Basics of Immunology</t>
+  </si>
+  <si>
+    <t>978-81-951750-5-5</t>
+  </si>
+  <si>
+    <t>Dr. Preeti Sharma, Dr. Pradeep Kumar</t>
+  </si>
+  <si>
+    <t>Immunology</t>
+  </si>
+  <si>
+    <t>23x15x1.2</t>
+  </si>
+  <si>
+    <t>Biochemistry and Clinical Pathology for D.Pharm 2nd Year</t>
+  </si>
+  <si>
+    <t>978-81-19613-70-0</t>
+  </si>
+  <si>
+    <t>Mr. Sanket N Dashpute, Dr. Pawan S Avhad, Dr. Avinash G Mansuk, Mr. Akashdeep Udmale</t>
+  </si>
+  <si>
+    <t>Biostatistics and Research Methodology for the Students of B.Pharm 8th Semester</t>
+  </si>
+  <si>
+    <t>978-93-48565-59-4</t>
+  </si>
+  <si>
+    <t>Dr. Rehan Uddin, Udit Jain, Abhishek Mishra</t>
+  </si>
+  <si>
+    <t>Biostatistics and Research Methodology</t>
+  </si>
+  <si>
+    <t>Competency Based Human Anatomy Set of 3 Volumes (Second Edition)</t>
+  </si>
+  <si>
+    <t>978-81-19613-29-8</t>
+  </si>
+  <si>
+    <t>Dr. A. Prasanna Veera Kumar</t>
+  </si>
+  <si>
+    <t>Second</t>
+  </si>
+  <si>
+    <t>Anatomy</t>
+  </si>
+  <si>
+    <t>24x18.5x6.5</t>
+  </si>
+  <si>
+    <t>Competency Based Human Anatomy Volume I (Second Edition)</t>
+  </si>
+  <si>
+    <t>978-81-19613-52-6</t>
+  </si>
+  <si>
+    <t>24x18.5x2.4</t>
+  </si>
+  <si>
+    <t>Competency Based Human Anatomy Volume II (Second Edition)</t>
+  </si>
+  <si>
+    <t>978-81-19613-22-9</t>
+  </si>
+  <si>
+    <t>24x18.5x2.2</t>
+  </si>
+  <si>
+    <t>Competency Based Human Anatomy Volume III (Second Edition)</t>
+  </si>
+  <si>
+    <t>978-81-19613-85-4</t>
+  </si>
+  <si>
+    <t>24x18.5x2</t>
+  </si>
+  <si>
+    <t>Concise Biopharmaceutics and Pharmacokinetics for the Students of B.Pharm 6th Semester</t>
+  </si>
+  <si>
+    <t>978-93-48565-89-1</t>
+  </si>
+  <si>
+    <t>Dr. Gaurav Agarwal, Dr. Kavita Sangwan</t>
+  </si>
+  <si>
+    <t>Cosmetology and Toxicology for B.Pharm / B.Tech Cosmetics Students</t>
+  </si>
+  <si>
+    <t>978-81-19613-44-1</t>
+  </si>
+  <si>
+    <t>Ms. Savita Mandan, Dr. Ashish Gorle, Dr. Pankaj Nerkar</t>
+  </si>
+  <si>
+    <t>Cosmetic Science</t>
+  </si>
+  <si>
+    <t>D.Pharm Exit Exam (DPEE)</t>
+  </si>
+  <si>
+    <t>978-81-19613-02-1</t>
+  </si>
+  <si>
+    <t>Prof. (Dr.) Rahul Kaushik, Ms. Neha Kashyap, Mr. Rajan Kumar Kurmi, Mr. Vikas Sharma Ms. Akansha Rawat</t>
+  </si>
+  <si>
+    <t>Reference Book</t>
+  </si>
+  <si>
+    <t>28x21x3.5</t>
+  </si>
+  <si>
+    <t>Drug Delivery System for the Students of M.Pharm 1 Semester</t>
+  </si>
+  <si>
+    <t>978-93-48565-90-7</t>
+  </si>
+  <si>
+    <t>Dr. Praveen Nasa, Mr. Rakesh Kumar, Ms. Manita, Ms. Kavita, Dr. Manisha Chhikara</t>
+  </si>
+  <si>
+    <t>Environmental Sciences for the Students of B.Pharm 2nd Semester</t>
+  </si>
+  <si>
+    <t>978-81-19613-15-1</t>
+  </si>
+  <si>
+    <t>Ankit Kumar Mishra, Dr. J.N. Mishra, Vinay Bharati, Abhuday Bhushan Pandey</t>
+  </si>
+  <si>
+    <t>Pharmacy, Environmental Sciences</t>
+  </si>
+  <si>
+    <t>22x15x0.7</t>
+  </si>
+  <si>
+    <t>Experimental Handbook of Physical Pharmaceutics</t>
+  </si>
+  <si>
+    <t>978-93-88022-86-6</t>
+  </si>
+  <si>
+    <t>Dr. Pravin Gupta</t>
+  </si>
+  <si>
+    <t>Practical</t>
+  </si>
+  <si>
+    <t>Pharmaceutics</t>
+  </si>
+  <si>
+    <t>Experimental Pharmacology-I Practical Book According to PCI Syllabus (For B.Pharm 4th Semester)</t>
+  </si>
+  <si>
+    <t>978-81-962763-3-1</t>
+  </si>
+  <si>
+    <t>Mr. Feran Singh, Mr. Deepesh Parashar, Dr. Manoj Sharma, Dr. Vinay Jain</t>
+  </si>
+  <si>
+    <t>22x15.5x0.5</t>
+  </si>
+  <si>
+    <t>Fundamental Laboratory Guide Book- For University Students in Natural Sciences</t>
+  </si>
+  <si>
+    <t>978-81-19613-06-9</t>
+  </si>
+  <si>
+    <t>Prof. Bajarang Bali Lal Srivastava, Mr. Revelian Rusikile Tibyehabwa</t>
+  </si>
+  <si>
+    <t>Laboratory Guide</t>
+  </si>
+  <si>
+    <t>Natural Sciences, Laboratory, Lab Manual, Lab</t>
+  </si>
+  <si>
+    <t>Fundamental of Analytical Chemistry, Reprint 2020</t>
+  </si>
+  <si>
+    <t>978-81-932450-3-3</t>
+  </si>
+  <si>
+    <t>Dr. Bajarang Bali Lal Srivastava, Dr. Amarnath Mishra</t>
+  </si>
+  <si>
+    <t>Chemistry</t>
+  </si>
+  <si>
+    <t>25x18x0.75</t>
+  </si>
+  <si>
+    <t>Fundamentals of Medicinal Chemistry- For the Students of Medicinal Chemistry, Pharmaceutical Sciences, Pharmacology, and Biochemistry</t>
+  </si>
+  <si>
+    <t>978-81-962763-2-4</t>
+  </si>
+  <si>
+    <t>Rohini Kadam, Ashish Uke, Anurag Luharia, Manish Deshmukh, Gaurav Mishra, Monika Luharia</t>
+  </si>
+  <si>
+    <t>Pharmacy, Pharmacology, Medicinal Chemistry, Biochemistry</t>
+  </si>
+  <si>
+    <t>22x15.5x2.2</t>
+  </si>
+  <si>
+    <t>Fundamentals of Pharmacology For Allied Health Science With Multiple Choice Questions</t>
+  </si>
+  <si>
+    <t>978-93-88022-34-7</t>
+  </si>
+  <si>
+    <t>Reference/MCQs Book</t>
+  </si>
+  <si>
+    <t>Pharmacology, Allied Health Science</t>
+  </si>
+  <si>
+    <t>23x15x1.5</t>
+  </si>
+  <si>
+    <t>Fundamentals of Pharmacy (FOR GPAT &amp; NIPER)</t>
+  </si>
+  <si>
+    <t>978-93-88022-00-2</t>
+  </si>
+  <si>
+    <t>Chiragkumar J. Gohil</t>
+  </si>
+  <si>
+    <t>Competitive Exams Book</t>
+  </si>
+  <si>
+    <t>Pharmacy, GPAT</t>
+  </si>
+  <si>
+    <t>23x18x0.4</t>
+  </si>
+  <si>
+    <t>Handbook of Essential Medicines in Geriatrics</t>
+  </si>
+  <si>
+    <t>978-93-91208-58-5</t>
+  </si>
+  <si>
+    <t>Dr. Jehath Syed, Dr. Sri Harsha Chalasani, Dr. Prathibha Pereira, Dr. M. Ramesh</t>
+  </si>
+  <si>
+    <t>Geriatrics Medicine</t>
+  </si>
+  <si>
+    <t>Handbook of Toxicology and Pharmacological Screening Methods-II for the Students of M.Pharm 2nd Semester</t>
+  </si>
+  <si>
+    <t>978-93-48565-38-9</t>
+  </si>
+  <si>
+    <t>Dr. Vinod Gahlot</t>
+  </si>
+  <si>
+    <t>Toxicology and Pharmacological Screening</t>
+  </si>
+  <si>
+    <t>Handbook on Good Clinical Laboratory Practices (GCLP)</t>
+  </si>
+  <si>
+    <t>978-81-19613-33-5</t>
+  </si>
+  <si>
+    <t>Prof. Vishwajeet Rohil, Dr. Jayeeta Bhadra, Dr. Juhi Aggarwal</t>
+  </si>
+  <si>
+    <t>Lab, Laboratory</t>
+  </si>
+  <si>
+    <t>Herbal Drug Technology</t>
+  </si>
+  <si>
+    <t>978-81-19613-12-0</t>
+  </si>
+  <si>
+    <t>Dr. Sukirti Upadhyay, Dr. Prashant Upadhyay, Dr. Rita Yadav, Ms. Srishti Goyal</t>
+  </si>
+  <si>
+    <t>Herbal Drug Technology, Pharmacy</t>
+  </si>
+  <si>
+    <t>Hospital and Clinical Pharmacy for the Students of D.Pharm 2nd Year</t>
+  </si>
+  <si>
+    <t>978-93-48565-66-2</t>
+  </si>
+  <si>
+    <t>Abhinay Tiwari, Blessy Jacob, Dr. Bincy Pothen, Prof. Shivshankar Tiwari</t>
+  </si>
+  <si>
+    <t>Hospital and Clinical Pharmacy</t>
+  </si>
+  <si>
+    <t>Human Anatomy and Physiology-I for the Students of B.Pharm 1st Semester</t>
+  </si>
+  <si>
+    <t>978-81-19613-18-2</t>
+  </si>
+  <si>
+    <t>R. K. Marya, M.D. (Physiology); Ph.D.</t>
+  </si>
+  <si>
+    <t>Anatomy and Physiology</t>
+  </si>
+  <si>
+    <t>Human Anatomy and Physiology-II for the Students of B.Pharm 2nd Semester</t>
+  </si>
+  <si>
+    <t>978-81-19613-68-7</t>
+  </si>
+  <si>
+    <t>24x18.5x1</t>
+  </si>
+  <si>
+    <t>Industrial Pharmacognostical Techniques for the Students of M.Pharm 1st Semester</t>
+  </si>
+  <si>
+    <t>978-93-48565-21-1</t>
+  </si>
+  <si>
+    <t>Ms. Manisha Chhikara, Dr. Pooja Suridia, Dr. Chetna Verma, Mrs. Sidbi Mani Prakash</t>
+  </si>
+  <si>
+    <t>Industrial Pharmacognostical Techniques</t>
+  </si>
+  <si>
+    <t>24x18.5x1.1</t>
+  </si>
+  <si>
+    <t>Industrial Pharmacy II for B.Pharm 4th Year, 7th Semester</t>
+  </si>
+  <si>
+    <t>978-81-19613-27-4</t>
+  </si>
+  <si>
+    <t>Hakim Singh Rajput, Lalit Kumar Singh, Shobha Rajput, Anuj Kumar</t>
+  </si>
+  <si>
+    <t>Instrumental Methods of Analysis</t>
+  </si>
+  <si>
+    <t>978-93-88022-50-7</t>
+  </si>
+  <si>
+    <t>Rehan Uddin</t>
+  </si>
+  <si>
+    <t>26x18x1</t>
+  </si>
+  <si>
+    <t>Lab Manual for B. Pharmacy First Year</t>
+  </si>
+  <si>
+    <t>978-93-91208-23-3</t>
+  </si>
+  <si>
+    <t>Ms. Charu Saxena, Ms. Swati Wadhwan</t>
+  </si>
+  <si>
+    <t>Experimental/Practical</t>
+  </si>
+  <si>
+    <t>MCQs Book for Pharmacy</t>
+  </si>
+  <si>
+    <t>978-93-91208-60-8</t>
+  </si>
+  <si>
+    <t>Dr. Vikas V. Patil, Dr. Jayvadan K. Patel, Mr. Ketan B. Patil, Mr. Narendra B. Patil</t>
+  </si>
+  <si>
+    <t>MCQs</t>
+  </si>
+  <si>
+    <t>MCQs for Pharmacy (Diploma Exit Examination DPEE, DI, GPAT, NIPER) - Set of 2 Volumes</t>
+  </si>
+  <si>
+    <t>978-81-19613-80-9</t>
+  </si>
+  <si>
+    <t>Dhiraj Kumar, Co-Authors- Neha Jain, Supriya Singh, Nandini Goyal, Prof. (Dr.) Ram Dayal</t>
+  </si>
+  <si>
+    <t>MCQs/Reference Book</t>
+  </si>
+  <si>
+    <t>28x21.5x4</t>
+  </si>
+  <si>
+    <t>MCQs in Pharmacology (For Undergraduate &amp; Postgraduate Students)</t>
+  </si>
+  <si>
+    <t>978-93-91208-14-1</t>
+  </si>
+  <si>
+    <t>Dr. Maulin Mehta</t>
+  </si>
+  <si>
+    <t>22x15.5x1.25</t>
+  </si>
+  <si>
+    <t>Medicinal Chemistry - I, For B. Pharm, 2nd Year, IV Semester Students (As Per Latest PCI Syllabus)</t>
+  </si>
+  <si>
+    <t>978-81-951750-6-2</t>
+  </si>
+  <si>
+    <t>Dr. Prashant Kumar Katiyar, Dr. Shriram Bairagi</t>
+  </si>
+  <si>
+    <t>Medicinal Chemistry</t>
+  </si>
+  <si>
+    <t>Multiple Choice Questions (MCQs) of Pharmaceutics – I for the Students of B.Pharm 1st Semester</t>
+  </si>
+  <si>
+    <t>978-81-19613-65-6</t>
+  </si>
+  <si>
+    <t>Mr. Pankaj Kumar, Dr. Ritesh Jain</t>
+  </si>
+  <si>
+    <t>Pharmacy, Pharmaceutics</t>
+  </si>
+  <si>
+    <t>Novel Drug Delivery System (NDDS)</t>
+  </si>
+  <si>
+    <t>978-81-19613-75-5</t>
+  </si>
+  <si>
+    <t>Mr. Prashant Kumar Singh, Mr. Rohit Bhasin, Mr. Aditya Kumar, Mr. Nitin Rajan</t>
+  </si>
+  <si>
+    <t>22x15.5x2</t>
+  </si>
+  <si>
+    <t>Novel Drug Delivery Systems</t>
+  </si>
+  <si>
+    <t>978-93-91208-87-5</t>
+  </si>
+  <si>
+    <t>Dr. Rehan Uddin, Dr. JS Rajawat, Dr. PS Naruka</t>
+  </si>
+  <si>
+    <t>Pharmaceutical Biotechnology</t>
+  </si>
+  <si>
+    <t>978-81-951750-2-4</t>
+  </si>
+  <si>
+    <t>Rehan Uddin, Mukesh Kumar Pathak, Rahul Dev</t>
+  </si>
+  <si>
+    <t>25x18x0.5</t>
+  </si>
+  <si>
+    <t>Pharmaceutical Chemistry I - For 1st Year D. Pharm Students (As Per PCI Syllabus)</t>
+  </si>
+  <si>
+    <t>978-93-91208-06-6</t>
+  </si>
+  <si>
+    <t>Dr. Rajeev Kumar, Dr. Amol B. Khade</t>
+  </si>
+  <si>
     <t>Pharmaceutical Chemistry</t>
   </si>
   <si>
-    <t>22x15x1</t>
-[...631 lines deleted...]
-  <si>
     <t>978-93-91208-86-8</t>
   </si>
   <si>
     <t>Riya Mathur, Dr. Rehan Uddin</t>
   </si>
   <si>
     <t>978-93-91208-94-3</t>
   </si>
   <si>
     <t>Dr. Nidhi Tyagi, Dr. Prashant Kumar Katiyar, Dr. Prashant Kumar</t>
   </si>
   <si>
     <t>Pharmaceutical Product Development</t>
   </si>
   <si>
     <t>978-81-19613-16-8</t>
   </si>
   <si>
     <t>Hakim Singh Rajput, Lalit Kumar Singh, Kapil Maurya, Ashwani Khemariya</t>
   </si>
   <si>
     <t>Pharmaceutics Manual For Diploma in Pharmacy Students 1st Year</t>
   </si>
   <si>
     <t>978-93-91208-99-8</t>
@@ -974,50 +1001,53 @@
   <si>
     <t>978-81-19613-17-5</t>
   </si>
   <si>
     <t>Dr. Sucharitha. P, Dr. Ramesh Reddy. K, Dr. V. Jayasankar Reddy</t>
   </si>
   <si>
     <t>Pharmaceutics-I (Theory and Practical)</t>
   </si>
   <si>
     <t>978-81-19613-84-7</t>
   </si>
   <si>
     <t>Mr. Tarun Chaudhary, Mr. Jitendra Kumar, Mr. Shivendra Singh</t>
   </si>
   <si>
     <t>Pharmacognosy and Phytochemistry-II</t>
   </si>
   <si>
     <t>978-81-19613-40-3</t>
   </si>
   <si>
     <t>Himanshu Singh, Neha Singh, Dr. Swati Singh, Vinita Gautam</t>
   </si>
   <si>
+    <t>Pharmacy, Pharmacognosy</t>
+  </si>
+  <si>
     <t>22x15.5x1.7</t>
   </si>
   <si>
     <t>Pharmacognosy and Phytochemistry-II Practicals (As Per PCI Syllabus) for B.Pharm 5th Semester</t>
   </si>
   <si>
     <t>978-81-19613-45-8</t>
   </si>
   <si>
     <t>Dr. R. Ramasubramania Raja</t>
   </si>
   <si>
     <t>Pharmacognosy and Phytopharmaceuticals Lab</t>
   </si>
   <si>
     <t>978-93-91208-10-3</t>
   </si>
   <si>
     <t>Prof. Dr. R. Ramasubramania Raja</t>
   </si>
   <si>
     <t>22x15x0.5</t>
   </si>
   <si>
     <t>Pharmacology I- Exam Success Companion (Previous 5 Years Solved Question Papers) for B.Pharm 4th Semester (BP404T)</t>
@@ -1076,206 +1106,215 @@
   <si>
     <t>Practical Book of Community Pharmacy and Management for the Students of D.Pharm 2nd Year</t>
   </si>
   <si>
     <t>978-81-19613-58-8</t>
   </si>
   <si>
     <t>Dr. Revathi A Gupta, Archana Pachore, Vinay Mahajan</t>
   </si>
   <si>
     <t>Practical/Reference Book</t>
   </si>
   <si>
     <t>Community Pharmacy</t>
   </si>
   <si>
     <t>Practical Instrumental Analysis</t>
   </si>
   <si>
     <t>978-81-932450-7-1</t>
   </si>
   <si>
     <t>Bajarang Bali Lal Srivastava, Amarnath Mishra, Girma Workeneh Woyessa</t>
   </si>
   <si>
+    <t>Laboratory, Lab Manual</t>
+  </si>
+  <si>
     <t>25xx18x0.2</t>
   </si>
   <si>
     <t>Practical Lab Manual of Pharmaceutical Organic Chemistry - I, B. Pharm 2nd Semester (As Per PCI Syllabus)</t>
   </si>
   <si>
     <t>978-93-88022-67-5</t>
   </si>
   <si>
     <t>Dr. Shivendra Kumar Dwivedi</t>
   </si>
   <si>
+    <t>Pharmaceutical Organic Chemistry, Pharmaceutical Chemistry</t>
+  </si>
+  <si>
     <t>Practical Lab Manual of Pharmaceutical Organic Chemistry - II, B. Pharm 3rd Semester (As Per PCI Syllabus)</t>
   </si>
   <si>
     <t>978-93-88022-68-2</t>
   </si>
   <si>
     <t>Practical Manual of Inorganic, Organic and Medicinal Chemistry</t>
   </si>
   <si>
     <t>978-93-88022-98-9</t>
   </si>
   <si>
     <t>Dr. Akhil Nagar, Dr. Deepak Lokwani, Dr. Atul Bendale, Mr. Pritam B. Chaudhari</t>
   </si>
   <si>
     <t>Preparation of Inorganic, Organic and Medicinal Compounds For Pharmacy Students</t>
   </si>
   <si>
     <t>978-81-19613-53-3</t>
   </si>
   <si>
     <t>Sushmita Hiremath, Shankar Gharge</t>
   </si>
   <si>
     <t>Principles of Physical Pharmaceutics: Fundamentals and Applications (Part-II) for the Students of B.Pharm 4th Semester</t>
   </si>
   <si>
     <t>978-81-19613-48-9</t>
   </si>
   <si>
     <t>Suruchi Agarwal, Diptee Gupta, Shruti Khare</t>
   </si>
   <si>
     <t>22x15.5x0.9</t>
   </si>
   <si>
     <t>Social and Preventive Pharmacy for the Students of B.Pharm 8th Semester</t>
   </si>
   <si>
     <t>978-81-19613-88-5</t>
   </si>
   <si>
     <t>Ankit Kumar Mishra, Dr. J. N. Mishra, Ashok Kumar, Vinay Bharati</t>
   </si>
   <si>
-    <t>Social Pharmacy</t>
+    <t>Social Pharmacy, Social and Preventive Pharmacy</t>
   </si>
   <si>
     <t>22x15.5x1.1</t>
   </si>
   <si>
     <t>Text Book of Medicinal Chemistry-I for the Students of B.Pharm 4th Semester</t>
   </si>
   <si>
     <t>978-81-19613-00-7</t>
   </si>
   <si>
     <t>Dr. Durga Prasad Kemisetti</t>
   </si>
   <si>
     <t>Text Book of Medicinal Chemistry-III for the Students of B.Pharm 6th Semester</t>
   </si>
   <si>
     <t>978-81-19613-39-7</t>
   </si>
   <si>
-    <t>Text Book of Pharmaceutical Regulatory Science</t>
+    <t>Text Book of Pharmaceutical Regulatory Science for the Students of B.Pharm 8th Semester</t>
   </si>
   <si>
     <t>978-93-48565-95-2</t>
   </si>
   <si>
     <t>Prof. (Dr.) Ravinesh Mishra, Dr. Bhartendu Sharma, Dr. Priya Sharma</t>
   </si>
   <si>
     <t>Pharmaceutical Regulatory Science</t>
   </si>
   <si>
     <t>Text Book of Pharmacy Practice for the Students of B.Pharm 7th Semester</t>
   </si>
   <si>
     <t>978-81-19613-10-6</t>
   </si>
   <si>
     <t>Shahrukh Khan, Co-Authors: Dr. Nishant Kumar, Dr. Ankit Shukla, Amandeep Singh Randhawa, Pankaj Singh</t>
   </si>
   <si>
+    <t>Pharmacy, Pharmacy Practice</t>
+  </si>
+  <si>
     <t>Text Book of Regulatory Affairs for the Students of M.Pharm 1st Semester</t>
   </si>
   <si>
     <t>978-93-48565-85-3</t>
   </si>
   <si>
     <t>Regulatory Affairs</t>
   </si>
   <si>
     <t>Text Book of Social Pharmacy for the Students of D. Pharm 1st Year</t>
   </si>
   <si>
     <t>978-81-19613-47-2</t>
   </si>
   <si>
     <t>Mr. Sujit Ubale, Ms. Priyanka Ahire, Ms. Savita Patil (Pol), Mr. Rahul Varma</t>
   </si>
   <si>
+    <t>Social Pharmacy, Pharmacy</t>
+  </si>
+  <si>
     <t>Textbook of Cosmetic Science</t>
   </si>
   <si>
     <t>978-93-91208-82-0</t>
   </si>
   <si>
     <t>Dr. L. V. Vigneshwaran</t>
   </si>
   <si>
     <t>Textbook of Dietary Supplements and Nutraceuticals for the Students of B.Pharm 8th Semester</t>
   </si>
   <si>
     <t>978-93-48565-31-0</t>
   </si>
   <si>
     <t>Dr. Shiva Tushir, Dr. Gaurav Agarwal</t>
   </si>
   <si>
     <t>Textbook of Hospital and Clinical Pharmacy for the Students of D.Pharm 2nd Year</t>
   </si>
   <si>
     <t>978-81-19613-77-9</t>
   </si>
   <si>
     <t>Editor: Prince Gupta</t>
   </si>
   <si>
     <t>Textbook of Human Anatomy and Physiology-II for the Students of B.Pharm 2nd Semester</t>
   </si>
   <si>
     <t>978-81-19613-94-6</t>
   </si>
   <si>
     <t>Dr. Mohammed Sheeba Kauser</t>
   </si>
   <si>
-    <t>Anatomy and Physiology</t>
-[...1 lines deleted...]
-  <si>
     <t>Textbook of Industrial Pharmacy-I for the Students of B.Pharm 5 Semester</t>
   </si>
   <si>
     <t>978-81-19613-64-9</t>
   </si>
   <si>
     <t>Dr. Sudipta Das, Baishali Ghosh, Sawan Das, Rimi Dey</t>
   </si>
   <si>
     <t>Textbook of Industrial Pharmacy-II for the Students of B.Pharm 7 Semester (As Per Latest PCI Regulations)</t>
   </si>
   <si>
     <t>978-81-19613-91-5</t>
   </si>
   <si>
     <t>Neha Srivastava, Co-Authors- Ashok Kumar, Shiwani Jaiswal, Shreya Maddesiya Ankit Kumar Mishra</t>
   </si>
   <si>
     <t>Textbook of Instrumental Methods of Analysis</t>
   </si>
   <si>
     <t>978-81-19613-38-0</t>
   </si>
   <si>
     <t>Reena Singh, Jitendra Kumar, Tarun Chaudhary, Nisha Chaudharee</t>
@@ -1304,132 +1343,165 @@
   <si>
     <t>978-93-48565-15-0</t>
   </si>
   <si>
     <t>Dr. Chirag Desai, Dr. Nishith Patel, Ms. Jital Desai, Ms. Anjuman Mansuri</t>
   </si>
   <si>
     <t>Textbook of Pharmacotherapeutics For Diploma in Pharmacy Students 2nd Year</t>
   </si>
   <si>
     <t>978-81-19613-96-0</t>
   </si>
   <si>
     <t>Pharmacotherapeutics</t>
   </si>
   <si>
     <t>Textbook of Procedures in Emergency Care</t>
   </si>
   <si>
     <t>978-93-91208-85-1</t>
   </si>
   <si>
     <t>Dr. Anuja Agrawal, Dr. Pooja Shah</t>
   </si>
   <si>
-    <t>Anaesthesia</t>
+    <t>Anaesthesia, Emergency Medicine, Nursing</t>
   </si>
   <si>
     <t>25x18.5x1.5</t>
   </si>
   <si>
     <t>Textbook of Social and Preventive Pharmacy for the Students of B.Pharm 8th Semester</t>
   </si>
   <si>
     <t>978-81-19613-50-2</t>
   </si>
   <si>
     <t>Dr. Mohammed Sheeba Kauser, Dr. Ananta Lakshmi Prasanna Syamala</t>
   </si>
   <si>
     <t>Textbook on Paracetamol: A Magic Drug but with Adversity</t>
   </si>
   <si>
     <t>978-93-91208-59-2</t>
   </si>
   <si>
     <t>Dr. Dheaa Shamikh Zageer, Dr. Sundus Fadhil Hantoosh</t>
   </si>
   <si>
-    <t>Medicine</t>
+    <t>Medicine, Pharmacy</t>
   </si>
   <si>
     <t>The Theory and Practical Book of Industrial Pharmacy – I</t>
   </si>
   <si>
     <t>978-93-88022-61-3</t>
   </si>
   <si>
     <t>Ketan B. Patil, Paresh A. Patil, Sandip S. Kshirsagar, Narendra B. Patil</t>
   </si>
   <si>
     <t>Textbook (Theory with Practical)</t>
   </si>
   <si>
     <t>23x15x1.25</t>
   </si>
   <si>
     <t>The Theory and Practical Book of Pharmaceutical Inorganic Chemistry for the Students of B.Pharm 1st Semester</t>
   </si>
   <si>
     <t>978-93-48565-35-8</t>
   </si>
   <si>
     <t>Dr. Alok Kumar Dash</t>
   </si>
   <si>
     <t>Textbook and Practical</t>
   </si>
   <si>
     <t>Theory and Practical Book of Environmental Education and Disaster Management for the Students of Diploma in Pharmacy</t>
   </si>
   <si>
     <t>978-93-48565-79-2</t>
   </si>
   <si>
     <t>Ms. Pragati Singh, Ms. Renu, Ms. Hema Negi</t>
   </si>
   <si>
-    <t>Payment Details:-
-[...17 lines deleted...]
-Web:www.ipinnovative.com</t>
+    <t>Payment Details:-</t>
+  </si>
+  <si>
+    <t>Payment (India):100% Advance Payment Cheque / DD / RTGS / NEFT will be made in favour of"IP Innovative Publication Pvt. Ltd."</t>
+  </si>
+  <si>
+    <t>Payable at New Delhi, India</t>
+  </si>
+  <si>
+    <t>Bank Name: Axis Bank Ltd., Branch – Palam, New Delhi</t>
+  </si>
+  <si>
+    <t>Current Account No.:917020045271486</t>
+  </si>
+  <si>
+    <t>IFSC Code:UTIB0000102</t>
+  </si>
+  <si>
+    <t>Swift Code:AXISINBB132</t>
+  </si>
+  <si>
+    <t>PAN No.:AAECI4006K</t>
+  </si>
+  <si>
+    <t>Payment Option for Outside of India:</t>
+  </si>
+  <si>
+    <t>PayPal option is applicable only for outside India. Foreign/International Subscribers can send payment via PayPal.</t>
+  </si>
+  <si>
+    <t>PayPal Account:subscription@ipinnovative.com</t>
+  </si>
+  <si>
+    <t>Please send your payment details at Email ID:subscription@ipinnovative.com</t>
+  </si>
+  <si>
+    <t>Contact Details:</t>
+  </si>
+  <si>
+    <t>3rd Floor, A-2, Gulab Bagh, Nawada, Metro Pillar No. 733</t>
+  </si>
+  <si>
+    <t>Uttam Nagar, New Delhi – 110059, India</t>
+  </si>
+  <si>
+    <t>Phone: +91-11-61364114, 61364115, 405682495, Ext. 12 &amp; 21</t>
+  </si>
+  <si>
+    <t>Mail:subscription@ipinnovative.com, subscription1.ippl@gmail.com</t>
+  </si>
+  <si>
+    <t>Web:www.ipinnovative.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1440,60 +1512,60 @@
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b val="1"/>
+      <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b val="0"/>
+      <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
@@ -1525,53 +1597,51 @@
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -1831,59 +1901,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/215/a-competitive-textbook-of-pharmacology-at-glance" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-34-9" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/291/a-complete-laboratory-manual-of-pharmacology-for-bpharm" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-09-0" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/299/a-concise-book-of-biochemistry-for-bpharm-and-gpat-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-08-3" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/384/a-practical-book-of-biochemistry-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-25-9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/300/a-practical-book-of-herbal-drug-technology-for-bpharm-6th-semester-bp-609p" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-95-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/82/a-practical-book-of-pharmaceutical-inorganic-chemistry-as-per-pci-latest-pattern" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-36-1" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/269/a-practical-manual-of-industrial-pharmacy-i-for-third-year-bpharmacy-vth-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/287/a-text-book-of-biochemistry-and-clinical-pathology" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-55-7" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/93/a-text-book-of-pharmaceutical-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-47-7" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/248/a-text-book-of-pharmacognosy" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-83-7" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/207/a-textbook-of-pharmaceutical-analysis-for-first-year-b-pharm-semester-i-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-26-4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/264/a-textbook-of-pharmaceutical-engineering-for-bpharma-2nd-year-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-9-3" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/195/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-57-8" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/255/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-92-9" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/146/a-textbook-of-pharmaceutical-inorganic-chemistry-as-per-new-pci-syllabus-for-b-pharmacy-ist-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-09-7" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/237/a-textbook-of-pharmaceutical-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-3-2" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/396/a-textbook-of-pharmacognosy-i-for-the-students-of-dpharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-17-4" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/197/a-textbook-of-pharmacy-practice-for-b-pharm-7th-semester-4th-year" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-05-9" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/378/a-textbook-of-physical-pharmaceutics-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-63-1" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/370/a-textbook-of-universal-human-values-and-professional-ethics-for-bpharm-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-82-2" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/117/a-textbook-on-assessment-monitoring-documentation-and-reporting-of-adverse-drug-reactions" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-71-2" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/239/a-theoretical-book-on-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-8-7" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/279/a-theoretical-book-on-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-49-6" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/355/all-in-one-practical-book-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-66-3" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/224/all-in-one-textbook-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-92-7" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/296/biochemistry-and-clinical-pathology-for-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-70-0" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/412/biostatistics-and-research-methodology-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-59-4" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/406/concise-biopharmaceutics-and-pharmacokinetics-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-89-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/306/cosmetology-and-toxicology-for-bpharm-btech-cosmetics-students" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-44-1" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/354/dpharm-exit-exam-dpee" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-02-1" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/407/drug-delivery-system-for-the-students-of-mpharm-1-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-90-7" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/323/environmental-sciences-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-15-1" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/132/experimental-handbook-of-physical-pharmaceutics" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-86-6" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/268/experimental-pharmacology-i-practical-book-according-to-pci-syllabus-for-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/43/fundamentals-of-pharmacy-for-gpat-niper" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-00-2" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/377/handbook-of-toxicology-and-pharmacological-screening-methods-ii-for-the-students-of-mpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-38-9" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/364/herbal-drug-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-12-0" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/366/hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-66-2" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/342/human-anatomy-and-physiology-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-18-2" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/345/human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-68-7" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/380/industrial-pharmacognostical-techniques-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-21-1" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/343/industrial-pharmacy-ii-for-bpharm-4th-year-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-27-4" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/96/instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-50-7" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/203/lab-manual-for-b-pharmacy-first-year" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-23-3" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/216/mcqs-book-for-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-60-8" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/358/mcqs-for-pharmacy-diploma-exit-examination-dpee-di-gpat-niper-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-80-9" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/198/mcqs-in-pharmacology-for-undergraduate-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-14-1" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/143/medicinal-chemistry-i-for-b-pharm-2nd-year-iv-semester-students-as-per-latest-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-6-2" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/307/multiple-choice-questions-mcqs-of-pharmaceutics-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-65-6" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/285/novel-drug-delivery-system-40ndds41" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-75-5" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/252/novel-drug-delivery-systems" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-87-5" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/141/pharmaceutical-biotechnology" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/157/pharmaceutical-chemistry-i-for-1st-year-d-pharm-students-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-06-6" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/251/pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-86-8" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/258/pharmaceutical-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-94-3" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/282/pharmaceutical-product-development" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-16-8" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/273/pharmaceutics-manual-for-diploma-in-pharmacy-students-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-99-8" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/219/pharmaceutics-practicals-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-50-9" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/292/pharmaceutics-i-a-practical-manual-for-1st-semester-bpharm-and-1st-year-pharmd" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-17-5" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/281/pharmaceutics-i-theory-and-practical" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-84-7" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/310/pharmacognosy-and-phytochemistry-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-40-3" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/361/pharmacognosy-and-phytochemistry-ii-practicals-as-per-pci-syllabus-for-bpharm-5th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-45-8" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/187/pharmacognosy-and-phytopharmaceuticals-lab" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-10-3" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/308/pharmacology-i-exam-success-companion-previous-5-years-solved-question-papers-for-bpharm-4th-semester-bp404t" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-31-1" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/180/physical-pharmaceutics-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-63-9" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/340/practical-book-of-community-pharmacy-and-management-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-58-8" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/113/practical-lab-manual-of-pharmaceutical-organic-chemistry-i-b-pharm-2nd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-67-5" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/114/practical-lab-manual-of-pharmaceutical-organic-chemistry-ii-b-pharm-3rd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-68-2" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/229/practical-manual-of-inorganic-organic-and-medicinal-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-98-9" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/274/preparation-of-inorganic-organic-and-medicinal-compounds-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-53-3" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/333/principles-of-physical-pharmaceutics-fundamentals-and-applications-part-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-48-9" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/332/social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-88-5" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/329/text-book-of-medicinal-chemistry-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-00-7" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/313/text-book-of-medicinal-chemistry-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-39-7" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/372/text-book-of-pharmaceutical-regulatory-science" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-95-2" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/350/text-book-of-pharmacy-practice-for-the-students-of-bpharm-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-10-6" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/383/text-book-of-regulatory-affairs-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-85-3" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/303/text-book-of-social-pharmacy-for-the-students-of-d-pharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-47-2" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/247/textbook-of-cosmetic-science" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-82-0" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/398/textbook-of-dietary-supplements-and-nutraceuticals-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-31-0" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/347/textbook-of-hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-77-9" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/338/textbook-of-human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-94-6" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/348/textbook-of-industrial-pharmacy-i-for-the-students-of-bpharm-5-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-64-9" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/363/textbook-of-industrial-pharmacy-ii-for-the-students-of-bpharm-7-semester-as-per-latest-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-91-5" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/290/textbook-of-instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-38-0" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/137/textbook-of-pharmaceutics-ii-for-second-year-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-90-3" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/400/textbook-of-pharmacology-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-47-1" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/413/textbook-of-pharmacology-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-15-0" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/275/textbook-of-pharmacotherapeutics-for-diploma-in-pharmacy-students-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-96-0" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/316/textbook-of-social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-50-2" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/107/the-theory-and-practical-book-of-industrial-pharmacy-i" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-61-3" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/375/the-theory-and-practical-book-of-pharmaceutical-inorganic-chemistry-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-35-8" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/392/theory-and-practical-book-of-environmental-education-and-disaster-management-for-the-students-of-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-79-2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/215/a-competitive-textbook-of-pharmacology-at-glance" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-34-9" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/291/a-complete-laboratory-manual-of-pharmacology-for-bpharm" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-09-0" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/299/a-concise-book-of-biochemistry-for-bpharm-and-gpat-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-08-3" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/384/a-practical-book-of-biochemistry-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-25-9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/300/a-practical-book-of-herbal-drug-technology-for-bpharm-6th-semester-bp-609p" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-95-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/82/a-practical-book-of-pharmaceutical-inorganic-chemistry-as-per-pci-latest-pattern" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-36-1" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/269/a-practical-manual-of-industrial-pharmacy-i-for-third-year-bpharmacy-vth-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/287/a-text-book-of-biochemistry-and-clinical-pathology" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-55-7" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/93/a-text-book-of-pharmaceutical-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-47-7" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/248/a-text-book-of-pharmacognosy" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-83-7" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/207/a-textbook-of-pharmaceutical-analysis-for-first-year-b-pharm-semester-i-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-26-4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/264/a-textbook-of-pharmaceutical-engineering-for-bpharma-2nd-year-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-9-3" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/195/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-57-8" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/255/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-92-9" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/146/a-textbook-of-pharmaceutical-inorganic-chemistry-as-per-new-pci-syllabus-for-b-pharmacy-ist-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-09-7" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/237/a-textbook-of-pharmaceutical-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-3-2" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/396/a-textbook-of-pharmacognosy-i-for-the-students-of-dpharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-17-4" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/197/a-textbook-of-pharmacy-practice-for-b-pharm-7th-semester-4th-year" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-05-9" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/378/a-textbook-of-physical-pharmaceutics-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-63-1" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/370/a-textbook-of-universal-human-values-and-professional-ethics-for-bpharm-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-82-2" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/117/a-textbook-on-assessment-monitoring-documentation-and-reporting-of-adverse-drug-reactions" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-71-2" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/239/a-theoretical-book-on-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-8-7" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/279/a-theoretical-book-on-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-49-6" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/355/all-in-one-practical-book-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-66-3" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/224/all-in-one-textbook-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-92-7" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/296/biochemistry-and-clinical-pathology-for-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-70-0" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/412/biostatistics-and-research-methodology-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-59-4" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/406/concise-biopharmaceutics-and-pharmacokinetics-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-89-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/306/cosmetology-and-toxicology-for-bpharm-btech-cosmetics-students" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-44-1" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/354/dpharm-exit-exam-dpee" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-02-1" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/407/drug-delivery-system-for-the-students-of-mpharm-1-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-90-7" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/323/environmental-sciences-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-15-1" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/132/experimental-handbook-of-physical-pharmaceutics" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-86-6" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/268/experimental-pharmacology-i-practical-book-according-to-pci-syllabus-for-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/43/fundamentals-of-pharmacy-for-gpat-niper" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-00-2" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/377/handbook-of-toxicology-and-pharmacological-screening-methods-ii-for-the-students-of-mpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-38-9" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/364/herbal-drug-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-12-0" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/366/hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-66-2" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/342/human-anatomy-and-physiology-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-18-2" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/345/human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-68-7" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/380/industrial-pharmacognostical-techniques-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-21-1" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/343/industrial-pharmacy-ii-for-bpharm-4th-year-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-27-4" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/96/instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-50-7" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/203/lab-manual-for-b-pharmacy-first-year" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-23-3" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/216/mcqs-book-for-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-60-8" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/358/mcqs-for-pharmacy-diploma-exit-examination-dpee-di-gpat-niper-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-80-9" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/198/mcqs-in-pharmacology-for-undergraduate-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-14-1" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/143/medicinal-chemistry-i-for-b-pharm-2nd-year-iv-semester-students-as-per-latest-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-6-2" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/307/multiple-choice-questions-mcqs-of-pharmaceutics-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-65-6" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/285/novel-drug-delivery-system-ndds" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-75-5" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/252/novel-drug-delivery-systems" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-87-5" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/141/pharmaceutical-biotechnology" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/157/pharmaceutical-chemistry-i-for-1st-year-d-pharm-students-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-06-6" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/251/pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-86-8" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/258/pharmaceutical-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-94-3" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/282/pharmaceutical-product-development" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-16-8" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/273/pharmaceutics-manual-for-diploma-in-pharmacy-students-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-99-8" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/219/pharmaceutics-practicals-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-50-9" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/292/pharmaceutics-i-a-practical-manual-for-1st-semester-bpharm-and-1st-year-pharmd" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-17-5" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/281/pharmaceutics-i-theory-and-practical" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-84-7" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/310/pharmacognosy-and-phytochemistry-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-40-3" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/361/pharmacognosy-and-phytochemistry-ii-practicals-as-per-pci-syllabus-for-bpharm-5th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-45-8" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/187/pharmacognosy-and-phytopharmaceuticals-lab" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-10-3" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/308/pharmacology-i-exam-success-companion-previous-5-years-solved-question-papers-for-bpharm-4th-semester-bp404t" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-31-1" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/180/physical-pharmaceutics-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-63-9" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/340/practical-book-of-community-pharmacy-and-management-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-58-8" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/113/practical-lab-manual-of-pharmaceutical-organic-chemistry-i-b-pharm-2nd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-67-5" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/114/practical-lab-manual-of-pharmaceutical-organic-chemistry-ii-b-pharm-3rd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-68-2" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/229/practical-manual-of-inorganic-organic-and-medicinal-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-98-9" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/274/preparation-of-inorganic-organic-and-medicinal-compounds-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-53-3" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/333/principles-of-physical-pharmaceutics-fundamentals-and-applications-part-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-48-9" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/332/social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-88-5" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/329/text-book-of-medicinal-chemistry-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-00-7" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/313/text-book-of-medicinal-chemistry-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-39-7" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/372/text-book-of-pharmaceutical-regulatory-science-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-95-2" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/350/text-book-of-pharmacy-practice-for-the-students-of-bpharm-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-10-6" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/383/text-book-of-regulatory-affairs-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-85-3" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/303/text-book-of-social-pharmacy-for-the-students-of-d-pharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-47-2" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/247/textbook-of-cosmetic-science" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-82-0" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/398/textbook-of-dietary-supplements-and-nutraceuticals-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-31-0" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/347/textbook-of-hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-77-9" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/338/textbook-of-human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-94-6" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/348/textbook-of-industrial-pharmacy-i-for-the-students-of-bpharm-5-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-64-9" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/363/textbook-of-industrial-pharmacy-ii-for-the-students-of-bpharm-7-semester-as-per-latest-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-91-5" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/290/textbook-of-instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-38-0" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/137/textbook-of-pharmaceutics-ii-for-second-year-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-90-3" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/400/textbook-of-pharmacology-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-47-1" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/413/textbook-of-pharmacology-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-15-0" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/275/textbook-of-pharmacotherapeutics-for-diploma-in-pharmacy-students-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-96-0" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/316/textbook-of-social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-50-2" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/107/the-theory-and-practical-book-of-industrial-pharmacy-i" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-61-3" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/375/the-theory-and-practical-book-of-pharmaceutical-inorganic-chemistry-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-35-8" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/392/theory-and-practical-book-of-environmental-education-and-disaster-management-for-the-students-of-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-79-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q149"/>
+  <dimension ref="A1:Q138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B119" sqref="B119:H119"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.5645" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
     <col min="17" max="17" width="14.2822" customWidth="true" style="0"/>
   </cols>
@@ -2174,6099 +2244,6043 @@
       <c r="H10" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="9">
         <v>395.0</v>
       </c>
       <c r="J10" s="9">
         <v>25</v>
       </c>
       <c r="K10" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="9">
         <v>300</v>
       </c>
       <c r="M10" s="10" t="s">
         <v>41</v>
       </c>
       <c r="N10" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O10" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P10" s="5" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="Q10" s="9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11" s="5">
         <v>5</v>
       </c>
       <c r="B11" s="8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="9">
         <v>2024</v>
       </c>
       <c r="G11" s="9">
         <v>101</v>
       </c>
       <c r="H11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="9">
         <v>375.0</v>
       </c>
       <c r="J11" s="9">
         <v>20</v>
       </c>
       <c r="K11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L11" s="9">
         <v>200</v>
       </c>
       <c r="M11" s="10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N11" s="9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="O11" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P11" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q11" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12" s="5">
         <v>6</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="9">
         <v>2019</v>
       </c>
       <c r="G12" s="9">
         <v>75</v>
       </c>
       <c r="H12" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="9">
         <v>295.0</v>
       </c>
       <c r="J12" s="9">
         <v>15</v>
       </c>
       <c r="K12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="9">
         <v>170</v>
       </c>
       <c r="M12" s="10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N12" s="9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="O12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P12" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Q12" s="9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13" s="5">
         <v>7</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="9">
         <v>2023</v>
       </c>
       <c r="G13" s="9">
         <v>124</v>
       </c>
       <c r="H13" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="9">
         <v>375.0</v>
       </c>
       <c r="J13" s="9">
         <v>20</v>
       </c>
       <c r="K13" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="9">
         <v>200</v>
       </c>
       <c r="M13" s="10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N13" s="9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="O13" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P13" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="Q13" s="9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14" s="5">
         <v>8</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="9">
         <v>2024</v>
       </c>
       <c r="G14" s="9">
         <v>229</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="9">
         <v>450.0</v>
       </c>
       <c r="J14" s="9">
         <v>25</v>
       </c>
       <c r="K14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="9">
         <v>300</v>
       </c>
       <c r="M14" s="10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N14" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O14" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P14" s="5" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="Q14" s="9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15" s="5">
         <v>9</v>
       </c>
       <c r="B15" s="8" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="9">
         <v>2020</v>
       </c>
       <c r="G15" s="9">
         <v>133</v>
       </c>
       <c r="H15" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="9">
         <v>350.0</v>
       </c>
       <c r="J15" s="9">
         <v>20</v>
       </c>
       <c r="K15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="9">
         <v>350</v>
       </c>
       <c r="M15" s="10" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="N15" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O15" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P15" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="Q15" s="9" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16" s="5">
         <v>10</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="9">
         <v>2023</v>
       </c>
       <c r="G16" s="9">
         <v>145</v>
       </c>
       <c r="H16" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I16" s="9">
         <v>425.0</v>
       </c>
       <c r="J16" s="9">
         <v>25</v>
       </c>
       <c r="K16" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="9">
         <v>300</v>
       </c>
       <c r="M16" s="10" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="N16" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O16" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P16" s="5" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="Q16" s="9" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17" s="5">
         <v>11</v>
       </c>
       <c r="B17" s="8" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="9">
         <v>2022</v>
       </c>
       <c r="G17" s="9">
         <v>254</v>
       </c>
       <c r="H17" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="9">
         <v>450.0</v>
       </c>
       <c r="J17" s="9">
         <v>25</v>
       </c>
       <c r="K17" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="9">
         <v>350</v>
       </c>
       <c r="M17" s="10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="N17" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O17" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P17" s="5" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="Q17" s="9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18" s="5">
         <v>12</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="9">
         <v>2023</v>
       </c>
       <c r="G18" s="9">
         <v>192</v>
       </c>
       <c r="H18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="9">
         <v>425.0</v>
       </c>
       <c r="J18" s="9">
         <v>20</v>
       </c>
       <c r="K18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="9">
         <v>270</v>
       </c>
       <c r="M18" s="10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="N18" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O18" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P18" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="Q18" s="9" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19" s="5">
         <v>13</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="9">
         <v>2022</v>
       </c>
       <c r="G19" s="9">
         <v>140</v>
       </c>
       <c r="H19" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="9">
         <v>375.0</v>
       </c>
       <c r="J19" s="9">
         <v>20</v>
       </c>
       <c r="K19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="9">
         <v>250</v>
       </c>
       <c r="M19" s="10" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="N19" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O19" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P19" s="5" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="Q19" s="9" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20" s="5">
         <v>14</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="9">
         <v>2023</v>
       </c>
       <c r="G20" s="9">
         <v>149</v>
       </c>
       <c r="H20" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="9">
         <v>425.0</v>
       </c>
       <c r="J20" s="9">
         <v>25</v>
       </c>
       <c r="K20" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="9">
         <v>225</v>
       </c>
       <c r="M20" s="10" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="N20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P20" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Q20" s="9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" s="5">
         <v>15</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F21" s="9">
         <v>2021</v>
       </c>
       <c r="G21" s="9">
         <v>189</v>
       </c>
       <c r="H21" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I21" s="9">
         <v>450.0</v>
       </c>
       <c r="J21" s="9">
         <v>25</v>
       </c>
       <c r="K21" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="9">
         <v>300</v>
       </c>
       <c r="M21" s="10" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="N21" s="9" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="O21" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P21" s="5" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="Q21" s="9" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="5">
         <v>16</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C22" s="9" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="9">
         <v>2022</v>
       </c>
       <c r="G22" s="9">
         <v>203</v>
       </c>
       <c r="H22" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="9">
         <v>550.0</v>
       </c>
       <c r="J22" s="9">
         <v>30</v>
       </c>
       <c r="K22" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="9">
         <v>260</v>
       </c>
       <c r="M22" s="10" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="N22" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O22" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P22" s="5" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="Q22" s="9" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="5">
         <v>17</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="9">
         <v>2023</v>
       </c>
       <c r="G23" s="9">
         <v>144</v>
       </c>
       <c r="H23" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="9">
         <v>350.0</v>
       </c>
       <c r="J23" s="9">
         <v>20</v>
       </c>
       <c r="K23" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="9">
         <v>200</v>
       </c>
       <c r="M23" s="10" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="N23" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O23" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P23" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q23" s="9" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="5">
         <v>18</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="9">
         <v>2025</v>
       </c>
       <c r="G24" s="9">
         <v>168</v>
       </c>
       <c r="H24" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="9">
         <v>400.0</v>
       </c>
       <c r="J24" s="9">
         <v>25</v>
       </c>
       <c r="K24" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="9">
         <v>300</v>
       </c>
       <c r="M24" s="10" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N24" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O24" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P24" s="5" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="Q24" s="9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25" s="5">
         <v>19</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="9">
         <v>2022</v>
       </c>
       <c r="G25" s="9">
         <v>146</v>
       </c>
       <c r="H25" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="9">
         <v>395.0</v>
       </c>
       <c r="J25" s="9">
         <v>20</v>
       </c>
       <c r="K25" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="9">
         <v>300</v>
       </c>
       <c r="M25" s="10" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="N25" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O25" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P25" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q25" s="9" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26" s="5">
         <v>20</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C26" s="9" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="9">
         <v>2025</v>
       </c>
       <c r="G26" s="9">
         <v>104</v>
       </c>
       <c r="H26" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="9">
         <v>350.0</v>
       </c>
       <c r="J26" s="9">
         <v>20</v>
       </c>
       <c r="K26" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="9">
         <v>200</v>
       </c>
       <c r="M26" s="10" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N26" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O26" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P26" s="5" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="Q26" s="9" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27" s="5">
         <v>21</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F27" s="9">
         <v>2025</v>
       </c>
       <c r="G27" s="9">
         <v>138</v>
       </c>
       <c r="H27" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="9">
         <v>350.0</v>
       </c>
       <c r="J27" s="9">
         <v>20</v>
       </c>
       <c r="K27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="9">
         <v>220</v>
       </c>
       <c r="M27" s="10" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="N27" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O27" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P27" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q27" s="9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28" s="5">
         <v>22</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F28" s="9">
         <v>2020</v>
       </c>
       <c r="G28" s="9">
         <v>136</v>
       </c>
       <c r="H28" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="9">
         <v>425.0</v>
       </c>
       <c r="J28" s="9">
         <v>20</v>
       </c>
       <c r="K28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="9">
         <v>230</v>
       </c>
       <c r="M28" s="10" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="N28" s="9" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="O28" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P28" s="5" t="s">
         <v>28</v>
       </c>
       <c r="Q28" s="9" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29" s="5">
         <v>23</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F29" s="9">
         <v>2023</v>
       </c>
       <c r="G29" s="9">
         <v>166</v>
       </c>
       <c r="H29" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="9">
         <v>395.0</v>
       </c>
       <c r="J29" s="9">
         <v>20</v>
       </c>
       <c r="K29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="9">
         <v>250</v>
       </c>
       <c r="M29" s="10" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="N29" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O29" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P29" s="5" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="Q29" s="9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30" s="5">
         <v>24</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C30" s="9" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="9">
         <v>2024</v>
       </c>
       <c r="G30" s="9">
         <v>135</v>
       </c>
       <c r="H30" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="9">
         <v>350.0</v>
       </c>
       <c r="J30" s="9">
         <v>20</v>
       </c>
       <c r="K30" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="9">
         <v>220</v>
       </c>
       <c r="M30" s="10" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="N30" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O30" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P30" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q30" s="9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31" s="5">
         <v>25</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C31" s="9" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F31" s="9">
         <v>2025</v>
       </c>
       <c r="G31" s="9">
         <v>159</v>
       </c>
       <c r="H31" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="9">
         <v>475.0</v>
       </c>
       <c r="J31" s="9">
         <v>25</v>
       </c>
       <c r="K31" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="9">
         <v>240</v>
       </c>
       <c r="M31" s="10" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="N31" s="9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="O31" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P31" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q31" s="9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32" s="5">
         <v>26</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F32" s="9">
         <v>2023</v>
       </c>
       <c r="G32" s="9">
         <v>189</v>
       </c>
       <c r="H32" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="9">
         <v>575.0</v>
       </c>
       <c r="J32" s="9">
         <v>30</v>
       </c>
       <c r="K32" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="9">
         <v>260</v>
       </c>
       <c r="M32" s="10" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="N32" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O32" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P32" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q32" s="9" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33" s="5">
         <v>27</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F33" s="9">
         <v>2020</v>
       </c>
       <c r="G33" s="9">
         <v>97</v>
       </c>
       <c r="H33" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="9">
         <v>350.0</v>
       </c>
       <c r="J33" s="9">
         <v>20</v>
       </c>
       <c r="K33" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="9">
         <v>200</v>
       </c>
       <c r="M33" s="10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="N33" s="9" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="O33" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P33" s="5" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="Q33" s="9" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34" s="5">
         <v>28</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="9">
         <v>2023</v>
       </c>
       <c r="G34" s="9">
         <v>674</v>
       </c>
       <c r="H34" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="9">
         <v>1600.0</v>
       </c>
       <c r="J34" s="9">
         <v>75</v>
       </c>
       <c r="K34" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="9">
         <v>1400</v>
       </c>
       <c r="M34" s="10" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="N34" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O34" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P34" s="5" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="Q34" s="9" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35" s="5">
         <v>29</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F35" s="9">
         <v>2021</v>
       </c>
       <c r="G35" s="9">
         <v>266</v>
       </c>
       <c r="H35" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="9">
         <v>995.0</v>
       </c>
       <c r="J35" s="9">
         <v>45</v>
       </c>
       <c r="K35" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="9">
         <v>430</v>
       </c>
       <c r="M35" s="10" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="N35" s="9" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="O35" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P35" s="5" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="Q35" s="9" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36" s="5">
         <v>30</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="9">
         <v>2024</v>
       </c>
       <c r="G36" s="9">
         <v>152</v>
       </c>
       <c r="H36" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="9">
         <v>475.0</v>
       </c>
       <c r="J36" s="9">
         <v>25</v>
       </c>
       <c r="K36" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="9">
         <v>275</v>
       </c>
       <c r="M36" s="10" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="N36" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O36" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P36" s="5" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="Q36" s="9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37" s="5">
         <v>31</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F37" s="9">
         <v>2025</v>
       </c>
       <c r="G37" s="9">
         <v>115</v>
       </c>
       <c r="H37" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="9">
         <v>325.0</v>
       </c>
       <c r="J37" s="9">
         <v>20</v>
       </c>
       <c r="K37" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="9">
         <v>180</v>
       </c>
       <c r="M37" s="10" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="N37" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O37" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P37" s="5" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="Q37" s="9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38" s="5">
         <v>32</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="F38" s="9">
         <v>2024</v>
       </c>
       <c r="G38" s="9">
         <v>1088</v>
       </c>
       <c r="H38" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="9">
         <v>2495.0</v>
       </c>
       <c r="J38" s="9">
         <v>105</v>
       </c>
       <c r="K38" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="9">
         <v>1920</v>
       </c>
       <c r="M38" s="10" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="N38" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O38" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P38" s="5" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="Q38" s="9" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39" s="5">
         <v>33</v>
       </c>
       <c r="B39" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="C39" s="9" t="s">
+        <v>164</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="E39" s="9" t="s">
         <v>160</v>
-      </c>
-[...7 lines deleted...]
-        <v>157</v>
       </c>
       <c r="F39" s="9">
         <v>2024</v>
       </c>
       <c r="G39" s="9">
         <v>407</v>
       </c>
       <c r="H39" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="9">
         <v>925.0</v>
       </c>
       <c r="J39" s="9">
         <v>40</v>
       </c>
       <c r="K39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="9">
         <v>700</v>
       </c>
       <c r="M39" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="N39" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="O39" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P39" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="N39" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q39" s="9" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40" s="5">
         <v>34</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="F40" s="9">
         <v>2024</v>
       </c>
       <c r="G40" s="9">
         <v>380</v>
       </c>
       <c r="H40" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="9">
         <v>875.0</v>
       </c>
       <c r="J40" s="9">
         <v>40</v>
       </c>
       <c r="K40" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="9">
         <v>680</v>
       </c>
       <c r="M40" s="10" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="N40" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O40" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P40" s="5" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="Q40" s="9" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41" s="5">
         <v>35</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="F41" s="9">
         <v>2024</v>
       </c>
       <c r="G41" s="9">
         <v>301</v>
       </c>
       <c r="H41" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="9">
         <v>795.0</v>
       </c>
       <c r="J41" s="9">
         <v>35</v>
       </c>
       <c r="K41" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="9">
         <v>540</v>
       </c>
       <c r="M41" s="10" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="N41" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O41" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P41" s="5" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="Q41" s="9" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42" s="5">
         <v>36</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="9">
         <v>2025</v>
       </c>
       <c r="G42" s="9">
         <v>237</v>
       </c>
       <c r="H42" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="9">
         <v>500.0</v>
       </c>
       <c r="J42" s="9">
         <v>25</v>
       </c>
       <c r="K42" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="9">
         <v>340</v>
       </c>
       <c r="M42" s="10" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="N42" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O42" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P42" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q42" s="9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43" s="5">
         <v>37</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C43" s="9" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="9">
         <v>2024</v>
       </c>
       <c r="G43" s="9">
         <v>92</v>
       </c>
       <c r="H43" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="9">
         <v>300.0</v>
       </c>
       <c r="J43" s="9">
         <v>20</v>
       </c>
       <c r="K43" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="9">
         <v>165</v>
       </c>
       <c r="M43" s="10" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="N43" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O43" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P43" s="5" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="Q43" s="9" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44" s="5">
         <v>38</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="9">
         <v>2025</v>
       </c>
       <c r="G44" s="9">
         <v>613</v>
       </c>
       <c r="H44" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="9">
         <v>1095.0</v>
       </c>
       <c r="J44" s="9">
         <v>40</v>
       </c>
       <c r="K44" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="9">
         <v>1560</v>
       </c>
       <c r="M44" s="10" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="N44" s="9" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="O44" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P44" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q44" s="9" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45" s="5">
         <v>39</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F45" s="9">
         <v>2025</v>
       </c>
       <c r="G45" s="9">
         <v>175</v>
       </c>
       <c r="H45" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="9">
         <v>425.0</v>
       </c>
       <c r="J45" s="9">
         <v>20</v>
       </c>
       <c r="K45" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="9">
         <v>240</v>
       </c>
       <c r="M45" s="10" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="N45" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O45" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P45" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q45" s="9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46" s="5">
         <v>40</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C46" s="9" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F46" s="9">
         <v>2024</v>
       </c>
       <c r="G46" s="9">
         <v>83</v>
       </c>
       <c r="H46" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="9">
         <v>275.0</v>
       </c>
       <c r="J46" s="9">
         <v>15</v>
       </c>
       <c r="K46" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="9">
         <v>140</v>
       </c>
       <c r="M46" s="10" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="N46" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O46" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P46" s="5" t="s">
-        <v>27</v>
+        <v>190</v>
       </c>
       <c r="Q46" s="9" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47" s="5">
         <v>41</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F47" s="9">
         <v>2020</v>
       </c>
       <c r="G47" s="9">
         <v>208</v>
       </c>
       <c r="H47" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="9">
         <v>475.0</v>
       </c>
       <c r="J47" s="9">
         <v>25</v>
       </c>
       <c r="K47" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="9">
         <v>340</v>
       </c>
       <c r="M47" s="10" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="N47" s="9" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="O47" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P47" s="5" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="Q47" s="9" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48" s="5">
         <v>42</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C48" s="9" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="9">
         <v>2023</v>
       </c>
       <c r="G48" s="9">
         <v>91</v>
       </c>
       <c r="H48" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="9">
         <v>325.0</v>
       </c>
       <c r="J48" s="9">
         <v>15</v>
       </c>
       <c r="K48" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="9">
         <v>150</v>
       </c>
       <c r="M48" s="10" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="N48" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O48" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P48" s="5" t="s">
         <v>28</v>
       </c>
       <c r="Q48" s="9" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49" s="5">
         <v>43</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="C49" s="9" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F49" s="9">
         <v>2024</v>
       </c>
       <c r="G49" s="9">
         <v>215</v>
       </c>
       <c r="H49" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="9">
         <v>495.0</v>
       </c>
       <c r="J49" s="9">
         <v>30</v>
       </c>
       <c r="K49" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L49" s="9">
         <v>320</v>
       </c>
       <c r="M49" s="10" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="N49" s="9" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="O49" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P49" s="5" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="Q49" s="9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50" s="5">
         <v>44</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C50" s="9" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="F50" s="9" t="s">
-        <v>205</v>
+      <c r="F50" s="9">
+        <v>2026</v>
       </c>
       <c r="G50" s="9">
         <v>111</v>
       </c>
       <c r="H50" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I50" s="9">
         <v>325.0</v>
       </c>
       <c r="J50" s="9">
         <v>15</v>
       </c>
       <c r="K50" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L50" s="9">
         <v>250</v>
       </c>
       <c r="M50" s="10" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="N50" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O50" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P50" s="5" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="Q50" s="9" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51" s="5">
         <v>45</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C51" s="9" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F51" s="9">
         <v>2023</v>
       </c>
       <c r="G51" s="9">
         <v>417</v>
       </c>
       <c r="H51" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="9">
         <v>995.0</v>
       </c>
       <c r="J51" s="9">
         <v>45</v>
       </c>
       <c r="K51" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="9">
         <v>525</v>
       </c>
       <c r="M51" s="10" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="N51" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O51" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P51" s="5" t="s">
-        <v>38</v>
+        <v>214</v>
       </c>
       <c r="Q51" s="9" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52" s="5">
         <v>46</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C52" s="9" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F52" s="9">
         <v>2019</v>
       </c>
       <c r="G52" s="9">
         <v>252</v>
       </c>
       <c r="H52" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I52" s="9">
         <v>800.0</v>
       </c>
       <c r="J52" s="9">
         <v>40</v>
       </c>
       <c r="K52" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="9">
         <v>430</v>
       </c>
       <c r="M52" s="10" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="N52" s="9" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="O52" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P52" s="5" t="s">
-        <v>137</v>
+        <v>219</v>
       </c>
       <c r="Q52" s="9" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53" s="5">
         <v>47</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="C53" s="9" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F53" s="9">
         <v>2018</v>
       </c>
       <c r="G53" s="9">
         <v>69</v>
       </c>
       <c r="H53" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I53" s="9">
         <v>375.0</v>
       </c>
       <c r="J53" s="9">
         <v>20</v>
       </c>
       <c r="K53" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="9">
         <v>130</v>
       </c>
       <c r="M53" s="10" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="N53" s="9" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="O53" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P53" s="5" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="Q53" s="9" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54" s="5">
         <v>48</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C54" s="9" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F54" s="9">
         <v>2023</v>
       </c>
       <c r="G54" s="9">
         <v>149</v>
       </c>
       <c r="H54" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="9">
         <v>495.0</v>
       </c>
       <c r="J54" s="9">
         <v>25</v>
       </c>
       <c r="K54" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="9">
         <v>230</v>
       </c>
       <c r="M54" s="10" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="N54" s="9" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="O54" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P54" s="5" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="Q54" s="9" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55" s="5">
         <v>49</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="C55" s="9" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F55" s="9">
         <v>2025</v>
       </c>
       <c r="G55" s="9">
         <v>140</v>
       </c>
       <c r="H55" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="9">
         <v>400.0</v>
       </c>
       <c r="J55" s="9">
         <v>25</v>
       </c>
       <c r="K55" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="9">
         <v>260</v>
       </c>
       <c r="M55" s="10" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="N55" s="9" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="O55" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P55" s="5" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="Q55" s="9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56" s="5">
         <v>50</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="C56" s="9" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F56" s="9">
         <v>2024</v>
       </c>
       <c r="G56" s="9">
         <v>111</v>
       </c>
       <c r="H56" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="9">
         <v>400.0</v>
       </c>
       <c r="J56" s="9">
         <v>20</v>
       </c>
       <c r="K56" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L56" s="9">
         <v>180</v>
       </c>
       <c r="M56" s="10" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="N56" s="9" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="O56" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P56" s="5" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="Q56" s="9" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57" s="5">
         <v>51</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C57" s="9" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F57" s="9">
         <v>2025</v>
       </c>
       <c r="G57" s="9">
         <v>138</v>
       </c>
       <c r="H57" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="9">
         <v>375.0</v>
       </c>
       <c r="J57" s="9">
         <v>20</v>
       </c>
       <c r="K57" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L57" s="9">
         <v>220</v>
       </c>
       <c r="M57" s="10" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="N57" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O57" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P57" s="5" t="s">
-        <v>27</v>
+        <v>242</v>
       </c>
       <c r="Q57" s="9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58" s="5">
         <v>52</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="C58" s="9" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F58" s="9">
         <v>2025</v>
       </c>
       <c r="G58" s="9">
         <v>183</v>
       </c>
       <c r="H58" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="9">
         <v>395.0</v>
       </c>
       <c r="J58" s="9">
         <v>20</v>
       </c>
       <c r="K58" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="9">
         <v>280</v>
       </c>
       <c r="M58" s="10" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="N58" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O58" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P58" s="5" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="Q58" s="9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59" s="5">
         <v>53</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="C59" s="9" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F59" s="9">
         <v>2024</v>
       </c>
       <c r="G59" s="9">
         <v>225</v>
       </c>
       <c r="H59" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="9">
         <v>475.0</v>
       </c>
       <c r="J59" s="9">
         <v>30</v>
       </c>
       <c r="K59" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L59" s="9">
         <v>360</v>
       </c>
       <c r="M59" s="10" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="N59" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O59" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P59" s="5" t="s">
-        <v>158</v>
+        <v>250</v>
       </c>
       <c r="Q59" s="9" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60" s="5">
         <v>54</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="C60" s="9" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F60" s="9">
         <v>2024</v>
       </c>
       <c r="G60" s="9">
         <v>197</v>
       </c>
       <c r="H60" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="9">
         <v>475.0</v>
       </c>
       <c r="J60" s="9">
         <v>30</v>
       </c>
       <c r="K60" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L60" s="9">
         <v>400</v>
       </c>
       <c r="M60" s="10" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="N60" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O60" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P60" s="5" t="s">
-        <v>158</v>
+        <v>250</v>
       </c>
       <c r="Q60" s="9" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61" s="5">
         <v>55</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="C61" s="9" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F61" s="9">
         <v>2025</v>
       </c>
       <c r="G61" s="9">
         <v>184</v>
       </c>
       <c r="H61" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I61" s="9">
         <v>475.0</v>
       </c>
       <c r="J61" s="9">
         <v>25</v>
       </c>
       <c r="K61" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="9">
         <v>360</v>
       </c>
       <c r="M61" s="10" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="N61" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O61" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P61" s="5" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="Q61" s="9" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62" s="5">
         <v>56</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="C62" s="9" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F62" s="9">
         <v>2024</v>
       </c>
       <c r="G62" s="9">
         <v>132</v>
       </c>
       <c r="H62" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I62" s="9">
         <v>350.0</v>
       </c>
       <c r="J62" s="9">
         <v>20</v>
       </c>
       <c r="K62" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L62" s="9">
         <v>200</v>
       </c>
       <c r="M62" s="10" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="N62" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O62" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P62" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="Q62" s="9" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63" s="5">
         <v>57</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="C63" s="9" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F63" s="9">
         <v>2020</v>
       </c>
       <c r="G63" s="9">
         <v>143</v>
       </c>
       <c r="H63" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="9">
         <v>350.0</v>
       </c>
       <c r="J63" s="9">
         <v>20</v>
       </c>
       <c r="K63" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L63" s="9">
         <v>335</v>
       </c>
       <c r="M63" s="10" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="N63" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O63" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P63" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q63" s="9" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64" s="5">
         <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="C64" s="9" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F64" s="9">
         <v>2022</v>
       </c>
       <c r="G64" s="9">
         <v>119</v>
       </c>
       <c r="H64" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="9">
         <v>250.0</v>
       </c>
       <c r="J64" s="9">
         <v>15</v>
       </c>
       <c r="K64" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="9">
         <v>200</v>
       </c>
       <c r="M64" s="10" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="N64" s="9" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="O64" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P64" s="5" t="s">
         <v>33</v>
       </c>
       <c r="Q64" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65" s="5">
         <v>59</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C65" s="9" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F65" s="9">
         <v>2022</v>
       </c>
       <c r="G65" s="9">
         <v>146</v>
       </c>
       <c r="H65" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="9">
         <v>350.0</v>
       </c>
       <c r="J65" s="9">
         <v>20</v>
       </c>
       <c r="K65" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L65" s="9">
         <v>220</v>
       </c>
       <c r="M65" s="10" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="N65" s="9" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="O65" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P65" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q65" s="9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66" s="5">
         <v>60</v>
       </c>
       <c r="B66" s="8" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="C66" s="9" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F66" s="9">
         <v>2025</v>
       </c>
       <c r="G66" s="9">
         <v>862</v>
       </c>
       <c r="H66" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="9">
         <v>1600.0</v>
       </c>
       <c r="J66" s="9">
         <v>70</v>
       </c>
       <c r="K66" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L66" s="9">
         <v>1960</v>
       </c>
       <c r="M66" s="10" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="N66" s="9" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="O66" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P66" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q66" s="9" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67" s="5">
         <v>61</v>
       </c>
       <c r="B67" s="8" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="C67" s="9" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F67" s="9">
         <v>2022</v>
       </c>
       <c r="G67" s="9">
         <v>229</v>
       </c>
       <c r="H67" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I67" s="9">
         <v>499.0</v>
       </c>
       <c r="J67" s="9">
         <v>25</v>
       </c>
       <c r="K67" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L67" s="9">
         <v>330</v>
       </c>
       <c r="M67" s="10" t="s">
+        <v>280</v>
+      </c>
+      <c r="N67" s="9" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="O67" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P67" s="5" t="s">
         <v>28</v>
       </c>
       <c r="Q67" s="9" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68" s="5">
         <v>62</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F68" s="9">
         <v>2021</v>
       </c>
       <c r="G68" s="9">
         <v>182</v>
       </c>
       <c r="H68" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="9">
         <v>450.0</v>
       </c>
       <c r="J68" s="9">
         <v>25</v>
       </c>
       <c r="K68" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="9">
         <v>300</v>
       </c>
       <c r="M68" s="10" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="N68" s="9" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="O68" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P68" s="5" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="Q68" s="9" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69" s="5">
         <v>63</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="C69" s="9" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F69" s="9">
         <v>2024</v>
       </c>
       <c r="G69" s="9">
         <v>220</v>
       </c>
       <c r="H69" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I69" s="9">
         <v>475.0</v>
       </c>
       <c r="J69" s="9">
         <v>25</v>
       </c>
       <c r="K69" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="9">
         <v>350</v>
       </c>
       <c r="M69" s="10" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="N69" s="9" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="O69" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P69" s="5" t="s">
-        <v>192</v>
+        <v>290</v>
       </c>
       <c r="Q69" s="9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70" s="5">
         <v>64</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="C70" s="9" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F70" s="9">
         <v>2024</v>
       </c>
       <c r="G70" s="9">
         <v>372</v>
       </c>
       <c r="H70" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I70" s="9">
         <v>750.0</v>
       </c>
       <c r="J70" s="9">
         <v>35</v>
       </c>
       <c r="K70" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="9">
         <v>480</v>
       </c>
       <c r="M70" s="10" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="N70" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O70" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P70" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q70" s="9" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71" s="5">
         <v>65</v>
       </c>
       <c r="B71" s="8" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="C71" s="9" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F71" s="9">
         <v>2023</v>
       </c>
       <c r="G71" s="9">
         <v>124</v>
       </c>
       <c r="H71" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I71" s="9">
         <v>400.0</v>
       </c>
       <c r="J71" s="9">
         <v>20</v>
       </c>
       <c r="K71" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L71" s="9">
         <v>220</v>
       </c>
       <c r="M71" s="10" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="N71" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O71" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P71" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q71" s="9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72" s="5">
         <v>66</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="C72" s="9" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F72" s="9">
         <v>2021</v>
       </c>
       <c r="G72" s="9">
         <v>124</v>
       </c>
       <c r="H72" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I72" s="9">
         <v>400.0</v>
       </c>
       <c r="J72" s="9">
         <v>20</v>
       </c>
       <c r="K72" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L72" s="9">
         <v>325</v>
       </c>
       <c r="M72" s="10" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="N72" s="9" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="O72" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P72" s="5" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="Q72" s="9" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73" s="5">
         <v>67</v>
       </c>
       <c r="B73" s="8" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="C73" s="9" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F73" s="9">
         <v>2021</v>
       </c>
       <c r="G73" s="9">
         <v>204</v>
       </c>
       <c r="H73" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I73" s="9">
         <v>600.0</v>
       </c>
       <c r="J73" s="9">
         <v>25</v>
       </c>
       <c r="K73" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L73" s="9">
         <v>345</v>
       </c>
       <c r="M73" s="10" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="N73" s="9" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="O73" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P73" s="5" t="s">
-        <v>85</v>
+        <v>305</v>
       </c>
       <c r="Q73" s="9" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74" s="5">
         <v>68</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C74" s="9" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F74" s="9">
         <v>2023</v>
       </c>
       <c r="G74" s="9">
         <v>131</v>
       </c>
       <c r="H74" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I74" s="9">
         <v>375.0</v>
       </c>
       <c r="J74" s="9">
         <v>20</v>
       </c>
       <c r="K74" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L74" s="9">
         <v>220</v>
       </c>
       <c r="M74" s="10" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
       <c r="N74" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O74" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P74" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Q74" s="9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75" s="5">
         <v>69</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C75" s="9" t="s">
-        <v>299</v>
+        <v>308</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>300</v>
+        <v>309</v>
       </c>
       <c r="E75" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F75" s="9">
         <v>2023</v>
       </c>
       <c r="G75" s="9">
         <v>184</v>
       </c>
       <c r="H75" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I75" s="9">
         <v>475.0</v>
       </c>
       <c r="J75" s="9">
         <v>25</v>
       </c>
       <c r="K75" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L75" s="9">
         <v>270</v>
       </c>
       <c r="M75" s="10" t="s">
-        <v>299</v>
+        <v>308</v>
       </c>
       <c r="N75" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O75" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P75" s="5" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="Q75" s="9" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76" s="5">
         <v>70</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="C76" s="9" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="E76" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F76" s="9">
         <v>2024</v>
       </c>
       <c r="G76" s="9">
         <v>110</v>
       </c>
       <c r="H76" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I76" s="9">
         <v>350.0</v>
       </c>
       <c r="J76" s="9">
         <v>20</v>
       </c>
       <c r="K76" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L76" s="9">
         <v>180</v>
       </c>
       <c r="M76" s="10" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="N76" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O76" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P76" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q76" s="9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77" s="5">
         <v>71</v>
       </c>
       <c r="B77" s="8" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="C77" s="9" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="E77" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F77" s="9">
         <v>2023</v>
       </c>
       <c r="G77" s="9">
         <v>195</v>
       </c>
       <c r="H77" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I77" s="9">
         <v>475.0</v>
       </c>
       <c r="J77" s="9">
         <v>25</v>
       </c>
       <c r="K77" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L77" s="9">
         <v>350</v>
       </c>
       <c r="M77" s="10" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="N77" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O77" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P77" s="5" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="Q77" s="9" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78" s="5">
         <v>72</v>
       </c>
       <c r="B78" s="8" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C78" s="9" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="E78" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F78" s="9">
         <v>2023</v>
       </c>
       <c r="G78" s="9">
         <v>180</v>
       </c>
       <c r="H78" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I78" s="9">
         <v>450.0</v>
       </c>
       <c r="J78" s="9">
         <v>25</v>
       </c>
       <c r="K78" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L78" s="9">
         <v>270</v>
       </c>
       <c r="M78" s="10" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="N78" s="9" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="O78" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P78" s="5" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="Q78" s="9" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79" s="5">
         <v>73</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="C79" s="9" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
       <c r="E79" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F79" s="9">
         <v>2024</v>
       </c>
       <c r="G79" s="9">
         <v>111</v>
       </c>
       <c r="H79" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I79" s="9">
         <v>375.0</v>
       </c>
       <c r="J79" s="9">
         <v>20</v>
       </c>
       <c r="K79" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L79" s="9">
         <v>170</v>
       </c>
       <c r="M79" s="10" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="N79" s="9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="O79" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P79" s="5" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="Q79" s="9" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80" s="5">
         <v>74</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="C80" s="9" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="E80" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F80" s="9">
         <v>2024</v>
       </c>
       <c r="G80" s="9">
         <v>198</v>
       </c>
       <c r="H80" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I80" s="9">
         <v>425.0</v>
       </c>
       <c r="J80" s="9">
         <v>25</v>
       </c>
       <c r="K80" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L80" s="9">
         <v>280</v>
       </c>
       <c r="M80" s="10" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="N80" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O80" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P80" s="5" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="Q80" s="9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81" s="5">
         <v>75</v>
       </c>
       <c r="B81" s="8" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="C81" s="9" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="E81" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F81" s="9">
         <v>2024</v>
       </c>
       <c r="G81" s="9">
         <v>282</v>
       </c>
       <c r="H81" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I81" s="9">
         <v>550.0</v>
       </c>
       <c r="J81" s="9">
         <v>30</v>
       </c>
       <c r="K81" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L81" s="9">
         <v>440</v>
       </c>
       <c r="M81" s="10" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
       <c r="N81" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O81" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P81" s="5" t="s">
-        <v>71</v>
+        <v>329</v>
       </c>
       <c r="Q81" s="9" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82" s="5">
         <v>76</v>
       </c>
       <c r="B82" s="8" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="C82" s="9" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
       <c r="E82" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F82" s="9">
         <v>2025</v>
       </c>
       <c r="G82" s="9">
         <v>89</v>
       </c>
       <c r="H82" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I82" s="9">
         <v>300.0</v>
       </c>
       <c r="J82" s="9">
         <v>20</v>
       </c>
       <c r="K82" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L82" s="9">
         <v>140</v>
       </c>
       <c r="M82" s="10" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="N82" s="9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="O82" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P82" s="5" t="s">
-        <v>27</v>
+        <v>329</v>
       </c>
       <c r="Q82" s="9" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83" s="5">
         <v>77</v>
       </c>
       <c r="B83" s="8" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
       <c r="C83" s="9" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="E83" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F83" s="9">
         <v>2022</v>
       </c>
       <c r="G83" s="9">
         <v>73</v>
       </c>
       <c r="H83" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I83" s="9">
         <v>225.0</v>
       </c>
       <c r="J83" s="9">
         <v>15</v>
       </c>
       <c r="K83" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L83" s="9">
         <v>130</v>
       </c>
       <c r="M83" s="10" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="N83" s="9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="O83" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P83" s="5" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="Q83" s="9" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84" s="5">
         <v>78</v>
       </c>
       <c r="B84" s="8" t="s">
-        <v>328</v>
+        <v>338</v>
       </c>
       <c r="C84" s="9" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F84" s="9">
         <v>2024</v>
       </c>
       <c r="G84" s="9">
         <v>202</v>
       </c>
       <c r="H84" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I84" s="9">
         <v>400.0</v>
       </c>
       <c r="J84" s="9">
         <v>20</v>
       </c>
       <c r="K84" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L84" s="9">
         <v>320</v>
       </c>
       <c r="M84" s="10" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="N84" s="9" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="O84" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P84" s="5" t="s">
         <v>28</v>
       </c>
       <c r="Q84" s="9" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85" s="5">
         <v>79</v>
       </c>
       <c r="B85" s="8" t="s">
-        <v>332</v>
+        <v>342</v>
       </c>
       <c r="C85" s="9" t="s">
-        <v>333</v>
+        <v>343</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="E85" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F85" s="9">
         <v>2023</v>
       </c>
       <c r="G85" s="9">
         <v>194</v>
       </c>
       <c r="H85" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I85" s="9">
         <v>495.0</v>
       </c>
       <c r="J85" s="9">
         <v>25</v>
       </c>
       <c r="K85" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L85" s="9">
         <v>485</v>
       </c>
       <c r="M85" s="10" t="s">
-        <v>333</v>
+        <v>343</v>
       </c>
       <c r="N85" s="9" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="O85" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P85" s="5" t="s">
         <v>28</v>
       </c>
       <c r="Q85" s="9" t="s">
-        <v>336</v>
+        <v>346</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86" s="5">
         <v>80</v>
       </c>
       <c r="B86" s="8" t="s">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="C86" s="9" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>339</v>
+        <v>349</v>
       </c>
       <c r="E86" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="F86" s="9" t="s">
-        <v>205</v>
+      <c r="F86" s="9">
+        <v>2026</v>
       </c>
       <c r="G86" s="9">
         <v>117</v>
       </c>
       <c r="H86" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I86" s="9">
         <v>450.0</v>
       </c>
       <c r="J86" s="9">
         <v>20</v>
       </c>
       <c r="K86" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L86" s="9">
         <v>150</v>
       </c>
       <c r="M86" s="10" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N86" s="9" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="O86" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P86" s="5" t="s">
         <v>28</v>
       </c>
       <c r="Q86" s="9" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87" s="5">
         <v>81</v>
       </c>
       <c r="B87" s="8" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="C87" s="9" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>343</v>
+        <v>353</v>
       </c>
       <c r="E87" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F87" s="9">
         <v>2022</v>
       </c>
       <c r="G87" s="9">
         <v>101</v>
       </c>
       <c r="H87" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I87" s="9">
         <v>350.0</v>
       </c>
       <c r="J87" s="9">
         <v>20</v>
       </c>
       <c r="K87" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L87" s="9">
         <v>200</v>
       </c>
       <c r="M87" s="10" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="N87" s="9" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
       <c r="O87" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P87" s="5" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="Q87" s="9" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88" s="5">
         <v>82</v>
       </c>
       <c r="B88" s="8" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="C88" s="9" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="E88" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F88" s="9">
         <v>2024</v>
       </c>
       <c r="G88" s="9">
         <v>88</v>
       </c>
       <c r="H88" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I88" s="9">
         <v>350.0</v>
       </c>
       <c r="J88" s="9">
         <v>20</v>
       </c>
       <c r="K88" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="9">
         <v>140</v>
       </c>
       <c r="M88" s="10" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="N88" s="9" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="O88" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P88" s="5" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="Q88" s="9" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89" s="5">
         <v>83</v>
       </c>
       <c r="B89" s="8" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="C89" s="9" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="E89" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F89" s="9">
         <v>2016</v>
       </c>
       <c r="G89" s="9">
         <v>37</v>
       </c>
       <c r="H89" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I89" s="9">
         <v>200.0</v>
       </c>
       <c r="J89" s="9">
         <v>15</v>
       </c>
       <c r="K89" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L89" s="9">
         <v>100</v>
       </c>
       <c r="M89" s="10" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="N89" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O89" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P89" s="5" t="s">
-        <v>33</v>
+        <v>364</v>
       </c>
       <c r="Q89" s="9" t="s">
-        <v>354</v>
+        <v>365</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90" s="5">
         <v>84</v>
       </c>
       <c r="B90" s="8" t="s">
-        <v>355</v>
+        <v>366</v>
       </c>
       <c r="C90" s="9" t="s">
-        <v>356</v>
+        <v>367</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>357</v>
+        <v>368</v>
       </c>
       <c r="E90" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F90" s="9">
         <v>2020</v>
       </c>
       <c r="G90" s="9">
         <v>84</v>
       </c>
       <c r="H90" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I90" s="9">
         <v>350.0</v>
       </c>
       <c r="J90" s="9">
         <v>20</v>
       </c>
       <c r="K90" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L90" s="9">
         <v>150</v>
       </c>
       <c r="M90" s="10" t="s">
-        <v>356</v>
+        <v>367</v>
       </c>
       <c r="N90" s="9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="O90" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P90" s="5" t="s">
-        <v>85</v>
+        <v>369</v>
       </c>
       <c r="Q90" s="9" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91" s="5">
         <v>85</v>
       </c>
       <c r="B91" s="8" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="C91" s="9" t="s">
-        <v>359</v>
+        <v>371</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>357</v>
+        <v>368</v>
       </c>
       <c r="E91" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F91" s="9">
         <v>2020</v>
       </c>
       <c r="G91" s="9">
         <v>103</v>
       </c>
       <c r="H91" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I91" s="9">
         <v>400.0</v>
       </c>
       <c r="J91" s="9">
         <v>20</v>
       </c>
       <c r="K91" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L91" s="9">
         <v>220</v>
       </c>
       <c r="M91" s="10" t="s">
-        <v>359</v>
+        <v>371</v>
       </c>
       <c r="N91" s="9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="O91" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P91" s="5" t="s">
-        <v>85</v>
+        <v>369</v>
       </c>
       <c r="Q91" s="9" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92" s="5">
         <v>86</v>
       </c>
       <c r="B92" s="8" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="C92" s="9" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>362</v>
+        <v>374</v>
       </c>
       <c r="E92" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F92" s="9">
         <v>2023</v>
       </c>
       <c r="G92" s="9">
         <v>249</v>
       </c>
       <c r="H92" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I92" s="9">
         <v>450.0</v>
       </c>
       <c r="J92" s="9">
         <v>25</v>
       </c>
       <c r="K92" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L92" s="9">
         <v>350</v>
       </c>
       <c r="M92" s="10" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="N92" s="9" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="O92" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P92" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q92" s="9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93" s="5">
         <v>87</v>
       </c>
       <c r="B93" s="8" t="s">
-        <v>363</v>
+        <v>375</v>
       </c>
       <c r="C93" s="9" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>365</v>
+        <v>377</v>
       </c>
       <c r="E93" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F93" s="9">
         <v>2023</v>
       </c>
       <c r="G93" s="9">
         <v>223</v>
       </c>
       <c r="H93" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I93" s="9">
         <v>450.0</v>
       </c>
       <c r="J93" s="9">
         <v>25</v>
       </c>
       <c r="K93" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L93" s="9">
         <v>300</v>
       </c>
       <c r="M93" s="10" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="N93" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O93" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P93" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q93" s="9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94" s="5">
         <v>88</v>
       </c>
       <c r="B94" s="8" t="s">
-        <v>366</v>
+        <v>378</v>
       </c>
       <c r="C94" s="9" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>368</v>
+        <v>380</v>
       </c>
       <c r="E94" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F94" s="9">
         <v>2024</v>
       </c>
       <c r="G94" s="9">
         <v>139</v>
       </c>
       <c r="H94" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I94" s="9">
         <v>350.0</v>
       </c>
       <c r="J94" s="9">
         <v>20</v>
       </c>
       <c r="K94" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L94" s="9">
         <v>220</v>
       </c>
       <c r="M94" s="10" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="N94" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O94" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P94" s="5" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="Q94" s="9" t="s">
-        <v>369</v>
+        <v>381</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95" s="5">
         <v>89</v>
       </c>
       <c r="B95" s="8" t="s">
-        <v>370</v>
+        <v>382</v>
       </c>
       <c r="C95" s="9" t="s">
-        <v>371</v>
+        <v>383</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>372</v>
+        <v>384</v>
       </c>
       <c r="E95" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F95" s="9">
         <v>2024</v>
       </c>
       <c r="G95" s="9">
         <v>164</v>
       </c>
       <c r="H95" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I95" s="9">
         <v>375.0</v>
       </c>
       <c r="J95" s="9">
         <v>20</v>
       </c>
       <c r="K95" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L95" s="9">
         <v>260</v>
       </c>
       <c r="M95" s="10" t="s">
-        <v>371</v>
+        <v>383</v>
       </c>
       <c r="N95" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O95" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P95" s="5" t="s">
-        <v>373</v>
+        <v>385</v>
       </c>
       <c r="Q95" s="9" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96" s="5">
         <v>90</v>
       </c>
       <c r="B96" s="8" t="s">
-        <v>375</v>
+        <v>387</v>
       </c>
       <c r="C96" s="9" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="E96" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F96" s="9">
         <v>2024</v>
       </c>
       <c r="G96" s="9">
         <v>242</v>
       </c>
       <c r="H96" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I96" s="9">
         <v>525.0</v>
       </c>
       <c r="J96" s="9">
         <v>30</v>
       </c>
       <c r="K96" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L96" s="9">
         <v>360</v>
       </c>
       <c r="M96" s="10" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="N96" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O96" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P96" s="5" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="Q96" s="9" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97" s="5">
         <v>91</v>
       </c>
       <c r="B97" s="8" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
       <c r="C97" s="9" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="E97" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F97" s="9">
         <v>2024</v>
       </c>
       <c r="G97" s="9">
         <v>211</v>
       </c>
       <c r="H97" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I97" s="9">
         <v>495.0</v>
       </c>
       <c r="J97" s="9">
         <v>30</v>
       </c>
       <c r="K97" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L97" s="9">
         <v>300</v>
       </c>
       <c r="M97" s="10" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="N97" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O97" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P97" s="5" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="Q97" s="9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98" s="5">
         <v>92</v>
       </c>
       <c r="B98" s="8" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="C98" s="9" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="E98" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F98" s="9">
         <v>2025</v>
       </c>
       <c r="G98" s="9">
         <v>103</v>
       </c>
       <c r="H98" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I98" s="9">
         <v>375.0</v>
       </c>
       <c r="J98" s="9">
         <v>20</v>
       </c>
       <c r="K98" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L98" s="9">
         <v>180</v>
       </c>
       <c r="M98" s="10" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="N98" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O98" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P98" s="5" t="s">
-        <v>383</v>
+        <v>395</v>
       </c>
       <c r="Q98" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99" s="5">
         <v>93</v>
       </c>
       <c r="B99" s="8" t="s">
-        <v>384</v>
+        <v>396</v>
       </c>
       <c r="C99" s="9" t="s">
-        <v>385</v>
+        <v>397</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>386</v>
+        <v>398</v>
       </c>
       <c r="E99" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F99" s="9">
         <v>2025</v>
       </c>
       <c r="G99" s="9">
         <v>171</v>
       </c>
       <c r="H99" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="9">
         <v>425.0</v>
       </c>
       <c r="J99" s="9">
         <v>20</v>
       </c>
       <c r="K99" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L99" s="9">
         <v>360</v>
       </c>
       <c r="M99" s="10" t="s">
-        <v>385</v>
+        <v>397</v>
       </c>
       <c r="N99" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O99" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P99" s="5" t="s">
-        <v>27</v>
+        <v>399</v>
       </c>
       <c r="Q99" s="9" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100" s="5">
         <v>94</v>
       </c>
       <c r="B100" s="8" t="s">
-        <v>387</v>
+        <v>400</v>
       </c>
       <c r="C100" s="9" t="s">
-        <v>388</v>
+        <v>401</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="E100" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F100" s="9">
         <v>2025</v>
       </c>
       <c r="G100" s="9">
         <v>137</v>
       </c>
       <c r="H100" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="9">
         <v>395.0</v>
       </c>
       <c r="J100" s="9">
         <v>25</v>
       </c>
       <c r="K100" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L100" s="9">
         <v>300</v>
       </c>
       <c r="M100" s="10" t="s">
-        <v>388</v>
+        <v>401</v>
       </c>
       <c r="N100" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O100" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P100" s="5" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="Q100" s="9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101" s="5">
         <v>95</v>
       </c>
       <c r="B101" s="8" t="s">
-        <v>390</v>
+        <v>403</v>
       </c>
       <c r="C101" s="9" t="s">
-        <v>391</v>
+        <v>404</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>392</v>
+        <v>405</v>
       </c>
       <c r="E101" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F101" s="9">
         <v>2024</v>
       </c>
       <c r="G101" s="9">
         <v>89</v>
       </c>
       <c r="H101" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I101" s="9">
         <v>350.0</v>
       </c>
       <c r="J101" s="9">
         <v>20</v>
       </c>
       <c r="K101" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L101" s="9">
         <v>160</v>
       </c>
       <c r="M101" s="10" t="s">
-        <v>391</v>
+        <v>404</v>
       </c>
       <c r="N101" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O101" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P101" s="5" t="s">
-        <v>27</v>
+        <v>406</v>
       </c>
       <c r="Q101" s="9" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102" s="5">
         <v>96</v>
       </c>
       <c r="B102" s="8" t="s">
-        <v>393</v>
+        <v>407</v>
       </c>
       <c r="C102" s="9" t="s">
-        <v>394</v>
+        <v>408</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>395</v>
+        <v>409</v>
       </c>
       <c r="E102" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F102" s="9">
         <v>2023</v>
       </c>
       <c r="G102" s="9">
         <v>237</v>
       </c>
       <c r="H102" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I102" s="9">
         <v>475.0</v>
       </c>
       <c r="J102" s="9">
         <v>25</v>
       </c>
       <c r="K102" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L102" s="9">
         <v>330</v>
       </c>
       <c r="M102" s="10" t="s">
-        <v>394</v>
+        <v>408</v>
       </c>
       <c r="N102" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O102" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P102" s="5" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="Q102" s="9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103" s="5">
         <v>97</v>
       </c>
       <c r="B103" s="8" t="s">
-        <v>396</v>
+        <v>410</v>
       </c>
       <c r="C103" s="9" t="s">
-        <v>397</v>
+        <v>411</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>398</v>
+        <v>412</v>
       </c>
       <c r="E103" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F103" s="9">
         <v>2025</v>
       </c>
       <c r="G103" s="9">
         <v>185</v>
       </c>
       <c r="H103" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I103" s="9">
         <v>450.0</v>
       </c>
       <c r="J103" s="9">
         <v>25</v>
       </c>
       <c r="K103" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L103" s="9">
         <v>320</v>
       </c>
       <c r="M103" s="10" t="s">
-        <v>397</v>
+        <v>411</v>
       </c>
       <c r="N103" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O103" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P103" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q103" s="9" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104" s="5">
         <v>98</v>
       </c>
       <c r="B104" s="8" t="s">
-        <v>399</v>
+        <v>413</v>
       </c>
       <c r="C104" s="9" t="s">
-        <v>400</v>
+        <v>414</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>401</v>
+        <v>415</v>
       </c>
       <c r="E104" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F104" s="9">
         <v>2024</v>
       </c>
       <c r="G104" s="9">
         <v>159</v>
       </c>
       <c r="H104" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I104" s="9">
         <v>400.0</v>
       </c>
       <c r="J104" s="9">
         <v>25</v>
       </c>
       <c r="K104" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L104" s="9">
         <v>240</v>
       </c>
       <c r="M104" s="10" t="s">
-        <v>400</v>
+        <v>414</v>
       </c>
       <c r="N104" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O104" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P104" s="5" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="Q104" s="9" t="s">
-        <v>369</v>
+        <v>381</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105" s="5">
         <v>99</v>
       </c>
       <c r="B105" s="8" t="s">
-        <v>402</v>
+        <v>416</v>
       </c>
       <c r="C105" s="9" t="s">
-        <v>403</v>
+        <v>417</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>404</v>
+        <v>418</v>
       </c>
       <c r="E105" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F105" s="9">
         <v>2024</v>
       </c>
       <c r="G105" s="9">
         <v>233</v>
       </c>
       <c r="H105" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I105" s="9">
         <v>495.0</v>
       </c>
       <c r="J105" s="9">
         <v>30</v>
       </c>
       <c r="K105" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L105" s="9">
         <v>320</v>
       </c>
       <c r="M105" s="10" t="s">
-        <v>403</v>
+        <v>417</v>
       </c>
       <c r="N105" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O105" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P105" s="5" t="s">
-        <v>405</v>
+        <v>250</v>
       </c>
       <c r="Q105" s="9" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106" s="5">
         <v>100</v>
       </c>
       <c r="B106" s="8" t="s">
-        <v>406</v>
+        <v>419</v>
       </c>
       <c r="C106" s="9" t="s">
-        <v>407</v>
+        <v>420</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="E106" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F106" s="9">
         <v>2024</v>
       </c>
       <c r="G106" s="9">
         <v>196</v>
       </c>
       <c r="H106" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I106" s="9">
         <v>425.0</v>
       </c>
       <c r="J106" s="9">
         <v>25</v>
       </c>
       <c r="K106" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L106" s="9">
         <v>280</v>
       </c>
       <c r="M106" s="10" t="s">
-        <v>407</v>
+        <v>420</v>
       </c>
       <c r="N106" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O106" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P106" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="Q106" s="9" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107" s="5">
         <v>101</v>
       </c>
       <c r="B107" s="8" t="s">
-        <v>409</v>
+        <v>422</v>
       </c>
       <c r="C107" s="9" t="s">
-        <v>410</v>
+        <v>423</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>411</v>
+        <v>424</v>
       </c>
       <c r="E107" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F107" s="9">
         <v>2025</v>
       </c>
       <c r="G107" s="9">
         <v>150</v>
       </c>
       <c r="H107" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I107" s="9">
         <v>450.0</v>
       </c>
       <c r="J107" s="9">
         <v>25</v>
       </c>
       <c r="K107" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L107" s="9">
         <v>220</v>
       </c>
       <c r="M107" s="10" t="s">
-        <v>410</v>
+        <v>423</v>
       </c>
       <c r="N107" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O107" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P107" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="Q107" s="9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108" s="5">
         <v>102</v>
       </c>
       <c r="B108" s="8" t="s">
-        <v>412</v>
+        <v>425</v>
       </c>
       <c r="C108" s="9" t="s">
-        <v>413</v>
+        <v>426</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="E108" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F108" s="9">
         <v>2024</v>
       </c>
       <c r="G108" s="9">
         <v>158</v>
       </c>
       <c r="H108" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I108" s="9">
         <v>395.0</v>
       </c>
       <c r="J108" s="9">
         <v>20</v>
       </c>
       <c r="K108" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L108" s="9">
         <v>250</v>
       </c>
       <c r="M108" s="10" t="s">
-        <v>413</v>
+        <v>426</v>
       </c>
       <c r="N108" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O108" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P108" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q108" s="9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109" s="5">
         <v>103</v>
       </c>
       <c r="B109" s="8" t="s">
-        <v>415</v>
+        <v>428</v>
       </c>
       <c r="C109" s="9" t="s">
-        <v>416</v>
+        <v>429</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>417</v>
+        <v>430</v>
       </c>
       <c r="E109" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F109" s="9">
         <v>2021</v>
       </c>
       <c r="G109" s="9">
         <v>178</v>
       </c>
       <c r="H109" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I109" s="9">
         <v>395.0</v>
       </c>
       <c r="J109" s="9">
         <v>20</v>
       </c>
       <c r="K109" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L109" s="9">
         <v>280</v>
       </c>
       <c r="M109" s="10" t="s">
-        <v>416</v>
+        <v>429</v>
       </c>
       <c r="N109" s="9" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="O109" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P109" s="5" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="Q109" s="9" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110" s="5">
         <v>104</v>
       </c>
       <c r="B110" s="8" t="s">
-        <v>418</v>
+        <v>431</v>
       </c>
       <c r="C110" s="9" t="s">
-        <v>419</v>
+        <v>432</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>420</v>
+        <v>433</v>
       </c>
       <c r="E110" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F110" s="9">
         <v>2025</v>
       </c>
       <c r="G110" s="9">
         <v>170</v>
       </c>
       <c r="H110" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="9">
         <v>475.0</v>
       </c>
       <c r="J110" s="9">
         <v>30</v>
       </c>
       <c r="K110" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L110" s="9">
         <v>280</v>
       </c>
       <c r="M110" s="10" t="s">
-        <v>419</v>
+        <v>432</v>
       </c>
       <c r="N110" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O110" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P110" s="5" t="s">
         <v>28</v>
       </c>
       <c r="Q110" s="9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111" s="5">
         <v>105</v>
       </c>
       <c r="B111" s="8" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="C111" s="9" t="s">
-        <v>422</v>
+        <v>435</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>423</v>
+        <v>436</v>
       </c>
       <c r="E111" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F111" s="9">
         <v>2025</v>
       </c>
       <c r="G111" s="9">
         <v>204</v>
       </c>
       <c r="H111" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I111" s="9">
         <v>450.0</v>
       </c>
       <c r="J111" s="9">
         <v>25</v>
       </c>
       <c r="K111" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L111" s="9">
         <v>300</v>
       </c>
       <c r="M111" s="10" t="s">
-        <v>422</v>
+        <v>435</v>
       </c>
       <c r="N111" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O111" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P111" s="5" t="s">
         <v>28</v>
       </c>
       <c r="Q111" s="9" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112" s="5">
         <v>106</v>
       </c>
       <c r="B112" s="8" t="s">
-        <v>424</v>
+        <v>437</v>
       </c>
       <c r="C112" s="9" t="s">
-        <v>425</v>
+        <v>438</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E112" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F112" s="9">
         <v>2023</v>
       </c>
       <c r="G112" s="9">
         <v>108</v>
       </c>
       <c r="H112" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I112" s="9">
         <v>300.0</v>
       </c>
       <c r="J112" s="9">
         <v>20</v>
       </c>
       <c r="K112" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L112" s="9">
         <v>160</v>
       </c>
       <c r="M112" s="10" t="s">
-        <v>425</v>
+        <v>438</v>
       </c>
       <c r="N112" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O112" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P112" s="5" t="s">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="Q112" s="9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113" s="5">
         <v>107</v>
       </c>
       <c r="B113" s="8" t="s">
-        <v>427</v>
+        <v>440</v>
       </c>
       <c r="C113" s="9" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>429</v>
+        <v>442</v>
       </c>
       <c r="E113" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F113" s="9">
         <v>2023</v>
       </c>
       <c r="G113" s="9">
         <v>275</v>
       </c>
       <c r="H113" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I113" s="9">
         <v>950.0</v>
       </c>
       <c r="J113" s="9">
         <v>40</v>
       </c>
       <c r="K113" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L113" s="9">
         <v>450</v>
       </c>
       <c r="M113" s="10" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="N113" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O113" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P113" s="5" t="s">
-        <v>430</v>
+        <v>443</v>
       </c>
       <c r="Q113" s="9" t="s">
-        <v>431</v>
+        <v>444</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114" s="5">
         <v>108</v>
       </c>
       <c r="B114" s="8" t="s">
-        <v>432</v>
+        <v>445</v>
       </c>
       <c r="C114" s="9" t="s">
-        <v>433</v>
+        <v>446</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>434</v>
+        <v>447</v>
       </c>
       <c r="E114" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F114" s="9">
         <v>2024</v>
       </c>
       <c r="G114" s="9">
         <v>182</v>
       </c>
       <c r="H114" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I114" s="9">
         <v>450.0</v>
       </c>
       <c r="J114" s="9">
         <v>25</v>
       </c>
       <c r="K114" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L114" s="9">
         <v>280</v>
       </c>
       <c r="M114" s="10" t="s">
-        <v>433</v>
+        <v>446</v>
       </c>
       <c r="N114" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O114" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P114" s="5" t="s">
-        <v>373</v>
+        <v>385</v>
       </c>
       <c r="Q114" s="9" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115" s="5">
         <v>109</v>
       </c>
       <c r="B115" s="8" t="s">
-        <v>435</v>
+        <v>448</v>
       </c>
       <c r="C115" s="9" t="s">
-        <v>436</v>
+        <v>449</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>437</v>
+        <v>450</v>
       </c>
       <c r="E115" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F115" s="9">
         <v>2022</v>
       </c>
       <c r="G115" s="9">
         <v>195</v>
       </c>
       <c r="H115" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I115" s="9">
         <v>450.0</v>
       </c>
       <c r="J115" s="9">
         <v>30</v>
       </c>
       <c r="K115" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L115" s="9">
         <v>275</v>
       </c>
       <c r="M115" s="10" t="s">
-        <v>436</v>
+        <v>449</v>
       </c>
       <c r="N115" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O115" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P115" s="5" t="s">
-        <v>438</v>
+        <v>451</v>
       </c>
       <c r="Q115" s="9" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116" s="5">
         <v>110</v>
       </c>
       <c r="B116" s="8" t="s">
-        <v>439</v>
+        <v>452</v>
       </c>
       <c r="C116" s="9" t="s">
-        <v>440</v>
+        <v>453</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="E116" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F116" s="9">
         <v>2020</v>
       </c>
       <c r="G116" s="9">
         <v>207</v>
       </c>
       <c r="H116" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I116" s="9">
         <v>600.0</v>
       </c>
       <c r="J116" s="9">
         <v>25</v>
       </c>
       <c r="K116" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L116" s="9">
         <v>420</v>
       </c>
       <c r="M116" s="10" t="s">
-        <v>440</v>
+        <v>453</v>
       </c>
       <c r="N116" s="9" t="s">
-        <v>442</v>
+        <v>455</v>
       </c>
       <c r="O116" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P116" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="Q116" s="9" t="s">
-        <v>443</v>
+        <v>456</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117" s="5">
         <v>111</v>
       </c>
       <c r="B117" s="8" t="s">
-        <v>444</v>
+        <v>457</v>
       </c>
       <c r="C117" s="9" t="s">
-        <v>445</v>
+        <v>458</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
       <c r="E117" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F117" s="9">
         <v>2025</v>
       </c>
       <c r="G117" s="9">
         <v>189</v>
       </c>
       <c r="H117" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I117" s="9">
         <v>450.0</v>
       </c>
       <c r="J117" s="9">
         <v>25</v>
       </c>
       <c r="K117" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L117" s="9">
         <v>390</v>
       </c>
       <c r="M117" s="10" t="s">
-        <v>445</v>
+        <v>458</v>
       </c>
       <c r="N117" s="9" t="s">
-        <v>447</v>
+        <v>460</v>
       </c>
       <c r="O117" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P117" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Q117" s="9" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118" s="5">
         <v>112</v>
       </c>
       <c r="B118" s="8" t="s">
-        <v>448</v>
+        <v>461</v>
       </c>
       <c r="C118" s="9" t="s">
-        <v>449</v>
+        <v>462</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="E118" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F118" s="9">
         <v>2025</v>
       </c>
       <c r="G118" s="9">
         <v>122</v>
       </c>
       <c r="H118" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I118" s="9">
         <v>350.0</v>
       </c>
       <c r="J118" s="9">
         <v>20</v>
       </c>
       <c r="K118" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L118" s="9">
         <v>225</v>
       </c>
       <c r="M118" s="10" t="s">
-        <v>449</v>
+        <v>462</v>
       </c>
       <c r="N118" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O118" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P118" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q118" s="9" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="B119" s="13"/>
       <c r="C119" s="13"/>
       <c r="D119" s="13"/>
       <c r="E119" s="13"/>
       <c r="F119" s="13"/>
       <c r="G119" s="13"/>
       <c r="H119" s="13"/>
     </row>
     <row r="120" spans="1:17">
-      <c r="B120" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A120" s="12" t="s">
+        <v>464</v>
+      </c>
+      <c r="B120" s="12"/>
       <c r="C120" s="12"/>
       <c r="D120" s="12"/>
       <c r="E120" s="12"/>
       <c r="F120" s="12"/>
       <c r="G120" s="12"/>
       <c r="H120" s="12"/>
-      <c r="I120" s="12"/>
     </row>
     <row r="121" spans="1:17">
-      <c r="B121" s="12"/>
-[...6 lines deleted...]
-      <c r="I121" s="12"/>
+      <c r="A121" s="12" t="s">
+        <v>465</v>
+      </c>
+      <c r="B121" s="11"/>
+      <c r="C121" s="11"/>
+      <c r="D121" s="11"/>
+      <c r="E121" s="11"/>
+      <c r="F121" s="11"/>
+      <c r="G121" s="11"/>
+      <c r="H121" s="11"/>
     </row>
     <row r="122" spans="1:17">
-      <c r="B122" s="12"/>
-[...6 lines deleted...]
-      <c r="I122" s="12"/>
+      <c r="A122" s="11" t="s">
+        <v>466</v>
+      </c>
+      <c r="B122" s="11"/>
+      <c r="C122" s="11"/>
+      <c r="D122" s="11"/>
+      <c r="E122" s="11"/>
+      <c r="F122" s="11"/>
+      <c r="G122" s="11"/>
+      <c r="H122" s="11"/>
     </row>
     <row r="123" spans="1:17">
-      <c r="B123" s="12"/>
-[...6 lines deleted...]
-      <c r="I123" s="12"/>
+      <c r="A123" s="11" t="s">
+        <v>467</v>
+      </c>
+      <c r="B123" s="11"/>
+      <c r="C123" s="11"/>
+      <c r="D123" s="11"/>
+      <c r="E123" s="11"/>
+      <c r="F123" s="11"/>
+      <c r="G123" s="11"/>
+      <c r="H123" s="11"/>
     </row>
     <row r="124" spans="1:17">
-      <c r="B124" s="12"/>
-[...6 lines deleted...]
-      <c r="I124" s="12"/>
+      <c r="A124" s="12" t="s">
+        <v>468</v>
+      </c>
+      <c r="B124" s="11"/>
+      <c r="C124" s="11"/>
+      <c r="D124" s="11"/>
+      <c r="E124" s="11"/>
+      <c r="F124" s="11"/>
+      <c r="G124" s="11"/>
+      <c r="H124" s="11"/>
     </row>
     <row r="125" spans="1:17">
-      <c r="B125" s="12"/>
-[...6 lines deleted...]
-      <c r="I125" s="12"/>
+      <c r="A125" s="12" t="s">
+        <v>469</v>
+      </c>
+      <c r="B125" s="11"/>
+      <c r="C125" s="11"/>
+      <c r="D125" s="11"/>
+      <c r="E125" s="11"/>
+      <c r="F125" s="11"/>
+      <c r="G125" s="11"/>
+      <c r="H125" s="11"/>
     </row>
     <row r="126" spans="1:17">
-      <c r="B126" s="12"/>
-[...6 lines deleted...]
-      <c r="I126" s="12"/>
+      <c r="A126" s="12" t="s">
+        <v>470</v>
+      </c>
+      <c r="B126" s="11"/>
+      <c r="C126" s="11"/>
+      <c r="D126" s="11"/>
+      <c r="E126" s="11"/>
+      <c r="F126" s="11"/>
+      <c r="G126" s="11"/>
+      <c r="H126" s="11"/>
     </row>
     <row r="127" spans="1:17">
-      <c r="B127" s="12"/>
-[...6 lines deleted...]
-      <c r="I127" s="12"/>
+      <c r="A127" s="12" t="s">
+        <v>471</v>
+      </c>
+      <c r="B127" s="11"/>
+      <c r="C127" s="11"/>
+      <c r="D127" s="11"/>
+      <c r="E127" s="11"/>
+      <c r="F127" s="11"/>
+      <c r="G127" s="11"/>
+      <c r="H127" s="11"/>
     </row>
     <row r="128" spans="1:17">
+      <c r="A128" s="12" t="s">
+        <v>472</v>
+      </c>
       <c r="B128" s="12"/>
       <c r="C128" s="12"/>
       <c r="D128" s="12"/>
       <c r="E128" s="12"/>
       <c r="F128" s="12"/>
       <c r="G128" s="12"/>
       <c r="H128" s="12"/>
-      <c r="I128" s="12"/>
     </row>
     <row r="129" spans="1:17">
-      <c r="B129" s="12"/>
-[...6 lines deleted...]
-      <c r="I129" s="12"/>
+      <c r="A129" s="11" t="s">
+        <v>473</v>
+      </c>
+      <c r="B129" s="11"/>
+      <c r="C129" s="11"/>
+      <c r="D129" s="11"/>
+      <c r="E129" s="11"/>
+      <c r="F129" s="11"/>
+      <c r="G129" s="11"/>
+      <c r="H129" s="11"/>
     </row>
     <row r="130" spans="1:17">
-      <c r="B130" s="12"/>
-[...6 lines deleted...]
-      <c r="I130" s="12"/>
+      <c r="A130" s="12" t="s">
+        <v>474</v>
+      </c>
+      <c r="B130" s="11"/>
+      <c r="C130" s="11"/>
+      <c r="D130" s="11"/>
+      <c r="E130" s="11"/>
+      <c r="F130" s="11"/>
+      <c r="G130" s="11"/>
+      <c r="H130" s="11"/>
     </row>
     <row r="131" spans="1:17">
-      <c r="B131" s="12"/>
-[...6 lines deleted...]
-      <c r="I131" s="12"/>
+      <c r="A131" s="12" t="s">
+        <v>475</v>
+      </c>
+      <c r="B131" s="11"/>
+      <c r="C131" s="11"/>
+      <c r="D131" s="11"/>
+      <c r="E131" s="11"/>
+      <c r="F131" s="11"/>
+      <c r="G131" s="11"/>
+      <c r="H131" s="11"/>
     </row>
     <row r="132" spans="1:17">
+      <c r="A132" s="12" t="s">
+        <v>476</v>
+      </c>
       <c r="B132" s="12"/>
       <c r="C132" s="12"/>
       <c r="D132" s="12"/>
       <c r="E132" s="12"/>
       <c r="F132" s="12"/>
       <c r="G132" s="12"/>
       <c r="H132" s="12"/>
-      <c r="I132" s="12"/>
     </row>
     <row r="133" spans="1:17">
-      <c r="B133" s="12"/>
-[...6 lines deleted...]
-      <c r="I133" s="12"/>
+      <c r="A133" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B133" s="11"/>
+      <c r="C133" s="11"/>
+      <c r="D133" s="11"/>
+      <c r="E133" s="11"/>
+      <c r="F133" s="11"/>
+      <c r="G133" s="11"/>
+      <c r="H133" s="11"/>
     </row>
     <row r="134" spans="1:17">
-      <c r="B134" s="12"/>
-[...6 lines deleted...]
-      <c r="I134" s="12"/>
+      <c r="A134" s="11" t="s">
+        <v>477</v>
+      </c>
+      <c r="B134" s="11"/>
+      <c r="C134" s="11"/>
+      <c r="D134" s="11"/>
+      <c r="E134" s="11"/>
+      <c r="F134" s="11"/>
+      <c r="G134" s="11"/>
+      <c r="H134" s="11"/>
     </row>
     <row r="135" spans="1:17">
-      <c r="B135" s="12"/>
-[...6 lines deleted...]
-      <c r="I135" s="12"/>
+      <c r="A135" s="11" t="s">
+        <v>478</v>
+      </c>
+      <c r="B135" s="11"/>
+      <c r="C135" s="11"/>
+      <c r="D135" s="11"/>
+      <c r="E135" s="11"/>
+      <c r="F135" s="11"/>
+      <c r="G135" s="11"/>
+      <c r="H135" s="11"/>
     </row>
     <row r="136" spans="1:17">
-      <c r="B136" s="12"/>
-[...6 lines deleted...]
-      <c r="I136" s="12"/>
+      <c r="A136" s="11" t="s">
+        <v>479</v>
+      </c>
+      <c r="B136" s="11"/>
+      <c r="C136" s="11"/>
+      <c r="D136" s="11"/>
+      <c r="E136" s="11"/>
+      <c r="F136" s="11"/>
+      <c r="G136" s="11"/>
+      <c r="H136" s="11"/>
     </row>
     <row r="137" spans="1:17">
-      <c r="B137" s="12"/>
-[...6 lines deleted...]
-      <c r="I137" s="12"/>
+      <c r="A137" s="12" t="s">
+        <v>480</v>
+      </c>
+      <c r="B137" s="11"/>
+      <c r="C137" s="11"/>
+      <c r="D137" s="11"/>
+      <c r="E137" s="11"/>
+      <c r="F137" s="11"/>
+      <c r="G137" s="11"/>
+      <c r="H137" s="11"/>
     </row>
     <row r="138" spans="1:17">
-      <c r="B138" s="12"/>
-[...116 lines deleted...]
-      <c r="I149" s="12"/>
+      <c r="A138" s="12" t="s">
+        <v>481</v>
+      </c>
+      <c r="B138" s="11"/>
+      <c r="C138" s="11"/>
+      <c r="D138" s="11"/>
+      <c r="E138" s="11"/>
+      <c r="F138" s="11"/>
+      <c r="G138" s="11"/>
+      <c r="H138" s="11"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
-    <mergeCell ref="B120:I149"/>
+    <mergeCell ref="A120:H120"/>
+    <mergeCell ref="A121:H121"/>
+    <mergeCell ref="A122:H122"/>
+    <mergeCell ref="A123:H123"/>
+    <mergeCell ref="A124:H124"/>
+    <mergeCell ref="A125:H125"/>
+    <mergeCell ref="A126:H126"/>
+    <mergeCell ref="A127:H127"/>
+    <mergeCell ref="A128:H128"/>
+    <mergeCell ref="A129:H129"/>
+    <mergeCell ref="A130:H130"/>
+    <mergeCell ref="A131:H131"/>
+    <mergeCell ref="A132:H132"/>
+    <mergeCell ref="A133:H133"/>
+    <mergeCell ref="A134:H134"/>
+    <mergeCell ref="A135:H135"/>
+    <mergeCell ref="A136:H136"/>
+    <mergeCell ref="A137:H137"/>
+    <mergeCell ref="A138:H138"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_16"/>
     <hyperlink ref="M14" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_18"/>
     <hyperlink ref="M15" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_20"/>
     <hyperlink ref="M16" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_22"/>
     <hyperlink ref="M17" r:id="rId_hyperlink_23"/>