--- v3 (2026-01-21)
+++ v4 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="482">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="488">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
     <t>Pharmacy BOOKS PRICE / CATALOGUE For Year - 2026</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
@@ -743,50 +743,62 @@
   <si>
     <t>Handbook on Good Clinical Laboratory Practices (GCLP)</t>
   </si>
   <si>
     <t>978-81-19613-33-5</t>
   </si>
   <si>
     <t>Prof. Vishwajeet Rohil, Dr. Jayeeta Bhadra, Dr. Juhi Aggarwal</t>
   </si>
   <si>
     <t>Lab, Laboratory</t>
   </si>
   <si>
     <t>Herbal Drug Technology</t>
   </si>
   <si>
     <t>978-81-19613-12-0</t>
   </si>
   <si>
     <t>Dr. Sukirti Upadhyay, Dr. Prashant Upadhyay, Dr. Rita Yadav, Ms. Srishti Goyal</t>
   </si>
   <si>
     <t>Herbal Drug Technology, Pharmacy</t>
   </si>
   <si>
+    <t>Herbal Drug Technology- A Comprehensive Textbook for the Students of B.Pharm. 6th Semester</t>
+  </si>
+  <si>
+    <t>978-93-48565-40-2</t>
+  </si>
+  <si>
+    <t>Dr. Sonia Narwal, Dr. Gaurav Agarwal, Mr. Alok Bhatt, Ms. Sharmila Maan</t>
+  </si>
+  <si>
+    <t>22x15.5x1.4</t>
+  </si>
+  <si>
     <t>Hospital and Clinical Pharmacy for the Students of D.Pharm 2nd Year</t>
   </si>
   <si>
     <t>978-93-48565-66-2</t>
   </si>
   <si>
     <t>Abhinay Tiwari, Blessy Jacob, Dr. Bincy Pothen, Prof. Shivshankar Tiwari</t>
   </si>
   <si>
     <t>Hospital and Clinical Pharmacy</t>
   </si>
   <si>
     <t>Human Anatomy and Physiology-I for the Students of B.Pharm 1st Semester</t>
   </si>
   <si>
     <t>978-81-19613-18-2</t>
   </si>
   <si>
     <t>R. K. Marya, M.D. (Physiology); Ph.D.</t>
   </si>
   <si>
     <t>Anatomy and Physiology</t>
   </si>
   <si>
     <t>Human Anatomy and Physiology-II for the Students of B.Pharm 2nd Semester</t>
@@ -1037,53 +1049,50 @@
   <si>
     <t>Dr. R. Ramasubramania Raja</t>
   </si>
   <si>
     <t>Pharmacognosy and Phytopharmaceuticals Lab</t>
   </si>
   <si>
     <t>978-93-91208-10-3</t>
   </si>
   <si>
     <t>Prof. Dr. R. Ramasubramania Raja</t>
   </si>
   <si>
     <t>22x15x0.5</t>
   </si>
   <si>
     <t>Pharmacology I- Exam Success Companion (Previous 5 Years Solved Question Papers) for B.Pharm 4th Semester (BP404T)</t>
   </si>
   <si>
     <t>978-81-19613-31-1</t>
   </si>
   <si>
     <t>Reference Book/Questions Bank</t>
   </si>
   <si>
-    <t>22x15.5x1.4</t>
-[...1 lines deleted...]
-  <si>
     <t>Pharmacology Log Book-cum-Practical Manual</t>
   </si>
   <si>
     <t>978-93-91208-77-6</t>
   </si>
   <si>
     <t>Razi Ahmad, Shamran Ahmad</t>
   </si>
   <si>
     <t>Logbook</t>
   </si>
   <si>
     <t>28x21x1.2</t>
   </si>
   <si>
     <t>Pharmacology MCQ for All India Postgraduate Medical Entrance Examination</t>
   </si>
   <si>
     <t>978-81-933819-5-3</t>
   </si>
   <si>
     <t>Dr. Chetan D.M., Dr. Chandrasehkar V.M., Dr. Raghavendra H.L, Dr. Sujatha Barangi</t>
   </si>
   <si>
     <t>23x15x0.5</t>
@@ -1305,50 +1314,59 @@
     <t>Textbook of Industrial Pharmacy-II for the Students of B.Pharm 7 Semester (As Per Latest PCI Regulations)</t>
   </si>
   <si>
     <t>978-81-19613-91-5</t>
   </si>
   <si>
     <t>Neha Srivastava, Co-Authors- Ashok Kumar, Shiwani Jaiswal, Shreya Maddesiya Ankit Kumar Mishra</t>
   </si>
   <si>
     <t>Textbook of Instrumental Methods of Analysis</t>
   </si>
   <si>
     <t>978-81-19613-38-0</t>
   </si>
   <si>
     <t>Reena Singh, Jitendra Kumar, Tarun Chaudhary, Nisha Chaudharee</t>
   </si>
   <si>
     <t>Textbook of Pharmaceutics II (For Second Year Diploma in Pharmacy)</t>
   </si>
   <si>
     <t>978-93-88022-90-3</t>
   </si>
   <si>
     <t>Vipul A. Sansare, Abhijeet M. Kanavaje, Rehan Uddin</t>
+  </si>
+  <si>
+    <t>Textbook of Pharmaceutics-I for B.Pharm 1st Semester Students</t>
+  </si>
+  <si>
+    <t>978-93-48565-74-7</t>
+  </si>
+  <si>
+    <t>Ms. Sneha Yadav, Dr. Prashant Kumar Katiyar, Dr. Nidhi Tyagi</t>
   </si>
   <si>
     <t>Textbook of Pharmacology- I for the Students of B.Pharm 4th Semester</t>
   </si>
   <si>
     <t>978-93-48565-47-1</t>
   </si>
   <si>
     <t>Dr. Nidhi Tyagi, Dr. Prashant Kumar, Dr. Prashant Kumar Katiyar</t>
   </si>
   <si>
     <t>Textbook of Pharmacology-III for the Students of B.Pharm 6th Semester</t>
   </si>
   <si>
     <t>978-93-48565-15-0</t>
   </si>
   <si>
     <t>Dr. Chirag Desai, Dr. Nishith Patel, Ms. Jital Desai, Ms. Anjuman Mansuri</t>
   </si>
   <si>
     <t>Textbook of Pharmacotherapeutics For Diploma in Pharmacy Students 2nd Year</t>
   </si>
   <si>
     <t>978-81-19613-96-0</t>
   </si>
@@ -1901,62 +1919,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/215/a-competitive-textbook-of-pharmacology-at-glance" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-34-9" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/291/a-complete-laboratory-manual-of-pharmacology-for-bpharm" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-09-0" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/299/a-concise-book-of-biochemistry-for-bpharm-and-gpat-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-08-3" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/384/a-practical-book-of-biochemistry-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-25-9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/300/a-practical-book-of-herbal-drug-technology-for-bpharm-6th-semester-bp-609p" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-95-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/82/a-practical-book-of-pharmaceutical-inorganic-chemistry-as-per-pci-latest-pattern" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-36-1" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/269/a-practical-manual-of-industrial-pharmacy-i-for-third-year-bpharmacy-vth-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/287/a-text-book-of-biochemistry-and-clinical-pathology" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-55-7" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/93/a-text-book-of-pharmaceutical-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-47-7" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/248/a-text-book-of-pharmacognosy" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-83-7" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/207/a-textbook-of-pharmaceutical-analysis-for-first-year-b-pharm-semester-i-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-26-4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/264/a-textbook-of-pharmaceutical-engineering-for-bpharma-2nd-year-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-9-3" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/195/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-57-8" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/255/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-92-9" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/146/a-textbook-of-pharmaceutical-inorganic-chemistry-as-per-new-pci-syllabus-for-b-pharmacy-ist-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-09-7" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/237/a-textbook-of-pharmaceutical-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-3-2" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/396/a-textbook-of-pharmacognosy-i-for-the-students-of-dpharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-17-4" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/197/a-textbook-of-pharmacy-practice-for-b-pharm-7th-semester-4th-year" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-05-9" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/378/a-textbook-of-physical-pharmaceutics-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-63-1" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/370/a-textbook-of-universal-human-values-and-professional-ethics-for-bpharm-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-82-2" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/117/a-textbook-on-assessment-monitoring-documentation-and-reporting-of-adverse-drug-reactions" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-71-2" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/239/a-theoretical-book-on-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-8-7" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/279/a-theoretical-book-on-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-49-6" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/355/all-in-one-practical-book-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-66-3" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/224/all-in-one-textbook-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-92-7" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/296/biochemistry-and-clinical-pathology-for-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-70-0" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/412/biostatistics-and-research-methodology-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-59-4" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/406/concise-biopharmaceutics-and-pharmacokinetics-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-89-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/306/cosmetology-and-toxicology-for-bpharm-btech-cosmetics-students" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-44-1" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/354/dpharm-exit-exam-dpee" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-02-1" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/407/drug-delivery-system-for-the-students-of-mpharm-1-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-90-7" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/323/environmental-sciences-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-15-1" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/132/experimental-handbook-of-physical-pharmaceutics" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-86-6" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/268/experimental-pharmacology-i-practical-book-according-to-pci-syllabus-for-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/43/fundamentals-of-pharmacy-for-gpat-niper" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-00-2" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/377/handbook-of-toxicology-and-pharmacological-screening-methods-ii-for-the-students-of-mpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-38-9" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/364/herbal-drug-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-12-0" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/366/hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-66-2" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/342/human-anatomy-and-physiology-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-18-2" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/345/human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-68-7" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/380/industrial-pharmacognostical-techniques-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-21-1" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/343/industrial-pharmacy-ii-for-bpharm-4th-year-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-27-4" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/96/instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-50-7" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/203/lab-manual-for-b-pharmacy-first-year" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-23-3" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/216/mcqs-book-for-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-60-8" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/358/mcqs-for-pharmacy-diploma-exit-examination-dpee-di-gpat-niper-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-80-9" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/198/mcqs-in-pharmacology-for-undergraduate-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-14-1" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/143/medicinal-chemistry-i-for-b-pharm-2nd-year-iv-semester-students-as-per-latest-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-6-2" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/307/multiple-choice-questions-mcqs-of-pharmaceutics-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-65-6" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/285/novel-drug-delivery-system-ndds" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-75-5" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/252/novel-drug-delivery-systems" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-87-5" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/141/pharmaceutical-biotechnology" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/157/pharmaceutical-chemistry-i-for-1st-year-d-pharm-students-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-06-6" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/251/pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-86-8" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/258/pharmaceutical-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-94-3" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/282/pharmaceutical-product-development" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-16-8" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/273/pharmaceutics-manual-for-diploma-in-pharmacy-students-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-99-8" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/219/pharmaceutics-practicals-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-50-9" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/292/pharmaceutics-i-a-practical-manual-for-1st-semester-bpharm-and-1st-year-pharmd" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-17-5" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/281/pharmaceutics-i-theory-and-practical" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-84-7" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/310/pharmacognosy-and-phytochemistry-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-40-3" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/361/pharmacognosy-and-phytochemistry-ii-practicals-as-per-pci-syllabus-for-bpharm-5th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-45-8" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/187/pharmacognosy-and-phytopharmaceuticals-lab" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-10-3" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/308/pharmacology-i-exam-success-companion-previous-5-years-solved-question-papers-for-bpharm-4th-semester-bp404t" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-31-1" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/180/physical-pharmaceutics-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-63-9" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/340/practical-book-of-community-pharmacy-and-management-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-58-8" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/113/practical-lab-manual-of-pharmaceutical-organic-chemistry-i-b-pharm-2nd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-67-5" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/114/practical-lab-manual-of-pharmaceutical-organic-chemistry-ii-b-pharm-3rd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-68-2" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/229/practical-manual-of-inorganic-organic-and-medicinal-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-98-9" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/274/preparation-of-inorganic-organic-and-medicinal-compounds-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-53-3" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/333/principles-of-physical-pharmaceutics-fundamentals-and-applications-part-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-48-9" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/332/social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-88-5" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/329/text-book-of-medicinal-chemistry-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-00-7" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/313/text-book-of-medicinal-chemistry-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-39-7" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/372/text-book-of-pharmaceutical-regulatory-science-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-95-2" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/350/text-book-of-pharmacy-practice-for-the-students-of-bpharm-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-10-6" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/383/text-book-of-regulatory-affairs-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-85-3" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/303/text-book-of-social-pharmacy-for-the-students-of-d-pharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-47-2" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/247/textbook-of-cosmetic-science" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-82-0" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/398/textbook-of-dietary-supplements-and-nutraceuticals-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-31-0" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/347/textbook-of-hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-77-9" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/338/textbook-of-human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-94-6" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/348/textbook-of-industrial-pharmacy-i-for-the-students-of-bpharm-5-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-64-9" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/363/textbook-of-industrial-pharmacy-ii-for-the-students-of-bpharm-7-semester-as-per-latest-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-91-5" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/290/textbook-of-instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-38-0" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/137/textbook-of-pharmaceutics-ii-for-second-year-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-90-3" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/400/textbook-of-pharmacology-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-47-1" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/413/textbook-of-pharmacology-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-15-0" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/275/textbook-of-pharmacotherapeutics-for-diploma-in-pharmacy-students-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-96-0" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/316/textbook-of-social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-50-2" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/107/the-theory-and-practical-book-of-industrial-pharmacy-i" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-61-3" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/375/the-theory-and-practical-book-of-pharmaceutical-inorganic-chemistry-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-35-8" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/392/theory-and-practical-book-of-environmental-education-and-disaster-management-for-the-students-of-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-79-2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/215/a-competitive-textbook-of-pharmacology-at-glance" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-34-9" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/291/a-complete-laboratory-manual-of-pharmacology-for-bpharm" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-09-0" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/299/a-concise-book-of-biochemistry-for-bpharm-and-gpat-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-08-3" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/384/a-practical-book-of-biochemistry-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-25-9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/300/a-practical-book-of-herbal-drug-technology-for-bpharm-6th-semester-bp-609p" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-95-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/82/a-practical-book-of-pharmaceutical-inorganic-chemistry-as-per-pci-latest-pattern" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-36-1" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/269/a-practical-manual-of-industrial-pharmacy-i-for-third-year-bpharmacy-vth-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/287/a-text-book-of-biochemistry-and-clinical-pathology" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-55-7" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/93/a-text-book-of-pharmaceutical-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-47-7" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/248/a-text-book-of-pharmacognosy" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-83-7" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/207/a-textbook-of-pharmaceutical-analysis-for-first-year-b-pharm-semester-i-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-26-4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/264/a-textbook-of-pharmaceutical-engineering-for-bpharma-2nd-year-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-9-3" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/195/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-57-8" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/255/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-92-9" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/146/a-textbook-of-pharmaceutical-inorganic-chemistry-as-per-new-pci-syllabus-for-b-pharmacy-ist-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-09-7" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/237/a-textbook-of-pharmaceutical-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-3-2" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/396/a-textbook-of-pharmacognosy-i-for-the-students-of-dpharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-17-4" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/197/a-textbook-of-pharmacy-practice-for-b-pharm-7th-semester-4th-year" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-05-9" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/378/a-textbook-of-physical-pharmaceutics-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-63-1" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/370/a-textbook-of-universal-human-values-and-professional-ethics-for-bpharm-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-82-2" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/117/a-textbook-on-assessment-monitoring-documentation-and-reporting-of-adverse-drug-reactions" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-71-2" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/239/a-theoretical-book-on-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-8-7" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/279/a-theoretical-book-on-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-49-6" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/355/all-in-one-practical-book-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-66-3" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/224/all-in-one-textbook-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-92-7" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/296/biochemistry-and-clinical-pathology-for-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-70-0" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/412/biostatistics-and-research-methodology-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-59-4" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/406/concise-biopharmaceutics-and-pharmacokinetics-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-89-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/306/cosmetology-and-toxicology-for-bpharm-btech-cosmetics-students" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-44-1" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/354/dpharm-exit-exam-dpee" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-02-1" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/407/drug-delivery-system-for-the-students-of-mpharm-1-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-90-7" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/323/environmental-sciences-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-15-1" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/132/experimental-handbook-of-physical-pharmaceutics" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-86-6" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/268/experimental-pharmacology-i-practical-book-according-to-pci-syllabus-for-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/43/fundamentals-of-pharmacy-for-gpat-niper" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-00-2" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/377/handbook-of-toxicology-and-pharmacological-screening-methods-ii-for-the-students-of-mpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-38-9" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/364/herbal-drug-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-12-0" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/423/herbal-drug-technology-a-comprehensive-textbook-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-40-2" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/366/hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-66-2" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/342/human-anatomy-and-physiology-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-18-2" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/345/human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-68-7" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/380/industrial-pharmacognostical-techniques-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-21-1" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/343/industrial-pharmacy-ii-for-bpharm-4th-year-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-27-4" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/96/instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-50-7" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/203/lab-manual-for-b-pharmacy-first-year" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-23-3" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/216/mcqs-book-for-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-60-8" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/358/mcqs-for-pharmacy-diploma-exit-examination-dpee-di-gpat-niper-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-80-9" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/198/mcqs-in-pharmacology-for-undergraduate-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-14-1" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/143/medicinal-chemistry-i-for-b-pharm-2nd-year-iv-semester-students-as-per-latest-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-6-2" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/307/multiple-choice-questions-mcqs-of-pharmaceutics-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-65-6" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/285/novel-drug-delivery-system-ndds" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-75-5" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/252/novel-drug-delivery-systems" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-87-5" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/141/pharmaceutical-biotechnology" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/157/pharmaceutical-chemistry-i-for-1st-year-d-pharm-students-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-06-6" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/251/pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-86-8" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/258/pharmaceutical-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-94-3" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/282/pharmaceutical-product-development" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-16-8" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/273/pharmaceutics-manual-for-diploma-in-pharmacy-students-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-99-8" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/219/pharmaceutics-practicals-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-50-9" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/292/pharmaceutics-i-a-practical-manual-for-1st-semester-bpharm-and-1st-year-pharmd" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-17-5" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/281/pharmaceutics-i-theory-and-practical" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-84-7" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/310/pharmacognosy-and-phytochemistry-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-40-3" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/361/pharmacognosy-and-phytochemistry-ii-practicals-as-per-pci-syllabus-for-bpharm-5th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-45-8" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/187/pharmacognosy-and-phytopharmaceuticals-lab" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-10-3" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/308/pharmacology-i-exam-success-companion-previous-5-years-solved-question-papers-for-bpharm-4th-semester-bp404t" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-31-1" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/180/physical-pharmaceutics-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-63-9" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/340/practical-book-of-community-pharmacy-and-management-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-58-8" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/113/practical-lab-manual-of-pharmaceutical-organic-chemistry-i-b-pharm-2nd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-67-5" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/114/practical-lab-manual-of-pharmaceutical-organic-chemistry-ii-b-pharm-3rd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-68-2" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/229/practical-manual-of-inorganic-organic-and-medicinal-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-98-9" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/274/preparation-of-inorganic-organic-and-medicinal-compounds-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-53-3" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/333/principles-of-physical-pharmaceutics-fundamentals-and-applications-part-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-48-9" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/332/social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-88-5" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/329/text-book-of-medicinal-chemistry-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-00-7" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/313/text-book-of-medicinal-chemistry-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-39-7" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/372/text-book-of-pharmaceutical-regulatory-science-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-95-2" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/350/text-book-of-pharmacy-practice-for-the-students-of-bpharm-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-10-6" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/383/text-book-of-regulatory-affairs-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-85-3" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/303/text-book-of-social-pharmacy-for-the-students-of-d-pharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-47-2" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/247/textbook-of-cosmetic-science" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-82-0" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/398/textbook-of-dietary-supplements-and-nutraceuticals-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-31-0" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/347/textbook-of-hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-77-9" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/338/textbook-of-human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-94-6" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/348/textbook-of-industrial-pharmacy-i-for-the-students-of-bpharm-5-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-64-9" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/363/textbook-of-industrial-pharmacy-ii-for-the-students-of-bpharm-7-semester-as-per-latest-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-91-5" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/290/textbook-of-instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-38-0" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/137/textbook-of-pharmaceutics-ii-for-second-year-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-90-3" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/424/textbook-of-pharmaceutics-i-for-bpharm-1st-semester-students" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-74-7" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/400/textbook-of-pharmacology-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-47-1" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/413/textbook-of-pharmacology-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-15-0" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/275/textbook-of-pharmacotherapeutics-for-diploma-in-pharmacy-students-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-96-0" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/316/textbook-of-social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-50-2" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/107/the-theory-and-practical-book-of-industrial-pharmacy-i" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-61-3" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/375/the-theory-and-practical-book-of-pharmaceutical-inorganic-chemistry-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-35-8" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/392/theory-and-practical-book-of-environmental-education-and-disaster-management-for-the-students-of-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-79-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q138"/>
+  <dimension ref="A1:Q140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B119" sqref="B119:H119"/>
+      <selection activeCell="B121" sqref="B121:H121"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.5645" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
     <col min="17" max="17" width="14.2822" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1"/>
@@ -4758,3529 +4776,3635 @@
       </c>
       <c r="P57" s="5" t="s">
         <v>242</v>
       </c>
       <c r="Q57" s="9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58" s="5">
         <v>52</v>
       </c>
       <c r="B58" s="8" t="s">
         <v>243</v>
       </c>
       <c r="C58" s="9" t="s">
         <v>244</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>245</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F58" s="9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G58" s="9">
-        <v>183</v>
+        <v>213</v>
       </c>
       <c r="H58" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="9">
-        <v>395.0</v>
+        <v>475.0</v>
       </c>
       <c r="J58" s="9">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="K58" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="9">
-        <v>280</v>
+        <v>320</v>
       </c>
       <c r="M58" s="10" t="s">
         <v>244</v>
       </c>
       <c r="N58" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O58" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P58" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="Q58" s="9" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59" s="5">
         <v>53</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>247</v>
       </c>
       <c r="C59" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>249</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F59" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G59" s="9">
-        <v>225</v>
+        <v>183</v>
       </c>
       <c r="H59" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="9">
-        <v>475.0</v>
+        <v>395.0</v>
       </c>
       <c r="J59" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K59" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L59" s="9">
-        <v>360</v>
+        <v>280</v>
       </c>
       <c r="M59" s="10" t="s">
         <v>248</v>
       </c>
       <c r="N59" s="9" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="O59" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P59" s="5" t="s">
         <v>250</v>
       </c>
       <c r="Q59" s="9" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60" s="5">
         <v>54</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>251</v>
       </c>
       <c r="C60" s="9" t="s">
         <v>252</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F60" s="9">
         <v>2024</v>
       </c>
       <c r="G60" s="9">
-        <v>197</v>
+        <v>225</v>
       </c>
       <c r="H60" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="9">
         <v>475.0</v>
       </c>
       <c r="J60" s="9">
         <v>30</v>
       </c>
       <c r="K60" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L60" s="9">
-        <v>400</v>
+        <v>360</v>
       </c>
       <c r="M60" s="10" t="s">
         <v>252</v>
       </c>
       <c r="N60" s="9" t="s">
         <v>67</v>
       </c>
       <c r="O60" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P60" s="5" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="Q60" s="9" t="s">
-        <v>253</v>
+        <v>74</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61" s="5">
         <v>55</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C61" s="9" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F61" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G61" s="9">
-        <v>184</v>
+        <v>197</v>
       </c>
       <c r="H61" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I61" s="9">
         <v>475.0</v>
       </c>
       <c r="J61" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K61" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="9">
-        <v>360</v>
+        <v>400</v>
       </c>
       <c r="M61" s="10" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="N61" s="9" t="s">
         <v>67</v>
       </c>
       <c r="O61" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P61" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="Q61" s="9" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62" s="5">
         <v>56</v>
       </c>
       <c r="B62" s="8" t="s">
+        <v>258</v>
+      </c>
+      <c r="C62" s="9" t="s">
         <v>259</v>
       </c>
-      <c r="C62" s="9" t="s">
+      <c r="D62" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="D62" s="5" t="s">
+      <c r="E62" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F62" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G62" s="9">
+        <v>184</v>
+      </c>
+      <c r="H62" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I62" s="9">
+        <v>475.0</v>
+      </c>
+      <c r="J62" s="9">
+        <v>25</v>
+      </c>
+      <c r="K62" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L62" s="9">
+        <v>360</v>
+      </c>
+      <c r="M62" s="10" t="s">
+        <v>259</v>
+      </c>
+      <c r="N62" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="O62" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P62" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="E62" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q62" s="9" t="s">
-        <v>115</v>
+        <v>262</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63" s="5">
         <v>57</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C63" s="9" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F63" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G63" s="9">
-        <v>143</v>
+        <v>132</v>
       </c>
       <c r="H63" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="9">
         <v>350.0</v>
       </c>
       <c r="J63" s="9">
         <v>20</v>
       </c>
       <c r="K63" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L63" s="9">
-        <v>335</v>
+        <v>200</v>
       </c>
       <c r="M63" s="10" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="N63" s="9" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="O63" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P63" s="5" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="Q63" s="9" t="s">
-        <v>265</v>
+        <v>115</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64" s="5">
         <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
         <v>266</v>
       </c>
       <c r="C64" s="9" t="s">
         <v>267</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>268</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F64" s="9">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="G64" s="9">
-        <v>119</v>
+        <v>143</v>
       </c>
       <c r="H64" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="9">
-        <v>250.0</v>
+        <v>350.0</v>
       </c>
       <c r="J64" s="9">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="K64" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="9">
-        <v>200</v>
+        <v>335</v>
       </c>
       <c r="M64" s="10" t="s">
         <v>267</v>
       </c>
       <c r="N64" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="O64" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P64" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q64" s="9" t="s">
         <v>269</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65" s="5">
         <v>59</v>
       </c>
       <c r="B65" s="8" t="s">
         <v>270</v>
       </c>
       <c r="C65" s="9" t="s">
         <v>271</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>272</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F65" s="9">
         <v>2022</v>
       </c>
       <c r="G65" s="9">
-        <v>146</v>
+        <v>119</v>
       </c>
       <c r="H65" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="9">
-        <v>350.0</v>
+        <v>250.0</v>
       </c>
       <c r="J65" s="9">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K65" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L65" s="9">
-        <v>220</v>
+        <v>200</v>
       </c>
       <c r="M65" s="10" t="s">
         <v>271</v>
       </c>
       <c r="N65" s="9" t="s">
         <v>273</v>
       </c>
       <c r="O65" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P65" s="5" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="Q65" s="9" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66" s="5">
         <v>60</v>
       </c>
       <c r="B66" s="8" t="s">
         <v>274</v>
       </c>
       <c r="C66" s="9" t="s">
         <v>275</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>276</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F66" s="9">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="G66" s="9">
-        <v>862</v>
+        <v>146</v>
       </c>
       <c r="H66" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="9">
-        <v>1600.0</v>
+        <v>350.0</v>
       </c>
       <c r="J66" s="9">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="K66" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L66" s="9">
-        <v>1960</v>
+        <v>220</v>
       </c>
       <c r="M66" s="10" t="s">
         <v>275</v>
       </c>
       <c r="N66" s="9" t="s">
         <v>277</v>
       </c>
       <c r="O66" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P66" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q66" s="9" t="s">
-        <v>278</v>
+        <v>34</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67" s="5">
         <v>61</v>
       </c>
       <c r="B67" s="8" t="s">
+        <v>278</v>
+      </c>
+      <c r="C67" s="9" t="s">
         <v>279</v>
       </c>
-      <c r="C67" s="9" t="s">
+      <c r="D67" s="5" t="s">
         <v>280</v>
       </c>
-      <c r="D67" s="5" t="s">
+      <c r="E67" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F67" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G67" s="9">
+        <v>862</v>
+      </c>
+      <c r="H67" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I67" s="9">
+        <v>1600.0</v>
+      </c>
+      <c r="J67" s="9">
+        <v>70</v>
+      </c>
+      <c r="K67" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L67" s="9">
+        <v>1960</v>
+      </c>
+      <c r="M67" s="10" t="s">
+        <v>279</v>
+      </c>
+      <c r="N67" s="9" t="s">
         <v>281</v>
       </c>
-      <c r="E67" s="9" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O67" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P67" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Q67" s="9" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68" s="5">
         <v>62</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>283</v>
       </c>
       <c r="C68" s="9" t="s">
         <v>284</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>285</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F68" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G68" s="9">
-        <v>182</v>
+        <v>229</v>
       </c>
       <c r="H68" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="9">
-        <v>450.0</v>
+        <v>499.0</v>
       </c>
       <c r="J68" s="9">
         <v>25</v>
       </c>
       <c r="K68" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="9">
-        <v>300</v>
+        <v>330</v>
       </c>
       <c r="M68" s="10" t="s">
         <v>284</v>
       </c>
       <c r="N68" s="9" t="s">
-        <v>95</v>
+        <v>277</v>
       </c>
       <c r="O68" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P68" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q68" s="9" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69" s="5">
         <v>63</v>
       </c>
       <c r="B69" s="8" t="s">
         <v>287</v>
       </c>
       <c r="C69" s="9" t="s">
         <v>288</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>289</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F69" s="9">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="G69" s="9">
-        <v>220</v>
+        <v>182</v>
       </c>
       <c r="H69" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I69" s="9">
-        <v>475.0</v>
+        <v>450.0</v>
       </c>
       <c r="J69" s="9">
         <v>25</v>
       </c>
       <c r="K69" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="9">
-        <v>350</v>
+        <v>300</v>
       </c>
       <c r="M69" s="10" t="s">
         <v>288</v>
       </c>
       <c r="N69" s="9" t="s">
-        <v>277</v>
+        <v>95</v>
       </c>
       <c r="O69" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P69" s="5" t="s">
         <v>290</v>
       </c>
       <c r="Q69" s="9" t="s">
-        <v>79</v>
+        <v>96</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70" s="5">
         <v>64</v>
       </c>
       <c r="B70" s="8" t="s">
         <v>291</v>
       </c>
       <c r="C70" s="9" t="s">
         <v>292</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>293</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F70" s="9">
         <v>2024</v>
       </c>
       <c r="G70" s="9">
-        <v>372</v>
+        <v>220</v>
       </c>
       <c r="H70" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I70" s="9">
-        <v>750.0</v>
+        <v>475.0</v>
       </c>
       <c r="J70" s="9">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="K70" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="9">
-        <v>480</v>
+        <v>350</v>
       </c>
       <c r="M70" s="10" t="s">
         <v>292</v>
       </c>
       <c r="N70" s="9" t="s">
-        <v>67</v>
+        <v>281</v>
       </c>
       <c r="O70" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P70" s="5" t="s">
-        <v>27</v>
+        <v>294</v>
       </c>
       <c r="Q70" s="9" t="s">
-        <v>294</v>
+        <v>79</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71" s="5">
         <v>65</v>
       </c>
       <c r="B71" s="8" t="s">
         <v>295</v>
       </c>
       <c r="C71" s="9" t="s">
         <v>296</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>297</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F71" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G71" s="9">
-        <v>124</v>
+        <v>372</v>
       </c>
       <c r="H71" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I71" s="9">
-        <v>400.0</v>
+        <v>750.0</v>
       </c>
       <c r="J71" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K71" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L71" s="9">
-        <v>220</v>
+        <v>480</v>
       </c>
       <c r="M71" s="10" t="s">
         <v>296</v>
       </c>
       <c r="N71" s="9" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="O71" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P71" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q71" s="9" t="s">
-        <v>34</v>
+        <v>298</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72" s="5">
         <v>66</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C72" s="9" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F72" s="9">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G72" s="9">
         <v>124</v>
       </c>
       <c r="H72" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I72" s="9">
         <v>400.0</v>
       </c>
       <c r="J72" s="9">
         <v>20</v>
       </c>
       <c r="K72" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L72" s="9">
-        <v>325</v>
+        <v>220</v>
       </c>
       <c r="M72" s="10" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="N72" s="9" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="O72" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P72" s="5" t="s">
-        <v>298</v>
+        <v>27</v>
       </c>
       <c r="Q72" s="9" t="s">
-        <v>301</v>
+        <v>34</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73" s="5">
         <v>67</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>302</v>
       </c>
       <c r="C73" s="9" t="s">
         <v>303</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>304</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F73" s="9">
         <v>2021</v>
       </c>
       <c r="G73" s="9">
-        <v>204</v>
+        <v>124</v>
       </c>
       <c r="H73" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I73" s="9">
-        <v>600.0</v>
+        <v>400.0</v>
       </c>
       <c r="J73" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K73" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L73" s="9">
-        <v>345</v>
+        <v>325</v>
       </c>
       <c r="M73" s="10" t="s">
         <v>303</v>
       </c>
       <c r="N73" s="9" t="s">
-        <v>182</v>
+        <v>95</v>
       </c>
       <c r="O73" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P73" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="Q73" s="9" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74" s="5">
         <v>68</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>54</v>
+        <v>306</v>
       </c>
       <c r="C74" s="9" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D74" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="E74" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F74" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G74" s="9">
+        <v>204</v>
+      </c>
+      <c r="H74" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I74" s="9">
+        <v>600.0</v>
+      </c>
+      <c r="J74" s="9">
+        <v>25</v>
+      </c>
+      <c r="K74" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L74" s="9">
+        <v>345</v>
+      </c>
+      <c r="M74" s="10" t="s">
         <v>307</v>
       </c>
-      <c r="E74" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N74" s="9" t="s">
-        <v>26</v>
+        <v>182</v>
       </c>
       <c r="O74" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P74" s="5" t="s">
-        <v>54</v>
+        <v>309</v>
       </c>
       <c r="Q74" s="9" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75" s="5">
         <v>69</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>100</v>
+        <v>54</v>
       </c>
       <c r="C75" s="9" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="E75" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F75" s="9">
         <v>2023</v>
       </c>
       <c r="G75" s="9">
-        <v>184</v>
+        <v>131</v>
       </c>
       <c r="H75" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I75" s="9">
-        <v>475.0</v>
+        <v>375.0</v>
       </c>
       <c r="J75" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K75" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L75" s="9">
-        <v>270</v>
+        <v>220</v>
       </c>
       <c r="M75" s="10" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="N75" s="9" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="O75" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P75" s="5" t="s">
-        <v>100</v>
+        <v>54</v>
       </c>
       <c r="Q75" s="9" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76" s="5">
         <v>70</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>310</v>
+        <v>100</v>
       </c>
       <c r="C76" s="9" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D76" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="E76" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F76" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G76" s="9">
+        <v>184</v>
+      </c>
+      <c r="H76" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I76" s="9">
+        <v>475.0</v>
+      </c>
+      <c r="J76" s="9">
+        <v>25</v>
+      </c>
+      <c r="K76" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L76" s="9">
+        <v>270</v>
+      </c>
+      <c r="M76" s="10" t="s">
         <v>312</v>
-      </c>
-[...25 lines deleted...]
-        <v>311</v>
       </c>
       <c r="N76" s="9" t="s">
         <v>67</v>
       </c>
       <c r="O76" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P76" s="5" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="Q76" s="9" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77" s="5">
         <v>71</v>
       </c>
       <c r="B77" s="8" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C77" s="9" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D77" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="E77" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F77" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G77" s="9">
+        <v>110</v>
+      </c>
+      <c r="H77" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I77" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J77" s="9">
+        <v>20</v>
+      </c>
+      <c r="K77" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L77" s="9">
+        <v>180</v>
+      </c>
+      <c r="M77" s="10" t="s">
         <v>315</v>
-      </c>
-[...25 lines deleted...]
-        <v>314</v>
       </c>
       <c r="N77" s="9" t="s">
         <v>67</v>
       </c>
       <c r="O77" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P77" s="5" t="s">
-        <v>196</v>
+        <v>27</v>
       </c>
       <c r="Q77" s="9" t="s">
-        <v>316</v>
+        <v>34</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78" s="5">
         <v>72</v>
       </c>
       <c r="B78" s="8" t="s">
         <v>317</v>
       </c>
       <c r="C78" s="9" t="s">
         <v>318</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>319</v>
       </c>
       <c r="E78" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F78" s="9">
         <v>2023</v>
       </c>
       <c r="G78" s="9">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="H78" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I78" s="9">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="J78" s="9">
         <v>25</v>
       </c>
       <c r="K78" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L78" s="9">
-        <v>270</v>
+        <v>350</v>
       </c>
       <c r="M78" s="10" t="s">
         <v>318</v>
       </c>
       <c r="N78" s="9" t="s">
-        <v>195</v>
+        <v>67</v>
       </c>
       <c r="O78" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P78" s="5" t="s">
         <v>196</v>
       </c>
       <c r="Q78" s="9" t="s">
-        <v>88</v>
+        <v>320</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79" s="5">
         <v>73</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C79" s="9" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D79" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="E79" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F79" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G79" s="9">
+        <v>180</v>
+      </c>
+      <c r="H79" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I79" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J79" s="9">
+        <v>25</v>
+      </c>
+      <c r="K79" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L79" s="9">
+        <v>270</v>
+      </c>
+      <c r="M79" s="10" t="s">
         <v>322</v>
       </c>
-      <c r="E79" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N79" s="9" t="s">
-        <v>48</v>
+        <v>195</v>
       </c>
       <c r="O79" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P79" s="5" t="s">
         <v>196</v>
       </c>
       <c r="Q79" s="9" t="s">
-        <v>115</v>
+        <v>88</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80" s="5">
         <v>74</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C80" s="9" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E80" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F80" s="9">
         <v>2024</v>
       </c>
       <c r="G80" s="9">
-        <v>198</v>
+        <v>111</v>
       </c>
       <c r="H80" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I80" s="9">
-        <v>425.0</v>
+        <v>375.0</v>
       </c>
       <c r="J80" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K80" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L80" s="9">
-        <v>280</v>
+        <v>170</v>
       </c>
       <c r="M80" s="10" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="N80" s="9" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="O80" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P80" s="5" t="s">
         <v>196</v>
       </c>
       <c r="Q80" s="9" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81" s="5">
         <v>75</v>
       </c>
       <c r="B81" s="8" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C81" s="9" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E81" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F81" s="9">
         <v>2024</v>
       </c>
       <c r="G81" s="9">
-        <v>282</v>
+        <v>198</v>
       </c>
       <c r="H81" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I81" s="9">
-        <v>550.0</v>
+        <v>425.0</v>
       </c>
       <c r="J81" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K81" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L81" s="9">
-        <v>440</v>
+        <v>280</v>
       </c>
       <c r="M81" s="10" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="N81" s="9" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="O81" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P81" s="5" t="s">
-        <v>329</v>
+        <v>196</v>
       </c>
       <c r="Q81" s="9" t="s">
-        <v>330</v>
+        <v>91</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82" s="5">
         <v>76</v>
       </c>
       <c r="B82" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="C82" s="9" t="s">
         <v>331</v>
       </c>
-      <c r="C82" s="9" t="s">
+      <c r="D82" s="5" t="s">
         <v>332</v>
       </c>
-      <c r="D82" s="5" t="s">
+      <c r="E82" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F82" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G82" s="9">
+        <v>282</v>
+      </c>
+      <c r="H82" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I82" s="9">
+        <v>550.0</v>
+      </c>
+      <c r="J82" s="9">
+        <v>30</v>
+      </c>
+      <c r="K82" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L82" s="9">
+        <v>440</v>
+      </c>
+      <c r="M82" s="10" t="s">
+        <v>331</v>
+      </c>
+      <c r="N82" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O82" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P82" s="5" t="s">
         <v>333</v>
       </c>
-      <c r="E82" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q82" s="9" t="s">
-        <v>200</v>
+        <v>334</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83" s="5">
         <v>77</v>
       </c>
       <c r="B83" s="8" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C83" s="9" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D83" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="E83" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F83" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G83" s="9">
+        <v>89</v>
+      </c>
+      <c r="H83" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I83" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="J83" s="9">
+        <v>20</v>
+      </c>
+      <c r="K83" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L83" s="9">
+        <v>140</v>
+      </c>
+      <c r="M83" s="10" t="s">
         <v>336</v>
       </c>
-      <c r="E83" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N83" s="9" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="O83" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P83" s="5" t="s">
-        <v>73</v>
+        <v>333</v>
       </c>
       <c r="Q83" s="9" t="s">
-        <v>337</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84" s="5">
         <v>78</v>
       </c>
       <c r="B84" s="8" t="s">
         <v>338</v>
       </c>
       <c r="C84" s="9" t="s">
         <v>339</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>233</v>
+        <v>340</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F84" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G84" s="9">
-        <v>202</v>
+        <v>73</v>
       </c>
       <c r="H84" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I84" s="9">
-        <v>400.0</v>
+        <v>225.0</v>
       </c>
       <c r="J84" s="9">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K84" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L84" s="9">
-        <v>320</v>
+        <v>130</v>
       </c>
       <c r="M84" s="10" t="s">
         <v>339</v>
       </c>
       <c r="N84" s="9" t="s">
-        <v>340</v>
+        <v>53</v>
       </c>
       <c r="O84" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P84" s="5" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="Q84" s="9" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85" s="5">
         <v>79</v>
       </c>
       <c r="B85" s="8" t="s">
         <v>342</v>
       </c>
       <c r="C85" s="9" t="s">
         <v>343</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>344</v>
+        <v>233</v>
       </c>
       <c r="E85" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F85" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G85" s="9">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="H85" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I85" s="9">
-        <v>495.0</v>
+        <v>400.0</v>
       </c>
       <c r="J85" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K85" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L85" s="9">
-        <v>485</v>
+        <v>320</v>
       </c>
       <c r="M85" s="10" t="s">
         <v>343</v>
       </c>
       <c r="N85" s="9" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="O85" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P85" s="5" t="s">
         <v>28</v>
       </c>
       <c r="Q85" s="9" t="s">
-        <v>346</v>
+        <v>246</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86" s="5">
         <v>80</v>
       </c>
       <c r="B86" s="8" t="s">
+        <v>345</v>
+      </c>
+      <c r="C86" s="9" t="s">
+        <v>346</v>
+      </c>
+      <c r="D86" s="5" t="s">
         <v>347</v>
       </c>
-      <c r="C86" s="9" t="s">
+      <c r="E86" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F86" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G86" s="9">
+        <v>194</v>
+      </c>
+      <c r="H86" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I86" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J86" s="9">
+        <v>25</v>
+      </c>
+      <c r="K86" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L86" s="9">
+        <v>485</v>
+      </c>
+      <c r="M86" s="10" t="s">
+        <v>346</v>
+      </c>
+      <c r="N86" s="9" t="s">
         <v>348</v>
-      </c>
-[...31 lines deleted...]
-        <v>218</v>
       </c>
       <c r="O86" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P86" s="5" t="s">
         <v>28</v>
       </c>
       <c r="Q86" s="9" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87" s="5">
         <v>81</v>
       </c>
       <c r="B87" s="8" t="s">
+        <v>350</v>
+      </c>
+      <c r="C87" s="9" t="s">
         <v>351</v>
       </c>
-      <c r="C87" s="9" t="s">
+      <c r="D87" s="5" t="s">
         <v>352</v>
       </c>
-      <c r="D87" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E87" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F87" s="9">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="G87" s="9">
-        <v>101</v>
+        <v>117</v>
       </c>
       <c r="H87" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I87" s="9">
-        <v>350.0</v>
+        <v>450.0</v>
       </c>
       <c r="J87" s="9">
         <v>20</v>
       </c>
       <c r="K87" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L87" s="9">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="M87" s="10" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="N87" s="9" t="s">
-        <v>354</v>
+        <v>218</v>
       </c>
       <c r="O87" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P87" s="5" t="s">
-        <v>114</v>
+        <v>28</v>
       </c>
       <c r="Q87" s="9" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88" s="5">
         <v>82</v>
       </c>
       <c r="B88" s="8" t="s">
+        <v>354</v>
+      </c>
+      <c r="C88" s="9" t="s">
+        <v>355</v>
+      </c>
+      <c r="D88" s="5" t="s">
         <v>356</v>
       </c>
-      <c r="C88" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E88" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F88" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G88" s="9">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="H88" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I88" s="9">
         <v>350.0</v>
       </c>
       <c r="J88" s="9">
         <v>20</v>
       </c>
       <c r="K88" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="9">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="M88" s="10" t="s">
+        <v>355</v>
+      </c>
+      <c r="N88" s="9" t="s">
         <v>357</v>
       </c>
-      <c r="N88" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O88" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P88" s="5" t="s">
-        <v>360</v>
+        <v>114</v>
       </c>
       <c r="Q88" s="9" t="s">
-        <v>200</v>
+        <v>358</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89" s="5">
         <v>83</v>
       </c>
       <c r="B89" s="8" t="s">
+        <v>359</v>
+      </c>
+      <c r="C89" s="9" t="s">
+        <v>360</v>
+      </c>
+      <c r="D89" s="5" t="s">
         <v>361</v>
       </c>
-      <c r="C89" s="9" t="s">
+      <c r="E89" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F89" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G89" s="9">
+        <v>88</v>
+      </c>
+      <c r="H89" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I89" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J89" s="9">
+        <v>20</v>
+      </c>
+      <c r="K89" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L89" s="9">
+        <v>140</v>
+      </c>
+      <c r="M89" s="10" t="s">
+        <v>360</v>
+      </c>
+      <c r="N89" s="9" t="s">
         <v>362</v>
       </c>
-      <c r="D89" s="5" t="s">
+      <c r="O89" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P89" s="5" t="s">
         <v>363</v>
       </c>
-      <c r="E89" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q89" s="9" t="s">
-        <v>365</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90" s="5">
         <v>84</v>
       </c>
       <c r="B90" s="8" t="s">
+        <v>364</v>
+      </c>
+      <c r="C90" s="9" t="s">
+        <v>365</v>
+      </c>
+      <c r="D90" s="5" t="s">
         <v>366</v>
       </c>
-      <c r="C90" s="9" t="s">
+      <c r="E90" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F90" s="9">
+        <v>2016</v>
+      </c>
+      <c r="G90" s="9">
+        <v>37</v>
+      </c>
+      <c r="H90" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I90" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="J90" s="9">
+        <v>15</v>
+      </c>
+      <c r="K90" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L90" s="9">
+        <v>100</v>
+      </c>
+      <c r="M90" s="10" t="s">
+        <v>365</v>
+      </c>
+      <c r="N90" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="O90" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P90" s="5" t="s">
         <v>367</v>
       </c>
-      <c r="D90" s="5" t="s">
+      <c r="Q90" s="9" t="s">
         <v>368</v>
-      </c>
-[...37 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91" s="5">
         <v>85</v>
       </c>
       <c r="B91" s="8" t="s">
+        <v>369</v>
+      </c>
+      <c r="C91" s="9" t="s">
         <v>370</v>
       </c>
-      <c r="C91" s="9" t="s">
+      <c r="D91" s="5" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="E91" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F91" s="9">
         <v>2020</v>
       </c>
       <c r="G91" s="9">
-        <v>103</v>
+        <v>84</v>
       </c>
       <c r="H91" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I91" s="9">
-        <v>400.0</v>
+        <v>350.0</v>
       </c>
       <c r="J91" s="9">
         <v>20</v>
       </c>
       <c r="K91" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L91" s="9">
-        <v>220</v>
+        <v>150</v>
       </c>
       <c r="M91" s="10" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="N91" s="9" t="s">
         <v>48</v>
       </c>
       <c r="O91" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P91" s="5" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="Q91" s="9" t="s">
-        <v>122</v>
+        <v>353</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92" s="5">
         <v>86</v>
       </c>
       <c r="B92" s="8" t="s">
+        <v>373</v>
+      </c>
+      <c r="C92" s="9" t="s">
+        <v>374</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E92" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F92" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G92" s="9">
+        <v>103</v>
+      </c>
+      <c r="H92" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I92" s="9">
+        <v>400.0</v>
+      </c>
+      <c r="J92" s="9">
+        <v>20</v>
+      </c>
+      <c r="K92" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L92" s="9">
+        <v>220</v>
+      </c>
+      <c r="M92" s="10" t="s">
+        <v>374</v>
+      </c>
+      <c r="N92" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="O92" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P92" s="5" t="s">
         <v>372</v>
       </c>
-      <c r="C92" s="9" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="Q92" s="9" t="s">
-        <v>79</v>
+        <v>122</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93" s="5">
         <v>87</v>
       </c>
       <c r="B93" s="8" t="s">
         <v>375</v>
       </c>
       <c r="C93" s="9" t="s">
         <v>376</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>377</v>
       </c>
       <c r="E93" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F93" s="9">
         <v>2023</v>
       </c>
       <c r="G93" s="9">
-        <v>223</v>
+        <v>249</v>
       </c>
       <c r="H93" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I93" s="9">
         <v>450.0</v>
       </c>
       <c r="J93" s="9">
         <v>25</v>
       </c>
       <c r="K93" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L93" s="9">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="M93" s="10" t="s">
         <v>376</v>
       </c>
       <c r="N93" s="9" t="s">
-        <v>67</v>
+        <v>195</v>
       </c>
       <c r="O93" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P93" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q93" s="9" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94" s="5">
         <v>88</v>
       </c>
       <c r="B94" s="8" t="s">
         <v>378</v>
       </c>
       <c r="C94" s="9" t="s">
         <v>379</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>380</v>
       </c>
       <c r="E94" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F94" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G94" s="9">
-        <v>139</v>
+        <v>223</v>
       </c>
       <c r="H94" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I94" s="9">
-        <v>350.0</v>
+        <v>450.0</v>
       </c>
       <c r="J94" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K94" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L94" s="9">
-        <v>220</v>
+        <v>300</v>
       </c>
       <c r="M94" s="10" t="s">
         <v>379</v>
       </c>
       <c r="N94" s="9" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="O94" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P94" s="5" t="s">
-        <v>196</v>
+        <v>27</v>
       </c>
       <c r="Q94" s="9" t="s">
-        <v>381</v>
+        <v>29</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95" s="5">
         <v>89</v>
       </c>
       <c r="B95" s="8" t="s">
+        <v>381</v>
+      </c>
+      <c r="C95" s="9" t="s">
         <v>382</v>
       </c>
-      <c r="C95" s="9" t="s">
+      <c r="D95" s="5" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="E95" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F95" s="9">
         <v>2024</v>
       </c>
       <c r="G95" s="9">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="H95" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I95" s="9">
-        <v>375.0</v>
+        <v>350.0</v>
       </c>
       <c r="J95" s="9">
         <v>20</v>
       </c>
       <c r="K95" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L95" s="9">
-        <v>260</v>
+        <v>220</v>
       </c>
       <c r="M95" s="10" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="N95" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O95" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P95" s="5" t="s">
-        <v>385</v>
+        <v>196</v>
       </c>
       <c r="Q95" s="9" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96" s="5">
         <v>90</v>
       </c>
       <c r="B96" s="8" t="s">
+        <v>385</v>
+      </c>
+      <c r="C96" s="9" t="s">
+        <v>386</v>
+      </c>
+      <c r="D96" s="5" t="s">
         <v>387</v>
-      </c>
-[...4 lines deleted...]
-        <v>389</v>
       </c>
       <c r="E96" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F96" s="9">
         <v>2024</v>
       </c>
       <c r="G96" s="9">
-        <v>242</v>
+        <v>164</v>
       </c>
       <c r="H96" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I96" s="9">
-        <v>525.0</v>
+        <v>375.0</v>
       </c>
       <c r="J96" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K96" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L96" s="9">
-        <v>360</v>
+        <v>260</v>
       </c>
       <c r="M96" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="N96" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O96" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P96" s="5" t="s">
         <v>388</v>
       </c>
-      <c r="N96" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q96" s="9" t="s">
-        <v>341</v>
+        <v>389</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97" s="5">
         <v>91</v>
       </c>
       <c r="B97" s="8" t="s">
         <v>390</v>
       </c>
       <c r="C97" s="9" t="s">
         <v>391</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="E97" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F97" s="9">
         <v>2024</v>
       </c>
       <c r="G97" s="9">
-        <v>211</v>
+        <v>242</v>
       </c>
       <c r="H97" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I97" s="9">
-        <v>495.0</v>
+        <v>525.0</v>
       </c>
       <c r="J97" s="9">
         <v>30</v>
       </c>
       <c r="K97" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L97" s="9">
-        <v>300</v>
+        <v>360</v>
       </c>
       <c r="M97" s="10" t="s">
         <v>391</v>
       </c>
       <c r="N97" s="9" t="s">
         <v>67</v>
       </c>
       <c r="O97" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P97" s="5" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="Q97" s="9" t="s">
-        <v>29</v>
+        <v>246</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98" s="5">
         <v>92</v>
       </c>
       <c r="B98" s="8" t="s">
+        <v>393</v>
+      </c>
+      <c r="C98" s="9" t="s">
+        <v>394</v>
+      </c>
+      <c r="D98" s="5" t="s">
         <v>392</v>
       </c>
-      <c r="C98" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D98" s="5" t="s">
+      <c r="E98" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F98" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G98" s="9">
+        <v>211</v>
+      </c>
+      <c r="H98" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I98" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J98" s="9">
+        <v>30</v>
+      </c>
+      <c r="K98" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L98" s="9">
+        <v>300</v>
+      </c>
+      <c r="M98" s="10" t="s">
         <v>394</v>
-      </c>
-[...25 lines deleted...]
-        <v>393</v>
       </c>
       <c r="N98" s="9" t="s">
         <v>67</v>
       </c>
       <c r="O98" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P98" s="5" t="s">
-        <v>395</v>
+        <v>290</v>
       </c>
       <c r="Q98" s="9" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99" s="5">
         <v>93</v>
       </c>
       <c r="B99" s="8" t="s">
+        <v>395</v>
+      </c>
+      <c r="C99" s="9" t="s">
         <v>396</v>
       </c>
-      <c r="C99" s="9" t="s">
+      <c r="D99" s="5" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
       <c r="E99" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F99" s="9">
         <v>2025</v>
       </c>
       <c r="G99" s="9">
-        <v>171</v>
+        <v>103</v>
       </c>
       <c r="H99" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="9">
-        <v>425.0</v>
+        <v>375.0</v>
       </c>
       <c r="J99" s="9">
         <v>20</v>
       </c>
       <c r="K99" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L99" s="9">
-        <v>360</v>
+        <v>180</v>
       </c>
       <c r="M99" s="10" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="N99" s="9" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="O99" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P99" s="5" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="Q99" s="9" t="s">
-        <v>258</v>
+        <v>49</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100" s="5">
         <v>94</v>
       </c>
       <c r="B100" s="8" t="s">
+        <v>399</v>
+      </c>
+      <c r="C100" s="9" t="s">
         <v>400</v>
       </c>
-      <c r="C100" s="9" t="s">
+      <c r="D100" s="5" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="E100" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F100" s="9">
         <v>2025</v>
       </c>
       <c r="G100" s="9">
-        <v>137</v>
+        <v>171</v>
       </c>
       <c r="H100" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="9">
-        <v>395.0</v>
+        <v>425.0</v>
       </c>
       <c r="J100" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K100" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L100" s="9">
-        <v>300</v>
+        <v>360</v>
       </c>
       <c r="M100" s="10" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="N100" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O100" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P100" s="5" t="s">
         <v>402</v>
       </c>
       <c r="Q100" s="9" t="s">
-        <v>44</v>
+        <v>262</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101" s="5">
         <v>95</v>
       </c>
       <c r="B101" s="8" t="s">
         <v>403</v>
       </c>
       <c r="C101" s="9" t="s">
         <v>404</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>405</v>
+        <v>397</v>
       </c>
       <c r="E101" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F101" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G101" s="9">
-        <v>89</v>
+        <v>137</v>
       </c>
       <c r="H101" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I101" s="9">
-        <v>350.0</v>
+        <v>395.0</v>
       </c>
       <c r="J101" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K101" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L101" s="9">
-        <v>160</v>
+        <v>300</v>
       </c>
       <c r="M101" s="10" t="s">
         <v>404</v>
       </c>
       <c r="N101" s="9" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="O101" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P101" s="5" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="Q101" s="9" t="s">
-        <v>115</v>
+        <v>44</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102" s="5">
         <v>96</v>
       </c>
       <c r="B102" s="8" t="s">
+        <v>406</v>
+      </c>
+      <c r="C102" s="9" t="s">
         <v>407</v>
       </c>
-      <c r="C102" s="9" t="s">
+      <c r="D102" s="5" t="s">
         <v>408</v>
       </c>
-      <c r="D102" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E102" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F102" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G102" s="9">
-        <v>237</v>
+        <v>89</v>
       </c>
       <c r="H102" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I102" s="9">
-        <v>475.0</v>
+        <v>350.0</v>
       </c>
       <c r="J102" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K102" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L102" s="9">
-        <v>330</v>
+        <v>160</v>
       </c>
       <c r="M102" s="10" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="N102" s="9" t="s">
         <v>67</v>
       </c>
       <c r="O102" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P102" s="5" t="s">
-        <v>178</v>
+        <v>409</v>
       </c>
       <c r="Q102" s="9" t="s">
-        <v>79</v>
+        <v>115</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103" s="5">
         <v>97</v>
       </c>
       <c r="B103" s="8" t="s">
         <v>410</v>
       </c>
       <c r="C103" s="9" t="s">
         <v>411</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>412</v>
       </c>
       <c r="E103" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F103" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G103" s="9">
-        <v>185</v>
+        <v>237</v>
       </c>
       <c r="H103" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I103" s="9">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="J103" s="9">
         <v>25</v>
       </c>
       <c r="K103" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L103" s="9">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="M103" s="10" t="s">
         <v>411</v>
       </c>
       <c r="N103" s="9" t="s">
         <v>67</v>
       </c>
       <c r="O103" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P103" s="5" t="s">
-        <v>27</v>
+        <v>178</v>
       </c>
       <c r="Q103" s="9" t="s">
-        <v>386</v>
+        <v>79</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104" s="5">
         <v>98</v>
       </c>
       <c r="B104" s="8" t="s">
         <v>413</v>
       </c>
       <c r="C104" s="9" t="s">
         <v>414</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>415</v>
       </c>
       <c r="E104" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F104" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G104" s="9">
-        <v>159</v>
+        <v>185</v>
       </c>
       <c r="H104" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I104" s="9">
-        <v>400.0</v>
+        <v>450.0</v>
       </c>
       <c r="J104" s="9">
         <v>25</v>
       </c>
       <c r="K104" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L104" s="9">
-        <v>240</v>
+        <v>320</v>
       </c>
       <c r="M104" s="10" t="s">
         <v>414</v>
       </c>
       <c r="N104" s="9" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="O104" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P104" s="5" t="s">
-        <v>246</v>
+        <v>27</v>
       </c>
       <c r="Q104" s="9" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105" s="5">
         <v>99</v>
       </c>
       <c r="B105" s="8" t="s">
         <v>416</v>
       </c>
       <c r="C105" s="9" t="s">
         <v>417</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>418</v>
       </c>
       <c r="E105" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F105" s="9">
         <v>2024</v>
       </c>
       <c r="G105" s="9">
-        <v>233</v>
+        <v>159</v>
       </c>
       <c r="H105" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I105" s="9">
-        <v>495.0</v>
+        <v>400.0</v>
       </c>
       <c r="J105" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K105" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L105" s="9">
-        <v>320</v>
+        <v>240</v>
       </c>
       <c r="M105" s="10" t="s">
         <v>417</v>
       </c>
       <c r="N105" s="9" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="O105" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P105" s="5" t="s">
         <v>250</v>
       </c>
       <c r="Q105" s="9" t="s">
-        <v>341</v>
+        <v>384</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106" s="5">
         <v>100</v>
       </c>
       <c r="B106" s="8" t="s">
         <v>419</v>
       </c>
       <c r="C106" s="9" t="s">
         <v>420</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>421</v>
       </c>
       <c r="E106" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F106" s="9">
         <v>2024</v>
       </c>
       <c r="G106" s="9">
-        <v>196</v>
+        <v>233</v>
       </c>
       <c r="H106" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I106" s="9">
-        <v>425.0</v>
+        <v>495.0</v>
       </c>
       <c r="J106" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K106" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L106" s="9">
-        <v>280</v>
+        <v>320</v>
       </c>
       <c r="M106" s="10" t="s">
         <v>420</v>
       </c>
       <c r="N106" s="9" t="s">
         <v>67</v>
       </c>
       <c r="O106" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P106" s="5" t="s">
-        <v>59</v>
+        <v>254</v>
       </c>
       <c r="Q106" s="9" t="s">
-        <v>386</v>
+        <v>246</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107" s="5">
         <v>101</v>
       </c>
       <c r="B107" s="8" t="s">
         <v>422</v>
       </c>
       <c r="C107" s="9" t="s">
         <v>423</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>424</v>
       </c>
       <c r="E107" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F107" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G107" s="9">
-        <v>150</v>
+        <v>196</v>
       </c>
       <c r="H107" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I107" s="9">
-        <v>450.0</v>
+        <v>425.0</v>
       </c>
       <c r="J107" s="9">
         <v>25</v>
       </c>
       <c r="K107" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L107" s="9">
-        <v>220</v>
+        <v>280</v>
       </c>
       <c r="M107" s="10" t="s">
         <v>423</v>
       </c>
       <c r="N107" s="9" t="s">
         <v>67</v>
       </c>
       <c r="O107" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P107" s="5" t="s">
         <v>59</v>
       </c>
       <c r="Q107" s="9" t="s">
-        <v>34</v>
+        <v>389</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108" s="5">
         <v>102</v>
       </c>
       <c r="B108" s="8" t="s">
         <v>425</v>
       </c>
       <c r="C108" s="9" t="s">
         <v>426</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>427</v>
       </c>
       <c r="E108" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F108" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G108" s="9">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="H108" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I108" s="9">
-        <v>395.0</v>
+        <v>450.0</v>
       </c>
       <c r="J108" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K108" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L108" s="9">
-        <v>250</v>
+        <v>220</v>
       </c>
       <c r="M108" s="10" t="s">
         <v>426</v>
       </c>
       <c r="N108" s="9" t="s">
         <v>67</v>
       </c>
       <c r="O108" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P108" s="5" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="Q108" s="9" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109" s="5">
         <v>103</v>
       </c>
       <c r="B109" s="8" t="s">
         <v>428</v>
       </c>
       <c r="C109" s="9" t="s">
         <v>429</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>430</v>
       </c>
       <c r="E109" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F109" s="9">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="G109" s="9">
-        <v>178</v>
+        <v>158</v>
       </c>
       <c r="H109" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I109" s="9">
         <v>395.0</v>
       </c>
       <c r="J109" s="9">
         <v>20</v>
       </c>
       <c r="K109" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L109" s="9">
-        <v>280</v>
+        <v>250</v>
       </c>
       <c r="M109" s="10" t="s">
         <v>429</v>
       </c>
       <c r="N109" s="9" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="O109" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P109" s="5" t="s">
-        <v>196</v>
+        <v>27</v>
       </c>
       <c r="Q109" s="9" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110" s="5">
         <v>104</v>
       </c>
       <c r="B110" s="8" t="s">
         <v>431</v>
       </c>
       <c r="C110" s="9" t="s">
         <v>432</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>433</v>
       </c>
       <c r="E110" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F110" s="9">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="G110" s="9">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="H110" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="9">
-        <v>475.0</v>
+        <v>395.0</v>
       </c>
       <c r="J110" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K110" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L110" s="9">
         <v>280</v>
       </c>
       <c r="M110" s="10" t="s">
         <v>432</v>
       </c>
       <c r="N110" s="9" t="s">
-        <v>67</v>
+        <v>95</v>
       </c>
       <c r="O110" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P110" s="5" t="s">
-        <v>28</v>
+        <v>196</v>
       </c>
       <c r="Q110" s="9" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111" s="5">
         <v>105</v>
       </c>
       <c r="B111" s="8" t="s">
         <v>434</v>
       </c>
       <c r="C111" s="9" t="s">
         <v>435</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>436</v>
       </c>
       <c r="E111" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F111" s="9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G111" s="9">
-        <v>204</v>
+        <v>168</v>
       </c>
       <c r="H111" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I111" s="9">
-        <v>450.0</v>
+        <v>425.0</v>
       </c>
       <c r="J111" s="9">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K111" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L111" s="9">
-        <v>300</v>
+        <v>260</v>
       </c>
       <c r="M111" s="10" t="s">
         <v>435</v>
       </c>
       <c r="N111" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O111" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P111" s="5" t="s">
-        <v>28</v>
+        <v>196</v>
       </c>
       <c r="Q111" s="9" t="s">
-        <v>386</v>
+        <v>91</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112" s="5">
         <v>106</v>
       </c>
       <c r="B112" s="8" t="s">
         <v>437</v>
       </c>
       <c r="C112" s="9" t="s">
         <v>438</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>131</v>
+        <v>439</v>
       </c>
       <c r="E112" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F112" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G112" s="9">
-        <v>108</v>
+        <v>170</v>
       </c>
       <c r="H112" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I112" s="9">
-        <v>300.0</v>
+        <v>475.0</v>
       </c>
       <c r="J112" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K112" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L112" s="9">
-        <v>160</v>
+        <v>280</v>
       </c>
       <c r="M112" s="10" t="s">
         <v>438</v>
       </c>
       <c r="N112" s="9" t="s">
         <v>67</v>
       </c>
       <c r="O112" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P112" s="5" t="s">
-        <v>439</v>
+        <v>28</v>
       </c>
       <c r="Q112" s="9" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113" s="5">
         <v>107</v>
       </c>
       <c r="B113" s="8" t="s">
         <v>440</v>
       </c>
       <c r="C113" s="9" t="s">
         <v>441</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>442</v>
       </c>
       <c r="E113" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F113" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G113" s="9">
-        <v>275</v>
+        <v>204</v>
       </c>
       <c r="H113" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I113" s="9">
-        <v>950.0</v>
+        <v>450.0</v>
       </c>
       <c r="J113" s="9">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="K113" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L113" s="9">
-        <v>450</v>
+        <v>300</v>
       </c>
       <c r="M113" s="10" t="s">
         <v>441</v>
       </c>
       <c r="N113" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O113" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P113" s="5" t="s">
-        <v>443</v>
+        <v>28</v>
       </c>
       <c r="Q113" s="9" t="s">
-        <v>444</v>
+        <v>389</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114" s="5">
         <v>108</v>
       </c>
       <c r="B114" s="8" t="s">
+        <v>443</v>
+      </c>
+      <c r="C114" s="9" t="s">
+        <v>444</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="E114" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F114" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G114" s="9">
+        <v>108</v>
+      </c>
+      <c r="H114" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I114" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="J114" s="9">
+        <v>20</v>
+      </c>
+      <c r="K114" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L114" s="9">
+        <v>160</v>
+      </c>
+      <c r="M114" s="10" t="s">
+        <v>444</v>
+      </c>
+      <c r="N114" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="O114" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P114" s="5" t="s">
         <v>445</v>
       </c>
-      <c r="C114" s="9" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="Q114" s="9" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115" s="5">
         <v>109</v>
       </c>
       <c r="B115" s="8" t="s">
+        <v>446</v>
+      </c>
+      <c r="C115" s="9" t="s">
+        <v>447</v>
+      </c>
+      <c r="D115" s="5" t="s">
         <v>448</v>
       </c>
-      <c r="C115" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D115" s="5" t="s">
+      <c r="E115" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F115" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G115" s="9">
+        <v>275</v>
+      </c>
+      <c r="H115" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I115" s="9">
+        <v>950.0</v>
+      </c>
+      <c r="J115" s="9">
+        <v>40</v>
+      </c>
+      <c r="K115" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L115" s="9">
         <v>450</v>
       </c>
-      <c r="E115" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M115" s="10" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="N115" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O115" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P115" s="5" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="Q115" s="9" t="s">
-        <v>88</v>
+        <v>450</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116" s="5">
         <v>110</v>
       </c>
       <c r="B116" s="8" t="s">
+        <v>451</v>
+      </c>
+      <c r="C116" s="9" t="s">
         <v>452</v>
       </c>
-      <c r="C116" s="9" t="s">
+      <c r="D116" s="5" t="s">
         <v>453</v>
       </c>
-      <c r="D116" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E116" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F116" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G116" s="9">
-        <v>207</v>
+        <v>182</v>
       </c>
       <c r="H116" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I116" s="9">
-        <v>600.0</v>
+        <v>450.0</v>
       </c>
       <c r="J116" s="9">
         <v>25</v>
       </c>
       <c r="K116" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L116" s="9">
-        <v>420</v>
+        <v>280</v>
       </c>
       <c r="M116" s="10" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="N116" s="9" t="s">
-        <v>455</v>
+        <v>26</v>
       </c>
       <c r="O116" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P116" s="5" t="s">
-        <v>59</v>
+        <v>388</v>
       </c>
       <c r="Q116" s="9" t="s">
-        <v>456</v>
+        <v>83</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117" s="5">
         <v>111</v>
       </c>
       <c r="B117" s="8" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="C117" s="9" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="E117" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F117" s="9">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="G117" s="9">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="H117" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I117" s="9">
         <v>450.0</v>
       </c>
       <c r="J117" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K117" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L117" s="9">
-        <v>390</v>
+        <v>275</v>
       </c>
       <c r="M117" s="10" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="N117" s="9" t="s">
-        <v>460</v>
+        <v>26</v>
       </c>
       <c r="O117" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P117" s="5" t="s">
-        <v>54</v>
+        <v>457</v>
       </c>
       <c r="Q117" s="9" t="s">
-        <v>253</v>
+        <v>88</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118" s="5">
         <v>112</v>
       </c>
       <c r="B118" s="8" t="s">
+        <v>458</v>
+      </c>
+      <c r="C118" s="9" t="s">
+        <v>459</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="E118" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F118" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G118" s="9">
+        <v>207</v>
+      </c>
+      <c r="H118" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I118" s="9">
+        <v>600.0</v>
+      </c>
+      <c r="J118" s="9">
+        <v>25</v>
+      </c>
+      <c r="K118" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L118" s="9">
+        <v>420</v>
+      </c>
+      <c r="M118" s="10" t="s">
+        <v>459</v>
+      </c>
+      <c r="N118" s="9" t="s">
         <v>461</v>
       </c>
-      <c r="C118" s="9" t="s">
+      <c r="O118" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P118" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q118" s="9" t="s">
         <v>462</v>
       </c>
-      <c r="D118" s="5" t="s">
+    </row>
+    <row r="119" spans="1:17">
+      <c r="A119" s="5">
+        <v>113</v>
+      </c>
+      <c r="B119" s="8" t="s">
         <v>463</v>
       </c>
-      <c r="E118" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F118" s="9">
+      <c r="C119" s="9" t="s">
+        <v>464</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="E119" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F119" s="9">
         <v>2025</v>
       </c>
-      <c r="G118" s="9">
+      <c r="G119" s="9">
+        <v>189</v>
+      </c>
+      <c r="H119" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I119" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J119" s="9">
+        <v>25</v>
+      </c>
+      <c r="K119" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L119" s="9">
+        <v>390</v>
+      </c>
+      <c r="M119" s="10" t="s">
+        <v>464</v>
+      </c>
+      <c r="N119" s="9" t="s">
+        <v>466</v>
+      </c>
+      <c r="O119" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P119" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q119" s="9" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="120" spans="1:17">
+      <c r="A120" s="5">
+        <v>114</v>
+      </c>
+      <c r="B120" s="8" t="s">
+        <v>467</v>
+      </c>
+      <c r="C120" s="9" t="s">
+        <v>468</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="E120" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F120" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G120" s="9">
         <v>122</v>
       </c>
-      <c r="H118" s="9" t="s">
-[...2 lines deleted...]
-      <c r="I118" s="9">
+      <c r="H120" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I120" s="9">
         <v>350.0</v>
       </c>
-      <c r="J118" s="9">
+      <c r="J120" s="9">
         <v>20</v>
       </c>
-      <c r="K118" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L118" s="9">
+      <c r="K120" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L120" s="9">
         <v>225</v>
       </c>
-      <c r="M118" s="10" t="s">
-[...2 lines deleted...]
-      <c r="N118" s="9" t="s">
+      <c r="M120" s="10" t="s">
+        <v>468</v>
+      </c>
+      <c r="N120" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="O118" s="9" t="s">
-[...5 lines deleted...]
-      <c r="Q118" s="9" t="s">
+      <c r="O120" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P120" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q120" s="9" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="119" spans="1:17">
-[...19 lines deleted...]
-    </row>
     <row r="121" spans="1:17">
-      <c r="A121" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H121" s="11"/>
+      <c r="B121" s="13"/>
+      <c r="C121" s="13"/>
+      <c r="D121" s="13"/>
+      <c r="E121" s="13"/>
+      <c r="F121" s="13"/>
+      <c r="G121" s="13"/>
+      <c r="H121" s="13"/>
     </row>
     <row r="122" spans="1:17">
-      <c r="A122" s="11" t="s">
-[...8 lines deleted...]
-      <c r="H122" s="11"/>
+      <c r="A122" s="12" t="s">
+        <v>470</v>
+      </c>
+      <c r="B122" s="12"/>
+      <c r="C122" s="12"/>
+      <c r="D122" s="12"/>
+      <c r="E122" s="12"/>
+      <c r="F122" s="12"/>
+      <c r="G122" s="12"/>
+      <c r="H122" s="12"/>
     </row>
     <row r="123" spans="1:17">
-      <c r="A123" s="11" t="s">
-        <v>467</v>
+      <c r="A123" s="12" t="s">
+        <v>471</v>
       </c>
       <c r="B123" s="11"/>
       <c r="C123" s="11"/>
       <c r="D123" s="11"/>
       <c r="E123" s="11"/>
       <c r="F123" s="11"/>
       <c r="G123" s="11"/>
       <c r="H123" s="11"/>
     </row>
     <row r="124" spans="1:17">
-      <c r="A124" s="12" t="s">
-        <v>468</v>
+      <c r="A124" s="11" t="s">
+        <v>472</v>
       </c>
       <c r="B124" s="11"/>
       <c r="C124" s="11"/>
       <c r="D124" s="11"/>
       <c r="E124" s="11"/>
       <c r="F124" s="11"/>
       <c r="G124" s="11"/>
       <c r="H124" s="11"/>
     </row>
     <row r="125" spans="1:17">
-      <c r="A125" s="12" t="s">
-        <v>469</v>
+      <c r="A125" s="11" t="s">
+        <v>473</v>
       </c>
       <c r="B125" s="11"/>
       <c r="C125" s="11"/>
       <c r="D125" s="11"/>
       <c r="E125" s="11"/>
       <c r="F125" s="11"/>
       <c r="G125" s="11"/>
       <c r="H125" s="11"/>
     </row>
     <row r="126" spans="1:17">
       <c r="A126" s="12" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="B126" s="11"/>
       <c r="C126" s="11"/>
       <c r="D126" s="11"/>
       <c r="E126" s="11"/>
       <c r="F126" s="11"/>
       <c r="G126" s="11"/>
       <c r="H126" s="11"/>
     </row>
     <row r="127" spans="1:17">
       <c r="A127" s="12" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="B127" s="11"/>
       <c r="C127" s="11"/>
       <c r="D127" s="11"/>
       <c r="E127" s="11"/>
       <c r="F127" s="11"/>
       <c r="G127" s="11"/>
       <c r="H127" s="11"/>
     </row>
     <row r="128" spans="1:17">
       <c r="A128" s="12" t="s">
-        <v>472</v>
-[...7 lines deleted...]
-      <c r="H128" s="12"/>
+        <v>476</v>
+      </c>
+      <c r="B128" s="11"/>
+      <c r="C128" s="11"/>
+      <c r="D128" s="11"/>
+      <c r="E128" s="11"/>
+      <c r="F128" s="11"/>
+      <c r="G128" s="11"/>
+      <c r="H128" s="11"/>
     </row>
     <row r="129" spans="1:17">
-      <c r="A129" s="11" t="s">
-        <v>473</v>
+      <c r="A129" s="12" t="s">
+        <v>477</v>
       </c>
       <c r="B129" s="11"/>
       <c r="C129" s="11"/>
       <c r="D129" s="11"/>
       <c r="E129" s="11"/>
       <c r="F129" s="11"/>
       <c r="G129" s="11"/>
       <c r="H129" s="11"/>
     </row>
     <row r="130" spans="1:17">
       <c r="A130" s="12" t="s">
-        <v>474</v>
-[...7 lines deleted...]
-      <c r="H130" s="11"/>
+        <v>478</v>
+      </c>
+      <c r="B130" s="12"/>
+      <c r="C130" s="12"/>
+      <c r="D130" s="12"/>
+      <c r="E130" s="12"/>
+      <c r="F130" s="12"/>
+      <c r="G130" s="12"/>
+      <c r="H130" s="12"/>
     </row>
     <row r="131" spans="1:17">
-      <c r="A131" s="12" t="s">
-        <v>475</v>
+      <c r="A131" s="11" t="s">
+        <v>479</v>
       </c>
       <c r="B131" s="11"/>
       <c r="C131" s="11"/>
       <c r="D131" s="11"/>
       <c r="E131" s="11"/>
       <c r="F131" s="11"/>
       <c r="G131" s="11"/>
       <c r="H131" s="11"/>
     </row>
     <row r="132" spans="1:17">
       <c r="A132" s="12" t="s">
-        <v>476</v>
-[...7 lines deleted...]
-      <c r="H132" s="12"/>
+        <v>480</v>
+      </c>
+      <c r="B132" s="11"/>
+      <c r="C132" s="11"/>
+      <c r="D132" s="11"/>
+      <c r="E132" s="11"/>
+      <c r="F132" s="11"/>
+      <c r="G132" s="11"/>
+      <c r="H132" s="11"/>
     </row>
     <row r="133" spans="1:17">
-      <c r="A133" s="11" t="s">
-        <v>0</v>
+      <c r="A133" s="12" t="s">
+        <v>481</v>
       </c>
       <c r="B133" s="11"/>
       <c r="C133" s="11"/>
       <c r="D133" s="11"/>
       <c r="E133" s="11"/>
       <c r="F133" s="11"/>
       <c r="G133" s="11"/>
       <c r="H133" s="11"/>
     </row>
     <row r="134" spans="1:17">
-      <c r="A134" s="11" t="s">
-[...8 lines deleted...]
-      <c r="H134" s="11"/>
+      <c r="A134" s="12" t="s">
+        <v>482</v>
+      </c>
+      <c r="B134" s="12"/>
+      <c r="C134" s="12"/>
+      <c r="D134" s="12"/>
+      <c r="E134" s="12"/>
+      <c r="F134" s="12"/>
+      <c r="G134" s="12"/>
+      <c r="H134" s="12"/>
     </row>
     <row r="135" spans="1:17">
       <c r="A135" s="11" t="s">
-        <v>478</v>
+        <v>0</v>
       </c>
       <c r="B135" s="11"/>
       <c r="C135" s="11"/>
       <c r="D135" s="11"/>
       <c r="E135" s="11"/>
       <c r="F135" s="11"/>
       <c r="G135" s="11"/>
       <c r="H135" s="11"/>
     </row>
     <row r="136" spans="1:17">
       <c r="A136" s="11" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="B136" s="11"/>
       <c r="C136" s="11"/>
       <c r="D136" s="11"/>
       <c r="E136" s="11"/>
       <c r="F136" s="11"/>
       <c r="G136" s="11"/>
       <c r="H136" s="11"/>
     </row>
     <row r="137" spans="1:17">
-      <c r="A137" s="12" t="s">
-        <v>480</v>
+      <c r="A137" s="11" t="s">
+        <v>484</v>
       </c>
       <c r="B137" s="11"/>
       <c r="C137" s="11"/>
       <c r="D137" s="11"/>
       <c r="E137" s="11"/>
       <c r="F137" s="11"/>
       <c r="G137" s="11"/>
       <c r="H137" s="11"/>
     </row>
     <row r="138" spans="1:17">
-      <c r="A138" s="12" t="s">
-        <v>481</v>
+      <c r="A138" s="11" t="s">
+        <v>485</v>
       </c>
       <c r="B138" s="11"/>
       <c r="C138" s="11"/>
       <c r="D138" s="11"/>
       <c r="E138" s="11"/>
       <c r="F138" s="11"/>
       <c r="G138" s="11"/>
       <c r="H138" s="11"/>
     </row>
+    <row r="139" spans="1:17">
+      <c r="A139" s="12" t="s">
+        <v>486</v>
+      </c>
+      <c r="B139" s="11"/>
+      <c r="C139" s="11"/>
+      <c r="D139" s="11"/>
+      <c r="E139" s="11"/>
+      <c r="F139" s="11"/>
+      <c r="G139" s="11"/>
+      <c r="H139" s="11"/>
+    </row>
+    <row r="140" spans="1:17">
+      <c r="A140" s="12" t="s">
+        <v>487</v>
+      </c>
+      <c r="B140" s="11"/>
+      <c r="C140" s="11"/>
+      <c r="D140" s="11"/>
+      <c r="E140" s="11"/>
+      <c r="F140" s="11"/>
+      <c r="G140" s="11"/>
+      <c r="H140" s="11"/>
+    </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
-    <mergeCell ref="A120:H120"/>
-    <mergeCell ref="A121:H121"/>
     <mergeCell ref="A122:H122"/>
     <mergeCell ref="A123:H123"/>
     <mergeCell ref="A124:H124"/>
     <mergeCell ref="A125:H125"/>
     <mergeCell ref="A126:H126"/>
     <mergeCell ref="A127:H127"/>
     <mergeCell ref="A128:H128"/>
     <mergeCell ref="A129:H129"/>
     <mergeCell ref="A130:H130"/>
     <mergeCell ref="A131:H131"/>
     <mergeCell ref="A132:H132"/>
     <mergeCell ref="A133:H133"/>
     <mergeCell ref="A134:H134"/>
     <mergeCell ref="A135:H135"/>
     <mergeCell ref="A136:H136"/>
     <mergeCell ref="A137:H137"/>
     <mergeCell ref="A138:H138"/>
+    <mergeCell ref="A139:H139"/>
+    <mergeCell ref="A140:H140"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_16"/>
     <hyperlink ref="M14" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_18"/>
     <hyperlink ref="M15" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_20"/>
     <hyperlink ref="M16" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_22"/>
     <hyperlink ref="M17" r:id="rId_hyperlink_23"/>
@@ -8464,50 +8588,54 @@
     <hyperlink ref="M106" r:id="rId_hyperlink_201"/>
     <hyperlink ref="B107" r:id="rId_hyperlink_202"/>
     <hyperlink ref="M107" r:id="rId_hyperlink_203"/>
     <hyperlink ref="B108" r:id="rId_hyperlink_204"/>
     <hyperlink ref="M108" r:id="rId_hyperlink_205"/>
     <hyperlink ref="B109" r:id="rId_hyperlink_206"/>
     <hyperlink ref="M109" r:id="rId_hyperlink_207"/>
     <hyperlink ref="B110" r:id="rId_hyperlink_208"/>
     <hyperlink ref="M110" r:id="rId_hyperlink_209"/>
     <hyperlink ref="B111" r:id="rId_hyperlink_210"/>
     <hyperlink ref="M111" r:id="rId_hyperlink_211"/>
     <hyperlink ref="B112" r:id="rId_hyperlink_212"/>
     <hyperlink ref="M112" r:id="rId_hyperlink_213"/>
     <hyperlink ref="B113" r:id="rId_hyperlink_214"/>
     <hyperlink ref="M113" r:id="rId_hyperlink_215"/>
     <hyperlink ref="B114" r:id="rId_hyperlink_216"/>
     <hyperlink ref="M114" r:id="rId_hyperlink_217"/>
     <hyperlink ref="B115" r:id="rId_hyperlink_218"/>
     <hyperlink ref="M115" r:id="rId_hyperlink_219"/>
     <hyperlink ref="B116" r:id="rId_hyperlink_220"/>
     <hyperlink ref="M116" r:id="rId_hyperlink_221"/>
     <hyperlink ref="B117" r:id="rId_hyperlink_222"/>
     <hyperlink ref="M117" r:id="rId_hyperlink_223"/>
     <hyperlink ref="B118" r:id="rId_hyperlink_224"/>
     <hyperlink ref="M118" r:id="rId_hyperlink_225"/>
+    <hyperlink ref="B119" r:id="rId_hyperlink_226"/>
+    <hyperlink ref="M119" r:id="rId_hyperlink_227"/>
+    <hyperlink ref="B120" r:id="rId_hyperlink_228"/>
+    <hyperlink ref="M120" r:id="rId_hyperlink_229"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>