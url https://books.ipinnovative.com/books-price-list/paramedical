--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
     <t>Paramedical BOOKS PRICE / CATALOGUE For Year - 2025</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
@@ -464,99 +464,108 @@
   <si>
     <t>978-93-91208-08-0</t>
   </si>
   <si>
     <t>Biology</t>
   </si>
   <si>
     <t>Pharmacology Log Book-cum-Practical Manual</t>
   </si>
   <si>
     <t>978-93-91208-77-6</t>
   </si>
   <si>
     <t>Razi Ahmad, Shamran Ahmad</t>
   </si>
   <si>
     <t>Logbook</t>
   </si>
   <si>
     <t>Pharmacology</t>
   </si>
   <si>
     <t>28x21x1.2</t>
   </si>
   <si>
+    <t>Potturi’s Comprehensive Physiotherapy-From Basic Sciences to Clinical Excellence</t>
+  </si>
+  <si>
+    <t>978-93-48565-97-6</t>
+  </si>
+  <si>
+    <t>Dr. Gowrishankar Potturi, Dr. Mayank Kumar, Dr. Krishna Reddy Vajrala</t>
+  </si>
+  <si>
+    <t>Physiotherapy</t>
+  </si>
+  <si>
     <t>Practical Experiments in Optometry: A Comprehensive Approach</t>
   </si>
   <si>
     <t>978-81-19613-30-4</t>
   </si>
   <si>
     <t>Ms Komal Sharma</t>
   </si>
   <si>
     <t>Practical/Reference Book</t>
   </si>
   <si>
     <t>22x15.5x0.8</t>
   </si>
   <si>
     <t>Practical Medical Microbiology for BMLT</t>
   </si>
   <si>
     <t>978-93-88022-76-7</t>
   </si>
   <si>
     <t>Practical</t>
   </si>
   <si>
     <t>23x15x0.9</t>
   </si>
   <si>
     <t>Quality Assurance, Control and Artifacts Including in Field Training</t>
   </si>
   <si>
     <t>978-81-19613-93-9</t>
   </si>
   <si>
     <t>Mr. Rohit Bansal, Ms. Srishti</t>
   </si>
   <si>
     <t>Radiology</t>
   </si>
   <si>
     <t>Reboot Your Joints: A Modern Rehabilitation Toolkit for the Students of BPT and MPT</t>
   </si>
   <si>
     <t>978-93-48565-80-8</t>
   </si>
   <si>
     <t>Dr. Sneha Hiren Bhalala, Dr. Merchant Hetvi Manishbhai, Dr. Prabhat Tamakuwala</t>
-  </si>
-[...1 lines deleted...]
-    <t>Physiotherapy</t>
   </si>
   <si>
     <t>25x18.5x1</t>
   </si>
   <si>
     <t>Rehabilitation Medicine for Physiotherapy</t>
   </si>
   <si>
     <t>978-93-91208-31-8</t>
   </si>
   <si>
     <t>Dr. Suraj Kumar</t>
   </si>
   <si>
     <t>Textbook of Equipments in Anaesthesia</t>
   </si>
   <si>
     <t>978-93-91208-54-7</t>
   </si>
   <si>
     <t>Dr. Anuja Agrawal, Dr. Malini Mehta, Dr. Dinesh Chauhan</t>
   </si>
   <si>
     <t>24x18x1.4</t>
   </si>
@@ -1023,62 +1032,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/204/a-textbook-on-biochemistry-for-paramedical-students" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-04-2" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/240/biochemistry-for-paramedical-courses" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-4-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/199/environmental-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-22-6" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/83/nurses-manual-of-paediatric-cardiac-intensive-care" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-37-8" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/204/a-textbook-on-biochemistry-for-paramedical-students" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-04-2" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/240/biochemistry-for-paramedical-courses" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-4-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/199/environmental-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-22-6" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/83/nurses-manual-of-paediatric-cardiac-intensive-care" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-37-8" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R47"/>
+  <dimension ref="A1:R48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B47" sqref="B47:H47"/>
+      <selection activeCell="B48" sqref="B48:H48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
     <col min="14" max="14" width="14.2822" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.5645" customWidth="true" style="0"/>
     <col min="18" max="18" width="14.2822" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18">
@@ -2805,657 +2814,709 @@
       </c>
       <c r="Q35" s="5" t="s">
         <v>148</v>
       </c>
       <c r="R35" s="9" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36" s="5">
         <v>30</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>150</v>
       </c>
       <c r="C36" s="9" t="s">
         <v>151</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>152</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G36" s="9">
-        <v>123</v>
+        <v>502</v>
       </c>
       <c r="H36" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="9">
-        <v>375.0</v>
+        <v>1295.0</v>
       </c>
       <c r="J36" s="9">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K36" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L36" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="L36" s="9"/>
       <c r="M36" s="10" t="s">
         <v>151</v>
       </c>
       <c r="N36" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O36" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="P36" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q36" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="P36" s="9" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="R36" s="9"/>
     </row>
     <row r="37" spans="1:18">
       <c r="A37" s="5">
         <v>31</v>
       </c>
       <c r="B37" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="C37" s="9" t="s">
         <v>155</v>
       </c>
-      <c r="C37" s="9" t="s">
+      <c r="D37" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="D37" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F37" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G37" s="9">
-        <v>138</v>
+        <v>123</v>
       </c>
       <c r="H37" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="9">
-        <v>350.0</v>
+        <v>375.0</v>
       </c>
       <c r="J37" s="9">
         <v>20</v>
       </c>
       <c r="K37" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="9">
-        <v>275</v>
+        <v>200</v>
       </c>
       <c r="M37" s="10" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="N37" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O37" s="9" t="s">
         <v>157</v>
       </c>
       <c r="P37" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q37" s="5" t="s">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="R37" s="9" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38" s="5">
         <v>32</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>159</v>
       </c>
       <c r="C38" s="9" t="s">
         <v>160</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>161</v>
+        <v>119</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G38" s="9">
-        <v>155</v>
+        <v>138</v>
       </c>
       <c r="H38" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="9">
-        <v>425.0</v>
+        <v>350.0</v>
       </c>
       <c r="J38" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K38" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="9">
-        <v>230</v>
+        <v>275</v>
       </c>
       <c r="M38" s="10" t="s">
         <v>160</v>
       </c>
       <c r="N38" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O38" s="9" t="s">
-        <v>26</v>
+        <v>161</v>
       </c>
       <c r="P38" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q38" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="R38" s="9" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39" s="5">
         <v>33</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>163</v>
       </c>
       <c r="C39" s="9" t="s">
         <v>164</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>165</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G39" s="9">
-        <v>187</v>
+        <v>155</v>
       </c>
       <c r="H39" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="9">
-        <v>550.0</v>
+        <v>425.0</v>
       </c>
       <c r="J39" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="9">
-        <v>420</v>
+        <v>230</v>
       </c>
       <c r="M39" s="10" t="s">
         <v>164</v>
       </c>
       <c r="N39" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O39" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P39" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q39" s="5" t="s">
         <v>166</v>
       </c>
       <c r="R39" s="9" t="s">
-        <v>167</v>
+        <v>54</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40" s="5">
         <v>34</v>
       </c>
       <c r="B40" s="8" t="s">
+        <v>167</v>
+      </c>
+      <c r="C40" s="9" t="s">
         <v>168</v>
       </c>
-      <c r="C40" s="9" t="s">
+      <c r="D40" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="D40" s="5" t="s">
+      <c r="E40" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F40" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G40" s="9">
+        <v>187</v>
+      </c>
+      <c r="H40" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I40" s="9">
+        <v>550.0</v>
+      </c>
+      <c r="J40" s="9">
+        <v>30</v>
+      </c>
+      <c r="K40" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L40" s="9">
+        <v>420</v>
+      </c>
+      <c r="M40" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="N40" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O40" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="P40" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q40" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="R40" s="9" t="s">
         <v>170</v>
-      </c>
-[...40 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41" s="5">
         <v>35</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>171</v>
       </c>
       <c r="C41" s="9" t="s">
         <v>172</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>173</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="9">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="G41" s="9">
-        <v>275</v>
+        <v>173</v>
       </c>
       <c r="H41" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="9">
-        <v>950.0</v>
+        <v>475.0</v>
       </c>
       <c r="J41" s="9">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="K41" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="9">
-        <v>470</v>
+        <v>290</v>
       </c>
       <c r="M41" s="10" t="s">
         <v>172</v>
       </c>
       <c r="N41" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O41" s="9" t="s">
-        <v>79</v>
+        <v>33</v>
       </c>
       <c r="P41" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q41" s="5" t="s">
-        <v>90</v>
+        <v>153</v>
       </c>
       <c r="R41" s="9" t="s">
-        <v>174</v>
+        <v>29</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42" s="5">
         <v>36</v>
       </c>
       <c r="B42" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="C42" s="9" t="s">
         <v>175</v>
       </c>
-      <c r="C42" s="9" t="s">
+      <c r="D42" s="5" t="s">
         <v>176</v>
       </c>
-      <c r="D42" s="5" t="s">
+      <c r="E42" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F42" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G42" s="9">
+        <v>275</v>
+      </c>
+      <c r="H42" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I42" s="9">
+        <v>950.0</v>
+      </c>
+      <c r="J42" s="9">
+        <v>45</v>
+      </c>
+      <c r="K42" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L42" s="9">
+        <v>470</v>
+      </c>
+      <c r="M42" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="N42" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O42" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P42" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q42" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="R42" s="9" t="s">
         <v>177</v>
-      </c>
-[...40 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43" s="5">
         <v>37</v>
       </c>
       <c r="B43" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="C43" s="9" t="s">
         <v>179</v>
       </c>
-      <c r="C43" s="9" t="s">
+      <c r="D43" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="D43" s="5" t="s">
+      <c r="E43" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F43" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G43" s="9">
+        <v>253</v>
+      </c>
+      <c r="H43" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I43" s="9">
+        <v>525.0</v>
+      </c>
+      <c r="J43" s="9">
+        <v>30</v>
+      </c>
+      <c r="K43" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L43" s="9">
+        <v>320</v>
+      </c>
+      <c r="M43" s="10" t="s">
+        <v>179</v>
+      </c>
+      <c r="N43" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O43" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="P43" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q43" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="R43" s="9" t="s">
         <v>181</v>
-      </c>
-[...40 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44" s="5">
         <v>38</v>
       </c>
       <c r="B44" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="C44" s="9" t="s">
         <v>183</v>
       </c>
-      <c r="C44" s="9" t="s">
+      <c r="D44" s="5" t="s">
         <v>184</v>
       </c>
-      <c r="D44" s="5" t="s">
+      <c r="E44" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F44" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G44" s="9">
+        <v>293</v>
+      </c>
+      <c r="H44" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I44" s="9">
+        <v>1350.0</v>
+      </c>
+      <c r="J44" s="9">
+        <v>60</v>
+      </c>
+      <c r="K44" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L44" s="9">
+        <v>800</v>
+      </c>
+      <c r="M44" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="N44" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O44" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="P44" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q44" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="R44" s="9" t="s">
         <v>185</v>
-      </c>
-[...40 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45" s="5">
         <v>39</v>
       </c>
       <c r="B45" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="C45" s="9" t="s">
         <v>187</v>
       </c>
-      <c r="C45" s="9" t="s">
+      <c r="D45" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="D45" s="5" t="s">
+      <c r="E45" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F45" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G45" s="9">
+        <v>275</v>
+      </c>
+      <c r="H45" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I45" s="9">
+        <v>950.0</v>
+      </c>
+      <c r="J45" s="9">
+        <v>40</v>
+      </c>
+      <c r="K45" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L45" s="9">
+        <v>450</v>
+      </c>
+      <c r="M45" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="N45" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O45" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="P45" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q45" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="R45" s="9" t="s">
         <v>189</v>
-      </c>
-[...40 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46" s="5">
         <v>40</v>
       </c>
       <c r="B46" s="8" t="s">
+        <v>190</v>
+      </c>
+      <c r="C46" s="9" t="s">
         <v>191</v>
       </c>
-      <c r="C46" s="9" t="s">
+      <c r="D46" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="D46" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F46" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G46" s="9">
-        <v>51</v>
+        <v>89</v>
       </c>
       <c r="H46" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="9">
-        <v>195.0</v>
+        <v>275.0</v>
       </c>
       <c r="J46" s="9">
         <v>15</v>
       </c>
       <c r="K46" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="9">
+        <v>150</v>
+      </c>
+      <c r="M46" s="10" t="s">
+        <v>191</v>
+      </c>
+      <c r="N46" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O46" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="P46" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q46" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="R46" s="9" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="47" spans="1:18">
+      <c r="A47" s="5">
+        <v>41</v>
+      </c>
+      <c r="B47" s="8" t="s">
+        <v>194</v>
+      </c>
+      <c r="C47" s="9" t="s">
+        <v>195</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="E47" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F47" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G47" s="9">
+        <v>51</v>
+      </c>
+      <c r="H47" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I47" s="9">
+        <v>195.0</v>
+      </c>
+      <c r="J47" s="9">
+        <v>15</v>
+      </c>
+      <c r="K47" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L47" s="9">
         <v>100</v>
       </c>
-      <c r="M46" s="10" t="s">
-[...5 lines deleted...]
-      <c r="O46" s="9" t="s">
+      <c r="M47" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="N47" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O47" s="9" t="s">
         <v>58</v>
       </c>
-      <c r="P46" s="9" t="s">
-[...16 lines deleted...]
-      <c r="H47" s="11"/>
+      <c r="P47" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q47" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="R47" s="9" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="48" spans="1:18">
+      <c r="B48" s="11"/>
+      <c r="C48" s="11"/>
+      <c r="D48" s="11"/>
+      <c r="E48" s="11"/>
+      <c r="F48" s="11"/>
+      <c r="G48" s="11"/>
+      <c r="H48" s="11"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
@@ -3503,50 +3564,52 @@
     <hyperlink ref="M34" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_58"/>
     <hyperlink ref="M35" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_60"/>
     <hyperlink ref="M36" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_62"/>
     <hyperlink ref="M37" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_64"/>
     <hyperlink ref="M38" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_66"/>
     <hyperlink ref="M39" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_68"/>
     <hyperlink ref="M40" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_70"/>
     <hyperlink ref="M41" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_72"/>
     <hyperlink ref="M42" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_74"/>
     <hyperlink ref="M43" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_76"/>
     <hyperlink ref="M44" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_78"/>
     <hyperlink ref="M45" r:id="rId_hyperlink_79"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_80"/>
     <hyperlink ref="M46" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="B47" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="M47" r:id="rId_hyperlink_83"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>