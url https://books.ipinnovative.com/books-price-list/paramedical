--- v1 (2025-11-01)
+++ v2 (2025-12-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
     <t>Paramedical BOOKS PRICE / CATALOGUE For Year - 2025</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
@@ -476,50 +476,53 @@
   <si>
     <t>Razi Ahmad, Shamran Ahmad</t>
   </si>
   <si>
     <t>Logbook</t>
   </si>
   <si>
     <t>Pharmacology</t>
   </si>
   <si>
     <t>28x21x1.2</t>
   </si>
   <si>
     <t>Potturi’s Comprehensive Physiotherapy-From Basic Sciences to Clinical Excellence</t>
   </si>
   <si>
     <t>978-93-48565-97-6</t>
   </si>
   <si>
     <t>Dr. Gowrishankar Potturi, Dr. Mayank Kumar, Dr. Krishna Reddy Vajrala</t>
   </si>
   <si>
     <t>Physiotherapy</t>
   </si>
   <si>
+    <t>24x18.5x2.5</t>
+  </si>
+  <si>
     <t>Practical Experiments in Optometry: A Comprehensive Approach</t>
   </si>
   <si>
     <t>978-81-19613-30-4</t>
   </si>
   <si>
     <t>Ms Komal Sharma</t>
   </si>
   <si>
     <t>Practical/Reference Book</t>
   </si>
   <si>
     <t>22x15.5x0.8</t>
   </si>
   <si>
     <t>Practical Medical Microbiology for BMLT</t>
   </si>
   <si>
     <t>978-93-88022-76-7</t>
   </si>
   <si>
     <t>Practical</t>
   </si>
   <si>
     <t>23x15x0.9</t>
@@ -609,171 +612,214 @@
     <t>Textbook on Microbes and Disease</t>
   </si>
   <si>
     <t>978-93-91208-43-1</t>
   </si>
   <si>
     <t>Dr. Chetan D. M., Dr. Narendra Kumar S, Dr. Anil Kumar H. S.</t>
   </si>
   <si>
     <t>22x15x0.4</t>
   </si>
   <si>
     <t>Textbook on Naturopathy and Yoga Treatment</t>
   </si>
   <si>
     <t>978-81-19613-89-2</t>
   </si>
   <si>
     <t>Dr. Dinesh Kumar Shukla</t>
   </si>
   <si>
     <t>Naturopathy</t>
   </si>
   <si>
     <t>22x15.5x0.5</t>
+  </si>
+  <si>
+    <t>Payment Details:-
+Payment (India):100% Advance Payment Cheque / DD / RTGS / NEFT will be made in favour of"IP Innovative Publication Pvt. Ltd."
+Payable at New Delhi, India
+Bank Name: Axis Bank Ltd., Branch – Palam, New Delhi
+Current Account No.:917020045271486
+IFSC Code:UTIB0000102
+Swift Code:AXISINBB132
+PAN No.:AAECI4006K
+Payment Option for Outside of India:
+PayPal option is applicable only for outside India. Foreign/International Subscribers can send payment via PayPal.
+PayPal Account:subscription@ipinnovative.com
+Please send your payment details at Email ID:subscription@ipinnovative.com
+Contact Details:
+IP Innovative Publication Pvt. Ltd.
+3rd Floor, A-2, Gulab Bagh, Nawada, Metro Pillar No. 733
+Uttam Nagar, New Delhi – 110059, India
+Phone: +91-11-61364114, 61364115, 405682495, Ext. 12 &amp; 21
+Mail:subscription@ipinnovative.com, subscription1.ippl@gmail.com
+Web:www.ipinnovative.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="5">
+  <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
+    <font>
+      <b val="1"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="14">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1040,2491 +1086,2671 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/204/a-textbook-on-biochemistry-for-paramedical-students" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-04-2" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/240/biochemistry-for-paramedical-courses" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-4-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/199/environmental-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-22-6" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/83/nurses-manual-of-paediatric-cardiac-intensive-care" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-37-8" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R48"/>
+  <dimension ref="A1:Q78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B48" sqref="B48:H48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
-    <col min="14" max="14" width="14.2822" customWidth="true" style="0"/>
+    <col min="14" max="14" width="28.5645" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
-    <col min="17" max="17" width="28.5645" customWidth="true" style="0"/>
-    <col min="18" max="18" width="14.2822" customWidth="true" style="0"/>
+    <col min="17" max="17" width="14.2822" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18">
+    <row r="1" spans="1:17">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
     </row>
-    <row r="2" spans="1:18">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
-    <row r="3" spans="1:18">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
     </row>
-    <row r="4" spans="1:18">
+    <row r="4" spans="1:17">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
     </row>
-    <row r="5" spans="1:18">
+    <row r="5" spans="1:17">
       <c r="A5"/>
     </row>
-    <row r="6" spans="1:18">
+    <row r="6" spans="1:17">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>7</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H6" s="7" t="s">
         <v>10</v>
       </c>
       <c r="I6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="J6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="K6" s="7" t="s">
         <v>13</v>
       </c>
       <c r="L6" s="7" t="s">
         <v>14</v>
       </c>
       <c r="M6" s="7" t="s">
         <v>15</v>
       </c>
       <c r="N6" s="7" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="O6" s="7" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="P6" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="Q6" s="6" t="s">
+      <c r="P6" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="R6" s="7" t="s">
+      <c r="Q6" s="7" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="7" spans="1:18">
+    <row r="7" spans="1:17">
       <c r="A7" s="5">
         <v>1</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="9">
         <v>2022</v>
       </c>
       <c r="G7" s="9">
         <v>203</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I7" s="9">
         <v>550.0</v>
       </c>
       <c r="J7" s="9">
         <v>30</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="9">
         <v>260</v>
       </c>
       <c r="M7" s="10" t="s">
         <v>21</v>
       </c>
       <c r="N7" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O7" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q7" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P7" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R7" s="9" t="s">
+      <c r="Q7" s="9" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="8" spans="1:18">
+    <row r="8" spans="1:17">
       <c r="A8" s="5">
         <v>2</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>31</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="9">
         <v>2022</v>
       </c>
       <c r="G8" s="9">
         <v>263</v>
       </c>
       <c r="H8" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I8" s="9">
         <v>650.0</v>
       </c>
       <c r="J8" s="9">
         <v>25</v>
       </c>
       <c r="K8" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="9">
         <v>465</v>
       </c>
       <c r="M8" s="10" t="s">
         <v>31</v>
       </c>
       <c r="N8" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O8" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q8" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P8" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="R8" s="9" t="s">
+      <c r="Q8" s="9" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="9" spans="1:18">
+    <row r="9" spans="1:17">
       <c r="A9" s="5">
         <v>3</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>38</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G9" s="9">
         <v>189</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I9" s="9">
         <v>450.0</v>
       </c>
       <c r="J9" s="9">
         <v>25</v>
       </c>
       <c r="K9" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="9">
         <v>330</v>
       </c>
       <c r="M9" s="10" t="s">
         <v>37</v>
       </c>
       <c r="N9" s="9" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="O9" s="9" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      <c r="Q9" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P9" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="R9" s="9" t="s">
+      <c r="Q9" s="9" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="10" spans="1:18">
+    <row r="10" spans="1:17">
       <c r="A10" s="5">
         <v>4</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>43</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="9">
         <v>2020</v>
       </c>
       <c r="G10" s="9">
         <v>97</v>
       </c>
       <c r="H10" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="9">
         <v>350.0</v>
       </c>
       <c r="J10" s="9">
         <v>20</v>
       </c>
       <c r="K10" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="9">
         <v>200</v>
       </c>
       <c r="M10" s="10" t="s">
         <v>43</v>
       </c>
       <c r="N10" s="9" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="O10" s="9" t="s">
-        <v>45</v>
-[...4 lines deleted...]
-      <c r="Q10" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P10" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="R10" s="9" t="s">
+      <c r="Q10" s="9" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="11" spans="1:18">
+    <row r="11" spans="1:17">
       <c r="A11" s="5">
         <v>5</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="9">
         <v>2023</v>
       </c>
       <c r="G11" s="9">
         <v>674</v>
       </c>
       <c r="H11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="9">
         <v>1600.0</v>
       </c>
       <c r="J11" s="9">
         <v>75</v>
       </c>
       <c r="K11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L11" s="9">
         <v>1400</v>
       </c>
       <c r="M11" s="10" t="s">
         <v>49</v>
       </c>
       <c r="N11" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O11" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q11" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P11" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="R11" s="9" t="s">
+      <c r="Q11" s="9" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="12" spans="1:18">
+    <row r="12" spans="1:17">
       <c r="A12" s="5">
         <v>6</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>52</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>53</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="9">
         <v>2023</v>
       </c>
       <c r="G12" s="9">
         <v>154</v>
       </c>
       <c r="H12" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="9">
         <v>400.0</v>
       </c>
       <c r="J12" s="9">
         <v>30</v>
       </c>
       <c r="K12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="9">
         <v>220</v>
       </c>
       <c r="M12" s="10" t="s">
         <v>52</v>
       </c>
       <c r="N12" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O12" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q12" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P12" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="R12" s="9" t="s">
+      <c r="Q12" s="9" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="13" spans="1:18">
+    <row r="13" spans="1:17">
       <c r="A13" s="5">
         <v>7</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>56</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>57</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="9">
         <v>2024</v>
       </c>
       <c r="G13" s="9">
         <v>153</v>
       </c>
       <c r="H13" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="9">
         <v>450.0</v>
       </c>
       <c r="J13" s="9">
         <v>25</v>
       </c>
       <c r="K13" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="9">
         <v>480</v>
       </c>
       <c r="M13" s="10" t="s">
         <v>56</v>
       </c>
       <c r="N13" s="9" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="O13" s="9" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-      <c r="Q13" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P13" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="R13" s="9" t="s">
+      <c r="Q13" s="9" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="14" spans="1:18">
+    <row r="14" spans="1:17">
       <c r="A14" s="5">
         <v>8</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>62</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>63</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="9">
         <v>2024</v>
       </c>
       <c r="G14" s="9">
         <v>1088</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="9">
         <v>2495.0</v>
       </c>
       <c r="J14" s="9">
         <v>105</v>
       </c>
       <c r="K14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="9">
         <v>1920</v>
       </c>
       <c r="M14" s="10" t="s">
         <v>62</v>
       </c>
       <c r="N14" s="9" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="O14" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q14" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P14" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="R14" s="9" t="s">
+      <c r="Q14" s="9" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="15" spans="1:18">
+    <row r="15" spans="1:17">
       <c r="A15" s="5">
         <v>9</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>67</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>68</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>63</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F15" s="9">
         <v>2024</v>
       </c>
       <c r="G15" s="9">
         <v>407</v>
       </c>
       <c r="H15" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="9">
         <v>925.0</v>
       </c>
       <c r="J15" s="9">
         <v>40</v>
       </c>
       <c r="K15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="9">
         <v>700</v>
       </c>
       <c r="M15" s="10" t="s">
         <v>68</v>
       </c>
       <c r="N15" s="9" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="O15" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q15" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P15" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="R15" s="9" t="s">
+      <c r="Q15" s="9" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="16" spans="1:18">
+    <row r="16" spans="1:17">
       <c r="A16" s="5">
         <v>10</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>71</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>63</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F16" s="9">
         <v>2024</v>
       </c>
       <c r="G16" s="9">
         <v>380</v>
       </c>
       <c r="H16" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I16" s="9">
         <v>875.0</v>
       </c>
       <c r="J16" s="9">
         <v>40</v>
       </c>
       <c r="K16" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="9">
         <v>680</v>
       </c>
       <c r="M16" s="10" t="s">
         <v>71</v>
       </c>
       <c r="N16" s="9" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="O16" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q16" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P16" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="R16" s="9" t="s">
+      <c r="Q16" s="9" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="17" spans="1:18">
+    <row r="17" spans="1:17">
       <c r="A17" s="5">
         <v>11</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>73</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>63</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F17" s="9">
         <v>2024</v>
       </c>
       <c r="G17" s="9">
         <v>301</v>
       </c>
       <c r="H17" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="9">
         <v>795.0</v>
       </c>
       <c r="J17" s="9">
         <v>35</v>
       </c>
       <c r="K17" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="9">
         <v>540</v>
       </c>
       <c r="M17" s="10" t="s">
         <v>74</v>
       </c>
       <c r="N17" s="9" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="O17" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q17" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P17" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="R17" s="9" t="s">
+      <c r="Q17" s="9" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="18" spans="1:18">
+    <row r="18" spans="1:17">
       <c r="A18" s="5">
         <v>12</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>78</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="9">
         <v>2020</v>
       </c>
       <c r="G18" s="9">
         <v>684</v>
       </c>
       <c r="H18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="9">
         <v>1950.0</v>
       </c>
       <c r="J18" s="9">
         <v>75</v>
       </c>
       <c r="K18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="9">
         <v>1600</v>
       </c>
       <c r="M18" s="10" t="s">
         <v>77</v>
       </c>
       <c r="N18" s="9" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="O18" s="9" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="Q18" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P18" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="R18" s="9" t="s">
+      <c r="Q18" s="9" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="19" spans="1:18">
+    <row r="19" spans="1:17">
       <c r="A19" s="5">
         <v>13</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>83</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>84</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="9">
         <v>2022</v>
       </c>
       <c r="G19" s="9">
         <v>142</v>
       </c>
       <c r="H19" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="9">
         <v>450.0</v>
       </c>
       <c r="J19" s="9">
         <v>25</v>
       </c>
       <c r="K19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="9">
         <v>220</v>
       </c>
       <c r="M19" s="10" t="s">
         <v>83</v>
       </c>
       <c r="N19" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O19" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q19" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P19" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="R19" s="9" t="s">
+      <c r="Q19" s="9" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="20" spans="1:18">
+    <row r="20" spans="1:17">
       <c r="A20" s="5">
         <v>14</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>87</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>88</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>89</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="9">
         <v>2024</v>
       </c>
       <c r="G20" s="9">
         <v>549</v>
       </c>
       <c r="H20" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="9">
         <v>1600.0</v>
       </c>
       <c r="J20" s="9">
         <v>70</v>
       </c>
       <c r="K20" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="9">
         <v>1400</v>
       </c>
       <c r="M20" s="10" t="s">
         <v>88</v>
       </c>
       <c r="N20" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O20" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q20" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P20" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="R20" s="9" t="s">
+      <c r="Q20" s="9" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="21" spans="1:18">
+    <row r="21" spans="1:17">
       <c r="A21" s="5">
         <v>15</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>92</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>93</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>89</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F21" s="9">
         <v>2024</v>
       </c>
       <c r="G21" s="9">
         <v>220</v>
       </c>
       <c r="H21" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I21" s="9">
         <v>650.0</v>
       </c>
       <c r="J21" s="9">
         <v>30</v>
       </c>
       <c r="K21" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="9">
         <v>600</v>
       </c>
       <c r="M21" s="10" t="s">
         <v>93</v>
       </c>
       <c r="N21" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O21" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q21" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P21" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="R21" s="9" t="s">
+      <c r="Q21" s="9" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="22" spans="1:18">
+    <row r="22" spans="1:17">
       <c r="A22" s="5">
         <v>16</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>95</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>96</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>89</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="9">
         <v>2024</v>
       </c>
       <c r="G22" s="9">
         <v>329</v>
       </c>
       <c r="H22" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="9">
         <v>975.0</v>
       </c>
       <c r="J22" s="9">
         <v>45</v>
       </c>
       <c r="K22" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="9">
         <v>780</v>
       </c>
       <c r="M22" s="10" t="s">
         <v>96</v>
       </c>
       <c r="N22" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O22" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q22" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P22" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="R22" s="9" t="s">
+      <c r="Q22" s="9" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="23" spans="1:18">
+    <row r="23" spans="1:17">
       <c r="A23" s="5">
         <v>17</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>98</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>99</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>100</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="9">
         <v>2024</v>
       </c>
       <c r="G23" s="9">
         <v>215</v>
       </c>
       <c r="H23" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="9">
         <v>495.0</v>
       </c>
       <c r="J23" s="9">
         <v>30</v>
       </c>
       <c r="K23" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="9">
         <v>320</v>
       </c>
       <c r="M23" s="10" t="s">
         <v>99</v>
       </c>
       <c r="N23" s="9" t="s">
-        <v>23</v>
+        <v>101</v>
       </c>
       <c r="O23" s="9" t="s">
-        <v>101</v>
-[...4 lines deleted...]
-      <c r="Q23" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P23" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="R23" s="9" t="s">
+      <c r="Q23" s="9" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="24" spans="1:18">
+    <row r="24" spans="1:17">
       <c r="A24" s="5">
         <v>18</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>104</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>105</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>106</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="9">
         <v>2024</v>
       </c>
       <c r="G24" s="9">
         <v>96</v>
       </c>
       <c r="H24" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="9">
         <v>400.0</v>
       </c>
       <c r="J24" s="9">
         <v>30</v>
       </c>
       <c r="K24" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="9">
         <v>175</v>
       </c>
       <c r="M24" s="10" t="s">
         <v>105</v>
       </c>
       <c r="N24" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O24" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q24" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P24" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="R24" s="9" t="s">
+      <c r="Q24" s="9" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="25" spans="1:18">
+    <row r="25" spans="1:17">
       <c r="A25" s="5">
         <v>19</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>108</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>109</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>110</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="9">
         <v>2024</v>
       </c>
       <c r="G25" s="9">
         <v>111</v>
       </c>
       <c r="H25" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="9">
         <v>400.0</v>
       </c>
       <c r="J25" s="9">
         <v>20</v>
       </c>
       <c r="K25" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="9">
         <v>180</v>
       </c>
       <c r="M25" s="10" t="s">
         <v>109</v>
       </c>
       <c r="N25" s="9" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="O25" s="9" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-      <c r="Q25" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P25" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="R25" s="9" t="s">
+      <c r="Q25" s="9" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="26" spans="1:18">
+    <row r="26" spans="1:17">
       <c r="A26" s="5">
         <v>20</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>112</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>113</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>114</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="9">
         <v>2022</v>
       </c>
       <c r="G26" s="9">
         <v>151</v>
       </c>
       <c r="H26" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="9">
         <v>375.0</v>
       </c>
       <c r="J26" s="9">
         <v>20</v>
       </c>
       <c r="K26" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="9">
         <v>220</v>
       </c>
       <c r="M26" s="10" t="s">
         <v>113</v>
       </c>
       <c r="N26" s="9" t="s">
-        <v>23</v>
+        <v>115</v>
       </c>
       <c r="O26" s="9" t="s">
-        <v>115</v>
-[...4 lines deleted...]
-      <c r="Q26" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P26" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="R26" s="9" t="s">
+      <c r="Q26" s="9" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="27" spans="1:18">
+    <row r="27" spans="1:17">
       <c r="A27" s="5">
         <v>21</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>117</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>118</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>119</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F27" s="9">
         <v>2020</v>
       </c>
       <c r="G27" s="9">
         <v>521</v>
       </c>
       <c r="H27" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="9">
         <v>1050.0</v>
       </c>
       <c r="J27" s="9">
         <v>50</v>
       </c>
       <c r="K27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="9">
         <v>800</v>
       </c>
       <c r="M27" s="10" t="s">
         <v>118</v>
       </c>
       <c r="N27" s="9" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="O27" s="9" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="Q27" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P27" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="R27" s="9" t="s">
+      <c r="Q27" s="9" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="28" spans="1:18">
+    <row r="28" spans="1:17">
       <c r="A28" s="5">
         <v>22</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>122</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>123</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>119</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F28" s="9">
         <v>2020</v>
       </c>
       <c r="G28" s="9">
         <v>340</v>
       </c>
       <c r="H28" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="9">
         <v>750.0</v>
       </c>
       <c r="J28" s="9">
         <v>35</v>
       </c>
       <c r="K28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="9">
         <v>550</v>
       </c>
       <c r="M28" s="10" t="s">
         <v>123</v>
       </c>
       <c r="N28" s="9" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="O28" s="9" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="Q28" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P28" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="R28" s="9" t="s">
+      <c r="Q28" s="9" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="29" spans="1:18">
+    <row r="29" spans="1:17">
       <c r="A29" s="5">
         <v>23</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>126</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>127</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>119</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F29" s="9">
         <v>2020</v>
       </c>
       <c r="G29" s="9">
         <v>202</v>
       </c>
       <c r="H29" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="9">
         <v>400.0</v>
       </c>
       <c r="J29" s="9">
         <v>20</v>
       </c>
       <c r="K29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="9">
         <v>300</v>
       </c>
       <c r="M29" s="10" t="s">
         <v>127</v>
       </c>
       <c r="N29" s="9" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="O29" s="9" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="Q29" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P29" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="R29" s="9" t="s">
+      <c r="Q29" s="9" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="30" spans="1:18">
+    <row r="30" spans="1:17">
       <c r="A30" s="5">
         <v>24</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>129</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>130</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>119</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="9">
         <v>2020</v>
       </c>
       <c r="G30" s="9">
         <v>376</v>
       </c>
       <c r="H30" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="9">
         <v>850.0</v>
       </c>
       <c r="J30" s="9">
         <v>40</v>
       </c>
       <c r="K30" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="9">
         <v>600</v>
       </c>
       <c r="M30" s="10" t="s">
         <v>130</v>
       </c>
       <c r="N30" s="9" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="O30" s="9" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="Q30" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P30" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="R30" s="9" t="s">
+      <c r="Q30" s="9" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="31" spans="1:18">
+    <row r="31" spans="1:17">
       <c r="A31" s="5">
         <v>25</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>131</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>132</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>119</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F31" s="9">
         <v>2020</v>
       </c>
       <c r="G31" s="9">
         <v>414</v>
       </c>
       <c r="H31" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="9">
         <v>850.0</v>
       </c>
       <c r="J31" s="9">
         <v>40</v>
       </c>
       <c r="K31" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="9">
         <v>650</v>
       </c>
       <c r="M31" s="10" t="s">
         <v>132</v>
       </c>
       <c r="N31" s="9" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="O31" s="9" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="Q31" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P31" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="R31" s="9" t="s">
+      <c r="Q31" s="9" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="32" spans="1:18">
+    <row r="32" spans="1:17">
       <c r="A32" s="5">
         <v>26</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>134</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>135</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>119</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F32" s="9">
         <v>2020</v>
       </c>
       <c r="G32" s="9">
         <v>362</v>
       </c>
       <c r="H32" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="9">
         <v>850.0</v>
       </c>
       <c r="J32" s="9">
         <v>40</v>
       </c>
       <c r="K32" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="9">
         <v>650</v>
       </c>
       <c r="M32" s="10" t="s">
         <v>135</v>
       </c>
       <c r="N32" s="9" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="O32" s="9" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="Q32" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P32" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="R32" s="9" t="s">
+      <c r="Q32" s="9" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="33" spans="1:18">
+    <row r="33" spans="1:17">
       <c r="A33" s="5">
         <v>27</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>136</v>
       </c>
       <c r="C33" s="9" t="s">
         <v>137</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>138</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F33" s="9">
         <v>2020</v>
       </c>
       <c r="G33" s="9">
         <v>86</v>
       </c>
       <c r="H33" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="9">
         <v>395.0</v>
       </c>
       <c r="J33" s="9">
         <v>20</v>
       </c>
       <c r="K33" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="9">
         <v>100</v>
       </c>
       <c r="M33" s="10" t="s">
         <v>137</v>
       </c>
       <c r="N33" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O33" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q33" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P33" s="5" t="s">
         <v>139</v>
       </c>
-      <c r="R33" s="9" t="s">
+      <c r="Q33" s="9" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="34" spans="1:18">
+    <row r="34" spans="1:17">
       <c r="A34" s="5">
         <v>28</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>141</v>
       </c>
       <c r="C34" s="9" t="s">
         <v>142</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="9">
         <v>2022</v>
       </c>
       <c r="G34" s="9">
         <v>424</v>
       </c>
       <c r="H34" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="9">
         <v>995.0</v>
       </c>
       <c r="J34" s="9">
         <v>40</v>
       </c>
       <c r="K34" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="9">
         <v>930</v>
       </c>
       <c r="M34" s="10" t="s">
         <v>142</v>
       </c>
       <c r="N34" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O34" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q34" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P34" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="R34" s="9" t="s">
+      <c r="Q34" s="9" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="35" spans="1:18">
+    <row r="35" spans="1:17">
       <c r="A35" s="5">
         <v>29</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>144</v>
       </c>
       <c r="C35" s="9" t="s">
         <v>145</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>146</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F35" s="9">
         <v>2023</v>
       </c>
       <c r="G35" s="9">
         <v>194</v>
       </c>
       <c r="H35" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="9">
         <v>495.0</v>
       </c>
       <c r="J35" s="9">
         <v>25</v>
       </c>
       <c r="K35" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="9">
         <v>485</v>
       </c>
       <c r="M35" s="10" t="s">
         <v>145</v>
       </c>
       <c r="N35" s="9" t="s">
-        <v>23</v>
+        <v>147</v>
       </c>
       <c r="O35" s="9" t="s">
-        <v>147</v>
-[...4 lines deleted...]
-      <c r="Q35" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P35" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="R35" s="9" t="s">
+      <c r="Q35" s="9" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="36" spans="1:18">
+    <row r="36" spans="1:17">
       <c r="A36" s="5">
         <v>30</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>150</v>
       </c>
       <c r="C36" s="9" t="s">
         <v>151</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>152</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="9">
         <v>2025</v>
       </c>
       <c r="G36" s="9">
         <v>502</v>
       </c>
       <c r="H36" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="9">
         <v>1295.0</v>
       </c>
       <c r="J36" s="9">
         <v>50</v>
       </c>
       <c r="K36" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L36" s="9"/>
+      <c r="L36" s="9">
+        <v>860</v>
+      </c>
       <c r="M36" s="10" t="s">
         <v>151</v>
       </c>
       <c r="N36" s="9" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="O36" s="9" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-      <c r="Q36" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P36" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="R36" s="9"/>
-[...1 lines deleted...]
-    <row r="37" spans="1:18">
+      <c r="Q36" s="9" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17">
       <c r="A37" s="5">
         <v>31</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F37" s="9">
         <v>2024</v>
       </c>
       <c r="G37" s="9">
         <v>123</v>
       </c>
       <c r="H37" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="9">
         <v>375.0</v>
       </c>
       <c r="J37" s="9">
         <v>20</v>
       </c>
       <c r="K37" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="9">
         <v>200</v>
       </c>
       <c r="M37" s="10" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="N37" s="9" t="s">
-        <v>23</v>
+        <v>158</v>
       </c>
       <c r="O37" s="9" t="s">
-        <v>157</v>
-[...4 lines deleted...]
-      <c r="Q37" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P37" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="R37" s="9" t="s">
-[...3 lines deleted...]
-    <row r="38" spans="1:18">
+      <c r="Q37" s="9" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17">
       <c r="A38" s="5">
         <v>32</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>119</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="9">
         <v>2020</v>
       </c>
       <c r="G38" s="9">
         <v>138</v>
       </c>
       <c r="H38" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="9">
         <v>350.0</v>
       </c>
       <c r="J38" s="9">
         <v>20</v>
       </c>
       <c r="K38" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="9">
         <v>275</v>
       </c>
       <c r="M38" s="10" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N38" s="9" t="s">
-        <v>23</v>
+        <v>162</v>
       </c>
       <c r="O38" s="9" t="s">
-        <v>161</v>
-[...4 lines deleted...]
-      <c r="Q38" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P38" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="R38" s="9" t="s">
-[...3 lines deleted...]
-    <row r="39" spans="1:18">
+      <c r="Q38" s="9" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17">
       <c r="A39" s="5">
         <v>33</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="9">
         <v>2024</v>
       </c>
       <c r="G39" s="9">
         <v>155</v>
       </c>
       <c r="H39" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="9">
         <v>425.0</v>
       </c>
       <c r="J39" s="9">
         <v>25</v>
       </c>
       <c r="K39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="9">
         <v>230</v>
       </c>
       <c r="M39" s="10" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N39" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O39" s="9" t="s">
-        <v>26</v>
-[...7 lines deleted...]
-      <c r="R39" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P39" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="Q39" s="9" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="40" spans="1:18">
+    <row r="40" spans="1:17">
       <c r="A40" s="5">
         <v>34</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="9">
         <v>2025</v>
       </c>
       <c r="G40" s="9">
         <v>187</v>
       </c>
       <c r="H40" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="9">
         <v>550.0</v>
       </c>
       <c r="J40" s="9">
         <v>30</v>
       </c>
       <c r="K40" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="9">
         <v>420</v>
       </c>
       <c r="M40" s="10" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N40" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O40" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q40" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P40" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="R40" s="9" t="s">
-[...3 lines deleted...]
-    <row r="41" spans="1:18">
+      <c r="Q40" s="9" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17">
       <c r="A41" s="5">
         <v>35</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="9">
         <v>2021</v>
       </c>
       <c r="G41" s="9">
         <v>173</v>
       </c>
       <c r="H41" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="9">
         <v>475.0</v>
       </c>
       <c r="J41" s="9">
         <v>25</v>
       </c>
       <c r="K41" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="9">
         <v>290</v>
       </c>
       <c r="M41" s="10" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="N41" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O41" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q41" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P41" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="R41" s="9" t="s">
+      <c r="Q41" s="9" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="42" spans="1:18">
+    <row r="42" spans="1:17">
       <c r="A42" s="5">
         <v>36</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="9">
         <v>2022</v>
       </c>
       <c r="G42" s="9">
         <v>275</v>
       </c>
       <c r="H42" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="9">
         <v>950.0</v>
       </c>
       <c r="J42" s="9">
         <v>45</v>
       </c>
       <c r="K42" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="9">
         <v>470</v>
       </c>
       <c r="M42" s="10" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N42" s="9" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="O42" s="9" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="Q42" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P42" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="R42" s="9" t="s">
-[...3 lines deleted...]
-    <row r="43" spans="1:18">
+      <c r="Q42" s="9" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="43" spans="1:17">
       <c r="A43" s="5">
         <v>37</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C43" s="9" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="9">
         <v>2024</v>
       </c>
       <c r="G43" s="9">
         <v>253</v>
       </c>
       <c r="H43" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="9">
         <v>525.0</v>
       </c>
       <c r="J43" s="9">
         <v>30</v>
       </c>
       <c r="K43" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="9">
         <v>320</v>
       </c>
       <c r="M43" s="10" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="N43" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O43" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q43" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P43" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="R43" s="9" t="s">
-[...3 lines deleted...]
-    <row r="44" spans="1:18">
+      <c r="Q43" s="9" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17">
       <c r="A44" s="5">
         <v>38</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="9">
         <v>2020</v>
       </c>
       <c r="G44" s="9">
         <v>293</v>
       </c>
       <c r="H44" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="9">
         <v>1350.0</v>
       </c>
       <c r="J44" s="9">
         <v>60</v>
       </c>
       <c r="K44" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="9">
         <v>800</v>
       </c>
       <c r="M44" s="10" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="N44" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O44" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q44" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P44" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="R44" s="9" t="s">
-[...3 lines deleted...]
-    <row r="45" spans="1:18">
+      <c r="Q44" s="9" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17">
       <c r="A45" s="5">
         <v>39</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F45" s="9">
         <v>2023</v>
       </c>
       <c r="G45" s="9">
         <v>275</v>
       </c>
       <c r="H45" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="9">
         <v>950.0</v>
       </c>
       <c r="J45" s="9">
         <v>40</v>
       </c>
       <c r="K45" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="9">
         <v>450</v>
       </c>
       <c r="M45" s="10" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="N45" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O45" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q45" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P45" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="R45" s="9" t="s">
-[...3 lines deleted...]
-    <row r="46" spans="1:18">
+      <c r="Q45" s="9" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17">
       <c r="A46" s="5">
         <v>40</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C46" s="9" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F46" s="9">
         <v>2022</v>
       </c>
       <c r="G46" s="9">
         <v>89</v>
       </c>
       <c r="H46" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="9">
         <v>275.0</v>
       </c>
       <c r="J46" s="9">
         <v>15</v>
       </c>
       <c r="K46" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="9">
         <v>150</v>
       </c>
       <c r="M46" s="10" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N46" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O46" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q46" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P46" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="R46" s="9" t="s">
-[...3 lines deleted...]
-    <row r="47" spans="1:18">
+      <c r="Q46" s="9" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="47" spans="1:17">
       <c r="A47" s="5">
         <v>41</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F47" s="9">
         <v>2024</v>
       </c>
       <c r="G47" s="9">
         <v>51</v>
       </c>
       <c r="H47" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="9">
         <v>195.0</v>
       </c>
       <c r="J47" s="9">
         <v>15</v>
       </c>
       <c r="K47" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="9">
         <v>100</v>
       </c>
       <c r="M47" s="10" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="N47" s="9" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="O47" s="9" t="s">
-        <v>58</v>
-[...7 lines deleted...]
-      <c r="R47" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P47" s="5" t="s">
         <v>198</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="H48" s="11"/>
+      <c r="Q47" s="9" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17">
+      <c r="B48" s="13"/>
+      <c r="C48" s="13"/>
+      <c r="D48" s="13"/>
+      <c r="E48" s="13"/>
+      <c r="F48" s="13"/>
+      <c r="G48" s="13"/>
+      <c r="H48" s="13"/>
+    </row>
+    <row r="49" spans="1:17">
+      <c r="B49" s="11" t="s">
+        <v>200</v>
+      </c>
+      <c r="C49" s="12"/>
+      <c r="D49" s="12"/>
+      <c r="E49" s="12"/>
+      <c r="F49" s="12"/>
+      <c r="G49" s="12"/>
+      <c r="H49" s="12"/>
+      <c r="I49" s="12"/>
+    </row>
+    <row r="50" spans="1:17">
+      <c r="B50" s="12"/>
+      <c r="C50" s="12"/>
+      <c r="D50" s="12"/>
+      <c r="E50" s="12"/>
+      <c r="F50" s="12"/>
+      <c r="G50" s="12"/>
+      <c r="H50" s="12"/>
+      <c r="I50" s="12"/>
+    </row>
+    <row r="51" spans="1:17">
+      <c r="B51" s="12"/>
+      <c r="C51" s="12"/>
+      <c r="D51" s="12"/>
+      <c r="E51" s="12"/>
+      <c r="F51" s="12"/>
+      <c r="G51" s="12"/>
+      <c r="H51" s="12"/>
+      <c r="I51" s="12"/>
+    </row>
+    <row r="52" spans="1:17">
+      <c r="B52" s="12"/>
+      <c r="C52" s="12"/>
+      <c r="D52" s="12"/>
+      <c r="E52" s="12"/>
+      <c r="F52" s="12"/>
+      <c r="G52" s="12"/>
+      <c r="H52" s="12"/>
+      <c r="I52" s="12"/>
+    </row>
+    <row r="53" spans="1:17">
+      <c r="B53" s="12"/>
+      <c r="C53" s="12"/>
+      <c r="D53" s="12"/>
+      <c r="E53" s="12"/>
+      <c r="F53" s="12"/>
+      <c r="G53" s="12"/>
+      <c r="H53" s="12"/>
+      <c r="I53" s="12"/>
+    </row>
+    <row r="54" spans="1:17">
+      <c r="B54" s="12"/>
+      <c r="C54" s="12"/>
+      <c r="D54" s="12"/>
+      <c r="E54" s="12"/>
+      <c r="F54" s="12"/>
+      <c r="G54" s="12"/>
+      <c r="H54" s="12"/>
+      <c r="I54" s="12"/>
+    </row>
+    <row r="55" spans="1:17">
+      <c r="B55" s="12"/>
+      <c r="C55" s="12"/>
+      <c r="D55" s="12"/>
+      <c r="E55" s="12"/>
+      <c r="F55" s="12"/>
+      <c r="G55" s="12"/>
+      <c r="H55" s="12"/>
+      <c r="I55" s="12"/>
+    </row>
+    <row r="56" spans="1:17">
+      <c r="B56" s="12"/>
+      <c r="C56" s="12"/>
+      <c r="D56" s="12"/>
+      <c r="E56" s="12"/>
+      <c r="F56" s="12"/>
+      <c r="G56" s="12"/>
+      <c r="H56" s="12"/>
+      <c r="I56" s="12"/>
+    </row>
+    <row r="57" spans="1:17">
+      <c r="B57" s="12"/>
+      <c r="C57" s="12"/>
+      <c r="D57" s="12"/>
+      <c r="E57" s="12"/>
+      <c r="F57" s="12"/>
+      <c r="G57" s="12"/>
+      <c r="H57" s="12"/>
+      <c r="I57" s="12"/>
+    </row>
+    <row r="58" spans="1:17">
+      <c r="B58" s="12"/>
+      <c r="C58" s="12"/>
+      <c r="D58" s="12"/>
+      <c r="E58" s="12"/>
+      <c r="F58" s="12"/>
+      <c r="G58" s="12"/>
+      <c r="H58" s="12"/>
+      <c r="I58" s="12"/>
+    </row>
+    <row r="59" spans="1:17">
+      <c r="B59" s="12"/>
+      <c r="C59" s="12"/>
+      <c r="D59" s="12"/>
+      <c r="E59" s="12"/>
+      <c r="F59" s="12"/>
+      <c r="G59" s="12"/>
+      <c r="H59" s="12"/>
+      <c r="I59" s="12"/>
+    </row>
+    <row r="60" spans="1:17">
+      <c r="B60" s="12"/>
+      <c r="C60" s="12"/>
+      <c r="D60" s="12"/>
+      <c r="E60" s="12"/>
+      <c r="F60" s="12"/>
+      <c r="G60" s="12"/>
+      <c r="H60" s="12"/>
+      <c r="I60" s="12"/>
+    </row>
+    <row r="61" spans="1:17">
+      <c r="B61" s="12"/>
+      <c r="C61" s="12"/>
+      <c r="D61" s="12"/>
+      <c r="E61" s="12"/>
+      <c r="F61" s="12"/>
+      <c r="G61" s="12"/>
+      <c r="H61" s="12"/>
+      <c r="I61" s="12"/>
+    </row>
+    <row r="62" spans="1:17">
+      <c r="B62" s="12"/>
+      <c r="C62" s="12"/>
+      <c r="D62" s="12"/>
+      <c r="E62" s="12"/>
+      <c r="F62" s="12"/>
+      <c r="G62" s="12"/>
+      <c r="H62" s="12"/>
+      <c r="I62" s="12"/>
+    </row>
+    <row r="63" spans="1:17">
+      <c r="B63" s="12"/>
+      <c r="C63" s="12"/>
+      <c r="D63" s="12"/>
+      <c r="E63" s="12"/>
+      <c r="F63" s="12"/>
+      <c r="G63" s="12"/>
+      <c r="H63" s="12"/>
+      <c r="I63" s="12"/>
+    </row>
+    <row r="64" spans="1:17">
+      <c r="B64" s="12"/>
+      <c r="C64" s="12"/>
+      <c r="D64" s="12"/>
+      <c r="E64" s="12"/>
+      <c r="F64" s="12"/>
+      <c r="G64" s="12"/>
+      <c r="H64" s="12"/>
+      <c r="I64" s="12"/>
+    </row>
+    <row r="65" spans="1:17">
+      <c r="B65" s="12"/>
+      <c r="C65" s="12"/>
+      <c r="D65" s="12"/>
+      <c r="E65" s="12"/>
+      <c r="F65" s="12"/>
+      <c r="G65" s="12"/>
+      <c r="H65" s="12"/>
+      <c r="I65" s="12"/>
+    </row>
+    <row r="66" spans="1:17">
+      <c r="B66" s="12"/>
+      <c r="C66" s="12"/>
+      <c r="D66" s="12"/>
+      <c r="E66" s="12"/>
+      <c r="F66" s="12"/>
+      <c r="G66" s="12"/>
+      <c r="H66" s="12"/>
+      <c r="I66" s="12"/>
+    </row>
+    <row r="67" spans="1:17">
+      <c r="B67" s="12"/>
+      <c r="C67" s="12"/>
+      <c r="D67" s="12"/>
+      <c r="E67" s="12"/>
+      <c r="F67" s="12"/>
+      <c r="G67" s="12"/>
+      <c r="H67" s="12"/>
+      <c r="I67" s="12"/>
+    </row>
+    <row r="68" spans="1:17">
+      <c r="B68" s="12"/>
+      <c r="C68" s="12"/>
+      <c r="D68" s="12"/>
+      <c r="E68" s="12"/>
+      <c r="F68" s="12"/>
+      <c r="G68" s="12"/>
+      <c r="H68" s="12"/>
+      <c r="I68" s="12"/>
+    </row>
+    <row r="69" spans="1:17">
+      <c r="B69" s="12"/>
+      <c r="C69" s="12"/>
+      <c r="D69" s="12"/>
+      <c r="E69" s="12"/>
+      <c r="F69" s="12"/>
+      <c r="G69" s="12"/>
+      <c r="H69" s="12"/>
+      <c r="I69" s="12"/>
+    </row>
+    <row r="70" spans="1:17">
+      <c r="B70" s="12"/>
+      <c r="C70" s="12"/>
+      <c r="D70" s="12"/>
+      <c r="E70" s="12"/>
+      <c r="F70" s="12"/>
+      <c r="G70" s="12"/>
+      <c r="H70" s="12"/>
+      <c r="I70" s="12"/>
+    </row>
+    <row r="71" spans="1:17">
+      <c r="B71" s="12"/>
+      <c r="C71" s="12"/>
+      <c r="D71" s="12"/>
+      <c r="E71" s="12"/>
+      <c r="F71" s="12"/>
+      <c r="G71" s="12"/>
+      <c r="H71" s="12"/>
+      <c r="I71" s="12"/>
+    </row>
+    <row r="72" spans="1:17">
+      <c r="B72" s="12"/>
+      <c r="C72" s="12"/>
+      <c r="D72" s="12"/>
+      <c r="E72" s="12"/>
+      <c r="F72" s="12"/>
+      <c r="G72" s="12"/>
+      <c r="H72" s="12"/>
+      <c r="I72" s="12"/>
+    </row>
+    <row r="73" spans="1:17">
+      <c r="B73" s="12"/>
+      <c r="C73" s="12"/>
+      <c r="D73" s="12"/>
+      <c r="E73" s="12"/>
+      <c r="F73" s="12"/>
+      <c r="G73" s="12"/>
+      <c r="H73" s="12"/>
+      <c r="I73" s="12"/>
+    </row>
+    <row r="74" spans="1:17">
+      <c r="B74" s="12"/>
+      <c r="C74" s="12"/>
+      <c r="D74" s="12"/>
+      <c r="E74" s="12"/>
+      <c r="F74" s="12"/>
+      <c r="G74" s="12"/>
+      <c r="H74" s="12"/>
+      <c r="I74" s="12"/>
+    </row>
+    <row r="75" spans="1:17">
+      <c r="B75" s="12"/>
+      <c r="C75" s="12"/>
+      <c r="D75" s="12"/>
+      <c r="E75" s="12"/>
+      <c r="F75" s="12"/>
+      <c r="G75" s="12"/>
+      <c r="H75" s="12"/>
+      <c r="I75" s="12"/>
+    </row>
+    <row r="76" spans="1:17">
+      <c r="B76" s="12"/>
+      <c r="C76" s="12"/>
+      <c r="D76" s="12"/>
+      <c r="E76" s="12"/>
+      <c r="F76" s="12"/>
+      <c r="G76" s="12"/>
+      <c r="H76" s="12"/>
+      <c r="I76" s="12"/>
+    </row>
+    <row r="77" spans="1:17">
+      <c r="B77" s="12"/>
+      <c r="C77" s="12"/>
+      <c r="D77" s="12"/>
+      <c r="E77" s="12"/>
+      <c r="F77" s="12"/>
+      <c r="G77" s="12"/>
+      <c r="H77" s="12"/>
+      <c r="I77" s="12"/>
+    </row>
+    <row r="78" spans="1:17">
+      <c r="B78" s="12"/>
+      <c r="C78" s="12"/>
+      <c r="D78" s="12"/>
+      <c r="E78" s="12"/>
+      <c r="F78" s="12"/>
+      <c r="G78" s="12"/>
+      <c r="H78" s="12"/>
+      <c r="I78" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
+    <mergeCell ref="B49:I78"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_16"/>
     <hyperlink ref="M14" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_18"/>
     <hyperlink ref="M15" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_20"/>
     <hyperlink ref="M16" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_22"/>
     <hyperlink ref="M17" r:id="rId_hyperlink_23"/>