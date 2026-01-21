--- v2 (2025-12-12)
+++ v3 (2026-01-21)
@@ -12,59 +12,59 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
-    <t>Paramedical BOOKS PRICE / CATALOGUE For Year - 2025</t>
+    <t>Paramedical BOOKS PRICE / CATALOGUE For Year - 2026</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>Publishing Year</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Paper type</t>
   </si>
@@ -152,62 +152,65 @@
   <si>
     <t>Dr. Chetan D.M., Dr. Raghavendra H.L, Dr. Bharath B.R.</t>
   </si>
   <si>
     <t>Reprint 2020</t>
   </si>
   <si>
     <t>Reference/MCQs Book</t>
   </si>
   <si>
     <t>23x15x1</t>
   </si>
   <si>
     <t>Anaesthetic Pharmacology : Handbook for Allied Health Science Students</t>
   </si>
   <si>
     <t>978-93-88022-43-9</t>
   </si>
   <si>
     <t>Dr. Pradnya Deolekar, Dr. Pramila Yadav</t>
   </si>
   <si>
     <t>Reference Book/MCQs Book</t>
   </si>
   <si>
-    <t>Allied Health Science</t>
+    <t>Anaesthesia, Allied Health Science</t>
   </si>
   <si>
     <t>23x15x.0.5</t>
   </si>
   <si>
     <t>Applied Microbiology for Medical Sciences, Life Sciences, Nursing and Pharmacy</t>
   </si>
   <si>
     <t>978-81-962762-6-3</t>
   </si>
   <si>
+    <t>Microbiology, Allied Health Science</t>
+  </si>
+  <si>
     <t>28x20x3.5</t>
   </si>
   <si>
     <t>Biochemistry for Paramedical Courses</t>
   </si>
   <si>
     <t>978-81-962762-4-9</t>
   </si>
   <si>
     <t>Dr. Simmi Kharb, Dr. Meenakshi Kaushik, Mr. Gurpreet Singh Gill</t>
   </si>
   <si>
     <t>22x15.5x1</t>
   </si>
   <si>
     <t>Clinical Log Book Record Manual for Medical Laboratory Technology</t>
   </si>
   <si>
     <t>978-81-19613-21-2</t>
   </si>
   <si>
     <t>Akash Deep Singh</t>
   </si>
   <si>
     <t>Reference Book</t>
@@ -320,174 +323,183 @@
   <si>
     <t>28x21x1.4</t>
   </si>
   <si>
     <t>Essential Guide of Anaesthesia - For Anaesthesia Technicians and Residents (Volume 2)</t>
   </si>
   <si>
     <t>978-81-19613-78-6</t>
   </si>
   <si>
     <t>28x21x2</t>
   </si>
   <si>
     <t>Fundamental Laboratory Guide Book- For University Students in Natural Sciences</t>
   </si>
   <si>
     <t>978-81-19613-06-9</t>
   </si>
   <si>
     <t>Prof. Bajarang Bali Lal Srivastava, Mr. Revelian Rusikile Tibyehabwa</t>
   </si>
   <si>
     <t>Laboratory Guide</t>
   </si>
   <si>
-    <t>Natural Sciences</t>
+    <t>Natural Sciences, Laboratory, Lab Manual, Lab</t>
   </si>
   <si>
     <t>22x15.5x1.3</t>
   </si>
   <si>
     <t>Handbook of Management and Rehabilitation of Spinal Cord Injuries</t>
   </si>
   <si>
     <t>978-81-19613-35-9</t>
   </si>
   <si>
     <t>Dr. V. V. Manjula Kumari, Dr. Mohammed Sheeba Kauser, Dr. Ananta Lakshmi Prasanna Syamala</t>
   </si>
   <si>
-    <t>Physical Medicine and Rehabilitation</t>
+    <t>Physiotherapy, Physical Medicine and Rehabilitation</t>
   </si>
   <si>
     <t>Handbook on Good Clinical Laboratory Practices (GCLP)</t>
   </si>
   <si>
     <t>978-81-19613-33-5</t>
   </si>
   <si>
     <t>Prof. Vishwajeet Rohil, Dr. Jayeeta Bhadra, Dr. Juhi Aggarwal</t>
   </si>
   <si>
-    <t>Lab</t>
+    <t>Lab, Laboratory</t>
   </si>
   <si>
     <t>Microbiology and Biochemistry MCQs</t>
   </si>
   <si>
     <t>978-93-91208-56-1</t>
   </si>
   <si>
     <t>Dr. Rohit Shankar Mane, Nandni Awadhiya</t>
   </si>
   <si>
     <t>MCQs Book</t>
   </si>
   <si>
+    <t>Biochemistry, Microbiology</t>
+  </si>
+  <si>
     <t>22x15x0.7</t>
   </si>
   <si>
     <t>Notes on Medical Microbiology for BMLT</t>
   </si>
   <si>
     <t>978-93-88022-75-0</t>
   </si>
   <si>
     <t>Dr. Rajesh Bareja</t>
   </si>
   <si>
-    <t>BMLT</t>
+    <t>BMLT, Microbiology</t>
   </si>
   <si>
     <t>23x15x2.5</t>
   </si>
   <si>
     <t>Notes on Medical Microbiology for BOTT</t>
   </si>
   <si>
     <t>978-93-88022-80-4</t>
   </si>
   <si>
-    <t>BOTT</t>
+    <t>BOTT, Microbiology</t>
   </si>
   <si>
     <t>23x15x2</t>
   </si>
   <si>
     <t>Notes on Medical Microbiology for BRIT</t>
   </si>
   <si>
     <t>978-93-88022-81-1</t>
   </si>
   <si>
-    <t>BRIT</t>
+    <t>BRIT, Microbiology</t>
   </si>
   <si>
     <t>Notes on Medical Microbiology for Dental Students</t>
   </si>
   <si>
     <t>978-93-88022-77-4</t>
   </si>
   <si>
     <t>Notes on Medical Microbiology for Nursing</t>
   </si>
   <si>
     <t>978-93-88022-79-8</t>
   </si>
   <si>
+    <t>Microbiology, Nursing</t>
+  </si>
+  <si>
     <t>23x15x2.3</t>
   </si>
   <si>
     <t>Notes on Medical Microbiology for Physiotherapy (BPT)</t>
   </si>
   <si>
     <t>978-93-88022-78-1</t>
   </si>
   <si>
+    <t>Microbiology, Physiotherapy</t>
+  </si>
+  <si>
     <t>Nurses’ Manual of Paediatric Cardiac Intensive Care</t>
   </si>
   <si>
     <t>978-93-88022-37-8</t>
   </si>
   <si>
     <t>Dr. Ramkinkar Shastri, MD</t>
   </si>
   <si>
-    <t>Nursing</t>
+    <t>Nursing, Nursing Education</t>
   </si>
   <si>
     <t>23x15x0.4</t>
   </si>
   <si>
     <t>PG-CUET Fundamentals of Life Sciences</t>
   </si>
   <si>
     <t>978-93-91208-08-0</t>
   </si>
   <si>
-    <t>Biology</t>
+    <t>Biology, Life Sciences, Microbiology</t>
   </si>
   <si>
     <t>Pharmacology Log Book-cum-Practical Manual</t>
   </si>
   <si>
     <t>978-93-91208-77-6</t>
   </si>
   <si>
     <t>Razi Ahmad, Shamran Ahmad</t>
   </si>
   <si>
     <t>Logbook</t>
   </si>
   <si>
     <t>Pharmacology</t>
   </si>
   <si>
     <t>28x21x1.2</t>
   </si>
   <si>
     <t>Potturi’s Comprehensive Physiotherapy-From Basic Sciences to Clinical Excellence</t>
   </si>
   <si>
     <t>978-93-48565-97-6</t>
   </si>
@@ -548,135 +560,174 @@
   <si>
     <t>Dr. Sneha Hiren Bhalala, Dr. Merchant Hetvi Manishbhai, Dr. Prabhat Tamakuwala</t>
   </si>
   <si>
     <t>25x18.5x1</t>
   </si>
   <si>
     <t>Rehabilitation Medicine for Physiotherapy</t>
   </si>
   <si>
     <t>978-93-91208-31-8</t>
   </si>
   <si>
     <t>Dr. Suraj Kumar</t>
   </si>
   <si>
     <t>Textbook of Equipments in Anaesthesia</t>
   </si>
   <si>
     <t>978-93-91208-54-7</t>
   </si>
   <si>
     <t>Dr. Anuja Agrawal, Dr. Malini Mehta, Dr. Dinesh Chauhan</t>
   </si>
   <si>
+    <t>Anaesthesia, Nursing</t>
+  </si>
+  <si>
     <t>24x18x1.4</t>
   </si>
   <si>
     <t>Textbook of Medical Biochemistry</t>
   </si>
   <si>
     <t>978-81-19613-41-0</t>
   </si>
   <si>
     <t>Amit Kumar Singh</t>
   </si>
   <si>
     <t>22x15.5x1.4</t>
   </si>
   <si>
     <t>Textbook of Ophthalmic Pharmacology and Therapies</t>
   </si>
   <si>
     <t>978-93-88022-58-3</t>
   </si>
   <si>
     <t>Dr. R L Sharma, Dr. Kalpana Sharma, Dr. Kamlesh Sharma</t>
   </si>
   <si>
     <t>28x22x1.75</t>
   </si>
   <si>
     <t>Textbook of Procedures in Emergency Care</t>
   </si>
   <si>
     <t>978-93-91208-85-1</t>
   </si>
   <si>
     <t>Dr. Anuja Agrawal, Dr. Pooja Shah</t>
   </si>
   <si>
+    <t>Anaesthesia, Emergency Medicine, Nursing</t>
+  </si>
+  <si>
     <t>25x18.5x1.5</t>
   </si>
   <si>
     <t>Textbook on Microbes and Disease</t>
   </si>
   <si>
     <t>978-93-91208-43-1</t>
   </si>
   <si>
     <t>Dr. Chetan D. M., Dr. Narendra Kumar S, Dr. Anil Kumar H. S.</t>
   </si>
   <si>
     <t>22x15x0.4</t>
   </si>
   <si>
     <t>Textbook on Naturopathy and Yoga Treatment</t>
   </si>
   <si>
     <t>978-81-19613-89-2</t>
   </si>
   <si>
     <t>Dr. Dinesh Kumar Shukla</t>
   </si>
   <si>
     <t>Naturopathy</t>
   </si>
   <si>
     <t>22x15.5x0.5</t>
   </si>
   <si>
-    <t>Payment Details:-
-[...17 lines deleted...]
-Web:www.ipinnovative.com</t>
+    <t>Payment Details:-</t>
+  </si>
+  <si>
+    <t>Payment (India):100% Advance Payment Cheque / DD / RTGS / NEFT will be made in favour of"IP Innovative Publication Pvt. Ltd."</t>
+  </si>
+  <si>
+    <t>Payable at New Delhi, India</t>
+  </si>
+  <si>
+    <t>Bank Name: Axis Bank Ltd., Branch – Palam, New Delhi</t>
+  </si>
+  <si>
+    <t>Current Account No.:917020045271486</t>
+  </si>
+  <si>
+    <t>IFSC Code:UTIB0000102</t>
+  </si>
+  <si>
+    <t>Swift Code:AXISINBB132</t>
+  </si>
+  <si>
+    <t>PAN No.:AAECI4006K</t>
+  </si>
+  <si>
+    <t>Payment Option for Outside of India:</t>
+  </si>
+  <si>
+    <t>PayPal option is applicable only for outside India. Foreign/International Subscribers can send payment via PayPal.</t>
+  </si>
+  <si>
+    <t>PayPal Account:subscription@ipinnovative.com</t>
+  </si>
+  <si>
+    <t>Please send your payment details at Email ID:subscription@ipinnovative.com</t>
+  </si>
+  <si>
+    <t>Contact Details:</t>
+  </si>
+  <si>
+    <t>3rd Floor, A-2, Gulab Bagh, Nawada, Metro Pillar No. 733</t>
+  </si>
+  <si>
+    <t>Uttam Nagar, New Delhi – 110059, India</t>
+  </si>
+  <si>
+    <t>Phone: +91-11-61364114, 61364115, 405682495, Ext. 12 &amp; 21</t>
+  </si>
+  <si>
+    <t>Mail:subscription@ipinnovative.com, subscription1.ippl@gmail.com</t>
+  </si>
+  <si>
+    <t>Web:www.ipinnovative.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -687,60 +738,60 @@
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b val="1"/>
+      <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b val="0"/>
+      <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
@@ -772,53 +823,51 @@
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -1086,51 +1135,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/204/a-textbook-on-biochemistry-for-paramedical-students" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-04-2" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/240/biochemistry-for-paramedical-courses" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-4-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/199/environmental-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-22-6" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/83/nurses-manual-of-paediatric-cardiac-intensive-care" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-37-8" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q78"/>
+  <dimension ref="A1:Q67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B48" sqref="B48:H48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.5645" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
     <col min="17" max="17" width="14.2822" customWidth="true" style="0"/>
   </cols>
@@ -1474,2283 +1523,2227 @@
       <c r="H11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="9">
         <v>1600.0</v>
       </c>
       <c r="J11" s="9">
         <v>75</v>
       </c>
       <c r="K11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L11" s="9">
         <v>1400</v>
       </c>
       <c r="M11" s="10" t="s">
         <v>49</v>
       </c>
       <c r="N11" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O11" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P11" s="5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="Q11" s="9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12" s="5">
         <v>6</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="9">
         <v>2023</v>
       </c>
       <c r="G12" s="9">
         <v>154</v>
       </c>
       <c r="H12" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="9">
         <v>400.0</v>
       </c>
       <c r="J12" s="9">
         <v>30</v>
       </c>
       <c r="K12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="9">
         <v>220</v>
       </c>
       <c r="M12" s="10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N12" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P12" s="5" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13" s="5">
         <v>7</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="9">
         <v>2024</v>
       </c>
       <c r="G13" s="9">
         <v>153</v>
       </c>
       <c r="H13" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="9">
         <v>450.0</v>
       </c>
       <c r="J13" s="9">
         <v>25</v>
       </c>
       <c r="K13" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="9">
         <v>480</v>
       </c>
       <c r="M13" s="10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N13" s="9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O13" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P13" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="Q13" s="9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14" s="5">
         <v>8</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F14" s="9">
         <v>2024</v>
       </c>
       <c r="G14" s="9">
         <v>1088</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="9">
         <v>2495.0</v>
       </c>
       <c r="J14" s="9">
         <v>105</v>
       </c>
       <c r="K14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="9">
         <v>1920</v>
       </c>
       <c r="M14" s="10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O14" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P14" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="Q14" s="9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15" s="5">
         <v>9</v>
       </c>
       <c r="B15" s="8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F15" s="9">
         <v>2024</v>
       </c>
       <c r="G15" s="9">
         <v>407</v>
       </c>
       <c r="H15" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="9">
         <v>925.0</v>
       </c>
       <c r="J15" s="9">
         <v>40</v>
       </c>
       <c r="K15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="9">
         <v>700</v>
       </c>
       <c r="M15" s="10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N15" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O15" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P15" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="Q15" s="9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16" s="5">
         <v>10</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F16" s="9">
         <v>2024</v>
       </c>
       <c r="G16" s="9">
         <v>380</v>
       </c>
       <c r="H16" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I16" s="9">
         <v>875.0</v>
       </c>
       <c r="J16" s="9">
         <v>40</v>
       </c>
       <c r="K16" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="9">
         <v>680</v>
       </c>
       <c r="M16" s="10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N16" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O16" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P16" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="Q16" s="9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17" s="5">
         <v>11</v>
       </c>
       <c r="B17" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F17" s="9">
         <v>2024</v>
       </c>
       <c r="G17" s="9">
         <v>301</v>
       </c>
       <c r="H17" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="9">
         <v>795.0</v>
       </c>
       <c r="J17" s="9">
         <v>35</v>
       </c>
       <c r="K17" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="9">
         <v>540</v>
       </c>
       <c r="M17" s="10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N17" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O17" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P17" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="Q17" s="9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18" s="5">
         <v>12</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="9">
         <v>2020</v>
       </c>
       <c r="G18" s="9">
         <v>684</v>
       </c>
       <c r="H18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="9">
         <v>1950.0</v>
       </c>
       <c r="J18" s="9">
         <v>75</v>
       </c>
       <c r="K18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="9">
         <v>1600</v>
       </c>
       <c r="M18" s="10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N18" s="9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O18" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P18" s="5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Q18" s="9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19" s="5">
         <v>13</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="9">
         <v>2022</v>
       </c>
       <c r="G19" s="9">
         <v>142</v>
       </c>
       <c r="H19" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="9">
         <v>450.0</v>
       </c>
       <c r="J19" s="9">
         <v>25</v>
       </c>
       <c r="K19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="9">
         <v>220</v>
       </c>
       <c r="M19" s="10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="N19" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O19" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P19" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Q19" s="9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20" s="5">
         <v>14</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="9">
         <v>2024</v>
       </c>
       <c r="G20" s="9">
         <v>549</v>
       </c>
       <c r="H20" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="9">
         <v>1600.0</v>
       </c>
       <c r="J20" s="9">
         <v>70</v>
       </c>
       <c r="K20" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="9">
         <v>1400</v>
       </c>
       <c r="M20" s="10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P20" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="Q20" s="9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" s="5">
         <v>15</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F21" s="9">
         <v>2024</v>
       </c>
       <c r="G21" s="9">
         <v>220</v>
       </c>
       <c r="H21" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I21" s="9">
         <v>650.0</v>
       </c>
       <c r="J21" s="9">
         <v>30</v>
       </c>
       <c r="K21" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="9">
         <v>600</v>
       </c>
       <c r="M21" s="10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N21" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O21" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P21" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="Q21" s="9" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="5">
         <v>16</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C22" s="9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="9">
         <v>2024</v>
       </c>
       <c r="G22" s="9">
         <v>329</v>
       </c>
       <c r="H22" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="9">
         <v>975.0</v>
       </c>
       <c r="J22" s="9">
         <v>45</v>
       </c>
       <c r="K22" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="9">
         <v>780</v>
       </c>
       <c r="M22" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N22" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O22" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P22" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="Q22" s="9" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="5">
         <v>17</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="9">
         <v>2024</v>
       </c>
       <c r="G23" s="9">
         <v>215</v>
       </c>
       <c r="H23" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="9">
         <v>495.0</v>
       </c>
       <c r="J23" s="9">
         <v>30</v>
       </c>
       <c r="K23" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="9">
         <v>320</v>
       </c>
       <c r="M23" s="10" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N23" s="9" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="O23" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P23" s="5" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="Q23" s="9" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="5">
         <v>18</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="9">
         <v>2024</v>
       </c>
       <c r="G24" s="9">
         <v>96</v>
       </c>
       <c r="H24" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="9">
         <v>400.0</v>
       </c>
       <c r="J24" s="9">
         <v>30</v>
       </c>
       <c r="K24" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="9">
         <v>175</v>
       </c>
       <c r="M24" s="10" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N24" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O24" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P24" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="Q24" s="9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25" s="5">
         <v>19</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="9">
         <v>2024</v>
       </c>
       <c r="G25" s="9">
         <v>111</v>
       </c>
       <c r="H25" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="9">
         <v>400.0</v>
       </c>
       <c r="J25" s="9">
         <v>20</v>
       </c>
       <c r="K25" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="9">
         <v>180</v>
       </c>
       <c r="M25" s="10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N25" s="9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O25" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P25" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Q25" s="9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26" s="5">
         <v>20</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C26" s="9" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="9">
         <v>2022</v>
       </c>
       <c r="G26" s="9">
         <v>151</v>
       </c>
       <c r="H26" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="9">
         <v>375.0</v>
       </c>
       <c r="J26" s="9">
         <v>20</v>
       </c>
       <c r="K26" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="9">
         <v>220</v>
       </c>
       <c r="M26" s="10" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N26" s="9" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="O26" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P26" s="5" t="s">
-        <v>34</v>
+        <v>117</v>
       </c>
       <c r="Q26" s="9" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27" s="5">
         <v>21</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F27" s="9">
         <v>2020</v>
       </c>
       <c r="G27" s="9">
         <v>521</v>
       </c>
       <c r="H27" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="9">
         <v>1050.0</v>
       </c>
       <c r="J27" s="9">
         <v>50</v>
       </c>
       <c r="K27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="9">
         <v>800</v>
       </c>
       <c r="M27" s="10" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="N27" s="9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O27" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P27" s="5" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="Q27" s="9" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28" s="5">
         <v>22</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F28" s="9">
         <v>2020</v>
       </c>
       <c r="G28" s="9">
         <v>340</v>
       </c>
       <c r="H28" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="9">
         <v>750.0</v>
       </c>
       <c r="J28" s="9">
         <v>35</v>
       </c>
       <c r="K28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="9">
         <v>550</v>
       </c>
       <c r="M28" s="10" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="N28" s="9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O28" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P28" s="5" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="Q28" s="9" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29" s="5">
         <v>23</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F29" s="9">
         <v>2020</v>
       </c>
       <c r="G29" s="9">
         <v>202</v>
       </c>
       <c r="H29" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="9">
         <v>400.0</v>
       </c>
       <c r="J29" s="9">
         <v>20</v>
       </c>
       <c r="K29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="9">
         <v>300</v>
       </c>
       <c r="M29" s="10" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="N29" s="9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O29" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P29" s="5" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="Q29" s="9" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30" s="5">
         <v>24</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C30" s="9" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="9">
         <v>2020</v>
       </c>
       <c r="G30" s="9">
         <v>376</v>
       </c>
       <c r="H30" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="9">
         <v>850.0</v>
       </c>
       <c r="J30" s="9">
         <v>40</v>
       </c>
       <c r="K30" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="9">
         <v>600</v>
       </c>
       <c r="M30" s="10" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="N30" s="9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O30" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P30" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Q30" s="9" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31" s="5">
         <v>25</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C31" s="9" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F31" s="9">
         <v>2020</v>
       </c>
       <c r="G31" s="9">
         <v>414</v>
       </c>
       <c r="H31" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="9">
         <v>850.0</v>
       </c>
       <c r="J31" s="9">
         <v>40</v>
       </c>
       <c r="K31" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="9">
         <v>650</v>
       </c>
       <c r="M31" s="10" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="N31" s="9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O31" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P31" s="5" t="s">
-        <v>85</v>
+        <v>135</v>
       </c>
       <c r="Q31" s="9" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32" s="5">
         <v>26</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F32" s="9">
         <v>2020</v>
       </c>
       <c r="G32" s="9">
         <v>362</v>
       </c>
       <c r="H32" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="9">
         <v>850.0</v>
       </c>
       <c r="J32" s="9">
         <v>40</v>
       </c>
       <c r="K32" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="9">
         <v>650</v>
       </c>
       <c r="M32" s="10" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="N32" s="9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O32" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P32" s="5" t="s">
-        <v>85</v>
+        <v>139</v>
       </c>
       <c r="Q32" s="9" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33" s="5">
         <v>27</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F33" s="9">
         <v>2020</v>
       </c>
       <c r="G33" s="9">
         <v>86</v>
       </c>
       <c r="H33" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="9">
         <v>395.0</v>
       </c>
       <c r="J33" s="9">
         <v>20</v>
       </c>
       <c r="K33" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="9">
         <v>100</v>
       </c>
       <c r="M33" s="10" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="N33" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O33" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P33" s="5" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="Q33" s="9" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34" s="5">
         <v>28</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="9">
         <v>2022</v>
       </c>
       <c r="G34" s="9">
         <v>424</v>
       </c>
       <c r="H34" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="9">
         <v>995.0</v>
       </c>
       <c r="J34" s="9">
         <v>40</v>
       </c>
       <c r="K34" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="9">
         <v>930</v>
       </c>
       <c r="M34" s="10" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="N34" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O34" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P34" s="5" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="Q34" s="9" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35" s="5">
         <v>29</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F35" s="9">
         <v>2023</v>
       </c>
       <c r="G35" s="9">
         <v>194</v>
       </c>
       <c r="H35" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="9">
         <v>495.0</v>
       </c>
       <c r="J35" s="9">
         <v>25</v>
       </c>
       <c r="K35" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="9">
         <v>485</v>
       </c>
       <c r="M35" s="10" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="N35" s="9" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="O35" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P35" s="5" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="Q35" s="9" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36" s="5">
         <v>30</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="9">
         <v>2025</v>
       </c>
       <c r="G36" s="9">
         <v>502</v>
       </c>
       <c r="H36" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="9">
         <v>1295.0</v>
       </c>
       <c r="J36" s="9">
         <v>50</v>
       </c>
       <c r="K36" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="9">
         <v>860</v>
       </c>
       <c r="M36" s="10" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="N36" s="9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O36" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P36" s="5" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="Q36" s="9" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37" s="5">
         <v>31</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F37" s="9">
         <v>2024</v>
       </c>
       <c r="G37" s="9">
         <v>123</v>
       </c>
       <c r="H37" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="9">
         <v>375.0</v>
       </c>
       <c r="J37" s="9">
         <v>20</v>
       </c>
       <c r="K37" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="9">
         <v>200</v>
       </c>
       <c r="M37" s="10" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="N37" s="9" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="O37" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P37" s="5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Q37" s="9" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38" s="5">
         <v>32</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="9">
         <v>2020</v>
       </c>
       <c r="G38" s="9">
         <v>138</v>
       </c>
       <c r="H38" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="9">
         <v>350.0</v>
       </c>
       <c r="J38" s="9">
         <v>20</v>
       </c>
       <c r="K38" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="9">
         <v>275</v>
       </c>
       <c r="M38" s="10" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="N38" s="9" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="O38" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P38" s="5" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="Q38" s="9" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39" s="5">
         <v>33</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="9">
         <v>2024</v>
       </c>
       <c r="G39" s="9">
         <v>155</v>
       </c>
       <c r="H39" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="9">
         <v>425.0</v>
       </c>
       <c r="J39" s="9">
         <v>25</v>
       </c>
       <c r="K39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="9">
         <v>230</v>
       </c>
       <c r="M39" s="10" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="N39" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O39" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P39" s="5" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="Q39" s="9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40" s="5">
         <v>34</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="9">
         <v>2025</v>
       </c>
       <c r="G40" s="9">
         <v>187</v>
       </c>
       <c r="H40" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="9">
         <v>550.0</v>
       </c>
       <c r="J40" s="9">
         <v>30</v>
       </c>
       <c r="K40" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="9">
         <v>420</v>
       </c>
       <c r="M40" s="10" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="N40" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O40" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P40" s="5" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="Q40" s="9" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41" s="5">
         <v>35</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="9">
         <v>2021</v>
       </c>
       <c r="G41" s="9">
         <v>173</v>
       </c>
       <c r="H41" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="9">
         <v>475.0</v>
       </c>
       <c r="J41" s="9">
         <v>25</v>
       </c>
       <c r="K41" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="9">
         <v>290</v>
       </c>
       <c r="M41" s="10" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="N41" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O41" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P41" s="5" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="Q41" s="9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42" s="5">
         <v>36</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="9">
         <v>2022</v>
       </c>
       <c r="G42" s="9">
         <v>275</v>
       </c>
       <c r="H42" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="9">
         <v>950.0</v>
       </c>
       <c r="J42" s="9">
         <v>45</v>
       </c>
       <c r="K42" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="9">
         <v>470</v>
       </c>
       <c r="M42" s="10" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="N42" s="9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O42" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P42" s="5" t="s">
-        <v>90</v>
+        <v>182</v>
       </c>
       <c r="Q42" s="9" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43" s="5">
         <v>37</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C43" s="9" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="9">
         <v>2024</v>
       </c>
       <c r="G43" s="9">
         <v>253</v>
       </c>
       <c r="H43" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="9">
         <v>525.0</v>
       </c>
       <c r="J43" s="9">
         <v>30</v>
       </c>
       <c r="K43" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="9">
         <v>320</v>
       </c>
       <c r="M43" s="10" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="N43" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O43" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P43" s="5" t="s">
         <v>34</v>
       </c>
       <c r="Q43" s="9" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44" s="5">
         <v>38</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="9">
         <v>2020</v>
       </c>
       <c r="G44" s="9">
         <v>293</v>
       </c>
       <c r="H44" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="9">
         <v>1350.0</v>
       </c>
       <c r="J44" s="9">
         <v>60</v>
       </c>
       <c r="K44" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="9">
         <v>800</v>
       </c>
       <c r="M44" s="10" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="N44" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O44" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P44" s="5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Q44" s="9" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45" s="5">
         <v>39</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F45" s="9">
         <v>2023</v>
       </c>
       <c r="G45" s="9">
         <v>275</v>
       </c>
       <c r="H45" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="9">
         <v>950.0</v>
       </c>
       <c r="J45" s="9">
         <v>40</v>
       </c>
       <c r="K45" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="9">
         <v>450</v>
       </c>
       <c r="M45" s="10" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="N45" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O45" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P45" s="5" t="s">
-        <v>90</v>
+        <v>195</v>
       </c>
       <c r="Q45" s="9" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46" s="5">
         <v>40</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="C46" s="9" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F46" s="9">
         <v>2022</v>
       </c>
       <c r="G46" s="9">
         <v>89</v>
       </c>
       <c r="H46" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="9">
         <v>275.0</v>
       </c>
       <c r="J46" s="9">
         <v>15</v>
       </c>
       <c r="K46" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="9">
         <v>150</v>
       </c>
       <c r="M46" s="10" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="N46" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O46" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P46" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Q46" s="9" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47" s="5">
         <v>41</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F47" s="9">
         <v>2024</v>
       </c>
       <c r="G47" s="9">
         <v>51</v>
       </c>
       <c r="H47" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="9">
         <v>195.0</v>
       </c>
       <c r="J47" s="9">
         <v>15</v>
       </c>
       <c r="K47" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="9">
         <v>100</v>
       </c>
       <c r="M47" s="10" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="N47" s="9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O47" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P47" s="5" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="Q47" s="9" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="B48" s="13"/>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="13"/>
       <c r="G48" s="13"/>
       <c r="H48" s="13"/>
     </row>
     <row r="49" spans="1:17">
-      <c r="B49" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A49" s="12" t="s">
+        <v>206</v>
+      </c>
+      <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="12"/>
       <c r="E49" s="12"/>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
-      <c r="I49" s="12"/>
     </row>
     <row r="50" spans="1:17">
-      <c r="B50" s="12"/>
-[...6 lines deleted...]
-      <c r="I50" s="12"/>
+      <c r="A50" s="12" t="s">
+        <v>207</v>
+      </c>
+      <c r="B50" s="11"/>
+      <c r="C50" s="11"/>
+      <c r="D50" s="11"/>
+      <c r="E50" s="11"/>
+      <c r="F50" s="11"/>
+      <c r="G50" s="11"/>
+      <c r="H50" s="11"/>
     </row>
     <row r="51" spans="1:17">
-      <c r="B51" s="12"/>
-[...6 lines deleted...]
-      <c r="I51" s="12"/>
+      <c r="A51" s="11" t="s">
+        <v>208</v>
+      </c>
+      <c r="B51" s="11"/>
+      <c r="C51" s="11"/>
+      <c r="D51" s="11"/>
+      <c r="E51" s="11"/>
+      <c r="F51" s="11"/>
+      <c r="G51" s="11"/>
+      <c r="H51" s="11"/>
     </row>
     <row r="52" spans="1:17">
-      <c r="B52" s="12"/>
-[...6 lines deleted...]
-      <c r="I52" s="12"/>
+      <c r="A52" s="11" t="s">
+        <v>209</v>
+      </c>
+      <c r="B52" s="11"/>
+      <c r="C52" s="11"/>
+      <c r="D52" s="11"/>
+      <c r="E52" s="11"/>
+      <c r="F52" s="11"/>
+      <c r="G52" s="11"/>
+      <c r="H52" s="11"/>
     </row>
     <row r="53" spans="1:17">
-      <c r="B53" s="12"/>
-[...6 lines deleted...]
-      <c r="I53" s="12"/>
+      <c r="A53" s="12" t="s">
+        <v>210</v>
+      </c>
+      <c r="B53" s="11"/>
+      <c r="C53" s="11"/>
+      <c r="D53" s="11"/>
+      <c r="E53" s="11"/>
+      <c r="F53" s="11"/>
+      <c r="G53" s="11"/>
+      <c r="H53" s="11"/>
     </row>
     <row r="54" spans="1:17">
-      <c r="B54" s="12"/>
-[...6 lines deleted...]
-      <c r="I54" s="12"/>
+      <c r="A54" s="12" t="s">
+        <v>211</v>
+      </c>
+      <c r="B54" s="11"/>
+      <c r="C54" s="11"/>
+      <c r="D54" s="11"/>
+      <c r="E54" s="11"/>
+      <c r="F54" s="11"/>
+      <c r="G54" s="11"/>
+      <c r="H54" s="11"/>
     </row>
     <row r="55" spans="1:17">
-      <c r="B55" s="12"/>
-[...6 lines deleted...]
-      <c r="I55" s="12"/>
+      <c r="A55" s="12" t="s">
+        <v>212</v>
+      </c>
+      <c r="B55" s="11"/>
+      <c r="C55" s="11"/>
+      <c r="D55" s="11"/>
+      <c r="E55" s="11"/>
+      <c r="F55" s="11"/>
+      <c r="G55" s="11"/>
+      <c r="H55" s="11"/>
     </row>
     <row r="56" spans="1:17">
-      <c r="B56" s="12"/>
-[...6 lines deleted...]
-      <c r="I56" s="12"/>
+      <c r="A56" s="12" t="s">
+        <v>213</v>
+      </c>
+      <c r="B56" s="11"/>
+      <c r="C56" s="11"/>
+      <c r="D56" s="11"/>
+      <c r="E56" s="11"/>
+      <c r="F56" s="11"/>
+      <c r="G56" s="11"/>
+      <c r="H56" s="11"/>
     </row>
     <row r="57" spans="1:17">
+      <c r="A57" s="12" t="s">
+        <v>214</v>
+      </c>
       <c r="B57" s="12"/>
       <c r="C57" s="12"/>
       <c r="D57" s="12"/>
       <c r="E57" s="12"/>
       <c r="F57" s="12"/>
       <c r="G57" s="12"/>
       <c r="H57" s="12"/>
-      <c r="I57" s="12"/>
     </row>
     <row r="58" spans="1:17">
-      <c r="B58" s="12"/>
-[...6 lines deleted...]
-      <c r="I58" s="12"/>
+      <c r="A58" s="11" t="s">
+        <v>215</v>
+      </c>
+      <c r="B58" s="11"/>
+      <c r="C58" s="11"/>
+      <c r="D58" s="11"/>
+      <c r="E58" s="11"/>
+      <c r="F58" s="11"/>
+      <c r="G58" s="11"/>
+      <c r="H58" s="11"/>
     </row>
     <row r="59" spans="1:17">
-      <c r="B59" s="12"/>
-[...6 lines deleted...]
-      <c r="I59" s="12"/>
+      <c r="A59" s="12" t="s">
+        <v>216</v>
+      </c>
+      <c r="B59" s="11"/>
+      <c r="C59" s="11"/>
+      <c r="D59" s="11"/>
+      <c r="E59" s="11"/>
+      <c r="F59" s="11"/>
+      <c r="G59" s="11"/>
+      <c r="H59" s="11"/>
     </row>
     <row r="60" spans="1:17">
-      <c r="B60" s="12"/>
-[...6 lines deleted...]
-      <c r="I60" s="12"/>
+      <c r="A60" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="B60" s="11"/>
+      <c r="C60" s="11"/>
+      <c r="D60" s="11"/>
+      <c r="E60" s="11"/>
+      <c r="F60" s="11"/>
+      <c r="G60" s="11"/>
+      <c r="H60" s="11"/>
     </row>
     <row r="61" spans="1:17">
+      <c r="A61" s="12" t="s">
+        <v>218</v>
+      </c>
       <c r="B61" s="12"/>
       <c r="C61" s="12"/>
       <c r="D61" s="12"/>
       <c r="E61" s="12"/>
       <c r="F61" s="12"/>
       <c r="G61" s="12"/>
       <c r="H61" s="12"/>
-      <c r="I61" s="12"/>
     </row>
     <row r="62" spans="1:17">
-      <c r="B62" s="12"/>
-[...6 lines deleted...]
-      <c r="I62" s="12"/>
+      <c r="A62" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B62" s="11"/>
+      <c r="C62" s="11"/>
+      <c r="D62" s="11"/>
+      <c r="E62" s="11"/>
+      <c r="F62" s="11"/>
+      <c r="G62" s="11"/>
+      <c r="H62" s="11"/>
     </row>
     <row r="63" spans="1:17">
-      <c r="B63" s="12"/>
-[...6 lines deleted...]
-      <c r="I63" s="12"/>
+      <c r="A63" s="11" t="s">
+        <v>219</v>
+      </c>
+      <c r="B63" s="11"/>
+      <c r="C63" s="11"/>
+      <c r="D63" s="11"/>
+      <c r="E63" s="11"/>
+      <c r="F63" s="11"/>
+      <c r="G63" s="11"/>
+      <c r="H63" s="11"/>
     </row>
     <row r="64" spans="1:17">
-      <c r="B64" s="12"/>
-[...6 lines deleted...]
-      <c r="I64" s="12"/>
+      <c r="A64" s="11" t="s">
+        <v>220</v>
+      </c>
+      <c r="B64" s="11"/>
+      <c r="C64" s="11"/>
+      <c r="D64" s="11"/>
+      <c r="E64" s="11"/>
+      <c r="F64" s="11"/>
+      <c r="G64" s="11"/>
+      <c r="H64" s="11"/>
     </row>
     <row r="65" spans="1:17">
-      <c r="B65" s="12"/>
-[...6 lines deleted...]
-      <c r="I65" s="12"/>
+      <c r="A65" s="11" t="s">
+        <v>221</v>
+      </c>
+      <c r="B65" s="11"/>
+      <c r="C65" s="11"/>
+      <c r="D65" s="11"/>
+      <c r="E65" s="11"/>
+      <c r="F65" s="11"/>
+      <c r="G65" s="11"/>
+      <c r="H65" s="11"/>
     </row>
     <row r="66" spans="1:17">
-      <c r="B66" s="12"/>
-[...6 lines deleted...]
-      <c r="I66" s="12"/>
+      <c r="A66" s="12" t="s">
+        <v>222</v>
+      </c>
+      <c r="B66" s="11"/>
+      <c r="C66" s="11"/>
+      <c r="D66" s="11"/>
+      <c r="E66" s="11"/>
+      <c r="F66" s="11"/>
+      <c r="G66" s="11"/>
+      <c r="H66" s="11"/>
     </row>
     <row r="67" spans="1:17">
-      <c r="B67" s="12"/>
-[...116 lines deleted...]
-      <c r="I78" s="12"/>
+      <c r="A67" s="12" t="s">
+        <v>223</v>
+      </c>
+      <c r="B67" s="11"/>
+      <c r="C67" s="11"/>
+      <c r="D67" s="11"/>
+      <c r="E67" s="11"/>
+      <c r="F67" s="11"/>
+      <c r="G67" s="11"/>
+      <c r="H67" s="11"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
-    <mergeCell ref="B49:I78"/>
+    <mergeCell ref="A49:H49"/>
+    <mergeCell ref="A50:H50"/>
+    <mergeCell ref="A51:H51"/>
+    <mergeCell ref="A52:H52"/>
+    <mergeCell ref="A53:H53"/>
+    <mergeCell ref="A54:H54"/>
+    <mergeCell ref="A55:H55"/>
+    <mergeCell ref="A56:H56"/>
+    <mergeCell ref="A57:H57"/>
+    <mergeCell ref="A58:H58"/>
+    <mergeCell ref="A59:H59"/>
+    <mergeCell ref="A60:H60"/>
+    <mergeCell ref="A61:H61"/>
+    <mergeCell ref="A62:H62"/>
+    <mergeCell ref="A63:H63"/>
+    <mergeCell ref="A64:H64"/>
+    <mergeCell ref="A65:H65"/>
+    <mergeCell ref="A66:H66"/>
+    <mergeCell ref="A67:H67"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_16"/>
     <hyperlink ref="M14" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_18"/>
     <hyperlink ref="M15" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_20"/>
     <hyperlink ref="M16" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_22"/>
     <hyperlink ref="M17" r:id="rId_hyperlink_23"/>