--- v3 (2026-01-21)
+++ v4 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
     <t>Paramedical BOOKS PRICE / CATALOGUE For Year - 2026</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
@@ -516,50 +516,65 @@
     <t>Practical Experiments in Optometry: A Comprehensive Approach</t>
   </si>
   <si>
     <t>978-81-19613-30-4</t>
   </si>
   <si>
     <t>Ms Komal Sharma</t>
   </si>
   <si>
     <t>Practical/Reference Book</t>
   </si>
   <si>
     <t>22x15.5x0.8</t>
   </si>
   <si>
     <t>Practical Medical Microbiology for BMLT</t>
   </si>
   <si>
     <t>978-93-88022-76-7</t>
   </si>
   <si>
     <t>Practical</t>
   </si>
   <si>
     <t>23x15x0.9</t>
+  </si>
+  <si>
+    <t>Practical Medical Microbiology for BMLT (2nd Edition)</t>
+  </si>
+  <si>
+    <t>978-93-48565-27-3</t>
+  </si>
+  <si>
+    <t>Dr. Rajesh Bareja, Dr. Sumedha</t>
+  </si>
+  <si>
+    <t>Practical Book</t>
+  </si>
+  <si>
+    <t>Microbiology, BMLT</t>
   </si>
   <si>
     <t>Quality Assurance, Control and Artifacts Including in Field Training</t>
   </si>
   <si>
     <t>978-81-19613-93-9</t>
   </si>
   <si>
     <t>Mr. Rohit Bansal, Ms. Srishti</t>
   </si>
   <si>
     <t>Radiology</t>
   </si>
   <si>
     <t>Reboot Your Joints: A Modern Rehabilitation Toolkit for the Students of BPT and MPT</t>
   </si>
   <si>
     <t>978-93-48565-80-8</t>
   </si>
   <si>
     <t>Dr. Sneha Hiren Bhalala, Dr. Merchant Hetvi Manishbhai, Dr. Prabhat Tamakuwala</t>
   </si>
   <si>
     <t>25x18.5x1</t>
   </si>
@@ -1127,62 +1142,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/204/a-textbook-on-biochemistry-for-paramedical-students" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-04-2" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/240/biochemistry-for-paramedical-courses" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-4-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/199/environmental-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-22-6" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/83/nurses-manual-of-paediatric-cardiac-intensive-care" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-37-8" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/204/a-textbook-on-biochemistry-for-paramedical-students" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-04-2" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/240/biochemistry-for-paramedical-courses" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-4-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/199/environmental-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-22-6" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/83/nurses-manual-of-paediatric-cardiac-intensive-care" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-37-8" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/425/practical-medical-microbiology-for-bmlt-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-27-3" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q67"/>
+  <dimension ref="A1:Q68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B48" sqref="B48:H48"/>
+      <selection activeCell="B49" sqref="B49:H49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.5645" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
     <col min="17" max="17" width="14.2822" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1"/>
@@ -2974,776 +2989,829 @@
       </c>
       <c r="O38" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P38" s="5" t="s">
         <v>122</v>
       </c>
       <c r="Q38" s="9" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39" s="5">
         <v>33</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>168</v>
       </c>
       <c r="C39" s="9" t="s">
         <v>169</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>170</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="F39" s="9">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="G39" s="9">
-        <v>155</v>
+        <v>200</v>
       </c>
       <c r="H39" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="9">
-        <v>425.0</v>
+        <v>450.0</v>
       </c>
       <c r="J39" s="9">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="9">
-        <v>230</v>
+        <v>300</v>
       </c>
       <c r="M39" s="10" t="s">
         <v>169</v>
       </c>
       <c r="N39" s="9" t="s">
-        <v>26</v>
+        <v>171</v>
       </c>
       <c r="O39" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P39" s="5" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="Q39" s="9" t="s">
-        <v>55</v>
+        <v>104</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40" s="5">
         <v>34</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G40" s="9">
-        <v>187</v>
+        <v>155</v>
       </c>
       <c r="H40" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="9">
-        <v>550.0</v>
+        <v>425.0</v>
       </c>
       <c r="J40" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K40" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="9">
-        <v>420</v>
+        <v>230</v>
       </c>
       <c r="M40" s="10" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N40" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O40" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P40" s="5" t="s">
-        <v>157</v>
+        <v>176</v>
       </c>
       <c r="Q40" s="9" t="s">
-        <v>175</v>
+        <v>55</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41" s="5">
         <v>35</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G41" s="9">
-        <v>173</v>
+        <v>187</v>
       </c>
       <c r="H41" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="9">
-        <v>475.0</v>
+        <v>550.0</v>
       </c>
       <c r="J41" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K41" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="9">
-        <v>290</v>
+        <v>420</v>
       </c>
       <c r="M41" s="10" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N41" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O41" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P41" s="5" t="s">
         <v>157</v>
       </c>
       <c r="Q41" s="9" t="s">
-        <v>29</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42" s="5">
         <v>36</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="9">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="G42" s="9">
-        <v>275</v>
+        <v>173</v>
       </c>
       <c r="H42" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="9">
-        <v>950.0</v>
+        <v>475.0</v>
       </c>
       <c r="J42" s="9">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="K42" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="9">
-        <v>470</v>
+        <v>290</v>
       </c>
       <c r="M42" s="10" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="N42" s="9" t="s">
-        <v>80</v>
+        <v>33</v>
       </c>
       <c r="O42" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P42" s="5" t="s">
-        <v>182</v>
+        <v>157</v>
       </c>
       <c r="Q42" s="9" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43" s="5">
         <v>37</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>184</v>
       </c>
       <c r="C43" s="9" t="s">
         <v>185</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>186</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G43" s="9">
-        <v>253</v>
+        <v>275</v>
       </c>
       <c r="H43" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="9">
-        <v>525.0</v>
+        <v>950.0</v>
       </c>
       <c r="J43" s="9">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K43" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="9">
-        <v>320</v>
+        <v>470</v>
       </c>
       <c r="M43" s="10" t="s">
         <v>185</v>
       </c>
       <c r="N43" s="9" t="s">
-        <v>26</v>
+        <v>80</v>
       </c>
       <c r="O43" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P43" s="5" t="s">
-        <v>34</v>
+        <v>187</v>
       </c>
       <c r="Q43" s="9" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44" s="5">
         <v>38</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G44" s="9">
-        <v>293</v>
+        <v>253</v>
       </c>
       <c r="H44" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="9">
-        <v>1350.0</v>
+        <v>525.0</v>
       </c>
       <c r="J44" s="9">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="K44" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="9">
-        <v>800</v>
+        <v>320</v>
       </c>
       <c r="M44" s="10" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="N44" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O44" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P44" s="5" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="Q44" s="9" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45" s="5">
         <v>39</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F45" s="9">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="G45" s="9">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="H45" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="9">
-        <v>950.0</v>
+        <v>1350.0</v>
       </c>
       <c r="J45" s="9">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="K45" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="9">
-        <v>450</v>
+        <v>800</v>
       </c>
       <c r="M45" s="10" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="N45" s="9" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="O45" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P45" s="5" t="s">
-        <v>195</v>
+        <v>81</v>
       </c>
       <c r="Q45" s="9" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46" s="5">
         <v>40</v>
       </c>
       <c r="B46" s="8" t="s">
         <v>197</v>
       </c>
       <c r="C46" s="9" t="s">
         <v>198</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>199</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F46" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G46" s="9">
-        <v>89</v>
+        <v>275</v>
       </c>
       <c r="H46" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="9">
-        <v>275.0</v>
+        <v>950.0</v>
       </c>
       <c r="J46" s="9">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="K46" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="9">
-        <v>150</v>
+        <v>450</v>
       </c>
       <c r="M46" s="10" t="s">
         <v>198</v>
       </c>
       <c r="N46" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O46" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P46" s="5" t="s">
-        <v>86</v>
+        <v>200</v>
       </c>
       <c r="Q46" s="9" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47" s="5">
         <v>41</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F47" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G47" s="9">
-        <v>51</v>
+        <v>89</v>
       </c>
       <c r="H47" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="9">
-        <v>195.0</v>
+        <v>275.0</v>
       </c>
       <c r="J47" s="9">
         <v>15</v>
       </c>
       <c r="K47" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="9">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="M47" s="10" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="N47" s="9" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="O47" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P47" s="5" t="s">
-        <v>204</v>
+        <v>86</v>
       </c>
       <c r="Q47" s="9" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="48" spans="1:17">
-      <c r="B48" s="13"/>
-[...5 lines deleted...]
-      <c r="H48" s="13"/>
+      <c r="A48" s="5">
+        <v>42</v>
+      </c>
+      <c r="B48" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="C48" s="9" t="s">
+        <v>207</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="E48" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F48" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G48" s="9">
+        <v>51</v>
+      </c>
+      <c r="H48" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I48" s="9">
+        <v>195.0</v>
+      </c>
+      <c r="J48" s="9">
+        <v>15</v>
+      </c>
+      <c r="K48" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L48" s="9">
+        <v>100</v>
+      </c>
+      <c r="M48" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="N48" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O48" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P48" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="Q48" s="9" t="s">
+        <v>210</v>
+      </c>
     </row>
     <row r="49" spans="1:17">
-      <c r="A49" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H49" s="12"/>
+      <c r="B49" s="13"/>
+      <c r="C49" s="13"/>
+      <c r="D49" s="13"/>
+      <c r="E49" s="13"/>
+      <c r="F49" s="13"/>
+      <c r="G49" s="13"/>
+      <c r="H49" s="13"/>
     </row>
     <row r="50" spans="1:17">
       <c r="A50" s="12" t="s">
-        <v>207</v>
-[...7 lines deleted...]
-      <c r="H50" s="11"/>
+        <v>211</v>
+      </c>
+      <c r="B50" s="12"/>
+      <c r="C50" s="12"/>
+      <c r="D50" s="12"/>
+      <c r="E50" s="12"/>
+      <c r="F50" s="12"/>
+      <c r="G50" s="12"/>
+      <c r="H50" s="12"/>
     </row>
     <row r="51" spans="1:17">
-      <c r="A51" s="11" t="s">
-        <v>208</v>
+      <c r="A51" s="12" t="s">
+        <v>212</v>
       </c>
       <c r="B51" s="11"/>
       <c r="C51" s="11"/>
       <c r="D51" s="11"/>
       <c r="E51" s="11"/>
       <c r="F51" s="11"/>
       <c r="G51" s="11"/>
       <c r="H51" s="11"/>
     </row>
     <row r="52" spans="1:17">
       <c r="A52" s="11" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B52" s="11"/>
       <c r="C52" s="11"/>
       <c r="D52" s="11"/>
       <c r="E52" s="11"/>
       <c r="F52" s="11"/>
       <c r="G52" s="11"/>
       <c r="H52" s="11"/>
     </row>
     <row r="53" spans="1:17">
-      <c r="A53" s="12" t="s">
-        <v>210</v>
+      <c r="A53" s="11" t="s">
+        <v>214</v>
       </c>
       <c r="B53" s="11"/>
       <c r="C53" s="11"/>
       <c r="D53" s="11"/>
       <c r="E53" s="11"/>
       <c r="F53" s="11"/>
       <c r="G53" s="11"/>
       <c r="H53" s="11"/>
     </row>
     <row r="54" spans="1:17">
       <c r="A54" s="12" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B54" s="11"/>
       <c r="C54" s="11"/>
       <c r="D54" s="11"/>
       <c r="E54" s="11"/>
       <c r="F54" s="11"/>
       <c r="G54" s="11"/>
       <c r="H54" s="11"/>
     </row>
     <row r="55" spans="1:17">
       <c r="A55" s="12" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B55" s="11"/>
       <c r="C55" s="11"/>
       <c r="D55" s="11"/>
       <c r="E55" s="11"/>
       <c r="F55" s="11"/>
       <c r="G55" s="11"/>
       <c r="H55" s="11"/>
     </row>
     <row r="56" spans="1:17">
       <c r="A56" s="12" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B56" s="11"/>
       <c r="C56" s="11"/>
       <c r="D56" s="11"/>
       <c r="E56" s="11"/>
       <c r="F56" s="11"/>
       <c r="G56" s="11"/>
       <c r="H56" s="11"/>
     </row>
     <row r="57" spans="1:17">
       <c r="A57" s="12" t="s">
-        <v>214</v>
-[...7 lines deleted...]
-      <c r="H57" s="12"/>
+        <v>218</v>
+      </c>
+      <c r="B57" s="11"/>
+      <c r="C57" s="11"/>
+      <c r="D57" s="11"/>
+      <c r="E57" s="11"/>
+      <c r="F57" s="11"/>
+      <c r="G57" s="11"/>
+      <c r="H57" s="11"/>
     </row>
     <row r="58" spans="1:17">
-      <c r="A58" s="11" t="s">
-[...8 lines deleted...]
-      <c r="H58" s="11"/>
+      <c r="A58" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="B58" s="12"/>
+      <c r="C58" s="12"/>
+      <c r="D58" s="12"/>
+      <c r="E58" s="12"/>
+      <c r="F58" s="12"/>
+      <c r="G58" s="12"/>
+      <c r="H58" s="12"/>
     </row>
     <row r="59" spans="1:17">
-      <c r="A59" s="12" t="s">
-        <v>216</v>
+      <c r="A59" s="11" t="s">
+        <v>220</v>
       </c>
       <c r="B59" s="11"/>
       <c r="C59" s="11"/>
       <c r="D59" s="11"/>
       <c r="E59" s="11"/>
       <c r="F59" s="11"/>
       <c r="G59" s="11"/>
       <c r="H59" s="11"/>
     </row>
     <row r="60" spans="1:17">
       <c r="A60" s="12" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B60" s="11"/>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11"/>
       <c r="F60" s="11"/>
       <c r="G60" s="11"/>
       <c r="H60" s="11"/>
     </row>
     <row r="61" spans="1:17">
       <c r="A61" s="12" t="s">
-        <v>218</v>
-[...7 lines deleted...]
-      <c r="H61" s="12"/>
+        <v>222</v>
+      </c>
+      <c r="B61" s="11"/>
+      <c r="C61" s="11"/>
+      <c r="D61" s="11"/>
+      <c r="E61" s="11"/>
+      <c r="F61" s="11"/>
+      <c r="G61" s="11"/>
+      <c r="H61" s="11"/>
     </row>
     <row r="62" spans="1:17">
-      <c r="A62" s="11" t="s">
-[...8 lines deleted...]
-      <c r="H62" s="11"/>
+      <c r="A62" s="12" t="s">
+        <v>223</v>
+      </c>
+      <c r="B62" s="12"/>
+      <c r="C62" s="12"/>
+      <c r="D62" s="12"/>
+      <c r="E62" s="12"/>
+      <c r="F62" s="12"/>
+      <c r="G62" s="12"/>
+      <c r="H62" s="12"/>
     </row>
     <row r="63" spans="1:17">
       <c r="A63" s="11" t="s">
-        <v>219</v>
+        <v>0</v>
       </c>
       <c r="B63" s="11"/>
       <c r="C63" s="11"/>
       <c r="D63" s="11"/>
       <c r="E63" s="11"/>
       <c r="F63" s="11"/>
       <c r="G63" s="11"/>
       <c r="H63" s="11"/>
     </row>
     <row r="64" spans="1:17">
       <c r="A64" s="11" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B64" s="11"/>
       <c r="C64" s="11"/>
       <c r="D64" s="11"/>
       <c r="E64" s="11"/>
       <c r="F64" s="11"/>
       <c r="G64" s="11"/>
       <c r="H64" s="11"/>
     </row>
     <row r="65" spans="1:17">
       <c r="A65" s="11" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B65" s="11"/>
       <c r="C65" s="11"/>
       <c r="D65" s="11"/>
       <c r="E65" s="11"/>
       <c r="F65" s="11"/>
       <c r="G65" s="11"/>
       <c r="H65" s="11"/>
     </row>
     <row r="66" spans="1:17">
-      <c r="A66" s="12" t="s">
-        <v>222</v>
+      <c r="A66" s="11" t="s">
+        <v>226</v>
       </c>
       <c r="B66" s="11"/>
       <c r="C66" s="11"/>
       <c r="D66" s="11"/>
       <c r="E66" s="11"/>
       <c r="F66" s="11"/>
       <c r="G66" s="11"/>
       <c r="H66" s="11"/>
     </row>
     <row r="67" spans="1:17">
       <c r="A67" s="12" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B67" s="11"/>
       <c r="C67" s="11"/>
       <c r="D67" s="11"/>
       <c r="E67" s="11"/>
       <c r="F67" s="11"/>
       <c r="G67" s="11"/>
       <c r="H67" s="11"/>
     </row>
+    <row r="68" spans="1:17">
+      <c r="A68" s="12" t="s">
+        <v>228</v>
+      </c>
+      <c r="B68" s="11"/>
+      <c r="C68" s="11"/>
+      <c r="D68" s="11"/>
+      <c r="E68" s="11"/>
+      <c r="F68" s="11"/>
+      <c r="G68" s="11"/>
+      <c r="H68" s="11"/>
+    </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
-    <mergeCell ref="A49:H49"/>
     <mergeCell ref="A50:H50"/>
     <mergeCell ref="A51:H51"/>
     <mergeCell ref="A52:H52"/>
     <mergeCell ref="A53:H53"/>
     <mergeCell ref="A54:H54"/>
     <mergeCell ref="A55:H55"/>
     <mergeCell ref="A56:H56"/>
     <mergeCell ref="A57:H57"/>
     <mergeCell ref="A58:H58"/>
     <mergeCell ref="A59:H59"/>
     <mergeCell ref="A60:H60"/>
     <mergeCell ref="A61:H61"/>
     <mergeCell ref="A62:H62"/>
     <mergeCell ref="A63:H63"/>
     <mergeCell ref="A64:H64"/>
     <mergeCell ref="A65:H65"/>
     <mergeCell ref="A66:H66"/>
     <mergeCell ref="A67:H67"/>
+    <mergeCell ref="A68:H68"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_16"/>
     <hyperlink ref="M14" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_18"/>
     <hyperlink ref="M15" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_20"/>
     <hyperlink ref="M16" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_22"/>
     <hyperlink ref="M17" r:id="rId_hyperlink_23"/>
@@ -3785,50 +3853,52 @@
     <hyperlink ref="M35" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_60"/>
     <hyperlink ref="M36" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_62"/>
     <hyperlink ref="M37" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_64"/>
     <hyperlink ref="M38" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_66"/>
     <hyperlink ref="M39" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_68"/>
     <hyperlink ref="M40" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_70"/>
     <hyperlink ref="M41" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_72"/>
     <hyperlink ref="M42" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_74"/>
     <hyperlink ref="M43" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_76"/>
     <hyperlink ref="M44" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_78"/>
     <hyperlink ref="M45" r:id="rId_hyperlink_79"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_80"/>
     <hyperlink ref="M46" r:id="rId_hyperlink_81"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_82"/>
     <hyperlink ref="M47" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="B48" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="M48" r:id="rId_hyperlink_85"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>