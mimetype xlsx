--- v4 (2026-03-02)
+++ v5 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
     <t>Paramedical BOOKS PRICE / CATALOGUE For Year - 2026</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
@@ -311,50 +311,62 @@
   <si>
     <t>Anaesthesia</t>
   </si>
   <si>
     <t>28x21x4</t>
   </si>
   <si>
     <t>Essential Guide of Anaesthesia - For Anaesthesia Technicians and Residents (Volume 1)</t>
   </si>
   <si>
     <t>978-81-19613-32-8</t>
   </si>
   <si>
     <t>28x21x1.4</t>
   </si>
   <si>
     <t>Essential Guide of Anaesthesia - For Anaesthesia Technicians and Residents (Volume 2)</t>
   </si>
   <si>
     <t>978-81-19613-78-6</t>
   </si>
   <si>
     <t>28x21x2</t>
   </si>
   <si>
+    <t>Essentials of Medical Microbiology for BMLT (2nd Edition)</t>
+  </si>
+  <si>
+    <t>978-93-48565-02-0</t>
+  </si>
+  <si>
+    <t>Dr. Rajesh Bareja, Dr. Sumedha</t>
+  </si>
+  <si>
+    <t>24x18.5x3.5</t>
+  </si>
+  <si>
     <t>Fundamental Laboratory Guide Book- For University Students in Natural Sciences</t>
   </si>
   <si>
     <t>978-81-19613-06-9</t>
   </si>
   <si>
     <t>Prof. Bajarang Bali Lal Srivastava, Mr. Revelian Rusikile Tibyehabwa</t>
   </si>
   <si>
     <t>Laboratory Guide</t>
   </si>
   <si>
     <t>Natural Sciences, Laboratory, Lab Manual, Lab</t>
   </si>
   <si>
     <t>22x15.5x1.3</t>
   </si>
   <si>
     <t>Handbook of Management and Rehabilitation of Spinal Cord Injuries</t>
   </si>
   <si>
     <t>978-81-19613-35-9</t>
   </si>
   <si>
     <t>Dr. V. V. Manjula Kumari, Dr. Mohammed Sheeba Kauser, Dr. Ananta Lakshmi Prasanna Syamala</t>
@@ -522,53 +534,50 @@
     <t>Ms Komal Sharma</t>
   </si>
   <si>
     <t>Practical/Reference Book</t>
   </si>
   <si>
     <t>22x15.5x0.8</t>
   </si>
   <si>
     <t>Practical Medical Microbiology for BMLT</t>
   </si>
   <si>
     <t>978-93-88022-76-7</t>
   </si>
   <si>
     <t>Practical</t>
   </si>
   <si>
     <t>23x15x0.9</t>
   </si>
   <si>
     <t>Practical Medical Microbiology for BMLT (2nd Edition)</t>
   </si>
   <si>
     <t>978-93-48565-27-3</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dr. Rajesh Bareja, Dr. Sumedha</t>
   </si>
   <si>
     <t>Practical Book</t>
   </si>
   <si>
     <t>Microbiology, BMLT</t>
   </si>
   <si>
     <t>Quality Assurance, Control and Artifacts Including in Field Training</t>
   </si>
   <si>
     <t>978-81-19613-93-9</t>
   </si>
   <si>
     <t>Mr. Rohit Bansal, Ms. Srishti</t>
   </si>
   <si>
     <t>Radiology</t>
   </si>
   <si>
     <t>Reboot Your Joints: A Modern Rehabilitation Toolkit for the Students of BPT and MPT</t>
   </si>
   <si>
     <t>978-93-48565-80-8</t>
   </si>
@@ -1142,62 +1151,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/204/a-textbook-on-biochemistry-for-paramedical-students" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-04-2" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/240/biochemistry-for-paramedical-courses" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-4-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/199/environmental-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-22-6" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/83/nurses-manual-of-paediatric-cardiac-intensive-care" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-37-8" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/425/practical-medical-microbiology-for-bmlt-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-27-3" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/204/a-textbook-on-biochemistry-for-paramedical-students" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-04-2" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/240/biochemistry-for-paramedical-courses" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-4-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/199/environmental-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-22-6" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/426/essentials-of-medical-microbiology-for-bmlt-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-02-0" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/83/nurses-manual-of-paediatric-cardiac-intensive-care" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-37-8" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/425/practical-medical-microbiology-for-bmlt-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-27-3" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q68"/>
+  <dimension ref="A1:Q69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B49" sqref="B49:H49"/>
+      <selection activeCell="B50" sqref="B50:H50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.5645" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
     <col min="17" max="17" width="14.2822" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1"/>
@@ -2141,1677 +2150,1730 @@
       </c>
       <c r="O22" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P22" s="5" t="s">
         <v>91</v>
       </c>
       <c r="Q22" s="9" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="5">
         <v>17</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>99</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>100</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="F23" s="9">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="G23" s="9">
-        <v>215</v>
+        <v>665</v>
       </c>
       <c r="H23" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="9">
-        <v>495.0</v>
+        <v>1500.0</v>
       </c>
       <c r="J23" s="9">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="K23" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="9">
-        <v>320</v>
+        <v>1140</v>
       </c>
       <c r="M23" s="10" t="s">
         <v>100</v>
       </c>
       <c r="N23" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O23" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P23" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q23" s="9" t="s">
         <v>102</v>
-      </c>
-[...7 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="5">
         <v>18</v>
       </c>
       <c r="B24" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="C24" s="9" t="s">
+        <v>104</v>
+      </c>
+      <c r="D24" s="5" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="9">
         <v>2024</v>
       </c>
       <c r="G24" s="9">
-        <v>96</v>
+        <v>215</v>
       </c>
       <c r="H24" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="9">
-        <v>400.0</v>
+        <v>495.0</v>
       </c>
       <c r="J24" s="9">
         <v>30</v>
       </c>
       <c r="K24" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="9">
-        <v>175</v>
+        <v>320</v>
       </c>
       <c r="M24" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="N24" s="9" t="s">
         <v>106</v>
       </c>
-      <c r="N24" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O24" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P24" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="Q24" s="9" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25" s="5">
         <v>19</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>109</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>110</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>111</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="9">
         <v>2024</v>
       </c>
       <c r="G25" s="9">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="H25" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="9">
         <v>400.0</v>
       </c>
       <c r="J25" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K25" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="9">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="M25" s="10" t="s">
         <v>110</v>
       </c>
       <c r="N25" s="9" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="O25" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P25" s="5" t="s">
         <v>112</v>
       </c>
       <c r="Q25" s="9" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26" s="5">
         <v>20</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>113</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>114</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>115</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="9">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G26" s="9">
-        <v>151</v>
+        <v>111</v>
       </c>
       <c r="H26" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="9">
-        <v>375.0</v>
+        <v>400.0</v>
       </c>
       <c r="J26" s="9">
         <v>20</v>
       </c>
       <c r="K26" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="9">
-        <v>220</v>
+        <v>180</v>
       </c>
       <c r="M26" s="10" t="s">
         <v>114</v>
       </c>
       <c r="N26" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O26" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P26" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="O26" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q26" s="9" t="s">
-        <v>118</v>
+        <v>87</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27" s="5">
         <v>21</v>
       </c>
       <c r="B27" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="C27" s="9" t="s">
+        <v>118</v>
+      </c>
+      <c r="D27" s="5" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F27" s="9">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="G27" s="9">
-        <v>521</v>
+        <v>151</v>
       </c>
       <c r="H27" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="9">
-        <v>1050.0</v>
+        <v>375.0</v>
       </c>
       <c r="J27" s="9">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="K27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="9">
-        <v>800</v>
+        <v>220</v>
       </c>
       <c r="M27" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="N27" s="9" t="s">
         <v>120</v>
       </c>
-      <c r="N27" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O27" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P27" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q27" s="9" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28" s="5">
         <v>22</v>
       </c>
       <c r="B28" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="C28" s="9" t="s">
         <v>124</v>
       </c>
-      <c r="C28" s="9" t="s">
+      <c r="D28" s="5" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F28" s="9">
         <v>2020</v>
       </c>
       <c r="G28" s="9">
-        <v>340</v>
+        <v>521</v>
       </c>
       <c r="H28" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="9">
-        <v>750.0</v>
+        <v>1050.0</v>
       </c>
       <c r="J28" s="9">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="K28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="9">
-        <v>550</v>
+        <v>800</v>
       </c>
       <c r="M28" s="10" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="N28" s="9" t="s">
         <v>80</v>
       </c>
       <c r="O28" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P28" s="5" t="s">
         <v>126</v>
       </c>
       <c r="Q28" s="9" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29" s="5">
         <v>23</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>128</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>129</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F29" s="9">
         <v>2020</v>
       </c>
       <c r="G29" s="9">
-        <v>202</v>
+        <v>340</v>
       </c>
       <c r="H29" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="9">
-        <v>400.0</v>
+        <v>750.0</v>
       </c>
       <c r="J29" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="9">
-        <v>300</v>
+        <v>550</v>
       </c>
       <c r="M29" s="10" t="s">
         <v>129</v>
       </c>
       <c r="N29" s="9" t="s">
         <v>80</v>
       </c>
       <c r="O29" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P29" s="5" t="s">
         <v>130</v>
       </c>
       <c r="Q29" s="9" t="s">
-        <v>41</v>
+        <v>131</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30" s="5">
         <v>24</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C30" s="9" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="9">
         <v>2020</v>
       </c>
       <c r="G30" s="9">
-        <v>376</v>
+        <v>202</v>
       </c>
       <c r="H30" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="9">
-        <v>850.0</v>
+        <v>400.0</v>
       </c>
       <c r="J30" s="9">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="K30" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="9">
-        <v>600</v>
+        <v>300</v>
       </c>
       <c r="M30" s="10" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N30" s="9" t="s">
         <v>80</v>
       </c>
       <c r="O30" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P30" s="5" t="s">
-        <v>86</v>
+        <v>134</v>
       </c>
       <c r="Q30" s="9" t="s">
-        <v>127</v>
+        <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31" s="5">
         <v>25</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C31" s="9" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F31" s="9">
         <v>2020</v>
       </c>
       <c r="G31" s="9">
-        <v>414</v>
+        <v>376</v>
       </c>
       <c r="H31" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="9">
         <v>850.0</v>
       </c>
       <c r="J31" s="9">
         <v>40</v>
       </c>
       <c r="K31" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="9">
-        <v>650</v>
+        <v>600</v>
       </c>
       <c r="M31" s="10" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="N31" s="9" t="s">
         <v>80</v>
       </c>
       <c r="O31" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P31" s="5" t="s">
-        <v>135</v>
+        <v>86</v>
       </c>
       <c r="Q31" s="9" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32" s="5">
         <v>26</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>137</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>138</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F32" s="9">
         <v>2020</v>
       </c>
       <c r="G32" s="9">
-        <v>362</v>
+        <v>414</v>
       </c>
       <c r="H32" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="9">
         <v>850.0</v>
       </c>
       <c r="J32" s="9">
         <v>40</v>
       </c>
       <c r="K32" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="9">
         <v>650</v>
       </c>
       <c r="M32" s="10" t="s">
         <v>138</v>
       </c>
       <c r="N32" s="9" t="s">
         <v>80</v>
       </c>
       <c r="O32" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P32" s="5" t="s">
         <v>139</v>
       </c>
       <c r="Q32" s="9" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33" s="5">
         <v>27</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>142</v>
+        <v>125</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F33" s="9">
         <v>2020</v>
       </c>
       <c r="G33" s="9">
-        <v>86</v>
+        <v>362</v>
       </c>
       <c r="H33" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="9">
-        <v>395.0</v>
+        <v>850.0</v>
       </c>
       <c r="J33" s="9">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K33" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="9">
-        <v>100</v>
+        <v>650</v>
       </c>
       <c r="M33" s="10" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N33" s="9" t="s">
-        <v>26</v>
+        <v>80</v>
       </c>
       <c r="O33" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P33" s="5" t="s">
         <v>143</v>
       </c>
       <c r="Q33" s="9" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34" s="5">
         <v>28</v>
       </c>
       <c r="B34" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="C34" s="9" t="s">
         <v>145</v>
       </c>
-      <c r="C34" s="9" t="s">
+      <c r="D34" s="5" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="9">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="G34" s="9">
-        <v>424</v>
+        <v>86</v>
       </c>
       <c r="H34" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="9">
-        <v>995.0</v>
+        <v>395.0</v>
       </c>
       <c r="J34" s="9">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="K34" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="9">
-        <v>930</v>
+        <v>100</v>
       </c>
       <c r="M34" s="10" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="N34" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O34" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P34" s="5" t="s">
         <v>147</v>
       </c>
       <c r="Q34" s="9" t="s">
-        <v>98</v>
+        <v>148</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35" s="5">
         <v>29</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>150</v>
+        <v>22</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F35" s="9">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="G35" s="9">
-        <v>194</v>
+        <v>424</v>
       </c>
       <c r="H35" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="9">
-        <v>495.0</v>
+        <v>995.0</v>
       </c>
       <c r="J35" s="9">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K35" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="9">
-        <v>485</v>
+        <v>930</v>
       </c>
       <c r="M35" s="10" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="N35" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P35" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="O35" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q35" s="9" t="s">
-        <v>153</v>
+        <v>98</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36" s="5">
         <v>30</v>
       </c>
       <c r="B36" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="C36" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="D36" s="5" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G36" s="9">
-        <v>502</v>
+        <v>194</v>
       </c>
       <c r="H36" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="9">
-        <v>1295.0</v>
+        <v>495.0</v>
       </c>
       <c r="J36" s="9">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="K36" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="9">
-        <v>860</v>
+        <v>485</v>
       </c>
       <c r="M36" s="10" t="s">
+        <v>153</v>
+      </c>
+      <c r="N36" s="9" t="s">
         <v>155</v>
       </c>
-      <c r="N36" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O36" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P36" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="Q36" s="9" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37" s="5">
         <v>31</v>
       </c>
       <c r="B37" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="C37" s="9" t="s">
         <v>159</v>
       </c>
-      <c r="C37" s="9" t="s">
+      <c r="D37" s="5" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F37" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G37" s="9">
-        <v>123</v>
+        <v>502</v>
       </c>
       <c r="H37" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="9">
-        <v>375.0</v>
+        <v>1295.0</v>
       </c>
       <c r="J37" s="9">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K37" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="9">
-        <v>200</v>
+        <v>860</v>
       </c>
       <c r="M37" s="10" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="N37" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O37" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P37" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q37" s="9" t="s">
         <v>162</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38" s="5">
         <v>32</v>
       </c>
       <c r="B38" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="C38" s="9" t="s">
         <v>164</v>
       </c>
-      <c r="C38" s="9" t="s">
+      <c r="D38" s="5" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G38" s="9">
-        <v>138</v>
+        <v>123</v>
       </c>
       <c r="H38" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="9">
-        <v>350.0</v>
+        <v>375.0</v>
       </c>
       <c r="J38" s="9">
         <v>20</v>
       </c>
       <c r="K38" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="9">
-        <v>275</v>
+        <v>200</v>
       </c>
       <c r="M38" s="10" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="N38" s="9" t="s">
         <v>166</v>
       </c>
       <c r="O38" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P38" s="5" t="s">
-        <v>122</v>
+        <v>81</v>
       </c>
       <c r="Q38" s="9" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39" s="5">
         <v>33</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>168</v>
       </c>
       <c r="C39" s="9" t="s">
         <v>169</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>170</v>
+        <v>125</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>65</v>
+        <v>23</v>
       </c>
       <c r="F39" s="9">
-        <v>2026</v>
+        <v>2020</v>
       </c>
       <c r="G39" s="9">
-        <v>200</v>
+        <v>138</v>
       </c>
       <c r="H39" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="9">
-        <v>450.0</v>
+        <v>350.0</v>
       </c>
       <c r="J39" s="9">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="K39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="9">
-        <v>300</v>
+        <v>275</v>
       </c>
       <c r="M39" s="10" t="s">
         <v>169</v>
       </c>
       <c r="N39" s="9" t="s">
+        <v>170</v>
+      </c>
+      <c r="O39" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P39" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q39" s="9" t="s">
         <v>171</v>
-      </c>
-[...7 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40" s="5">
         <v>34</v>
       </c>
       <c r="B40" s="8" t="s">
+        <v>172</v>
+      </c>
+      <c r="C40" s="9" t="s">
         <v>173</v>
       </c>
-      <c r="C40" s="9" t="s">
+      <c r="D40" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E40" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="F40" s="9">
+        <v>2026</v>
+      </c>
+      <c r="G40" s="9">
+        <v>200</v>
+      </c>
+      <c r="H40" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I40" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J40" s="9">
+        <v>40</v>
+      </c>
+      <c r="K40" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L40" s="9">
+        <v>300</v>
+      </c>
+      <c r="M40" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="N40" s="9" t="s">
         <v>174</v>
       </c>
-      <c r="D40" s="5" t="s">
+      <c r="O40" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P40" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="E40" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q40" s="9" t="s">
-        <v>55</v>
+        <v>108</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41" s="5">
         <v>35</v>
       </c>
       <c r="B41" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="C41" s="9" t="s">
         <v>177</v>
       </c>
-      <c r="C41" s="9" t="s">
+      <c r="D41" s="5" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G41" s="9">
-        <v>187</v>
+        <v>155</v>
       </c>
       <c r="H41" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="9">
-        <v>550.0</v>
+        <v>425.0</v>
       </c>
       <c r="J41" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K41" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="9">
-        <v>420</v>
+        <v>230</v>
       </c>
       <c r="M41" s="10" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="N41" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O41" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P41" s="5" t="s">
-        <v>157</v>
+        <v>179</v>
       </c>
       <c r="Q41" s="9" t="s">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42" s="5">
         <v>36</v>
       </c>
       <c r="B42" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="C42" s="9" t="s">
         <v>181</v>
       </c>
-      <c r="C42" s="9" t="s">
+      <c r="D42" s="5" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G42" s="9">
-        <v>173</v>
+        <v>187</v>
       </c>
       <c r="H42" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="9">
-        <v>475.0</v>
+        <v>550.0</v>
       </c>
       <c r="J42" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K42" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="9">
-        <v>290</v>
+        <v>420</v>
       </c>
       <c r="M42" s="10" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="N42" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O42" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P42" s="5" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="Q42" s="9" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43" s="5">
         <v>37</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>184</v>
       </c>
       <c r="C43" s="9" t="s">
         <v>185</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>186</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="9">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="G43" s="9">
-        <v>275</v>
+        <v>173</v>
       </c>
       <c r="H43" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="9">
-        <v>950.0</v>
+        <v>475.0</v>
       </c>
       <c r="J43" s="9">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="K43" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="9">
-        <v>470</v>
+        <v>290</v>
       </c>
       <c r="M43" s="10" t="s">
         <v>185</v>
       </c>
       <c r="N43" s="9" t="s">
-        <v>80</v>
+        <v>33</v>
       </c>
       <c r="O43" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P43" s="5" t="s">
-        <v>187</v>
+        <v>161</v>
       </c>
       <c r="Q43" s="9" t="s">
-        <v>188</v>
+        <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44" s="5">
         <v>38</v>
       </c>
       <c r="B44" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="C44" s="9" t="s">
+        <v>188</v>
+      </c>
+      <c r="D44" s="5" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G44" s="9">
-        <v>253</v>
+        <v>275</v>
       </c>
       <c r="H44" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="9">
-        <v>525.0</v>
+        <v>950.0</v>
       </c>
       <c r="J44" s="9">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K44" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="9">
-        <v>320</v>
+        <v>470</v>
       </c>
       <c r="M44" s="10" t="s">
+        <v>188</v>
+      </c>
+      <c r="N44" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="O44" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P44" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="N44" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q44" s="9" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45" s="5">
         <v>39</v>
       </c>
       <c r="B45" s="8" t="s">
+        <v>192</v>
+      </c>
+      <c r="C45" s="9" t="s">
         <v>193</v>
       </c>
-      <c r="C45" s="9" t="s">
+      <c r="D45" s="5" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F45" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G45" s="9">
-        <v>293</v>
+        <v>253</v>
       </c>
       <c r="H45" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="9">
-        <v>1350.0</v>
+        <v>525.0</v>
       </c>
       <c r="J45" s="9">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="K45" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="9">
-        <v>800</v>
+        <v>320</v>
       </c>
       <c r="M45" s="10" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="N45" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O45" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P45" s="5" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="Q45" s="9" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46" s="5">
         <v>40</v>
       </c>
       <c r="B46" s="8" t="s">
+        <v>196</v>
+      </c>
+      <c r="C46" s="9" t="s">
         <v>197</v>
       </c>
-      <c r="C46" s="9" t="s">
+      <c r="D46" s="5" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F46" s="9">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="G46" s="9">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="H46" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="9">
-        <v>950.0</v>
+        <v>1350.0</v>
       </c>
       <c r="J46" s="9">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="K46" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="9">
-        <v>450</v>
+        <v>800</v>
       </c>
       <c r="M46" s="10" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="N46" s="9" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="O46" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P46" s="5" t="s">
-        <v>200</v>
+        <v>81</v>
       </c>
       <c r="Q46" s="9" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47" s="5">
         <v>41</v>
       </c>
       <c r="B47" s="8" t="s">
+        <v>200</v>
+      </c>
+      <c r="C47" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="D47" s="5" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F47" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G47" s="9">
-        <v>89</v>
+        <v>275</v>
       </c>
       <c r="H47" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="9">
-        <v>275.0</v>
+        <v>950.0</v>
       </c>
       <c r="J47" s="9">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="K47" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="9">
-        <v>150</v>
+        <v>450</v>
       </c>
       <c r="M47" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="N47" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P47" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="N47" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q47" s="9" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48" s="5">
         <v>42</v>
       </c>
       <c r="B48" s="8" t="s">
+        <v>205</v>
+      </c>
+      <c r="C48" s="9" t="s">
         <v>206</v>
       </c>
-      <c r="C48" s="9" t="s">
+      <c r="D48" s="5" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G48" s="9">
-        <v>51</v>
+        <v>89</v>
       </c>
       <c r="H48" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="9">
-        <v>195.0</v>
+        <v>275.0</v>
       </c>
       <c r="J48" s="9">
         <v>15</v>
       </c>
       <c r="K48" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="9">
+        <v>150</v>
+      </c>
+      <c r="M48" s="10" t="s">
+        <v>206</v>
+      </c>
+      <c r="N48" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O48" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P48" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q48" s="9" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17">
+      <c r="A49" s="5">
+        <v>43</v>
+      </c>
+      <c r="B49" s="8" t="s">
+        <v>209</v>
+      </c>
+      <c r="C49" s="9" t="s">
+        <v>210</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="E49" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F49" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G49" s="9">
+        <v>51</v>
+      </c>
+      <c r="H49" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I49" s="9">
+        <v>195.0</v>
+      </c>
+      <c r="J49" s="9">
+        <v>15</v>
+      </c>
+      <c r="K49" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L49" s="9">
         <v>100</v>
       </c>
-      <c r="M48" s="10" t="s">
-[...2 lines deleted...]
-      <c r="N48" s="9" t="s">
+      <c r="M49" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="N49" s="9" t="s">
         <v>59</v>
       </c>
-      <c r="O48" s="9" t="s">
-[...16 lines deleted...]
-      <c r="H49" s="13"/>
+      <c r="O49" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P49" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="Q49" s="9" t="s">
+        <v>213</v>
+      </c>
     </row>
     <row r="50" spans="1:17">
-      <c r="A50" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H50" s="12"/>
+      <c r="B50" s="13"/>
+      <c r="C50" s="13"/>
+      <c r="D50" s="13"/>
+      <c r="E50" s="13"/>
+      <c r="F50" s="13"/>
+      <c r="G50" s="13"/>
+      <c r="H50" s="13"/>
     </row>
     <row r="51" spans="1:17">
       <c r="A51" s="12" t="s">
-        <v>212</v>
-[...7 lines deleted...]
-      <c r="H51" s="11"/>
+        <v>214</v>
+      </c>
+      <c r="B51" s="12"/>
+      <c r="C51" s="12"/>
+      <c r="D51" s="12"/>
+      <c r="E51" s="12"/>
+      <c r="F51" s="12"/>
+      <c r="G51" s="12"/>
+      <c r="H51" s="12"/>
     </row>
     <row r="52" spans="1:17">
-      <c r="A52" s="11" t="s">
-        <v>213</v>
+      <c r="A52" s="12" t="s">
+        <v>215</v>
       </c>
       <c r="B52" s="11"/>
       <c r="C52" s="11"/>
       <c r="D52" s="11"/>
       <c r="E52" s="11"/>
       <c r="F52" s="11"/>
       <c r="G52" s="11"/>
       <c r="H52" s="11"/>
     </row>
     <row r="53" spans="1:17">
       <c r="A53" s="11" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B53" s="11"/>
       <c r="C53" s="11"/>
       <c r="D53" s="11"/>
       <c r="E53" s="11"/>
       <c r="F53" s="11"/>
       <c r="G53" s="11"/>
       <c r="H53" s="11"/>
     </row>
     <row r="54" spans="1:17">
-      <c r="A54" s="12" t="s">
-        <v>215</v>
+      <c r="A54" s="11" t="s">
+        <v>217</v>
       </c>
       <c r="B54" s="11"/>
       <c r="C54" s="11"/>
       <c r="D54" s="11"/>
       <c r="E54" s="11"/>
       <c r="F54" s="11"/>
       <c r="G54" s="11"/>
       <c r="H54" s="11"/>
     </row>
     <row r="55" spans="1:17">
       <c r="A55" s="12" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B55" s="11"/>
       <c r="C55" s="11"/>
       <c r="D55" s="11"/>
       <c r="E55" s="11"/>
       <c r="F55" s="11"/>
       <c r="G55" s="11"/>
       <c r="H55" s="11"/>
     </row>
     <row r="56" spans="1:17">
       <c r="A56" s="12" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B56" s="11"/>
       <c r="C56" s="11"/>
       <c r="D56" s="11"/>
       <c r="E56" s="11"/>
       <c r="F56" s="11"/>
       <c r="G56" s="11"/>
       <c r="H56" s="11"/>
     </row>
     <row r="57" spans="1:17">
       <c r="A57" s="12" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B57" s="11"/>
       <c r="C57" s="11"/>
       <c r="D57" s="11"/>
       <c r="E57" s="11"/>
       <c r="F57" s="11"/>
       <c r="G57" s="11"/>
       <c r="H57" s="11"/>
     </row>
     <row r="58" spans="1:17">
       <c r="A58" s="12" t="s">
-        <v>219</v>
-[...7 lines deleted...]
-      <c r="H58" s="12"/>
+        <v>221</v>
+      </c>
+      <c r="B58" s="11"/>
+      <c r="C58" s="11"/>
+      <c r="D58" s="11"/>
+      <c r="E58" s="11"/>
+      <c r="F58" s="11"/>
+      <c r="G58" s="11"/>
+      <c r="H58" s="11"/>
     </row>
     <row r="59" spans="1:17">
-      <c r="A59" s="11" t="s">
-[...8 lines deleted...]
-      <c r="H59" s="11"/>
+      <c r="A59" s="12" t="s">
+        <v>222</v>
+      </c>
+      <c r="B59" s="12"/>
+      <c r="C59" s="12"/>
+      <c r="D59" s="12"/>
+      <c r="E59" s="12"/>
+      <c r="F59" s="12"/>
+      <c r="G59" s="12"/>
+      <c r="H59" s="12"/>
     </row>
     <row r="60" spans="1:17">
-      <c r="A60" s="12" t="s">
-        <v>221</v>
+      <c r="A60" s="11" t="s">
+        <v>223</v>
       </c>
       <c r="B60" s="11"/>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11"/>
       <c r="F60" s="11"/>
       <c r="G60" s="11"/>
       <c r="H60" s="11"/>
     </row>
     <row r="61" spans="1:17">
       <c r="A61" s="12" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B61" s="11"/>
       <c r="C61" s="11"/>
       <c r="D61" s="11"/>
       <c r="E61" s="11"/>
       <c r="F61" s="11"/>
       <c r="G61" s="11"/>
       <c r="H61" s="11"/>
     </row>
     <row r="62" spans="1:17">
       <c r="A62" s="12" t="s">
-        <v>223</v>
-[...7 lines deleted...]
-      <c r="H62" s="12"/>
+        <v>225</v>
+      </c>
+      <c r="B62" s="11"/>
+      <c r="C62" s="11"/>
+      <c r="D62" s="11"/>
+      <c r="E62" s="11"/>
+      <c r="F62" s="11"/>
+      <c r="G62" s="11"/>
+      <c r="H62" s="11"/>
     </row>
     <row r="63" spans="1:17">
-      <c r="A63" s="11" t="s">
-[...8 lines deleted...]
-      <c r="H63" s="11"/>
+      <c r="A63" s="12" t="s">
+        <v>226</v>
+      </c>
+      <c r="B63" s="12"/>
+      <c r="C63" s="12"/>
+      <c r="D63" s="12"/>
+      <c r="E63" s="12"/>
+      <c r="F63" s="12"/>
+      <c r="G63" s="12"/>
+      <c r="H63" s="12"/>
     </row>
     <row r="64" spans="1:17">
       <c r="A64" s="11" t="s">
-        <v>224</v>
+        <v>0</v>
       </c>
       <c r="B64" s="11"/>
       <c r="C64" s="11"/>
       <c r="D64" s="11"/>
       <c r="E64" s="11"/>
       <c r="F64" s="11"/>
       <c r="G64" s="11"/>
       <c r="H64" s="11"/>
     </row>
     <row r="65" spans="1:17">
       <c r="A65" s="11" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B65" s="11"/>
       <c r="C65" s="11"/>
       <c r="D65" s="11"/>
       <c r="E65" s="11"/>
       <c r="F65" s="11"/>
       <c r="G65" s="11"/>
       <c r="H65" s="11"/>
     </row>
     <row r="66" spans="1:17">
       <c r="A66" s="11" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B66" s="11"/>
       <c r="C66" s="11"/>
       <c r="D66" s="11"/>
       <c r="E66" s="11"/>
       <c r="F66" s="11"/>
       <c r="G66" s="11"/>
       <c r="H66" s="11"/>
     </row>
     <row r="67" spans="1:17">
-      <c r="A67" s="12" t="s">
-        <v>227</v>
+      <c r="A67" s="11" t="s">
+        <v>229</v>
       </c>
       <c r="B67" s="11"/>
       <c r="C67" s="11"/>
       <c r="D67" s="11"/>
       <c r="E67" s="11"/>
       <c r="F67" s="11"/>
       <c r="G67" s="11"/>
       <c r="H67" s="11"/>
     </row>
     <row r="68" spans="1:17">
       <c r="A68" s="12" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B68" s="11"/>
       <c r="C68" s="11"/>
       <c r="D68" s="11"/>
       <c r="E68" s="11"/>
       <c r="F68" s="11"/>
       <c r="G68" s="11"/>
       <c r="H68" s="11"/>
     </row>
+    <row r="69" spans="1:17">
+      <c r="A69" s="12" t="s">
+        <v>231</v>
+      </c>
+      <c r="B69" s="11"/>
+      <c r="C69" s="11"/>
+      <c r="D69" s="11"/>
+      <c r="E69" s="11"/>
+      <c r="F69" s="11"/>
+      <c r="G69" s="11"/>
+      <c r="H69" s="11"/>
+    </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
-    <mergeCell ref="A50:H50"/>
     <mergeCell ref="A51:H51"/>
     <mergeCell ref="A52:H52"/>
     <mergeCell ref="A53:H53"/>
     <mergeCell ref="A54:H54"/>
     <mergeCell ref="A55:H55"/>
     <mergeCell ref="A56:H56"/>
     <mergeCell ref="A57:H57"/>
     <mergeCell ref="A58:H58"/>
     <mergeCell ref="A59:H59"/>
     <mergeCell ref="A60:H60"/>
     <mergeCell ref="A61:H61"/>
     <mergeCell ref="A62:H62"/>
     <mergeCell ref="A63:H63"/>
     <mergeCell ref="A64:H64"/>
     <mergeCell ref="A65:H65"/>
     <mergeCell ref="A66:H66"/>
     <mergeCell ref="A67:H67"/>
     <mergeCell ref="A68:H68"/>
+    <mergeCell ref="A69:H69"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_16"/>
     <hyperlink ref="M14" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_18"/>
     <hyperlink ref="M15" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_20"/>
     <hyperlink ref="M16" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_22"/>
     <hyperlink ref="M17" r:id="rId_hyperlink_23"/>
@@ -3855,50 +3917,52 @@
     <hyperlink ref="M36" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_62"/>
     <hyperlink ref="M37" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_64"/>
     <hyperlink ref="M38" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_66"/>
     <hyperlink ref="M39" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_68"/>
     <hyperlink ref="M40" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_70"/>
     <hyperlink ref="M41" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_72"/>
     <hyperlink ref="M42" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_74"/>
     <hyperlink ref="M43" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_76"/>
     <hyperlink ref="M44" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_78"/>
     <hyperlink ref="M45" r:id="rId_hyperlink_79"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_80"/>
     <hyperlink ref="M46" r:id="rId_hyperlink_81"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_82"/>
     <hyperlink ref="M47" r:id="rId_hyperlink_83"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_84"/>
     <hyperlink ref="M48" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="B49" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="M49" r:id="rId_hyperlink_87"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>