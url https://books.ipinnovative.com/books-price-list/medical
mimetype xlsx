--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="639">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="654">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
     <t>Medical BOOKS PRICE / CATALOGUE For Year - 2025</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
@@ -425,50 +425,59 @@
   <si>
     <t>Dr. Chetan D. M., Dr. Bommegowda K. B.</t>
   </si>
   <si>
     <t>22x15.5x1</t>
   </si>
   <si>
     <t>Case Oriented Approach in Biochemistry- 2nd Edition</t>
   </si>
   <si>
     <t>978-81-962762-2-5</t>
   </si>
   <si>
     <t>Dr. Rajesh Kawaduji Jambhulkar, Dr. Abhijit D. Ninghot</t>
   </si>
   <si>
     <t>Case Oriented Approach in Biochemistry- Reprint 2022 Edition</t>
   </si>
   <si>
     <t>978-93-88022-21-7</t>
   </si>
   <si>
     <t>First, Reprint 2022</t>
   </si>
   <si>
+    <t>Chromotherapy</t>
+  </si>
+  <si>
+    <t>978-93-48565-46-4</t>
+  </si>
+  <si>
+    <t>Prof. Sunil Agarwal, Dr. Deepti Agarwal</t>
+  </si>
+  <si>
     <t>Clinical Log Book Record Manual for Medical Laboratory Technology</t>
   </si>
   <si>
     <t>978-81-19613-21-2</t>
   </si>
   <si>
     <t>Akash Deep Singh</t>
   </si>
   <si>
     <t>Reference Book</t>
   </si>
   <si>
     <t>Medical Laboratory Technology</t>
   </si>
   <si>
     <t>28x21.5x1</t>
   </si>
   <si>
     <t>Clinics in Obstetrics and Gynaecology</t>
   </si>
   <si>
     <t>978-93-91208-19-6</t>
   </si>
   <si>
     <t>Dr. Anita Goura Konin</t>
@@ -1325,77 +1334,95 @@
   <si>
     <t>BRIT</t>
   </si>
   <si>
     <t>Notes on Medical Microbiology for Dental Students</t>
   </si>
   <si>
     <t>978-93-88022-77-4</t>
   </si>
   <si>
     <t>Notes on Medical Microbiology for Nursing</t>
   </si>
   <si>
     <t>978-93-88022-79-8</t>
   </si>
   <si>
     <t>23x15x2.3</t>
   </si>
   <si>
     <t>Notes on Medical Microbiology for Physiotherapy (BPT)</t>
   </si>
   <si>
     <t>978-93-88022-78-1</t>
   </si>
   <si>
+    <t>Oncology MCQs for the MBBS and NEET-PG Aspirants</t>
+  </si>
+  <si>
+    <t>978-93-48565-55-6</t>
+  </si>
+  <si>
+    <t>Dr. Tavseef Ahmad Tali, Dr. Fiza Amin</t>
+  </si>
+  <si>
+    <t>MCQs/Reference Book</t>
+  </si>
+  <si>
+    <t>Oncology</t>
+  </si>
+  <si>
+    <t>Oncology MCQs: Organ-Specific and Advanced Concepts for MBBS and NEET-PG Students</t>
+  </si>
+  <si>
+    <t>978-93-48565-20-4</t>
+  </si>
+  <si>
     <t>One Page One Chapter Pharmacology for Undergraduates in M.B.B.S.</t>
   </si>
   <si>
     <t>978-93-88022-96-5</t>
   </si>
   <si>
     <t>Dr. Chandrashekar R</t>
   </si>
   <si>
     <t>Pharmacology</t>
   </si>
   <si>
     <t>33x21x2</t>
   </si>
   <si>
     <t>Opulent Memoirs</t>
   </si>
   <si>
     <t>978-93-88022-94-1</t>
   </si>
   <si>
     <t>Shiekh Aejaz Aziz</t>
   </si>
   <si>
-    <t>Oncology</t>
-[...1 lines deleted...]
-  <si>
     <t>22x15x1.5</t>
   </si>
   <si>
     <t>Orthopaedic Insight Series 1 : Principles of Fracture Treatment</t>
   </si>
   <si>
     <t>978-93-88022-51-4</t>
   </si>
   <si>
     <t>Arun Vashisht</t>
   </si>
   <si>
     <t>25x18x1.1</t>
   </si>
   <si>
     <t>Orthopaedic Insight Series 2: Complications of Fractures</t>
   </si>
   <si>
     <t>978-81-19613-28-1</t>
   </si>
   <si>
     <t>24x18.5x1</t>
   </si>
   <si>
     <t>OSCE and OSPE in Forensic Medicine</t>
@@ -1535,50 +1562,62 @@
   <si>
     <t>Dr. N. Srinivasa Reddy, M.D.</t>
   </si>
   <si>
     <t>28x21.5x0.8</t>
   </si>
   <si>
     <t>Pioneers of Medical Sciences and their inspiring Achievements</t>
   </si>
   <si>
     <t>978-93-48565-43-3</t>
   </si>
   <si>
     <t>28x21.5x1.5</t>
   </si>
   <si>
     <t>Postgraduate Biochemistry Companion</t>
   </si>
   <si>
     <t>978-81-932450-6-4</t>
   </si>
   <si>
     <t>24x18x2.5</t>
   </si>
   <si>
+    <t>Potturi’s Comprehensive Physiotherapy-From Basic Sciences to Clinical Excellence</t>
+  </si>
+  <si>
+    <t>978-93-48565-97-6</t>
+  </si>
+  <si>
+    <t>Dr. Gowrishankar Potturi, Dr. Mayank Kumar, Dr. Krishna Reddy Vajrala</t>
+  </si>
+  <si>
+    <t>Physiotherapy</t>
+  </si>
+  <si>
     <t>Practical Applications in Histopathology, Cytopathology and Autopsy: An MCQ/EMQ Resource</t>
   </si>
   <si>
     <t>978-81-932450-2-6</t>
   </si>
   <si>
     <t>Dr Limci Gupta, Dr Val Thomas, Dr Jayson Wang</t>
   </si>
   <si>
     <t>Reprint 2024</t>
   </si>
   <si>
     <t>28x22x1</t>
   </si>
   <si>
     <t>Practical Experiments in Optometry: A Comprehensive Approach</t>
   </si>
   <si>
     <t>978-81-19613-30-4</t>
   </si>
   <si>
     <t>Ms Komal Sharma</t>
   </si>
   <si>
     <t>Practical/Reference Book</t>
@@ -1634,96 +1673,102 @@
   <si>
     <t>Mr. Rohit Bansal, Ms. Srishti</t>
   </si>
   <si>
     <t>Radiology</t>
   </si>
   <si>
     <t>Reasoning in Biochemistry for Biochemistry Enthusiasts</t>
   </si>
   <si>
     <t>978-81-19613-14-4</t>
   </si>
   <si>
     <t>Kiran Dahiya, Kumud Dhankhar</t>
   </si>
   <si>
     <t>Reboot Your Joints: A Modern Rehabilitation Toolkit for the Students of BPT and MPT</t>
   </si>
   <si>
     <t>978-93-48565-80-8</t>
   </si>
   <si>
     <t>Dr. Sneha Hiren Bhalala, Dr. Merchant Hetvi Manishbhai, Dr. Prabhat Tamakuwala</t>
   </si>
   <si>
-    <t>Physiotherapy</t>
-[...1 lines deleted...]
-  <si>
     <t>Recent Advances in Medical Education, Knowledge and Research</t>
   </si>
   <si>
     <t>978-93-91208-24-0</t>
   </si>
   <si>
     <t>Reference/Questions-Answer Type</t>
   </si>
   <si>
     <t>Regenerative Medicine, Cellular Therapy and Tissue Engineering</t>
   </si>
   <si>
     <t>978-93-91208-42-4</t>
   </si>
   <si>
     <t>Rehabilitation Medicine for Physiotherapy</t>
   </si>
   <si>
     <t>978-93-91208-31-8</t>
   </si>
   <si>
     <t>Dr. Suraj Kumar</t>
   </si>
   <si>
     <t>Renal Physiology For MBBS Students</t>
   </si>
   <si>
     <t>978-81-933819-7-7</t>
   </si>
   <si>
     <t>Dr. Smita R. Sorte, Dr. Sachin B. Rathod</t>
   </si>
   <si>
     <t>Review of Forensic Medicine and Toxicology</t>
   </si>
   <si>
     <t>978-93-91208-80-6</t>
   </si>
   <si>
     <t>Dr. Avinash H. Waghmode, Dr. Pravir Bodkha, Dr. Laxman G. Phad</t>
   </si>
   <si>
     <t>28x21x2.5</t>
+  </si>
+  <si>
+    <t>Score High Dissection Hall Attendant Competitive Exam MCQ Guide</t>
+  </si>
+  <si>
+    <t>978-93-48565-19-8</t>
+  </si>
+  <si>
+    <t>Dr. Sahil Thakral, Dr. Richa Mishra</t>
   </si>
   <si>
     <t>Short Questions and Answers of Physiology</t>
   </si>
   <si>
     <t>978-93-88022-15-6</t>
   </si>
   <si>
     <t>Dr. Shitalben Pravinbhai Ghataliya, Dr. Chinmay Shah, Dr. Sharlin Christian</t>
   </si>
   <si>
     <t>Reference Book/Questions &amp; Answers Book</t>
   </si>
   <si>
     <t>Short Textbook in Orthopaedics and Rehabilitation</t>
   </si>
   <si>
     <t>978-93-88022-66-8</t>
   </si>
   <si>
     <t>Dr. Aditya K. Agrawal, Dr. Paresh Golwala</t>
   </si>
   <si>
     <t>Spectrum of Resilience: Unravelling the Threads of Oncology</t>
   </si>
@@ -2352,62 +2397,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/201/a-brief-history-of-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-20-2" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/163/a-guide-for-basic-biomedical-research-course" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-38-7" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/387/a-handbook-on-marine-vertebrates-for-msc-marine-biology-sem-1" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-57-0" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/202/a-paediatricians-approach-to-a-child-with-special-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-11-0" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/162/a-textbook-of-medical-genetics-and-cancer-genetics" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-21-9" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/218/a-to-z-mcqs-in-microbiology-for-ugc-csir-net-life-sciences-exam" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-66-0" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/46/abortion-spontaneous-abortion-induced-abortion" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-01-9" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/302/abridged-forensic-medicine-and-toxicology-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-24-3" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/376/advanced-biochemistry-companion-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-72-3" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/391/advances-in-omics-bioinformatics-for-genomics-transcriptomics-and-beyond" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-26-6" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/295/amphibian-experiments-in-physiology-all-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-42-7" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/253/anatomy-multiple-choice-questions-mcqs-for-nextfirst-year-mbbs-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-90-5" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/234/answers-to-viva-questions-in-embryology" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-0-1" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/235/answers-to-viva-questions-in-histology-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-1-8" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/293/applied-anatomy-and-physiology-for-bsc-nursing-course" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-63-2" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/196/basic-principles-of-ilizarov-surgery-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-49-3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/260/bio-medical-instruments-and-its-applications" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-96-7" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/245/case-oriented-approach-in-biochemistry-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-2-5" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/67/case-oriented-approach-in-biochemistry-reprint-2022-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-21-7" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/236/clinics-in-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-19-6" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/168/colors-medicine-of-the-future" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-45-5" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/262/colors-medicine-of-the-future-part-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/205/competency-based-clinical-biochemistry-a-practical-manual-for-first-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-65-3" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/139/competency-based-human-anatomy-volume-i" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/160/competency-based-human-anatomy-volume-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-29-5" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/161/competency-based-human-anatomy-volume-iii" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-30-1" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/390/comprehensive-exploration-of-mental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-92-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/214/comprehensive-manual-of-resuscitation" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-03-5" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/379/comprehensive-stroke-care-a-nursing-pathway-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-37-2" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/73/concepts-in-paediatrics-assorted-essays" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-25-5" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/56/concepts-in-paediatrics-endocrinology" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-10-1" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/64/concepts-in-paediatrics-haematology" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-19-4" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/65/concepts-in-paediatrics-hepatology-and-gastroenterology" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-18-7" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/55/concepts-in-paediatrics-nephrology" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-09-5" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/54/concepts-in-paediatrics-nutrition" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-08-8" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/63/concepts-in-paediatrics-pulmonology" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-17-0" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/208/concise-histopathology" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-35-6" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/263/concise-introduction-to-human-psychology-for-1st-year-babsc-psychology-course" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-97-4" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/68/concise-text-book-of-adolescent-health" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-23-1" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/209/cord-blood-stem-cell-banking-and-transplantation" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-36-3" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/164/current-concepts-on-mental-health-of-children-and-adolescents-a-treatise-on-psychiatric-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-13-4" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/189/elisa-and-related-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-33-2" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/79/emergencies-in-ear-nose-throat-management-pearls" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-33-0" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/112/essential-guide-for-practical-orthopaedics-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/326/essential-guide-for-practical-orthopaedics-set-of-2-volumes-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-43-4" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/110/essential-guide-for-practical-orthopaedics-vol-i" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-63-7" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/325/essential-guide-for-practical-orthopaedics-vol-i-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-07-6" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/111/essential-guide-for-practical-orthopaedics-vol-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-64-4" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/324/essential-guide-for-practical-orthopaedics-vol-ii-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-82-3" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/389/essentials-of-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-98-3" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/173/evidence-based-treatment-protocol-evidence-based-education-system" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-53-0" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/399/forensic-medicine-and-toxicology-mini-dictionary" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-24-2" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/314/forensic-medicine-and-toxicology-quiz-book" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-81-6" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/223/fundamentals-of-gate-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-28-8" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/151/fundamentals-of-medical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-07-3" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/357/guidelines-for-clinical-transfusion-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-05-2" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/142/handbook-of-benign-paroxysmal-positional-vertigo" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/250/handbook-of-biomedical-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-81-3" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/51/handbook-of-elements" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-05-7" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/99/handbook-of-gynaecpathology-a-simplified-approach-in-nutshell" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-53-8" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/220/handbook-on-evidence-based-education-system-40module-wise-approach41" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-52-3" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/95/handbook-on-novel-coronavirus-what-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-49-1" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/150/history-of-physiology-for-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-4-8" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/170/human-anatomy-set-of-3-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-47-9" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/190/immunological-techniques-interpretations-validation-and-safety-measures" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-41-7" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/188/immunology-for-beginners" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-25-7" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/339/laboratory-manual-of-immunohistochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-56-4" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/294/maternal-diet-and-foetal-growth-a-bio-cultural-exploration" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-01-4" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/72/mcqs-guide-for-ug-pg-and-superspeciality-medical-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-26-2" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/92/mcqs-in-medical-sciences-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-46-0" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/278/mechanical-circulatory-support-essentials" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-34-2" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/116/medical-knowledge-and-education-a-book-of-questions-and-answers-2020-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-70-5" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/183/medical-knowledge-and-education-set-of-two-volumes-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-70-7" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/181/medical-knowledge-and-education-volume-i-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-64-6" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/182/medical-knowledge-and-education-volume-ii-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-69-1" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/305/medicolegal-mindbenders-forensic-medicine-and-toxicology-exclusive-question-archive" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-87-8" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/133/microbiology-multiple-choice-questions-mcqs-for-neet-and-net-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-87-3" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/261/mindmaps-in-biochemistry-a-notebook-to-explore-the-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-98-1" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/257/one-page-one-chapter-pharmacology-for-undergraduates-in-mbbs" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-96-5" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/225/opulent-memoirs" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-94-1" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/97/orthopaedic-insight-series-1-principles-of-fracture-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-51-4" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/353/orthopaedic-insight-series-2-complications-of-fractures" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-28-1" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/159/osce-and-ospe-in-forensic-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-37-0" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/309/osce-and-ospe-in-forensic-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-99-1" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/178/ospe-and-osce-in-practical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-62-2" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/177/pandemic-corona-virus-vs-epidemic-and-endemic-virus-diseases-present-past-and-future-directions" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-61-5" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/35/pathology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-4-6" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/288/pcos-more-than-just-a-hormone-disorder" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-76-2" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/34/physiology-mcq-for-all-india-postgraduate-medical-entrance-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-6-0" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/172/pictorial-forensic-pathology-and-toxicology-a-colour-atlas" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-46-2" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/369/pioneers-of-forensics-and-their-ground-breaking-inventions" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-73-0" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/368/pioneers-of-medical-sciences-and-their-inspiring-achievements" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-43-3" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/14/postgraduate-biochemistry-companion" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-6-4" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/7/practical-applications-in-histopathology-cytopathology-and-autopsy-an-mcqemq-resource" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-2-6" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/298/practical-handbook-of-community-medicine-for-the-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-20-5" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/317/previous-years-question-papers-for-postgraduate-obstetrics-and-gynaecology-examinations-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-7-0" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/367/reasoning-in-biochemistry-for-biochemistry-enthusiasts" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-14-4" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/155/recent-advances-in-medical-education-knowledge-and-research" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-24-0" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/210/regenerative-medicine-cellular-therapy-and-tissue-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-42-4" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/44/renal-physiology-for-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-7-7" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/246/review-of-forensic-medicine-and-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-80-6" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/62/short-questions-and-answers-of-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-15-6" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/138/short-textbook-in-orthopaedics-and-rehabilitation" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-66-8" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/304/spectrum-of-resilience-unravelling-the-threads-of-oncology" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-74-8" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/77/syndromes-and-eponymous-signs-in-ear-nose-throat" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-30-9" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/327/synopsis-of-transfusion-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-54-0" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/228/textbook-of-advanced-therapeutics" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-95-8" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/152/textbook-of-dermatology-with-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/221/textbook-of-health-management" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-67-7" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/373/textbook-of-medical-science-principles-and-practice-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-08-2" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/374/textbook-of-medical-science-principles-and-practice-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-06-8" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/393/textbook-of-medical-science-principles-and-practice-volume-3" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-93-8" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/394/textbook-of-medical-science-principles-and-practice-volume-4" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-22-8" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/259/textbook-of-respiratory-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-84-4" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/360/the-healing-power-of-plants-immunomodulatory-wonders" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-71-7" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/359/transfusion-medicine-simplified-a-comprehensive-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-26-7" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/166/tuberculous-pleural-effusion-a-book-of-100-cases" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-40-0" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/70/marma-vijnana-ka-cikitsiya-upayoga" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-24-8" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/201/a-brief-history-of-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-20-2" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/163/a-guide-for-basic-biomedical-research-course" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-38-7" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/387/a-handbook-on-marine-vertebrates-for-msc-marine-biology-sem-1" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-57-0" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/202/a-paediatricians-approach-to-a-child-with-special-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-11-0" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/162/a-textbook-of-medical-genetics-and-cancer-genetics" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-21-9" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/218/a-to-z-mcqs-in-microbiology-for-ugc-csir-net-life-sciences-exam" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-66-0" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/46/abortion-spontaneous-abortion-induced-abortion" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-01-9" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/302/abridged-forensic-medicine-and-toxicology-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-24-3" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/376/advanced-biochemistry-companion-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-72-3" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/391/advances-in-omics-bioinformatics-for-genomics-transcriptomics-and-beyond" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-26-6" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/295/amphibian-experiments-in-physiology-all-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-42-7" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/253/anatomy-multiple-choice-questions-mcqs-for-nextfirst-year-mbbs-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-90-5" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/234/answers-to-viva-questions-in-embryology" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-0-1" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/235/answers-to-viva-questions-in-histology-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-1-8" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/293/applied-anatomy-and-physiology-for-bsc-nursing-course" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-63-2" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/196/basic-principles-of-ilizarov-surgery-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-49-3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/260/bio-medical-instruments-and-its-applications" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-96-7" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/245/case-oriented-approach-in-biochemistry-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-2-5" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/67/case-oriented-approach-in-biochemistry-reprint-2022-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-21-7" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/408/chromotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-46-4" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/236/clinics-in-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-19-6" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/168/colors-medicine-of-the-future" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-45-5" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/262/colors-medicine-of-the-future-part-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/205/competency-based-clinical-biochemistry-a-practical-manual-for-first-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-65-3" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/139/competency-based-human-anatomy-volume-i" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/160/competency-based-human-anatomy-volume-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-29-5" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/161/competency-based-human-anatomy-volume-iii" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-30-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/390/comprehensive-exploration-of-mental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-92-1" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/214/comprehensive-manual-of-resuscitation" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-03-5" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/379/comprehensive-stroke-care-a-nursing-pathway-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-37-2" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/73/concepts-in-paediatrics-assorted-essays" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-25-5" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/56/concepts-in-paediatrics-endocrinology" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-10-1" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/64/concepts-in-paediatrics-haematology" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-19-4" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/65/concepts-in-paediatrics-hepatology-and-gastroenterology" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-18-7" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/55/concepts-in-paediatrics-nephrology" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-09-5" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/54/concepts-in-paediatrics-nutrition" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-08-8" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/63/concepts-in-paediatrics-pulmonology" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-17-0" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/208/concise-histopathology" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-35-6" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/263/concise-introduction-to-human-psychology-for-1st-year-babsc-psychology-course" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-97-4" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/68/concise-text-book-of-adolescent-health" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-23-1" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/209/cord-blood-stem-cell-banking-and-transplantation" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-36-3" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/164/current-concepts-on-mental-health-of-children-and-adolescents-a-treatise-on-psychiatric-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-13-4" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/189/elisa-and-related-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-33-2" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/79/emergencies-in-ear-nose-throat-management-pearls" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-33-0" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/112/essential-guide-for-practical-orthopaedics-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/326/essential-guide-for-practical-orthopaedics-set-of-2-volumes-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-43-4" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/110/essential-guide-for-practical-orthopaedics-vol-i" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-63-7" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/325/essential-guide-for-practical-orthopaedics-vol-i-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-07-6" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/111/essential-guide-for-practical-orthopaedics-vol-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-64-4" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/324/essential-guide-for-practical-orthopaedics-vol-ii-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-82-3" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/389/essentials-of-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-98-3" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/173/evidence-based-treatment-protocol-evidence-based-education-system" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-53-0" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/399/forensic-medicine-and-toxicology-mini-dictionary" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-24-2" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/314/forensic-medicine-and-toxicology-quiz-book" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-81-6" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/223/fundamentals-of-gate-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-28-8" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/151/fundamentals-of-medical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-07-3" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/357/guidelines-for-clinical-transfusion-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-05-2" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/142/handbook-of-benign-paroxysmal-positional-vertigo" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/250/handbook-of-biomedical-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-81-3" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/51/handbook-of-elements" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-05-7" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/99/handbook-of-gynaecpathology-a-simplified-approach-in-nutshell" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-53-8" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/220/handbook-on-evidence-based-education-system-40module-wise-approach41" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-52-3" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/95/handbook-on-novel-coronavirus-what-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-49-1" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/150/history-of-physiology-for-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-4-8" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/170/human-anatomy-set-of-3-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-47-9" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/190/immunological-techniques-interpretations-validation-and-safety-measures" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-41-7" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/188/immunology-for-beginners" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-25-7" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/339/laboratory-manual-of-immunohistochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-56-4" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/294/maternal-diet-and-foetal-growth-a-bio-cultural-exploration" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-01-4" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/72/mcqs-guide-for-ug-pg-and-superspeciality-medical-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-26-2" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/92/mcqs-in-medical-sciences-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-46-0" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/278/mechanical-circulatory-support-essentials" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-34-2" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/116/medical-knowledge-and-education-a-book-of-questions-and-answers-2020-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-70-5" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/183/medical-knowledge-and-education-set-of-two-volumes-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-70-7" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/181/medical-knowledge-and-education-volume-i-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-64-6" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/182/medical-knowledge-and-education-volume-ii-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-69-1" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/305/medicolegal-mindbenders-forensic-medicine-and-toxicology-exclusive-question-archive" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-87-8" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/133/microbiology-multiple-choice-questions-mcqs-for-neet-and-net-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-87-3" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/261/mindmaps-in-biochemistry-a-notebook-to-explore-the-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-98-1" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/404/oncology-mcqs-for-the-mbbs-and-neet-pg-aspirants" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-55-6" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/405/oncology-mcqs-organ-specific-and-advanced-concepts-for-mbbs-and-neet-pg-students" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-20-4" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/257/one-page-one-chapter-pharmacology-for-undergraduates-in-mbbs" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-96-5" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/225/opulent-memoirs" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-94-1" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/97/orthopaedic-insight-series-1-principles-of-fracture-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-51-4" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/353/orthopaedic-insight-series-2-complications-of-fractures" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-28-1" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/159/osce-and-ospe-in-forensic-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-37-0" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/309/osce-and-ospe-in-forensic-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-99-1" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/178/ospe-and-osce-in-practical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-62-2" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/177/pandemic-corona-virus-vs-epidemic-and-endemic-virus-diseases-present-past-and-future-directions" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-61-5" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/35/pathology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-4-6" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/288/pcos-more-than-just-a-hormone-disorder" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-76-2" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/34/physiology-mcq-for-all-india-postgraduate-medical-entrance-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-6-0" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/172/pictorial-forensic-pathology-and-toxicology-a-colour-atlas" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-46-2" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/369/pioneers-of-forensics-and-their-ground-breaking-inventions" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-73-0" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/368/pioneers-of-medical-sciences-and-their-inspiring-achievements" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-43-3" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/14/postgraduate-biochemistry-companion" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-6-4" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/7/practical-applications-in-histopathology-cytopathology-and-autopsy-an-mcqemq-resource" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-2-6" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/298/practical-handbook-of-community-medicine-for-the-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-20-5" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/317/previous-years-question-papers-for-postgraduate-obstetrics-and-gynaecology-examinations-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-7-0" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/367/reasoning-in-biochemistry-for-biochemistry-enthusiasts" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-14-4" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/155/recent-advances-in-medical-education-knowledge-and-research" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-24-0" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/210/regenerative-medicine-cellular-therapy-and-tissue-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-42-4" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/44/renal-physiology-for-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-7-7" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/246/review-of-forensic-medicine-and-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-80-6" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/402/score-high-dissection-hall-attendant-competitive-exam-mcq-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-19-8" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/62/short-questions-and-answers-of-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-15-6" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/138/short-textbook-in-orthopaedics-and-rehabilitation" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-66-8" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/304/spectrum-of-resilience-unravelling-the-threads-of-oncology" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-74-8" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/77/syndromes-and-eponymous-signs-in-ear-nose-throat" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-30-9" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/327/synopsis-of-transfusion-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-54-0" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/228/textbook-of-advanced-therapeutics" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-95-8" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/152/textbook-of-dermatology-with-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/221/textbook-of-health-management" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-67-7" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/373/textbook-of-medical-science-principles-and-practice-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-08-2" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/374/textbook-of-medical-science-principles-and-practice-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-06-8" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/393/textbook-of-medical-science-principles-and-practice-volume-3" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-93-8" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/394/textbook-of-medical-science-principles-and-practice-volume-4" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-22-8" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/259/textbook-of-respiratory-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-84-4" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/360/the-healing-power-of-plants-immunomodulatory-wonders" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-71-7" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/359/transfusion-medicine-simplified-a-comprehensive-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-26-7" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/166/tuberculous-pleural-effusion-a-book-of-100-cases" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-40-0" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/70/marma-vijnana-ka-cikitsiya-upayoga" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-24-8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R168"/>
+  <dimension ref="A1:R173"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B168" sqref="B168:H168"/>
+      <selection activeCell="B173" sqref="B173:H173"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
     <col min="14" max="14" width="14.2822" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.5645" customWidth="true" style="0"/>
     <col min="18" max="18" width="14.2822" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18">
@@ -3798,7769 +3843,8029 @@
       </c>
       <c r="Q29" s="5" t="s">
         <v>57</v>
       </c>
       <c r="R29" s="9" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="A30" s="5">
         <v>24</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>137</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>138</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>139</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F30" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G30" s="9">
-        <v>153</v>
+        <v>141</v>
       </c>
       <c r="H30" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="9">
-        <v>450.0</v>
+        <v>495.0</v>
       </c>
       <c r="J30" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K30" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L30" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="L30" s="9"/>
       <c r="M30" s="10" t="s">
         <v>138</v>
       </c>
       <c r="N30" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O30" s="9" t="s">
-        <v>140</v>
+        <v>26</v>
       </c>
       <c r="P30" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q30" s="5" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="R30" s="9"/>
     </row>
     <row r="31" spans="1:18">
       <c r="A31" s="5">
         <v>25</v>
       </c>
       <c r="B31" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="C31" s="9" t="s">
+        <v>141</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="E31" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G31" s="9">
+        <v>153</v>
+      </c>
+      <c r="H31" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I31" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J31" s="9">
+        <v>25</v>
+      </c>
+      <c r="K31" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L31" s="9">
+        <v>480</v>
+      </c>
+      <c r="M31" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="N31" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O31" s="9" t="s">
         <v>143</v>
       </c>
-      <c r="C31" s="9" t="s">
+      <c r="P31" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q31" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="D31" s="5" t="s">
+      <c r="R31" s="9" t="s">
         <v>145</v>
-      </c>
-[...40 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32" s="5">
         <v>26</v>
       </c>
       <c r="B32" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="C32" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="D32" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="C32" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E32" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F32" s="9">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G32" s="9">
-        <v>98</v>
+        <v>392</v>
       </c>
       <c r="H32" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="9">
-        <v>395.0</v>
+        <v>950.0</v>
       </c>
       <c r="J32" s="9">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K32" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="9">
-        <v>200</v>
+        <v>625</v>
       </c>
       <c r="M32" s="10" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="N32" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O32" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P32" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q32" s="5" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="R32" s="9" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33" s="5">
         <v>27</v>
       </c>
       <c r="B33" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="C33" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="D33" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="C33" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F33" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G33" s="9">
-        <v>159</v>
+        <v>98</v>
       </c>
       <c r="H33" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="9">
-        <v>595.0</v>
+        <v>395.0</v>
       </c>
       <c r="J33" s="9">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="K33" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="9">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="M33" s="10" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="N33" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O33" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P33" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q33" s="5" t="s">
-        <v>28</v>
+        <v>154</v>
       </c>
       <c r="R33" s="9" t="s">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34" s="5">
         <v>28</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F34" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G34" s="9">
-        <v>305</v>
+        <v>159</v>
       </c>
       <c r="H34" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="9">
-        <v>650.0</v>
+        <v>595.0</v>
       </c>
       <c r="J34" s="9">
         <v>35</v>
       </c>
       <c r="K34" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="9">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="M34" s="10" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N34" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O34" s="9" t="s">
-        <v>158</v>
+        <v>26</v>
       </c>
       <c r="P34" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q34" s="5" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="R34" s="9" t="s">
-        <v>159</v>
+        <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35" s="5">
         <v>29</v>
       </c>
       <c r="B35" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="C35" s="9" t="s">
+        <v>159</v>
+      </c>
+      <c r="D35" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="C35" s="9" t="s">
+      <c r="E35" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G35" s="9">
+        <v>305</v>
+      </c>
+      <c r="H35" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I35" s="9">
+        <v>650.0</v>
+      </c>
+      <c r="J35" s="9">
+        <v>35</v>
+      </c>
+      <c r="K35" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L35" s="9">
+        <v>400</v>
+      </c>
+      <c r="M35" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="N35" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O35" s="9" t="s">
         <v>161</v>
       </c>
-      <c r="D35" s="5" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="P35" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q35" s="5" t="s">
-        <v>99</v>
+        <v>57</v>
       </c>
       <c r="R35" s="9" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36" s="5">
         <v>30</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>163</v>
       </c>
       <c r="C36" s="9" t="s">
         <v>164</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F36" s="9">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="G36" s="9">
-        <v>345</v>
+        <v>1088</v>
       </c>
       <c r="H36" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="9">
-        <v>795.0</v>
+        <v>2495.0</v>
       </c>
       <c r="J36" s="9">
-        <v>35</v>
+        <v>105</v>
       </c>
       <c r="K36" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="9">
-        <v>450</v>
+        <v>1920</v>
       </c>
       <c r="M36" s="10" t="s">
         <v>164</v>
       </c>
       <c r="N36" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="O36" s="9" t="s">
         <v>73</v>
       </c>
       <c r="P36" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q36" s="5" t="s">
         <v>99</v>
       </c>
       <c r="R36" s="9" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37" s="5">
         <v>31</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>166</v>
       </c>
       <c r="C37" s="9" t="s">
         <v>167</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F37" s="9">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="G37" s="9">
-        <v>407</v>
+        <v>345</v>
       </c>
       <c r="H37" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="9">
-        <v>925.0</v>
+        <v>795.0</v>
       </c>
       <c r="J37" s="9">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="K37" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="9">
-        <v>700</v>
+        <v>450</v>
       </c>
       <c r="M37" s="10" t="s">
         <v>167</v>
       </c>
       <c r="N37" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O37" s="9" t="s">
         <v>73</v>
       </c>
       <c r="P37" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q37" s="5" t="s">
         <v>99</v>
       </c>
       <c r="R37" s="9" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38" s="5">
         <v>32</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>169</v>
       </c>
       <c r="C38" s="9" t="s">
         <v>170</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="9">
         <v>2024</v>
       </c>
       <c r="G38" s="9">
-        <v>380</v>
+        <v>407</v>
       </c>
       <c r="H38" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="9">
-        <v>875.0</v>
+        <v>925.0</v>
       </c>
       <c r="J38" s="9">
         <v>40</v>
       </c>
       <c r="K38" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="9">
-        <v>680</v>
+        <v>700</v>
       </c>
       <c r="M38" s="10" t="s">
         <v>170</v>
       </c>
       <c r="N38" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O38" s="9" t="s">
         <v>73</v>
       </c>
       <c r="P38" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q38" s="5" t="s">
         <v>99</v>
       </c>
       <c r="R38" s="9" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39" s="5">
         <v>33</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>172</v>
       </c>
       <c r="C39" s="9" t="s">
         <v>173</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="9">
         <v>2024</v>
       </c>
       <c r="G39" s="9">
-        <v>301</v>
+        <v>380</v>
       </c>
       <c r="H39" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="9">
-        <v>795.0</v>
+        <v>875.0</v>
       </c>
       <c r="J39" s="9">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="K39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="9">
-        <v>540</v>
+        <v>680</v>
       </c>
       <c r="M39" s="10" t="s">
         <v>173</v>
       </c>
       <c r="N39" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O39" s="9" t="s">
         <v>73</v>
       </c>
       <c r="P39" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q39" s="5" t="s">
         <v>99</v>
       </c>
       <c r="R39" s="9" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40" s="5">
         <v>34</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>175</v>
       </c>
       <c r="C40" s="9" t="s">
         <v>176</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F40" s="9">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="G40" s="9">
-        <v>318</v>
+        <v>301</v>
       </c>
       <c r="H40" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="9">
-        <v>725.0</v>
+        <v>795.0</v>
       </c>
       <c r="J40" s="9">
         <v>35</v>
       </c>
       <c r="K40" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="9">
-        <v>350</v>
+        <v>540</v>
       </c>
       <c r="M40" s="10" t="s">
         <v>176</v>
       </c>
       <c r="N40" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="O40" s="9" t="s">
         <v>73</v>
       </c>
       <c r="P40" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q40" s="5" t="s">
         <v>99</v>
       </c>
       <c r="R40" s="9" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41" s="5">
         <v>35</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F41" s="9">
         <v>2021</v>
       </c>
       <c r="G41" s="9">
-        <v>263</v>
+        <v>318</v>
       </c>
       <c r="H41" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="9">
-        <v>595.0</v>
+        <v>725.0</v>
       </c>
       <c r="J41" s="9">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="K41" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="9">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="M41" s="10" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N41" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O41" s="9" t="s">
         <v>73</v>
       </c>
       <c r="P41" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q41" s="5" t="s">
         <v>99</v>
       </c>
       <c r="R41" s="9" t="s">
-        <v>36</v>
+        <v>168</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42" s="5">
         <v>36</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D42" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="E42" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G42" s="9">
+        <v>263</v>
+      </c>
+      <c r="H42" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I42" s="9">
+        <v>595.0</v>
+      </c>
+      <c r="J42" s="9">
+        <v>30</v>
+      </c>
+      <c r="K42" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L42" s="9">
+        <v>300</v>
+      </c>
+      <c r="M42" s="10" t="s">
         <v>181</v>
       </c>
-      <c r="E42" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N42" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O42" s="9" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="P42" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q42" s="5" t="s">
-        <v>182</v>
+        <v>99</v>
       </c>
       <c r="R42" s="9" t="s">
-        <v>183</v>
+        <v>36</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43" s="5">
         <v>37</v>
       </c>
       <c r="B43" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="C43" s="9" t="s">
+        <v>183</v>
+      </c>
+      <c r="D43" s="5" t="s">
         <v>184</v>
       </c>
-      <c r="C43" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E43" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F43" s="9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G43" s="9">
-        <v>416</v>
+        <v>144</v>
       </c>
       <c r="H43" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="9">
-        <v>900.0</v>
+        <v>450.0</v>
       </c>
       <c r="J43" s="9">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="K43" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="9">
-        <v>510</v>
+        <v>260</v>
       </c>
       <c r="M43" s="10" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="N43" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O43" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P43" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q43" s="5" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="R43" s="9" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44" s="5">
         <v>38</v>
       </c>
       <c r="B44" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="C44" s="9" t="s">
+        <v>188</v>
+      </c>
+      <c r="D44" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="C44" s="9" t="s">
+      <c r="E44" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G44" s="9">
+        <v>416</v>
+      </c>
+      <c r="H44" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I44" s="9">
+        <v>900.0</v>
+      </c>
+      <c r="J44" s="9">
+        <v>45</v>
+      </c>
+      <c r="K44" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L44" s="9">
+        <v>510</v>
+      </c>
+      <c r="M44" s="10" t="s">
+        <v>188</v>
+      </c>
+      <c r="N44" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O44" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="P44" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q44" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="D44" s="5" t="s">
+      <c r="R44" s="9" t="s">
         <v>191</v>
-      </c>
-[...40 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45" s="5">
         <v>39</v>
       </c>
       <c r="B45" s="8" t="s">
+        <v>192</v>
+      </c>
+      <c r="C45" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="D45" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="C45" s="9" t="s">
+      <c r="E45" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F45" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G45" s="9">
+        <v>684</v>
+      </c>
+      <c r="H45" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I45" s="9">
+        <v>1950.0</v>
+      </c>
+      <c r="J45" s="9">
+        <v>75</v>
+      </c>
+      <c r="K45" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L45" s="9">
+        <v>1600</v>
+      </c>
+      <c r="M45" s="10" t="s">
+        <v>193</v>
+      </c>
+      <c r="N45" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O45" s="9" t="s">
+        <v>124</v>
+      </c>
+      <c r="P45" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q45" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="D45" s="5" t="s">
+      <c r="R45" s="9" t="s">
         <v>196</v>
-      </c>
-[...40 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46" s="5">
         <v>40</v>
       </c>
       <c r="B46" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="C46" s="9" t="s">
         <v>198</v>
       </c>
-      <c r="C46" s="9" t="s">
+      <c r="D46" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="D46" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F46" s="9">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="G46" s="9">
-        <v>229</v>
+        <v>353</v>
       </c>
       <c r="H46" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="9">
-        <v>600.0</v>
+        <v>996.0</v>
       </c>
       <c r="J46" s="9">
         <v>45</v>
       </c>
       <c r="K46" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="9">
-        <v>400</v>
+        <v>640</v>
       </c>
       <c r="M46" s="10" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="N46" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O46" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="P46" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q46" s="5" t="s">
-        <v>45</v>
+        <v>200</v>
       </c>
       <c r="R46" s="9" t="s">
-        <v>201</v>
+        <v>177</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="A47" s="5">
         <v>41</v>
       </c>
       <c r="B47" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="C47" s="9" t="s">
         <v>202</v>
       </c>
-      <c r="C47" s="9" t="s">
+      <c r="D47" s="5" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F47" s="9">
         <v>2019</v>
       </c>
       <c r="G47" s="9">
-        <v>143</v>
+        <v>229</v>
       </c>
       <c r="H47" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="9">
-        <v>500.0</v>
+        <v>600.0</v>
       </c>
       <c r="J47" s="9">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K47" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="9">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="M47" s="10" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="N47" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O47" s="9" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="P47" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q47" s="5" t="s">
-        <v>205</v>
+        <v>45</v>
       </c>
       <c r="R47" s="9" t="s">
-        <v>51</v>
+        <v>204</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48" s="5">
         <v>42</v>
       </c>
       <c r="B48" s="8" t="s">
+        <v>205</v>
+      </c>
+      <c r="C48" s="9" t="s">
         <v>206</v>
       </c>
-      <c r="C48" s="9" t="s">
+      <c r="D48" s="5" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F48" s="9">
         <v>2019</v>
       </c>
       <c r="G48" s="9">
-        <v>211</v>
+        <v>143</v>
       </c>
       <c r="H48" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="9">
-        <v>600.0</v>
+        <v>500.0</v>
       </c>
       <c r="J48" s="9">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="K48" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="9">
-        <v>330</v>
+        <v>250</v>
       </c>
       <c r="M48" s="10" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="N48" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O48" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P48" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q48" s="5" t="s">
         <v>208</v>
       </c>
       <c r="R48" s="9" t="s">
-        <v>201</v>
+        <v>51</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="A49" s="5">
         <v>43</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>209</v>
       </c>
       <c r="C49" s="9" t="s">
         <v>210</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F49" s="9">
         <v>2019</v>
       </c>
       <c r="G49" s="9">
-        <v>220</v>
+        <v>211</v>
       </c>
       <c r="H49" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="9">
-        <v>650.0</v>
+        <v>600.0</v>
       </c>
       <c r="J49" s="9">
         <v>45</v>
       </c>
       <c r="K49" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L49" s="9">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="M49" s="10" t="s">
         <v>210</v>
       </c>
       <c r="N49" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O49" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P49" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q49" s="5" t="s">
         <v>211</v>
       </c>
       <c r="R49" s="9" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="A50" s="5">
         <v>44</v>
       </c>
       <c r="B50" s="8" t="s">
         <v>212</v>
       </c>
       <c r="C50" s="9" t="s">
         <v>213</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>215</v>
+        <v>33</v>
       </c>
       <c r="F50" s="9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G50" s="9">
-        <v>84</v>
+        <v>220</v>
       </c>
       <c r="H50" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I50" s="9">
-        <v>450.0</v>
+        <v>650.0</v>
       </c>
       <c r="J50" s="9">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K50" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L50" s="9">
-        <v>150</v>
+        <v>340</v>
       </c>
       <c r="M50" s="10" t="s">
         <v>213</v>
       </c>
       <c r="N50" s="9" t="s">
-        <v>215</v>
+        <v>33</v>
       </c>
       <c r="O50" s="9" t="s">
-        <v>216</v>
+        <v>26</v>
       </c>
       <c r="P50" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q50" s="5" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="R50" s="9" t="s">
-        <v>218</v>
+        <v>204</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="A51" s="5">
         <v>45</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C51" s="9" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="E51" s="9" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="F51" s="9">
         <v>2018</v>
       </c>
       <c r="G51" s="9">
-        <v>158</v>
+        <v>84</v>
       </c>
       <c r="H51" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="9">
-        <v>600.0</v>
+        <v>450.0</v>
       </c>
       <c r="J51" s="9">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="K51" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="9">
-        <v>270</v>
+        <v>150</v>
       </c>
       <c r="M51" s="10" t="s">
+        <v>216</v>
+      </c>
+      <c r="N51" s="9" t="s">
+        <v>218</v>
+      </c>
+      <c r="O51" s="9" t="s">
+        <v>219</v>
+      </c>
+      <c r="P51" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q51" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="N51" s="9" t="s">
-[...8 lines deleted...]
-      <c r="Q51" s="5" t="s">
+      <c r="R51" s="9" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52" s="5">
         <v>46</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>222</v>
       </c>
       <c r="C52" s="9" t="s">
         <v>223</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>204</v>
+        <v>217</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="F52" s="9">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="G52" s="9">
-        <v>332</v>
+        <v>158</v>
       </c>
       <c r="H52" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I52" s="9">
-        <v>850.0</v>
+        <v>600.0</v>
       </c>
       <c r="J52" s="9">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="K52" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="9">
-        <v>500</v>
+        <v>270</v>
       </c>
       <c r="M52" s="10" t="s">
         <v>223</v>
       </c>
       <c r="N52" s="9" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="O52" s="9" t="s">
-        <v>26</v>
+        <v>219</v>
       </c>
       <c r="P52" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q52" s="5" t="s">
-        <v>45</v>
+        <v>224</v>
       </c>
       <c r="R52" s="9" t="s">
-        <v>165</v>
+        <v>51</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53" s="5">
         <v>47</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C53" s="9" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D53" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="E53" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F53" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G53" s="9">
+        <v>332</v>
+      </c>
+      <c r="H53" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I53" s="9">
+        <v>850.0</v>
+      </c>
+      <c r="J53" s="9">
+        <v>55</v>
+      </c>
+      <c r="K53" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L53" s="9">
+        <v>500</v>
+      </c>
+      <c r="M53" s="10" t="s">
         <v>226</v>
-      </c>
-[...25 lines deleted...]
-        <v>225</v>
       </c>
       <c r="N53" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O53" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P53" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q53" s="5" t="s">
-        <v>227</v>
+        <v>45</v>
       </c>
       <c r="R53" s="9" t="s">
-        <v>228</v>
+        <v>168</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54" s="5">
         <v>48</v>
       </c>
       <c r="B54" s="8" t="s">
+        <v>227</v>
+      </c>
+      <c r="C54" s="9" t="s">
+        <v>228</v>
+      </c>
+      <c r="D54" s="5" t="s">
         <v>229</v>
       </c>
-      <c r="C54" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E54" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F54" s="9">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="G54" s="9">
-        <v>308</v>
+        <v>200</v>
       </c>
       <c r="H54" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="9">
-        <v>700.0</v>
+        <v>1200.0</v>
       </c>
       <c r="J54" s="9">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="K54" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="9">
-        <v>500</v>
+        <v>450</v>
       </c>
       <c r="M54" s="10" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="N54" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O54" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P54" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q54" s="5" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="R54" s="9" t="s">
-        <v>120</v>
+        <v>231</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55" s="5">
         <v>49</v>
       </c>
       <c r="B55" s="8" t="s">
+        <v>232</v>
+      </c>
+      <c r="C55" s="9" t="s">
         <v>233</v>
       </c>
-      <c r="C55" s="9" t="s">
+      <c r="D55" s="5" t="s">
         <v>234</v>
       </c>
-      <c r="D55" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E55" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F55" s="9">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="G55" s="9">
-        <v>134</v>
+        <v>308</v>
       </c>
       <c r="H55" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="9">
-        <v>350.0</v>
+        <v>700.0</v>
       </c>
       <c r="J55" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K55" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="9">
-        <v>280</v>
+        <v>500</v>
       </c>
       <c r="M55" s="10" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="N55" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O55" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P55" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q55" s="5" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="R55" s="9" t="s">
-        <v>51</v>
+        <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56" s="5">
         <v>50</v>
       </c>
       <c r="B56" s="8" t="s">
+        <v>236</v>
+      </c>
+      <c r="C56" s="9" t="s">
         <v>237</v>
       </c>
-      <c r="C56" s="9" t="s">
+      <c r="D56" s="5" t="s">
         <v>238</v>
       </c>
-      <c r="D56" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E56" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F56" s="9">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="G56" s="9">
-        <v>313</v>
+        <v>134</v>
       </c>
       <c r="H56" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="9">
-        <v>1250.0</v>
+        <v>350.0</v>
       </c>
       <c r="J56" s="9">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="K56" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L56" s="9">
-        <v>700</v>
+        <v>280</v>
       </c>
       <c r="M56" s="10" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="N56" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O56" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P56" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q56" s="5" t="s">
-        <v>208</v>
+        <v>239</v>
       </c>
       <c r="R56" s="9" t="s">
-        <v>147</v>
+        <v>51</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57" s="5">
         <v>51</v>
       </c>
       <c r="B57" s="8" t="s">
         <v>240</v>
       </c>
       <c r="C57" s="9" t="s">
         <v>241</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>242</v>
       </c>
       <c r="E57" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F57" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G57" s="9">
-        <v>325</v>
+        <v>313</v>
       </c>
       <c r="H57" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="9">
-        <v>995.0</v>
+        <v>1250.0</v>
       </c>
       <c r="J57" s="9">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="K57" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L57" s="9">
-        <v>670</v>
+        <v>700</v>
       </c>
       <c r="M57" s="10" t="s">
         <v>241</v>
       </c>
       <c r="N57" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="O57" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="P57" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q57" s="5" t="s">
-        <v>236</v>
+        <v>211</v>
       </c>
       <c r="R57" s="9" t="s">
-        <v>243</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58" s="5">
         <v>52</v>
       </c>
       <c r="B58" s="8" t="s">
+        <v>243</v>
+      </c>
+      <c r="C58" s="9" t="s">
         <v>244</v>
       </c>
-      <c r="C58" s="9" t="s">
+      <c r="D58" s="5" t="s">
         <v>245</v>
       </c>
-      <c r="D58" s="5" t="s">
+      <c r="E58" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F58" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G58" s="9">
+        <v>325</v>
+      </c>
+      <c r="H58" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I58" s="9">
+        <v>995.0</v>
+      </c>
+      <c r="J58" s="9">
+        <v>45</v>
+      </c>
+      <c r="K58" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L58" s="9">
+        <v>670</v>
+      </c>
+      <c r="M58" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="N58" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O58" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P58" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q58" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="R58" s="9" t="s">
         <v>246</v>
-      </c>
-[...40 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="A59" s="5">
         <v>53</v>
       </c>
       <c r="B59" s="8" t="s">
+        <v>247</v>
+      </c>
+      <c r="C59" s="9" t="s">
         <v>248</v>
       </c>
-      <c r="C59" s="9" t="s">
+      <c r="D59" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="D59" s="5" t="s">
+      <c r="E59" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F59" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G59" s="9">
+        <v>72</v>
+      </c>
+      <c r="H59" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I59" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="J59" s="9">
+        <v>10</v>
+      </c>
+      <c r="K59" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L59" s="9">
+        <v>130</v>
+      </c>
+      <c r="M59" s="10" t="s">
+        <v>248</v>
+      </c>
+      <c r="N59" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O59" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="P59" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q59" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="R59" s="9" t="s">
         <v>250</v>
-      </c>
-[...40 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="A60" s="5">
         <v>54</v>
       </c>
       <c r="B60" s="8" t="s">
+        <v>251</v>
+      </c>
+      <c r="C60" s="9" t="s">
         <v>252</v>
       </c>
-      <c r="C60" s="9" t="s">
+      <c r="D60" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="D60" s="5" t="s">
+      <c r="E60" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F60" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G60" s="9">
+        <v>142</v>
+      </c>
+      <c r="H60" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I60" s="9">
+        <v>425.0</v>
+      </c>
+      <c r="J60" s="9">
+        <v>30</v>
+      </c>
+      <c r="K60" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L60" s="9">
+        <v>270</v>
+      </c>
+      <c r="M60" s="10" t="s">
+        <v>252</v>
+      </c>
+      <c r="N60" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O60" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P60" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q60" s="5" t="s">
         <v>254</v>
       </c>
-      <c r="E60" s="9" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="R60" s="9" t="s">
-        <v>256</v>
+        <v>51</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="A61" s="5">
         <v>55</v>
       </c>
       <c r="B61" s="8" t="s">
+        <v>255</v>
+      </c>
+      <c r="C61" s="9" t="s">
+        <v>256</v>
+      </c>
+      <c r="D61" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="C61" s="9" t="s">
+      <c r="E61" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F61" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G61" s="9">
+        <v>906</v>
+      </c>
+      <c r="H61" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I61" s="9">
+        <v>3500.0</v>
+      </c>
+      <c r="J61" s="9">
+        <v>145</v>
+      </c>
+      <c r="K61" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L61" s="9">
+        <v>2300</v>
+      </c>
+      <c r="M61" s="10" t="s">
+        <v>256</v>
+      </c>
+      <c r="N61" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O61" s="9" t="s">
         <v>258</v>
-      </c>
-[...34 lines deleted...]
-        <v>255</v>
       </c>
       <c r="P61" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q61" s="5" t="s">
         <v>119</v>
       </c>
       <c r="R61" s="9" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62" s="5">
         <v>56</v>
       </c>
       <c r="B62" s="8" t="s">
         <v>260</v>
       </c>
       <c r="C62" s="9" t="s">
         <v>261</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="F62" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G62" s="9">
-        <v>432</v>
+        <v>1122</v>
       </c>
       <c r="H62" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I62" s="9">
-        <v>1650.0</v>
+        <v>2599.0</v>
       </c>
       <c r="J62" s="9">
-        <v>70</v>
+        <v>140</v>
       </c>
       <c r="K62" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L62" s="9">
-        <v>1100</v>
+        <v>2720</v>
       </c>
       <c r="M62" s="10" t="s">
         <v>261</v>
       </c>
       <c r="N62" s="9" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="O62" s="9" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="P62" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q62" s="5" t="s">
         <v>119</v>
       </c>
       <c r="R62" s="9" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="A63" s="5">
         <v>57</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>263</v>
       </c>
       <c r="C63" s="9" t="s">
         <v>264</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="F63" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G63" s="9">
-        <v>598</v>
+        <v>432</v>
       </c>
       <c r="H63" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="9">
-        <v>1399.0</v>
+        <v>1650.0</v>
       </c>
       <c r="J63" s="9">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="K63" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L63" s="9">
-        <v>1420</v>
+        <v>1100</v>
       </c>
       <c r="M63" s="10" t="s">
         <v>264</v>
       </c>
       <c r="N63" s="9" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="O63" s="9" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="P63" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q63" s="5" t="s">
         <v>119</v>
       </c>
       <c r="R63" s="9" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="A64" s="5">
         <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
         <v>266</v>
       </c>
       <c r="C64" s="9" t="s">
         <v>267</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="F64" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G64" s="9">
-        <v>474</v>
+        <v>598</v>
       </c>
       <c r="H64" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="9">
-        <v>1850.0</v>
+        <v>1399.0</v>
       </c>
       <c r="J64" s="9">
         <v>75</v>
       </c>
       <c r="K64" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="9">
-        <v>1200</v>
+        <v>1420</v>
       </c>
       <c r="M64" s="10" t="s">
         <v>267</v>
       </c>
       <c r="N64" s="9" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="O64" s="9" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="P64" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q64" s="5" t="s">
         <v>119</v>
       </c>
       <c r="R64" s="9" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65" s="5">
         <v>59</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C65" s="9" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="F65" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G65" s="9">
-        <v>524</v>
+        <v>474</v>
       </c>
       <c r="H65" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="9">
-        <v>1299.0</v>
+        <v>1850.0</v>
       </c>
       <c r="J65" s="9">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="K65" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L65" s="9">
-        <v>1300</v>
+        <v>1200</v>
       </c>
       <c r="M65" s="10" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="N65" s="9" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="O65" s="9" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="P65" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q65" s="5" t="s">
         <v>119</v>
       </c>
       <c r="R65" s="9" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66" s="5">
         <v>60</v>
       </c>
       <c r="B66" s="8" t="s">
         <v>271</v>
       </c>
       <c r="C66" s="9" t="s">
         <v>272</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>273</v>
+        <v>257</v>
       </c>
       <c r="E66" s="9" t="s">
-        <v>33</v>
+        <v>72</v>
       </c>
       <c r="F66" s="9">
         <v>2024</v>
       </c>
       <c r="G66" s="9">
-        <v>549</v>
+        <v>524</v>
       </c>
       <c r="H66" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="9">
-        <v>1600.0</v>
+        <v>1299.0</v>
       </c>
       <c r="J66" s="9">
         <v>70</v>
       </c>
       <c r="K66" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L66" s="9">
-        <v>1400</v>
+        <v>1300</v>
       </c>
       <c r="M66" s="10" t="s">
         <v>272</v>
       </c>
       <c r="N66" s="9" t="s">
-        <v>33</v>
+        <v>72</v>
       </c>
       <c r="O66" s="9" t="s">
-        <v>26</v>
+        <v>258</v>
       </c>
       <c r="P66" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q66" s="5" t="s">
-        <v>187</v>
+        <v>119</v>
       </c>
       <c r="R66" s="9" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67" s="5">
         <v>61</v>
       </c>
       <c r="B67" s="8" t="s">
+        <v>274</v>
+      </c>
+      <c r="C67" s="9" t="s">
         <v>275</v>
       </c>
-      <c r="C67" s="9" t="s">
+      <c r="D67" s="5" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F67" s="9">
         <v>2024</v>
       </c>
       <c r="G67" s="9">
-        <v>220</v>
+        <v>549</v>
       </c>
       <c r="H67" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I67" s="9">
-        <v>650.0</v>
+        <v>1600.0</v>
       </c>
       <c r="J67" s="9">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="K67" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L67" s="9">
-        <v>600</v>
+        <v>1400</v>
       </c>
       <c r="M67" s="10" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="N67" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O67" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P67" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q67" s="5" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="R67" s="9" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="A68" s="5">
         <v>62</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>278</v>
       </c>
       <c r="C68" s="9" t="s">
         <v>279</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F68" s="9">
         <v>2024</v>
       </c>
       <c r="G68" s="9">
-        <v>329</v>
+        <v>220</v>
       </c>
       <c r="H68" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="9">
-        <v>975.0</v>
+        <v>650.0</v>
       </c>
       <c r="J68" s="9">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="K68" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="9">
-        <v>780</v>
+        <v>600</v>
       </c>
       <c r="M68" s="10" t="s">
         <v>279</v>
       </c>
       <c r="N68" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O68" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P68" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q68" s="5" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="R68" s="9" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="A69" s="5">
         <v>63</v>
       </c>
       <c r="B69" s="8" t="s">
         <v>281</v>
       </c>
       <c r="C69" s="9" t="s">
         <v>282</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F69" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G69" s="9">
-        <v>252</v>
+        <v>329</v>
       </c>
       <c r="H69" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I69" s="9">
-        <v>575.0</v>
+        <v>975.0</v>
       </c>
       <c r="J69" s="9">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K69" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="9">
-        <v>400</v>
+        <v>780</v>
       </c>
       <c r="M69" s="10" t="s">
         <v>282</v>
       </c>
       <c r="N69" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O69" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P69" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q69" s="5" t="s">
-        <v>284</v>
+        <v>190</v>
       </c>
       <c r="R69" s="9" t="s">
-        <v>159</v>
+        <v>283</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="A70" s="5">
         <v>64</v>
       </c>
       <c r="B70" s="8" t="s">
+        <v>284</v>
+      </c>
+      <c r="C70" s="9" t="s">
         <v>285</v>
       </c>
-      <c r="C70" s="9" t="s">
+      <c r="D70" s="5" t="s">
         <v>286</v>
       </c>
-      <c r="D70" s="5" t="s">
+      <c r="E70" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F70" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G70" s="9">
+        <v>252</v>
+      </c>
+      <c r="H70" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I70" s="9">
+        <v>575.0</v>
+      </c>
+      <c r="J70" s="9">
+        <v>30</v>
+      </c>
+      <c r="K70" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L70" s="9">
+        <v>400</v>
+      </c>
+      <c r="M70" s="10" t="s">
+        <v>285</v>
+      </c>
+      <c r="N70" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O70" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="P70" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q70" s="5" t="s">
         <v>287</v>
       </c>
-      <c r="E70" s="9" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="R70" s="9" t="s">
-        <v>289</v>
+        <v>162</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="A71" s="5">
         <v>65</v>
       </c>
       <c r="B71" s="8" t="s">
+        <v>288</v>
+      </c>
+      <c r="C71" s="9" t="s">
+        <v>289</v>
+      </c>
+      <c r="D71" s="5" t="s">
         <v>290</v>
       </c>
-      <c r="C71" s="9" t="s">
+      <c r="E71" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F71" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G71" s="9">
+        <v>303</v>
+      </c>
+      <c r="H71" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I71" s="9">
+        <v>950.0</v>
+      </c>
+      <c r="J71" s="9">
+        <v>60</v>
+      </c>
+      <c r="K71" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L71" s="9">
+        <v>550</v>
+      </c>
+      <c r="M71" s="10" t="s">
+        <v>289</v>
+      </c>
+      <c r="N71" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O71" s="9" t="s">
         <v>291</v>
       </c>
-      <c r="D71" s="5" t="s">
+      <c r="P71" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q71" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="R71" s="9" t="s">
         <v>292</v>
-      </c>
-[...40 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72" s="5">
         <v>66</v>
       </c>
       <c r="B72" s="8" t="s">
+        <v>293</v>
+      </c>
+      <c r="C72" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="D72" s="5" t="s">
         <v>295</v>
       </c>
-      <c r="C72" s="9" t="s">
+      <c r="E72" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F72" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G72" s="9">
+        <v>119</v>
+      </c>
+      <c r="H72" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I72" s="9">
+        <v>395.0</v>
+      </c>
+      <c r="J72" s="9">
+        <v>25</v>
+      </c>
+      <c r="K72" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L72" s="9">
+        <v>230</v>
+      </c>
+      <c r="M72" s="10" t="s">
+        <v>294</v>
+      </c>
+      <c r="N72" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O72" s="9" t="s">
         <v>296</v>
-      </c>
-[...34 lines deleted...]
-        <v>140</v>
       </c>
       <c r="P72" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q72" s="5" t="s">
         <v>74</v>
       </c>
       <c r="R72" s="9" t="s">
-        <v>130</v>
+        <v>297</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73" s="5">
         <v>67</v>
       </c>
       <c r="B73" s="8" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C73" s="9" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F73" s="9">
         <v>2024</v>
       </c>
       <c r="G73" s="9">
-        <v>215</v>
+        <v>139</v>
       </c>
       <c r="H73" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I73" s="9">
         <v>495.0</v>
       </c>
       <c r="J73" s="9">
         <v>30</v>
       </c>
       <c r="K73" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L73" s="9">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M73" s="10" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="N73" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O73" s="9" t="s">
-        <v>300</v>
+        <v>143</v>
       </c>
       <c r="P73" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q73" s="5" t="s">
-        <v>301</v>
+        <v>74</v>
       </c>
       <c r="R73" s="9" t="s">
-        <v>302</v>
+        <v>130</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="A74" s="5">
         <v>68</v>
       </c>
       <c r="B74" s="8" t="s">
+        <v>300</v>
+      </c>
+      <c r="C74" s="9" t="s">
+        <v>301</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="E74" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F74" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G74" s="9">
+        <v>215</v>
+      </c>
+      <c r="H74" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I74" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J74" s="9">
+        <v>30</v>
+      </c>
+      <c r="K74" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L74" s="9">
+        <v>320</v>
+      </c>
+      <c r="M74" s="10" t="s">
+        <v>301</v>
+      </c>
+      <c r="N74" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O74" s="9" t="s">
         <v>303</v>
       </c>
-      <c r="C74" s="9" t="s">
+      <c r="P74" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q74" s="5" t="s">
         <v>304</v>
       </c>
-      <c r="D74" s="5" t="s">
+      <c r="R74" s="9" t="s">
         <v>305</v>
-      </c>
-[...40 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75" s="5">
         <v>69</v>
       </c>
       <c r="B75" s="8" t="s">
+        <v>306</v>
+      </c>
+      <c r="C75" s="9" t="s">
+        <v>307</v>
+      </c>
+      <c r="D75" s="5" t="s">
         <v>308</v>
       </c>
-      <c r="C75" s="9" t="s">
+      <c r="E75" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F75" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="G75" s="9">
+        <v>111</v>
+      </c>
+      <c r="H75" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I75" s="9">
+        <v>325.0</v>
+      </c>
+      <c r="J75" s="9">
+        <v>15</v>
+      </c>
+      <c r="K75" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L75" s="9">
+        <v>250</v>
+      </c>
+      <c r="M75" s="10" t="s">
+        <v>307</v>
+      </c>
+      <c r="N75" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O75" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P75" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q75" s="5" t="s">
         <v>309</v>
-      </c>
-[...40 lines deleted...]
-        <v>62</v>
       </c>
       <c r="R75" s="9" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="A76" s="5">
         <v>70</v>
       </c>
       <c r="B76" s="8" t="s">
         <v>311</v>
       </c>
       <c r="C76" s="9" t="s">
         <v>312</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>313</v>
+        <v>114</v>
       </c>
       <c r="E76" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F76" s="9">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G76" s="9">
-        <v>596</v>
+        <v>292</v>
       </c>
       <c r="H76" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I76" s="9">
-        <v>1850.0</v>
+        <v>950.0</v>
       </c>
       <c r="J76" s="9">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="K76" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L76" s="9">
-        <v>1500</v>
+        <v>665</v>
       </c>
       <c r="M76" s="10" t="s">
         <v>312</v>
       </c>
       <c r="N76" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O76" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="P76" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q76" s="5" t="s">
-        <v>88</v>
+        <v>62</v>
       </c>
       <c r="R76" s="9" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77" s="5">
         <v>71</v>
       </c>
       <c r="B77" s="8" t="s">
+        <v>314</v>
+      </c>
+      <c r="C77" s="9" t="s">
         <v>315</v>
       </c>
-      <c r="C77" s="9" t="s">
+      <c r="D77" s="5" t="s">
         <v>316</v>
       </c>
-      <c r="D77" s="5" t="s">
+      <c r="E77" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F77" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G77" s="9">
+        <v>596</v>
+      </c>
+      <c r="H77" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I77" s="9">
+        <v>1850.0</v>
+      </c>
+      <c r="J77" s="9">
+        <v>70</v>
+      </c>
+      <c r="K77" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L77" s="9">
+        <v>1500</v>
+      </c>
+      <c r="M77" s="10" t="s">
+        <v>315</v>
+      </c>
+      <c r="N77" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O77" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P77" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q77" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="R77" s="9" t="s">
         <v>317</v>
-      </c>
-[...40 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="A78" s="5">
         <v>72</v>
       </c>
       <c r="B78" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="C78" s="9" t="s">
         <v>319</v>
       </c>
-      <c r="C78" s="9" t="s">
+      <c r="D78" s="5" t="s">
         <v>320</v>
       </c>
-      <c r="D78" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F78" s="9">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="G78" s="9">
-        <v>252</v>
+        <v>417</v>
       </c>
       <c r="H78" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I78" s="9">
-        <v>800.0</v>
+        <v>995.0</v>
       </c>
       <c r="J78" s="9">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="K78" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L78" s="9">
-        <v>430</v>
+        <v>525</v>
       </c>
       <c r="M78" s="10" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="N78" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O78" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="P78" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q78" s="5" t="s">
-        <v>94</v>
+        <v>57</v>
       </c>
       <c r="R78" s="9" t="s">
-        <v>36</v>
+        <v>321</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="A79" s="5">
         <v>73</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C79" s="9" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D79" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="E79" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F79" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G79" s="9">
+        <v>252</v>
+      </c>
+      <c r="H79" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I79" s="9">
+        <v>800.0</v>
+      </c>
+      <c r="J79" s="9">
+        <v>40</v>
+      </c>
+      <c r="K79" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L79" s="9">
+        <v>430</v>
+      </c>
+      <c r="M79" s="10" t="s">
         <v>323</v>
       </c>
-      <c r="E79" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N79" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O79" s="9" t="s">
-        <v>140</v>
+        <v>56</v>
       </c>
       <c r="P79" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q79" s="5" t="s">
-        <v>208</v>
+        <v>94</v>
       </c>
       <c r="R79" s="9" t="s">
-        <v>89</v>
+        <v>36</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80" s="5">
         <v>74</v>
       </c>
       <c r="B80" s="8" t="s">
         <v>324</v>
       </c>
       <c r="C80" s="9" t="s">
         <v>325</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>326</v>
       </c>
       <c r="E80" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F80" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G80" s="9">
-        <v>174</v>
+        <v>120</v>
       </c>
       <c r="H80" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I80" s="9">
-        <v>500.0</v>
+        <v>400.0</v>
       </c>
       <c r="J80" s="9">
         <v>25</v>
       </c>
       <c r="K80" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L80" s="9">
-        <v>300</v>
+        <v>180</v>
       </c>
       <c r="M80" s="10" t="s">
         <v>325</v>
       </c>
       <c r="N80" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O80" s="9" t="s">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="P80" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q80" s="5" t="s">
-        <v>197</v>
+        <v>211</v>
       </c>
       <c r="R80" s="9" t="s">
-        <v>51</v>
+        <v>89</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="A81" s="5">
         <v>75</v>
       </c>
       <c r="B81" s="8" t="s">
         <v>327</v>
       </c>
       <c r="C81" s="9" t="s">
         <v>328</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>329</v>
       </c>
       <c r="E81" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F81" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G81" s="9">
-        <v>220</v>
+        <v>174</v>
       </c>
       <c r="H81" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I81" s="9">
-        <v>600.0</v>
+        <v>500.0</v>
       </c>
       <c r="J81" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K81" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L81" s="9">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="M81" s="10" t="s">
         <v>328</v>
       </c>
       <c r="N81" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O81" s="9" t="s">
-        <v>26</v>
+        <v>124</v>
       </c>
       <c r="P81" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q81" s="5" t="s">
-        <v>35</v>
+        <v>200</v>
       </c>
       <c r="R81" s="9" t="s">
-        <v>330</v>
+        <v>51</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="A82" s="5">
         <v>76</v>
       </c>
       <c r="B82" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="C82" s="9" t="s">
         <v>331</v>
       </c>
-      <c r="C82" s="9" t="s">
+      <c r="D82" s="5" t="s">
         <v>332</v>
       </c>
-      <c r="D82" s="5" t="s">
+      <c r="E82" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F82" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G82" s="9">
+        <v>220</v>
+      </c>
+      <c r="H82" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I82" s="9">
+        <v>600.0</v>
+      </c>
+      <c r="J82" s="9">
+        <v>30</v>
+      </c>
+      <c r="K82" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L82" s="9">
+        <v>310</v>
+      </c>
+      <c r="M82" s="10" t="s">
+        <v>331</v>
+      </c>
+      <c r="N82" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O82" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="P82" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q82" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="R82" s="9" t="s">
         <v>333</v>
-      </c>
-[...40 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="A83" s="5">
         <v>77</v>
       </c>
       <c r="B83" s="8" t="s">
+        <v>334</v>
+      </c>
+      <c r="C83" s="9" t="s">
         <v>335</v>
       </c>
-      <c r="C83" s="9" t="s">
+      <c r="D83" s="5" t="s">
         <v>336</v>
       </c>
-      <c r="D83" s="5" t="s">
+      <c r="E83" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F83" s="9">
+        <v>2018</v>
+      </c>
+      <c r="G83" s="9">
+        <v>189</v>
+      </c>
+      <c r="H83" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I83" s="9">
+        <v>675.0</v>
+      </c>
+      <c r="J83" s="9">
+        <v>50</v>
+      </c>
+      <c r="K83" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L83" s="9">
+        <v>650</v>
+      </c>
+      <c r="M83" s="10" t="s">
+        <v>335</v>
+      </c>
+      <c r="N83" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O83" s="9" t="s">
+        <v>219</v>
+      </c>
+      <c r="P83" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q83" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="R83" s="9" t="s">
         <v>337</v>
-      </c>
-[...40 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="A84" s="5">
         <v>78</v>
       </c>
       <c r="B84" s="8" t="s">
+        <v>338</v>
+      </c>
+      <c r="C84" s="9" t="s">
         <v>339</v>
       </c>
-      <c r="C84" s="9" t="s">
+      <c r="D84" s="5" t="s">
         <v>340</v>
       </c>
-      <c r="D84" s="5" t="s">
+      <c r="E84" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F84" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G84" s="9">
+        <v>149</v>
+      </c>
+      <c r="H84" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I84" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J84" s="9">
+        <v>25</v>
+      </c>
+      <c r="K84" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L84" s="9">
+        <v>230</v>
+      </c>
+      <c r="M84" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="N84" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O84" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="P84" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q84" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="R84" s="9" t="s">
         <v>341</v>
-      </c>
-[...40 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="A85" s="5">
         <v>79</v>
       </c>
       <c r="B85" s="8" t="s">
+        <v>342</v>
+      </c>
+      <c r="C85" s="9" t="s">
         <v>343</v>
       </c>
-      <c r="C85" s="9" t="s">
+      <c r="D85" s="5" t="s">
         <v>344</v>
       </c>
-      <c r="D85" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F85" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G85" s="9">
-        <v>96</v>
+        <v>132</v>
       </c>
       <c r="H85" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I85" s="9">
-        <v>400.0</v>
+        <v>550.0</v>
       </c>
       <c r="J85" s="9">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K85" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L85" s="9">
-        <v>175</v>
+        <v>250</v>
       </c>
       <c r="M85" s="10" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="N85" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O85" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P85" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q85" s="5" t="s">
-        <v>346</v>
+        <v>149</v>
       </c>
       <c r="R85" s="9" t="s">
-        <v>89</v>
+        <v>345</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="A86" s="5">
         <v>80</v>
       </c>
       <c r="B86" s="8" t="s">
+        <v>346</v>
+      </c>
+      <c r="C86" s="9" t="s">
         <v>347</v>
       </c>
-      <c r="C86" s="9" t="s">
+      <c r="D86" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="D86" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F86" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G86" s="9">
-        <v>240</v>
+        <v>96</v>
       </c>
       <c r="H86" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I86" s="9">
-        <v>750.0</v>
+        <v>400.0</v>
       </c>
       <c r="J86" s="9">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="K86" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L86" s="9">
-        <v>420</v>
+        <v>175</v>
       </c>
       <c r="M86" s="10" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="N86" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O86" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P86" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q86" s="5" t="s">
-        <v>27</v>
+        <v>349</v>
       </c>
       <c r="R86" s="9" t="s">
-        <v>120</v>
+        <v>89</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="A87" s="5">
         <v>81</v>
       </c>
       <c r="B87" s="8" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C87" s="9" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D87" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="E87" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F87" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G87" s="9">
+        <v>240</v>
+      </c>
+      <c r="H87" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I87" s="9">
+        <v>750.0</v>
+      </c>
+      <c r="J87" s="9">
+        <v>35</v>
+      </c>
+      <c r="K87" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L87" s="9">
+        <v>420</v>
+      </c>
+      <c r="M87" s="10" t="s">
         <v>351</v>
       </c>
-      <c r="E87" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N87" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O87" s="9" t="s">
-        <v>140</v>
+        <v>26</v>
       </c>
       <c r="P87" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q87" s="5" t="s">
-        <v>352</v>
+        <v>27</v>
       </c>
       <c r="R87" s="9" t="s">
-        <v>89</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="A88" s="5">
         <v>82</v>
       </c>
       <c r="B88" s="8" t="s">
+        <v>352</v>
+      </c>
+      <c r="C88" s="9" t="s">
         <v>353</v>
       </c>
-      <c r="C88" s="9" t="s">
+      <c r="D88" s="5" t="s">
         <v>354</v>
       </c>
-      <c r="D88" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E88" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F88" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G88" s="9">
-        <v>76</v>
+        <v>111</v>
       </c>
       <c r="H88" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I88" s="9">
-        <v>300.0</v>
+        <v>400.0</v>
       </c>
       <c r="J88" s="9">
         <v>20</v>
       </c>
       <c r="K88" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="9">
-        <v>160</v>
+        <v>180</v>
       </c>
       <c r="M88" s="10" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="N88" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O88" s="9" t="s">
-        <v>26</v>
+        <v>143</v>
       </c>
       <c r="P88" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q88" s="5" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="R88" s="9" t="s">
-        <v>218</v>
+        <v>89</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="A89" s="5">
         <v>83</v>
       </c>
       <c r="B89" s="8" t="s">
+        <v>356</v>
+      </c>
+      <c r="C89" s="9" t="s">
         <v>357</v>
       </c>
-      <c r="C89" s="9" t="s">
+      <c r="D89" s="5" t="s">
         <v>358</v>
       </c>
-      <c r="D89" s="5" t="s">
+      <c r="E89" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F89" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G89" s="9">
+        <v>76</v>
+      </c>
+      <c r="H89" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I89" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="J89" s="9">
+        <v>20</v>
+      </c>
+      <c r="K89" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L89" s="9">
+        <v>160</v>
+      </c>
+      <c r="M89" s="10" t="s">
+        <v>357</v>
+      </c>
+      <c r="N89" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O89" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="P89" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q89" s="5" t="s">
         <v>359</v>
       </c>
-      <c r="E89" s="9" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="R89" s="9" t="s">
-        <v>165</v>
+        <v>221</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="A90" s="5">
         <v>84</v>
       </c>
       <c r="B90" s="8" t="s">
+        <v>360</v>
+      </c>
+      <c r="C90" s="9" t="s">
         <v>361</v>
       </c>
-      <c r="C90" s="9" t="s">
+      <c r="D90" s="5" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E90" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F90" s="9">
         <v>2021</v>
       </c>
       <c r="G90" s="9">
-        <v>926</v>
+        <v>382</v>
       </c>
       <c r="H90" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I90" s="9">
-        <v>2115.0</v>
+        <v>1450.0</v>
       </c>
       <c r="J90" s="9">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="K90" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L90" s="9">
-        <v>1200</v>
+        <v>600</v>
       </c>
       <c r="M90" s="10" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="N90" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O90" s="9" t="s">
-        <v>73</v>
+        <v>363</v>
       </c>
       <c r="P90" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q90" s="5" t="s">
-        <v>99</v>
+        <v>88</v>
       </c>
       <c r="R90" s="9" t="s">
-        <v>363</v>
+        <v>168</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="A91" s="5">
         <v>85</v>
       </c>
       <c r="B91" s="8" t="s">
         <v>364</v>
       </c>
       <c r="C91" s="9" t="s">
         <v>365</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>366</v>
+        <v>98</v>
       </c>
       <c r="E91" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F91" s="9">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="G91" s="9">
-        <v>84</v>
+        <v>926</v>
       </c>
       <c r="H91" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I91" s="9">
-        <v>250.0</v>
+        <v>2115.0</v>
       </c>
       <c r="J91" s="9">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="K91" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L91" s="9">
-        <v>150</v>
+        <v>1200</v>
       </c>
       <c r="M91" s="10" t="s">
         <v>365</v>
       </c>
       <c r="N91" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O91" s="9" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="P91" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q91" s="5" t="s">
-        <v>125</v>
+        <v>99</v>
       </c>
       <c r="R91" s="9" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="A92" s="5">
         <v>86</v>
       </c>
       <c r="B92" s="8" t="s">
+        <v>367</v>
+      </c>
+      <c r="C92" s="9" t="s">
         <v>368</v>
       </c>
-      <c r="C92" s="9" t="s">
+      <c r="D92" s="5" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
       <c r="E92" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F92" s="9">
         <v>2022</v>
       </c>
       <c r="G92" s="9">
-        <v>134</v>
+        <v>84</v>
       </c>
       <c r="H92" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I92" s="9">
-        <v>300.0</v>
+        <v>250.0</v>
       </c>
       <c r="J92" s="9">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="K92" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L92" s="9">
-        <v>250</v>
+        <v>150</v>
       </c>
       <c r="M92" s="10" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="N92" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O92" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P92" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q92" s="5" t="s">
         <v>125</v>
       </c>
       <c r="R92" s="9" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="A93" s="5">
         <v>87</v>
       </c>
       <c r="B93" s="8" t="s">
+        <v>371</v>
+      </c>
+      <c r="C93" s="9" t="s">
         <v>372</v>
       </c>
-      <c r="C93" s="9" t="s">
+      <c r="D93" s="5" t="s">
         <v>373</v>
       </c>
-      <c r="D93" s="5" t="s">
+      <c r="E93" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F93" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G93" s="9">
+        <v>134</v>
+      </c>
+      <c r="H93" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I93" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="J93" s="9">
+        <v>15</v>
+      </c>
+      <c r="K93" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L93" s="9">
+        <v>250</v>
+      </c>
+      <c r="M93" s="10" t="s">
+        <v>372</v>
+      </c>
+      <c r="N93" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O93" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="P93" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q93" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="R93" s="9" t="s">
         <v>374</v>
-      </c>
-[...40 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="A94" s="5">
         <v>88</v>
       </c>
       <c r="B94" s="8" t="s">
+        <v>375</v>
+      </c>
+      <c r="C94" s="9" t="s">
+        <v>376</v>
+      </c>
+      <c r="D94" s="5" t="s">
         <v>377</v>
-      </c>
-[...4 lines deleted...]
-        <v>379</v>
       </c>
       <c r="E94" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F94" s="9">
         <v>2024</v>
       </c>
       <c r="G94" s="9">
-        <v>145</v>
+        <v>103</v>
       </c>
       <c r="H94" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I94" s="9">
-        <v>400.0</v>
+        <v>625.0</v>
       </c>
       <c r="J94" s="9">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="K94" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L94" s="9">
-        <v>210</v>
+        <v>240</v>
       </c>
       <c r="M94" s="10" t="s">
+        <v>376</v>
+      </c>
+      <c r="N94" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O94" s="9" t="s">
         <v>378</v>
       </c>
-      <c r="N94" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P94" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q94" s="5" t="s">
-        <v>146</v>
+        <v>230</v>
       </c>
       <c r="R94" s="9" t="s">
-        <v>130</v>
+        <v>379</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="A95" s="5">
         <v>89</v>
       </c>
       <c r="B95" s="8" t="s">
         <v>380</v>
       </c>
       <c r="C95" s="9" t="s">
         <v>381</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>200</v>
+        <v>382</v>
       </c>
       <c r="E95" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F95" s="9">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="G95" s="9">
-        <v>270</v>
+        <v>145</v>
       </c>
       <c r="H95" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I95" s="9">
-        <v>1400.0</v>
+        <v>400.0</v>
       </c>
       <c r="J95" s="9">
-        <v>90</v>
+        <v>25</v>
       </c>
       <c r="K95" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L95" s="9">
-        <v>700</v>
+        <v>210</v>
       </c>
       <c r="M95" s="10" t="s">
         <v>381</v>
       </c>
       <c r="N95" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O95" s="9" t="s">
-        <v>382</v>
+        <v>26</v>
       </c>
       <c r="P95" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q95" s="5" t="s">
-        <v>27</v>
+        <v>149</v>
       </c>
       <c r="R95" s="9" t="s">
-        <v>383</v>
+        <v>130</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="A96" s="5">
         <v>90</v>
       </c>
       <c r="B96" s="8" t="s">
+        <v>383</v>
+      </c>
+      <c r="C96" s="9" t="s">
         <v>384</v>
       </c>
-      <c r="C96" s="9" t="s">
+      <c r="D96" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="E96" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F96" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G96" s="9">
+        <v>270</v>
+      </c>
+      <c r="H96" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I96" s="9">
+        <v>1400.0</v>
+      </c>
+      <c r="J96" s="9">
+        <v>90</v>
+      </c>
+      <c r="K96" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L96" s="9">
+        <v>700</v>
+      </c>
+      <c r="M96" s="10" t="s">
+        <v>384</v>
+      </c>
+      <c r="N96" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O96" s="9" t="s">
         <v>385</v>
       </c>
-      <c r="D96" s="5" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="P96" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q96" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="R96" s="9" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="A97" s="5">
         <v>91</v>
       </c>
       <c r="B97" s="8" t="s">
         <v>387</v>
       </c>
       <c r="C97" s="9" t="s">
         <v>388</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>389</v>
+        <v>203</v>
       </c>
       <c r="E97" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F97" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G97" s="9">
-        <v>110</v>
+        <v>237</v>
       </c>
       <c r="H97" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I97" s="9">
-        <v>350.0</v>
+        <v>1495.0</v>
       </c>
       <c r="J97" s="9">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="K97" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L97" s="9">
-        <v>190</v>
+        <v>750</v>
       </c>
       <c r="M97" s="10" t="s">
         <v>388</v>
       </c>
       <c r="N97" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O97" s="9" t="s">
-        <v>26</v>
+        <v>93</v>
       </c>
       <c r="P97" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q97" s="5" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="R97" s="9" t="s">
-        <v>108</v>
+        <v>386</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="A98" s="5">
         <v>92</v>
       </c>
       <c r="B98" s="8" t="s">
+        <v>390</v>
+      </c>
+      <c r="C98" s="9" t="s">
         <v>391</v>
       </c>
-      <c r="C98" s="9" t="s">
+      <c r="D98" s="5" t="s">
         <v>392</v>
       </c>
-      <c r="D98" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E98" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F98" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G98" s="9">
-        <v>571</v>
+        <v>110</v>
       </c>
       <c r="H98" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I98" s="9">
-        <v>1850.0</v>
+        <v>350.0</v>
       </c>
       <c r="J98" s="9">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="K98" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L98" s="9">
-        <v>1300</v>
+        <v>190</v>
       </c>
       <c r="M98" s="10" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="N98" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O98" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="P98" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q98" s="5" t="s">
         <v>393</v>
       </c>
-      <c r="P98" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R98" s="9" t="s">
-        <v>314</v>
+        <v>108</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="A99" s="5">
         <v>93</v>
       </c>
       <c r="B99" s="8" t="s">
         <v>394</v>
       </c>
       <c r="C99" s="9" t="s">
         <v>395</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>242</v>
+        <v>203</v>
       </c>
       <c r="E99" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F99" s="9">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="G99" s="9">
-        <v>1181</v>
+        <v>571</v>
       </c>
       <c r="H99" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="9">
-        <v>3495.0</v>
+        <v>1850.0</v>
       </c>
       <c r="J99" s="9">
-        <v>170</v>
+        <v>70</v>
       </c>
       <c r="K99" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L99" s="9">
-        <v>2500</v>
+        <v>1300</v>
       </c>
       <c r="M99" s="10" t="s">
         <v>395</v>
       </c>
       <c r="N99" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O99" s="9" t="s">
         <v>396</v>
       </c>
       <c r="P99" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q99" s="5" t="s">
         <v>27</v>
       </c>
       <c r="R99" s="9" t="s">
-        <v>397</v>
+        <v>317</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="A100" s="5">
         <v>94</v>
       </c>
       <c r="B100" s="8" t="s">
+        <v>397</v>
+      </c>
+      <c r="C100" s="9" t="s">
         <v>398</v>
       </c>
-      <c r="C100" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D100" s="5" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="E100" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F100" s="9">
         <v>2022</v>
       </c>
       <c r="G100" s="9">
-        <v>614</v>
+        <v>1181</v>
       </c>
       <c r="H100" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="9">
-        <v>1895.0</v>
+        <v>3495.0</v>
       </c>
       <c r="J100" s="9">
-        <v>95</v>
+        <v>170</v>
       </c>
       <c r="K100" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L100" s="9">
-        <v>1300</v>
+        <v>2500</v>
       </c>
       <c r="M100" s="10" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="N100" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O100" s="9" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="P100" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q100" s="5" t="s">
         <v>27</v>
       </c>
       <c r="R100" s="9" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="A101" s="5">
         <v>95</v>
       </c>
       <c r="B101" s="8" t="s">
         <v>401</v>
       </c>
       <c r="C101" s="9" t="s">
         <v>402</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="E101" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F101" s="9">
         <v>2022</v>
       </c>
       <c r="G101" s="9">
-        <v>567</v>
+        <v>614</v>
       </c>
       <c r="H101" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I101" s="9">
-        <v>1695.0</v>
+        <v>1895.0</v>
       </c>
       <c r="J101" s="9">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="K101" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L101" s="9">
-        <v>1200</v>
+        <v>1300</v>
       </c>
       <c r="M101" s="10" t="s">
         <v>402</v>
       </c>
       <c r="N101" s="9" t="s">
         <v>23</v>
       </c>
       <c r="O101" s="9" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="P101" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q101" s="5" t="s">
         <v>27</v>
       </c>
       <c r="R101" s="9" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="A102" s="5">
         <v>96</v>
       </c>
       <c r="B102" s="8" t="s">
+        <v>404</v>
+      </c>
+      <c r="C102" s="9" t="s">
+        <v>405</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="E102" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F102" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G102" s="9">
+        <v>567</v>
+      </c>
+      <c r="H102" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I102" s="9">
+        <v>1695.0</v>
+      </c>
+      <c r="J102" s="9">
+        <v>85</v>
+      </c>
+      <c r="K102" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L102" s="9">
+        <v>1200</v>
+      </c>
+      <c r="M102" s="10" t="s">
+        <v>405</v>
+      </c>
+      <c r="N102" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="O102" s="9" t="s">
+        <v>399</v>
+      </c>
+      <c r="P102" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q102" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="R102" s="9" t="s">
         <v>403</v>
-      </c>
-[...46 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="A103" s="5">
         <v>97</v>
       </c>
       <c r="B103" s="8" t="s">
+        <v>406</v>
+      </c>
+      <c r="C103" s="9" t="s">
         <v>407</v>
       </c>
-      <c r="C103" s="9" t="s">
+      <c r="D103" s="5" t="s">
         <v>408</v>
       </c>
-      <c r="D103" s="5" t="s">
+      <c r="E103" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F103" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G103" s="9">
+        <v>164</v>
+      </c>
+      <c r="H103" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I103" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J103" s="9">
+        <v>30</v>
+      </c>
+      <c r="K103" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L103" s="9">
+        <v>325</v>
+      </c>
+      <c r="M103" s="10" t="s">
+        <v>407</v>
+      </c>
+      <c r="N103" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O103" s="9" t="s">
         <v>409</v>
       </c>
-      <c r="E103" s="9" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="P103" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q103" s="5" t="s">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="R103" s="9" t="s">
-        <v>411</v>
+        <v>46</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="A104" s="5">
         <v>98</v>
       </c>
       <c r="B104" s="8" t="s">
+        <v>410</v>
+      </c>
+      <c r="C104" s="9" t="s">
+        <v>411</v>
+      </c>
+      <c r="D104" s="5" t="s">
         <v>412</v>
       </c>
-      <c r="C104" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E104" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F104" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G104" s="9">
-        <v>163</v>
+        <v>151</v>
       </c>
       <c r="H104" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I104" s="9">
         <v>375.0</v>
       </c>
       <c r="J104" s="9">
         <v>20</v>
       </c>
       <c r="K104" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L104" s="9">
-        <v>275</v>
+        <v>220</v>
       </c>
       <c r="M104" s="10" t="s">
+        <v>411</v>
+      </c>
+      <c r="N104" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O104" s="9" t="s">
         <v>413</v>
       </c>
-      <c r="N104" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P104" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q104" s="5" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="R104" s="9" t="s">
-        <v>51</v>
+        <v>414</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="A105" s="5">
         <v>99</v>
       </c>
       <c r="B105" s="8" t="s">
+        <v>415</v>
+      </c>
+      <c r="C105" s="9" t="s">
         <v>416</v>
       </c>
-      <c r="C105" s="9" t="s">
+      <c r="D105" s="5" t="s">
         <v>417</v>
       </c>
-      <c r="D105" s="5" t="s">
+      <c r="E105" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F105" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G105" s="9">
+        <v>163</v>
+      </c>
+      <c r="H105" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I105" s="9">
+        <v>375.0</v>
+      </c>
+      <c r="J105" s="9">
+        <v>20</v>
+      </c>
+      <c r="K105" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L105" s="9">
+        <v>275</v>
+      </c>
+      <c r="M105" s="10" t="s">
+        <v>416</v>
+      </c>
+      <c r="N105" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O105" s="9" t="s">
         <v>418</v>
       </c>
-      <c r="E105" s="9" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="P105" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q105" s="5" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="R105" s="9" t="s">
-        <v>280</v>
+        <v>51</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="A106" s="5">
         <v>100</v>
       </c>
       <c r="B106" s="8" t="s">
         <v>419</v>
       </c>
       <c r="C106" s="9" t="s">
         <v>420</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>421</v>
       </c>
       <c r="E106" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F106" s="9">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="G106" s="9">
-        <v>521</v>
+        <v>379</v>
       </c>
       <c r="H106" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I106" s="9">
-        <v>1050.0</v>
+        <v>850.0</v>
       </c>
       <c r="J106" s="9">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="K106" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L106" s="9">
-        <v>800</v>
+        <v>835</v>
       </c>
       <c r="M106" s="10" t="s">
         <v>420</v>
       </c>
       <c r="N106" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O106" s="9" t="s">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="P106" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q106" s="5" t="s">
-        <v>422</v>
+        <v>57</v>
       </c>
       <c r="R106" s="9" t="s">
-        <v>423</v>
+        <v>283</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="A107" s="5">
         <v>101</v>
       </c>
       <c r="B107" s="8" t="s">
+        <v>422</v>
+      </c>
+      <c r="C107" s="9" t="s">
+        <v>423</v>
+      </c>
+      <c r="D107" s="5" t="s">
         <v>424</v>
-      </c>
-[...4 lines deleted...]
-        <v>421</v>
       </c>
       <c r="E107" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F107" s="9">
         <v>2020</v>
       </c>
       <c r="G107" s="9">
-        <v>340</v>
+        <v>521</v>
       </c>
       <c r="H107" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I107" s="9">
-        <v>750.0</v>
+        <v>1050.0</v>
       </c>
       <c r="J107" s="9">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="K107" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L107" s="9">
-        <v>550</v>
+        <v>800</v>
       </c>
       <c r="M107" s="10" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="N107" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O107" s="9" t="s">
         <v>124</v>
       </c>
       <c r="P107" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q107" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="R107" s="9" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="A108" s="5">
         <v>102</v>
       </c>
       <c r="B108" s="8" t="s">
         <v>427</v>
       </c>
       <c r="C108" s="9" t="s">
         <v>428</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="E108" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F108" s="9">
         <v>2020</v>
       </c>
       <c r="G108" s="9">
-        <v>202</v>
+        <v>340</v>
       </c>
       <c r="H108" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I108" s="9">
-        <v>400.0</v>
+        <v>750.0</v>
       </c>
       <c r="J108" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K108" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L108" s="9">
-        <v>300</v>
+        <v>550</v>
       </c>
       <c r="M108" s="10" t="s">
         <v>428</v>
       </c>
       <c r="N108" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O108" s="9" t="s">
         <v>124</v>
       </c>
       <c r="P108" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q108" s="5" t="s">
         <v>429</v>
       </c>
       <c r="R108" s="9" t="s">
-        <v>51</v>
+        <v>168</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="A109" s="5">
         <v>103</v>
       </c>
       <c r="B109" s="8" t="s">
         <v>430</v>
       </c>
       <c r="C109" s="9" t="s">
         <v>431</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="E109" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F109" s="9">
         <v>2020</v>
       </c>
       <c r="G109" s="9">
-        <v>376</v>
+        <v>202</v>
       </c>
       <c r="H109" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I109" s="9">
-        <v>850.0</v>
+        <v>400.0</v>
       </c>
       <c r="J109" s="9">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="K109" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L109" s="9">
-        <v>600</v>
+        <v>300</v>
       </c>
       <c r="M109" s="10" t="s">
         <v>431</v>
       </c>
       <c r="N109" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O109" s="9" t="s">
         <v>124</v>
       </c>
       <c r="P109" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q109" s="5" t="s">
-        <v>62</v>
+        <v>432</v>
       </c>
       <c r="R109" s="9" t="s">
-        <v>165</v>
+        <v>51</v>
       </c>
     </row>
     <row r="110" spans="1:18">
       <c r="A110" s="5">
         <v>104</v>
       </c>
       <c r="B110" s="8" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C110" s="9" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="E110" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F110" s="9">
         <v>2020</v>
       </c>
       <c r="G110" s="9">
-        <v>414</v>
+        <v>376</v>
       </c>
       <c r="H110" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="9">
         <v>850.0</v>
       </c>
       <c r="J110" s="9">
         <v>40</v>
       </c>
       <c r="K110" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L110" s="9">
-        <v>650</v>
+        <v>600</v>
       </c>
       <c r="M110" s="10" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="N110" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O110" s="9" t="s">
         <v>124</v>
       </c>
       <c r="P110" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q110" s="5" t="s">
         <v>62</v>
       </c>
       <c r="R110" s="9" t="s">
-        <v>434</v>
+        <v>168</v>
       </c>
     </row>
     <row r="111" spans="1:18">
       <c r="A111" s="5">
         <v>105</v>
       </c>
       <c r="B111" s="8" t="s">
         <v>435</v>
       </c>
       <c r="C111" s="9" t="s">
         <v>436</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="E111" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F111" s="9">
         <v>2020</v>
       </c>
       <c r="G111" s="9">
-        <v>362</v>
+        <v>414</v>
       </c>
       <c r="H111" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I111" s="9">
         <v>850.0</v>
       </c>
       <c r="J111" s="9">
         <v>40</v>
       </c>
       <c r="K111" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L111" s="9">
         <v>650</v>
       </c>
       <c r="M111" s="10" t="s">
         <v>436</v>
       </c>
       <c r="N111" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O111" s="9" t="s">
         <v>124</v>
       </c>
       <c r="P111" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q111" s="5" t="s">
         <v>62</v>
       </c>
       <c r="R111" s="9" t="s">
-        <v>165</v>
+        <v>437</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="A112" s="5">
         <v>106</v>
       </c>
       <c r="B112" s="8" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C112" s="9" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>439</v>
+        <v>424</v>
       </c>
       <c r="E112" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F112" s="9">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="G112" s="9">
         <v>362</v>
       </c>
       <c r="H112" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I112" s="9">
-        <v>1250.0</v>
+        <v>850.0</v>
       </c>
       <c r="J112" s="9">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K112" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L112" s="9">
-        <v>975</v>
+        <v>650</v>
       </c>
       <c r="M112" s="10" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="N112" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O112" s="9" t="s">
-        <v>73</v>
+        <v>124</v>
       </c>
       <c r="P112" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q112" s="5" t="s">
-        <v>440</v>
+        <v>62</v>
       </c>
       <c r="R112" s="9" t="s">
-        <v>441</v>
+        <v>168</v>
       </c>
     </row>
     <row r="113" spans="1:18">
       <c r="A113" s="5">
         <v>107</v>
       </c>
       <c r="B113" s="8" t="s">
+        <v>440</v>
+      </c>
+      <c r="C113" s="9" t="s">
+        <v>441</v>
+      </c>
+      <c r="D113" s="5" t="s">
         <v>442</v>
       </c>
-      <c r="C113" s="9" t="s">
+      <c r="E113" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F113" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G113" s="9">
+        <v>106</v>
+      </c>
+      <c r="H113" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I113" s="9">
+        <v>395.0</v>
+      </c>
+      <c r="J113" s="9">
+        <v>20</v>
+      </c>
+      <c r="K113" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L113" s="9"/>
+      <c r="M113" s="10" t="s">
+        <v>441</v>
+      </c>
+      <c r="N113" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O113" s="9" t="s">
         <v>443</v>
       </c>
-      <c r="D113" s="5" t="s">
+      <c r="P113" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q113" s="5" t="s">
         <v>444</v>
       </c>
-      <c r="E113" s="9" t="s">
-[...40 lines deleted...]
-      </c>
+      <c r="R113" s="9"/>
     </row>
     <row r="114" spans="1:18">
       <c r="A114" s="5">
         <v>108</v>
       </c>
       <c r="B114" s="8" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="C114" s="9" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
       <c r="E114" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F114" s="9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="G114" s="9">
-        <v>190</v>
+        <v>142</v>
       </c>
       <c r="H114" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I114" s="9">
-        <v>1250.0</v>
+        <v>450.0</v>
       </c>
       <c r="J114" s="9">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="K114" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L114" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="L114" s="9"/>
       <c r="M114" s="10" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="N114" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O114" s="9" t="s">
-        <v>73</v>
+        <v>443</v>
       </c>
       <c r="P114" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q114" s="5" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>444</v>
+      </c>
+      <c r="R114" s="9"/>
     </row>
     <row r="115" spans="1:18">
       <c r="A115" s="5">
         <v>109</v>
       </c>
       <c r="B115" s="8" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="C115" s="9" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>449</v>
       </c>
       <c r="E115" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F115" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G115" s="9">
-        <v>175</v>
+        <v>362</v>
       </c>
       <c r="H115" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I115" s="9">
-        <v>950.0</v>
+        <v>1250.0</v>
       </c>
       <c r="J115" s="9">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="K115" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L115" s="9">
-        <v>360</v>
+        <v>975</v>
       </c>
       <c r="M115" s="10" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="N115" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O115" s="9" t="s">
         <v>73</v>
       </c>
       <c r="P115" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q115" s="5" t="s">
-        <v>119</v>
+        <v>450</v>
       </c>
       <c r="R115" s="9" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="A116" s="5">
         <v>110</v>
       </c>
       <c r="B116" s="8" t="s">
+        <v>452</v>
+      </c>
+      <c r="C116" s="9" t="s">
+        <v>453</v>
+      </c>
+      <c r="D116" s="5" t="s">
         <v>454</v>
       </c>
-      <c r="C116" s="9" t="s">
+      <c r="E116" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F116" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G116" s="9">
+        <v>256</v>
+      </c>
+      <c r="H116" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I116" s="9">
+        <v>595.0</v>
+      </c>
+      <c r="J116" s="9">
+        <v>30</v>
+      </c>
+      <c r="K116" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L116" s="9">
+        <v>335</v>
+      </c>
+      <c r="M116" s="10" t="s">
+        <v>453</v>
+      </c>
+      <c r="N116" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O116" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="P116" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q116" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="R116" s="9" t="s">
         <v>455</v>
-      </c>
-[...43 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="A117" s="5">
         <v>111</v>
       </c>
       <c r="B117" s="8" t="s">
+        <v>456</v>
+      </c>
+      <c r="C117" s="9" t="s">
+        <v>457</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="E117" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F117" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G117" s="9">
+        <v>190</v>
+      </c>
+      <c r="H117" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I117" s="9">
+        <v>1250.0</v>
+      </c>
+      <c r="J117" s="9">
+        <v>60</v>
+      </c>
+      <c r="K117" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L117" s="9">
+        <v>350</v>
+      </c>
+      <c r="M117" s="10" t="s">
+        <v>457</v>
+      </c>
+      <c r="N117" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O117" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P117" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q117" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="R117" s="9" t="s">
         <v>459</v>
-      </c>
-[...46 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="118" spans="1:18">
       <c r="A118" s="5">
         <v>112</v>
       </c>
       <c r="B118" s="8" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="C118" s="9" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="E118" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F118" s="9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G118" s="9">
-        <v>103</v>
+        <v>175</v>
       </c>
       <c r="H118" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I118" s="9">
-        <v>395.0</v>
+        <v>950.0</v>
       </c>
       <c r="J118" s="9">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K118" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L118" s="9">
-        <v>250</v>
+        <v>360</v>
       </c>
       <c r="M118" s="10" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="N118" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O118" s="9" t="s">
-        <v>140</v>
+        <v>73</v>
       </c>
       <c r="P118" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q118" s="5" t="s">
-        <v>88</v>
+        <v>119</v>
       </c>
       <c r="R118" s="9" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="A119" s="5">
         <v>113</v>
       </c>
       <c r="B119" s="8" t="s">
+        <v>463</v>
+      </c>
+      <c r="C119" s="9" t="s">
+        <v>464</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="E119" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F119" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G119" s="9">
+        <v>186</v>
+      </c>
+      <c r="H119" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I119" s="9">
+        <v>550.0</v>
+      </c>
+      <c r="J119" s="9">
+        <v>35</v>
+      </c>
+      <c r="K119" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L119" s="9">
+        <v>330</v>
+      </c>
+      <c r="M119" s="10" t="s">
+        <v>464</v>
+      </c>
+      <c r="N119" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O119" s="9" t="s">
+        <v>466</v>
+      </c>
+      <c r="P119" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q119" s="5" t="s">
         <v>467</v>
       </c>
-      <c r="C119" s="9" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="R119" s="9" t="s">
-        <v>470</v>
+        <v>51</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="A120" s="5">
         <v>114</v>
       </c>
       <c r="B120" s="8" t="s">
+        <v>468</v>
+      </c>
+      <c r="C120" s="9" t="s">
+        <v>469</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="E120" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F120" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G120" s="9">
+        <v>145</v>
+      </c>
+      <c r="H120" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I120" s="9">
+        <v>575.0</v>
+      </c>
+      <c r="J120" s="9">
+        <v>35</v>
+      </c>
+      <c r="K120" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L120" s="9">
+        <v>315</v>
+      </c>
+      <c r="M120" s="10" t="s">
+        <v>469</v>
+      </c>
+      <c r="N120" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O120" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="P120" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q120" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="R120" s="9" t="s">
         <v>471</v>
-      </c>
-[...46 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="A121" s="5">
         <v>115</v>
       </c>
       <c r="B121" s="8" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="C121" s="9" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="E121" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F121" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G121" s="9">
-        <v>78</v>
+        <v>103</v>
       </c>
       <c r="H121" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I121" s="9">
-        <v>300.0</v>
+        <v>395.0</v>
       </c>
       <c r="J121" s="9">
         <v>20</v>
       </c>
       <c r="K121" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L121" s="9">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="M121" s="10" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="N121" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O121" s="9" t="s">
-        <v>26</v>
+        <v>143</v>
       </c>
       <c r="P121" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q121" s="5" t="s">
-        <v>146</v>
+        <v>88</v>
       </c>
       <c r="R121" s="9" t="s">
-        <v>294</v>
+        <v>475</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="A122" s="5">
         <v>116</v>
       </c>
       <c r="B122" s="8" t="s">
+        <v>476</v>
+      </c>
+      <c r="C122" s="9" t="s">
+        <v>477</v>
+      </c>
+      <c r="D122" s="5" t="s">
         <v>478</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="E122" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F122" s="9">
         <v>2022</v>
       </c>
       <c r="G122" s="9">
-        <v>424</v>
+        <v>95</v>
       </c>
       <c r="H122" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I122" s="9">
-        <v>995.0</v>
+        <v>350.0</v>
       </c>
       <c r="J122" s="9">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="K122" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L122" s="9">
-        <v>930</v>
+        <v>170</v>
       </c>
       <c r="M122" s="10" t="s">
+        <v>477</v>
+      </c>
+      <c r="N122" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O122" s="9" t="s">
+        <v>363</v>
+      </c>
+      <c r="P122" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q122" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="R122" s="9" t="s">
         <v>479</v>
-      </c>
-[...13 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="123" spans="1:18">
       <c r="A123" s="5">
         <v>117</v>
       </c>
       <c r="B123" s="8" t="s">
         <v>480</v>
       </c>
       <c r="C123" s="9" t="s">
         <v>481</v>
       </c>
       <c r="D123" s="5" t="s">
         <v>482</v>
       </c>
       <c r="E123" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F123" s="9">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="G123" s="9">
-        <v>194</v>
+        <v>87</v>
       </c>
       <c r="H123" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I123" s="9">
-        <v>495.0</v>
+        <v>400.0</v>
       </c>
       <c r="J123" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K123" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L123" s="9">
-        <v>485</v>
+        <v>150</v>
       </c>
       <c r="M123" s="10" t="s">
         <v>481</v>
       </c>
       <c r="N123" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O123" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="P123" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q123" s="5" t="s">
         <v>483</v>
       </c>
-      <c r="P123" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R123" s="9" t="s">
-        <v>484</v>
+        <v>221</v>
       </c>
     </row>
     <row r="124" spans="1:18">
       <c r="A124" s="5">
         <v>118</v>
       </c>
       <c r="B124" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="C124" s="9" t="s">
         <v>485</v>
       </c>
-      <c r="C124" s="9" t="s">
+      <c r="D124" s="5" t="s">
         <v>486</v>
       </c>
-      <c r="D124" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E124" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F124" s="9" t="s">
-        <v>55</v>
+      <c r="F124" s="9">
+        <v>2024</v>
       </c>
       <c r="G124" s="9">
-        <v>117</v>
+        <v>78</v>
       </c>
       <c r="H124" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I124" s="9">
-        <v>450.0</v>
+        <v>300.0</v>
       </c>
       <c r="J124" s="9">
         <v>20</v>
       </c>
       <c r="K124" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L124" s="9">
         <v>150</v>
       </c>
       <c r="M124" s="10" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="N124" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O124" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="P124" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q124" s="5" t="s">
-        <v>440</v>
+        <v>149</v>
       </c>
       <c r="R124" s="9" t="s">
-        <v>218</v>
+        <v>297</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="A125" s="5">
         <v>119</v>
       </c>
       <c r="B125" s="8" t="s">
+        <v>487</v>
+      </c>
+      <c r="C125" s="9" t="s">
         <v>488</v>
       </c>
-      <c r="C125" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D125" s="5" t="s">
-        <v>490</v>
+        <v>114</v>
       </c>
       <c r="E125" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F125" s="9">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="G125" s="9">
-        <v>80</v>
+        <v>424</v>
       </c>
       <c r="H125" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I125" s="9">
-        <v>350.0</v>
+        <v>995.0</v>
       </c>
       <c r="J125" s="9">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K125" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L125" s="9">
-        <v>100</v>
+        <v>930</v>
       </c>
       <c r="M125" s="10" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="N125" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O125" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="P125" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q125" s="5" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="R125" s="9" t="s">
-        <v>491</v>
+        <v>283</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="A126" s="5">
         <v>120</v>
       </c>
       <c r="B126" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="C126" s="9" t="s">
+        <v>490</v>
+      </c>
+      <c r="D126" s="5" t="s">
+        <v>491</v>
+      </c>
+      <c r="E126" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F126" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G126" s="9">
+        <v>194</v>
+      </c>
+      <c r="H126" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I126" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J126" s="9">
+        <v>25</v>
+      </c>
+      <c r="K126" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L126" s="9">
+        <v>485</v>
+      </c>
+      <c r="M126" s="10" t="s">
+        <v>490</v>
+      </c>
+      <c r="N126" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O126" s="9" t="s">
         <v>492</v>
       </c>
-      <c r="C126" s="9" t="s">
+      <c r="P126" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q126" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="R126" s="9" t="s">
         <v>493</v>
-      </c>
-[...43 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="A127" s="5">
         <v>121</v>
       </c>
       <c r="B127" s="8" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="C127" s="9" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="E127" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F127" s="9">
-        <v>2025</v>
+      <c r="F127" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="G127" s="9">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="H127" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I127" s="9">
-        <v>425.0</v>
+        <v>450.0</v>
       </c>
       <c r="J127" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K127" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L127" s="9">
-        <v>380</v>
+        <v>150</v>
       </c>
       <c r="M127" s="10" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="N127" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O127" s="9" t="s">
-        <v>140</v>
+        <v>56</v>
       </c>
       <c r="P127" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q127" s="5" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="R127" s="9" t="s">
-        <v>500</v>
+        <v>221</v>
       </c>
     </row>
     <row r="128" spans="1:18">
       <c r="A128" s="5">
         <v>122</v>
       </c>
       <c r="B128" s="8" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="C128" s="9" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="D128" s="5" t="s">
         <v>499</v>
       </c>
       <c r="E128" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F128" s="9">
-        <v>2025</v>
+        <v>2017</v>
       </c>
       <c r="G128" s="9">
-        <v>256</v>
+        <v>80</v>
       </c>
       <c r="H128" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I128" s="9">
-        <v>695.0</v>
+        <v>350.0</v>
       </c>
       <c r="J128" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K128" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L128" s="9">
-        <v>700</v>
+        <v>100</v>
       </c>
       <c r="M128" s="10" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="N128" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O128" s="9" t="s">
-        <v>140</v>
+        <v>56</v>
       </c>
       <c r="P128" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q128" s="5" t="s">
-        <v>27</v>
+        <v>88</v>
       </c>
       <c r="R128" s="9" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
     </row>
     <row r="129" spans="1:18">
       <c r="A129" s="5">
         <v>123</v>
       </c>
       <c r="B129" s="8" t="s">
+        <v>501</v>
+      </c>
+      <c r="C129" s="9" t="s">
+        <v>502</v>
+      </c>
+      <c r="D129" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="E129" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F129" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G129" s="9">
+        <v>329</v>
+      </c>
+      <c r="H129" s="9" t="s">
         <v>504</v>
       </c>
-      <c r="C129" s="9" t="s">
+      <c r="I129" s="9">
+        <v>2250.0</v>
+      </c>
+      <c r="J129" s="9">
+        <v>125</v>
+      </c>
+      <c r="K129" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L129" s="9">
+        <v>600</v>
+      </c>
+      <c r="M129" s="10" t="s">
+        <v>502</v>
+      </c>
+      <c r="N129" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O129" s="9" t="s">
         <v>505</v>
       </c>
-      <c r="D129" s="5" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="P129" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q129" s="5" t="s">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="R129" s="9" t="s">
-        <v>506</v>
+        <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="A130" s="5">
         <v>124</v>
       </c>
       <c r="B130" s="8" t="s">
+        <v>506</v>
+      </c>
+      <c r="C130" s="9" t="s">
         <v>507</v>
       </c>
-      <c r="C130" s="9" t="s">
+      <c r="D130" s="5" t="s">
         <v>508</v>
       </c>
-      <c r="D130" s="5" t="s">
+      <c r="E130" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F130" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G130" s="9">
+        <v>126</v>
+      </c>
+      <c r="H130" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I130" s="9">
+        <v>425.0</v>
+      </c>
+      <c r="J130" s="9">
+        <v>25</v>
+      </c>
+      <c r="K130" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L130" s="9">
+        <v>380</v>
+      </c>
+      <c r="M130" s="10" t="s">
+        <v>507</v>
+      </c>
+      <c r="N130" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O130" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="P130" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q130" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="R130" s="9" t="s">
         <v>509</v>
-      </c>
-[...40 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="A131" s="5">
         <v>125</v>
       </c>
       <c r="B131" s="8" t="s">
+        <v>510</v>
+      </c>
+      <c r="C131" s="9" t="s">
+        <v>511</v>
+      </c>
+      <c r="D131" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="E131" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F131" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G131" s="9">
+        <v>256</v>
+      </c>
+      <c r="H131" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I131" s="9">
+        <v>695.0</v>
+      </c>
+      <c r="J131" s="9">
+        <v>30</v>
+      </c>
+      <c r="K131" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L131" s="9">
+        <v>700</v>
+      </c>
+      <c r="M131" s="10" t="s">
+        <v>511</v>
+      </c>
+      <c r="N131" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O131" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="P131" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q131" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="R131" s="9" t="s">
         <v>512</v>
-      </c>
-[...46 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="A132" s="5">
         <v>126</v>
       </c>
       <c r="B132" s="8" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="C132" s="9" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>518</v>
+        <v>78</v>
       </c>
       <c r="E132" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F132" s="9">
-        <v>2024</v>
+      <c r="F132" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="G132" s="9">
+        <v>496</v>
+      </c>
+      <c r="H132" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I132" s="9">
+        <v>950.0</v>
+      </c>
+      <c r="J132" s="9">
+        <v>40</v>
+      </c>
+      <c r="K132" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L132" s="9">
+        <v>750</v>
+      </c>
+      <c r="M132" s="10" t="s">
+        <v>514</v>
+      </c>
+      <c r="N132" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O132" s="9" t="s">
         <v>73</v>
       </c>
-      <c r="H132" s="9" t="s">
-[...20 lines deleted...]
-      <c r="O132" s="9" t="s">
+      <c r="P132" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q132" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="R132" s="9" t="s">
         <v>515</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="A133" s="5">
         <v>127</v>
       </c>
       <c r="B133" s="8" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C133" s="9" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="E133" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F133" s="9">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="G133" s="9">
-        <v>37</v>
+        <v>502</v>
       </c>
       <c r="H133" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I133" s="9">
-        <v>200.0</v>
+        <v>1295.0</v>
       </c>
       <c r="J133" s="9">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="K133" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L133" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="L133" s="9"/>
       <c r="M133" s="10" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="N133" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O133" s="9" t="s">
-        <v>73</v>
+        <v>143</v>
       </c>
       <c r="P133" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q133" s="5" t="s">
-        <v>375</v>
-[...3 lines deleted...]
-      </c>
+        <v>519</v>
+      </c>
+      <c r="R133" s="9"/>
     </row>
     <row r="134" spans="1:18">
       <c r="A134" s="5">
         <v>128</v>
       </c>
       <c r="B134" s="8" t="s">
+        <v>520</v>
+      </c>
+      <c r="C134" s="9" t="s">
+        <v>521</v>
+      </c>
+      <c r="D134" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="E134" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F134" s="9" t="s">
+        <v>523</v>
+      </c>
+      <c r="G134" s="9">
+        <v>273</v>
+      </c>
+      <c r="H134" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I134" s="9">
+        <v>1850.0</v>
+      </c>
+      <c r="J134" s="9">
+        <v>95</v>
+      </c>
+      <c r="K134" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L134" s="9">
+        <v>875</v>
+      </c>
+      <c r="M134" s="10" t="s">
+        <v>521</v>
+      </c>
+      <c r="N134" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O134" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="P134" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q134" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="R134" s="9" t="s">
         <v>524</v>
-      </c>
-[...46 lines deleted...]
-        <v>526</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="A135" s="5">
         <v>129</v>
       </c>
       <c r="B135" s="8" t="s">
+        <v>525</v>
+      </c>
+      <c r="C135" s="9" t="s">
+        <v>526</v>
+      </c>
+      <c r="D135" s="5" t="s">
         <v>527</v>
       </c>
-      <c r="C135" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E135" s="9" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="F135" s="9">
         <v>2024</v>
       </c>
       <c r="G135" s="9">
-        <v>157</v>
+        <v>123</v>
       </c>
       <c r="H135" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I135" s="9">
-        <v>475.0</v>
+        <v>375.0</v>
       </c>
       <c r="J135" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K135" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L135" s="9">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="M135" s="10" t="s">
+        <v>526</v>
+      </c>
+      <c r="N135" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O135" s="9" t="s">
         <v>528</v>
       </c>
-      <c r="N135" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P135" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q135" s="5" t="s">
-        <v>67</v>
+        <v>195</v>
       </c>
       <c r="R135" s="9" t="s">
-        <v>130</v>
+        <v>108</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="A136" s="5">
         <v>130</v>
       </c>
       <c r="B136" s="8" t="s">
+        <v>529</v>
+      </c>
+      <c r="C136" s="9" t="s">
         <v>530</v>
       </c>
-      <c r="C136" s="9" t="s">
+      <c r="D136" s="5" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
       <c r="E136" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F136" s="9">
         <v>2024</v>
       </c>
       <c r="G136" s="9">
-        <v>155</v>
+        <v>73</v>
       </c>
       <c r="H136" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I136" s="9">
-        <v>425.0</v>
+        <v>350.0</v>
       </c>
       <c r="J136" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K136" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L136" s="9">
-        <v>230</v>
+        <v>150</v>
       </c>
       <c r="M136" s="10" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="N136" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O136" s="9" t="s">
-        <v>26</v>
+        <v>528</v>
       </c>
       <c r="P136" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q136" s="5" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="R136" s="9" t="s">
-        <v>130</v>
+        <v>41</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="A137" s="5">
         <v>131</v>
       </c>
       <c r="B137" s="8" t="s">
+        <v>533</v>
+      </c>
+      <c r="C137" s="9" t="s">
         <v>534</v>
       </c>
-      <c r="C137" s="9" t="s">
+      <c r="D137" s="5" t="s">
         <v>535</v>
       </c>
-      <c r="D137" s="5" t="s">
+      <c r="E137" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F137" s="9">
+        <v>2016</v>
+      </c>
+      <c r="G137" s="9">
+        <v>37</v>
+      </c>
+      <c r="H137" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I137" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="J137" s="9">
+        <v>15</v>
+      </c>
+      <c r="K137" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L137" s="9">
+        <v>100</v>
+      </c>
+      <c r="M137" s="10" t="s">
+        <v>534</v>
+      </c>
+      <c r="N137" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O137" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P137" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q137" s="5" t="s">
+        <v>378</v>
+      </c>
+      <c r="R137" s="9" t="s">
         <v>536</v>
-      </c>
-[...40 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="138" spans="1:18">
       <c r="A138" s="5">
         <v>132</v>
       </c>
       <c r="B138" s="8" t="s">
         <v>537</v>
       </c>
       <c r="C138" s="9" t="s">
         <v>538</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>539</v>
+        <v>424</v>
       </c>
       <c r="E138" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F138" s="9">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G138" s="9">
-        <v>187</v>
+        <v>138</v>
       </c>
       <c r="H138" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I138" s="9">
-        <v>550.0</v>
+        <v>350.0</v>
       </c>
       <c r="J138" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K138" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L138" s="9">
-        <v>420</v>
+        <v>275</v>
       </c>
       <c r="M138" s="10" t="s">
         <v>538</v>
       </c>
       <c r="N138" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O138" s="9" t="s">
-        <v>26</v>
+        <v>161</v>
       </c>
       <c r="P138" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q138" s="5" t="s">
-        <v>540</v>
+        <v>425</v>
       </c>
       <c r="R138" s="9" t="s">
-        <v>46</v>
+        <v>539</v>
       </c>
     </row>
     <row r="139" spans="1:18">
       <c r="A139" s="5">
         <v>133</v>
       </c>
       <c r="B139" s="8" t="s">
+        <v>540</v>
+      </c>
+      <c r="C139" s="9" t="s">
         <v>541</v>
       </c>
-      <c r="C139" s="9" t="s">
+      <c r="D139" s="5" t="s">
         <v>542</v>
       </c>
-      <c r="D139" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E139" s="9" t="s">
-        <v>33</v>
+        <v>72</v>
       </c>
       <c r="F139" s="9">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="G139" s="9">
-        <v>584</v>
+        <v>157</v>
       </c>
       <c r="H139" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I139" s="9">
-        <v>1495.0</v>
+        <v>475.0</v>
       </c>
       <c r="J139" s="9">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="K139" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L139" s="9">
-        <v>1500</v>
+        <v>240</v>
       </c>
       <c r="M139" s="10" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="N139" s="9" t="s">
-        <v>33</v>
+        <v>72</v>
       </c>
       <c r="O139" s="9" t="s">
-        <v>543</v>
+        <v>409</v>
       </c>
       <c r="P139" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q139" s="5" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="R139" s="9" t="s">
-        <v>314</v>
+        <v>130</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="A140" s="5">
         <v>134</v>
       </c>
       <c r="B140" s="8" t="s">
+        <v>543</v>
+      </c>
+      <c r="C140" s="9" t="s">
         <v>544</v>
       </c>
-      <c r="C140" s="9" t="s">
+      <c r="D140" s="5" t="s">
         <v>545</v>
       </c>
-      <c r="D140" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E140" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F140" s="9">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G140" s="9">
-        <v>321</v>
+        <v>155</v>
       </c>
       <c r="H140" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I140" s="9">
-        <v>1895.0</v>
+        <v>425.0</v>
       </c>
       <c r="J140" s="9">
-        <v>90</v>
+        <v>25</v>
       </c>
       <c r="K140" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L140" s="9">
-        <v>750</v>
+        <v>230</v>
       </c>
       <c r="M140" s="10" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="N140" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O140" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P140" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q140" s="5" t="s">
-        <v>208</v>
+        <v>546</v>
       </c>
       <c r="R140" s="9" t="s">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="A141" s="5">
         <v>135</v>
       </c>
       <c r="B141" s="8" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C141" s="9" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D141" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="E141" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F141" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G141" s="9">
+        <v>119</v>
+      </c>
+      <c r="H141" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I141" s="9">
+        <v>425.0</v>
+      </c>
+      <c r="J141" s="9">
+        <v>25</v>
+      </c>
+      <c r="K141" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L141" s="9">
+        <v>200</v>
+      </c>
+      <c r="M141" s="10" t="s">
         <v>548</v>
       </c>
-      <c r="E141" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N141" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O141" s="9" t="s">
-        <v>73</v>
+        <v>143</v>
       </c>
       <c r="P141" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q141" s="5" t="s">
-        <v>540</v>
+        <v>57</v>
       </c>
       <c r="R141" s="9" t="s">
-        <v>338</v>
+        <v>108</v>
       </c>
     </row>
     <row r="142" spans="1:18">
       <c r="A142" s="5">
         <v>136</v>
       </c>
       <c r="B142" s="8" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C142" s="9" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D142" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="E142" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F142" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G142" s="9">
+        <v>187</v>
+      </c>
+      <c r="H142" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I142" s="9">
+        <v>550.0</v>
+      </c>
+      <c r="J142" s="9">
+        <v>30</v>
+      </c>
+      <c r="K142" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L142" s="9">
+        <v>420</v>
+      </c>
+      <c r="M142" s="10" t="s">
         <v>551</v>
       </c>
-      <c r="E142" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N142" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O142" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="P142" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q142" s="5" t="s">
-        <v>217</v>
+        <v>519</v>
       </c>
       <c r="R142" s="9" t="s">
-        <v>218</v>
+        <v>46</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="A143" s="5">
         <v>137</v>
       </c>
       <c r="B143" s="8" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C143" s="9" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D143" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="E143" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F143" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G143" s="9">
+        <v>584</v>
+      </c>
+      <c r="H143" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I143" s="9">
+        <v>1495.0</v>
+      </c>
+      <c r="J143" s="9">
+        <v>60</v>
+      </c>
+      <c r="K143" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L143" s="9">
+        <v>1500</v>
+      </c>
+      <c r="M143" s="10" t="s">
         <v>554</v>
       </c>
-      <c r="E143" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N143" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O143" s="9" t="s">
-        <v>73</v>
+        <v>555</v>
       </c>
       <c r="P143" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q143" s="5" t="s">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="R143" s="9" t="s">
-        <v>555</v>
+        <v>317</v>
       </c>
     </row>
     <row r="144" spans="1:18">
       <c r="A144" s="5">
         <v>138</v>
       </c>
       <c r="B144" s="8" t="s">
         <v>556</v>
       </c>
       <c r="C144" s="9" t="s">
         <v>557</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>558</v>
+        <v>242</v>
       </c>
       <c r="E144" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F144" s="9">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="G144" s="9">
-        <v>173</v>
+        <v>321</v>
       </c>
       <c r="H144" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I144" s="9">
-        <v>425.0</v>
+        <v>1895.0</v>
       </c>
       <c r="J144" s="9">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="K144" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L144" s="9">
-        <v>300</v>
+        <v>750</v>
       </c>
       <c r="M144" s="10" t="s">
         <v>557</v>
       </c>
       <c r="N144" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="O144" s="9" t="s">
-        <v>559</v>
+        <v>26</v>
       </c>
       <c r="P144" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q144" s="5" t="s">
-        <v>88</v>
+        <v>211</v>
       </c>
       <c r="R144" s="9" t="s">
-        <v>126</v>
+        <v>283</v>
       </c>
     </row>
     <row r="145" spans="1:18">
       <c r="A145" s="5">
         <v>139</v>
       </c>
       <c r="B145" s="8" t="s">
+        <v>558</v>
+      </c>
+      <c r="C145" s="9" t="s">
+        <v>559</v>
+      </c>
+      <c r="D145" s="5" t="s">
         <v>560</v>
       </c>
-      <c r="C145" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E145" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F145" s="9">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G145" s="9">
-        <v>711</v>
+        <v>173</v>
       </c>
       <c r="H145" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I145" s="9">
-        <v>2000.0</v>
+        <v>475.0</v>
       </c>
       <c r="J145" s="9">
-        <v>95</v>
+        <v>25</v>
       </c>
       <c r="K145" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L145" s="9">
-        <v>1500</v>
+        <v>290</v>
       </c>
       <c r="M145" s="10" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="N145" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O145" s="9" t="s">
         <v>73</v>
       </c>
       <c r="P145" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q145" s="5" t="s">
-        <v>119</v>
+        <v>519</v>
       </c>
       <c r="R145" s="9" t="s">
-        <v>314</v>
+        <v>341</v>
       </c>
     </row>
     <row r="146" spans="1:18">
       <c r="A146" s="5">
         <v>140</v>
       </c>
       <c r="B146" s="8" t="s">
+        <v>561</v>
+      </c>
+      <c r="C146" s="9" t="s">
+        <v>562</v>
+      </c>
+      <c r="D146" s="5" t="s">
         <v>563</v>
       </c>
-      <c r="C146" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E146" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F146" s="9">
-        <v>2024</v>
+      <c r="F146" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="G146" s="9">
-        <v>269</v>
+        <v>93</v>
       </c>
       <c r="H146" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I146" s="9">
-        <v>795.0</v>
+        <v>350.0</v>
       </c>
       <c r="J146" s="9">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="K146" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L146" s="9">
-        <v>425</v>
+        <v>170</v>
       </c>
       <c r="M146" s="10" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="N146" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O146" s="9" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="P146" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q146" s="5" t="s">
-        <v>445</v>
+        <v>220</v>
       </c>
       <c r="R146" s="9" t="s">
-        <v>566</v>
+        <v>221</v>
       </c>
     </row>
     <row r="147" spans="1:18">
       <c r="A147" s="5">
         <v>141</v>
       </c>
       <c r="B147" s="8" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="C147" s="9" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>250</v>
+        <v>566</v>
       </c>
       <c r="E147" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F147" s="9">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="G147" s="9">
-        <v>177</v>
+        <v>513</v>
       </c>
       <c r="H147" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I147" s="9">
-        <v>595.0</v>
+        <v>1750.0</v>
       </c>
       <c r="J147" s="9">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="K147" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L147" s="9">
-        <v>300</v>
+        <v>1150</v>
       </c>
       <c r="M147" s="10" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="N147" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O147" s="9" t="s">
         <v>73</v>
       </c>
       <c r="P147" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q147" s="5" t="s">
-        <v>251</v>
+        <v>74</v>
       </c>
       <c r="R147" s="9" t="s">
-        <v>51</v>
+        <v>567</v>
       </c>
     </row>
     <row r="148" spans="1:18">
       <c r="A148" s="5">
         <v>142</v>
       </c>
       <c r="B148" s="8" t="s">
+        <v>568</v>
+      </c>
+      <c r="C148" s="9" t="s">
         <v>569</v>
       </c>
-      <c r="C148" s="9" t="s">
+      <c r="D148" s="5" t="s">
         <v>570</v>
       </c>
-      <c r="D148" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E148" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F148" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G148" s="9">
-        <v>106</v>
+        <v>176</v>
       </c>
       <c r="H148" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I148" s="9">
-        <v>350.0</v>
+        <v>450.0</v>
       </c>
       <c r="J148" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K148" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L148" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="L148" s="9"/>
       <c r="M148" s="10" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="N148" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O148" s="9" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="P148" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q148" s="5" t="s">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="R148" s="9"/>
     </row>
     <row r="149" spans="1:18">
       <c r="A149" s="5">
         <v>143</v>
       </c>
       <c r="B149" s="8" t="s">
         <v>571</v>
       </c>
       <c r="C149" s="9" t="s">
         <v>572</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>242</v>
+        <v>573</v>
       </c>
       <c r="E149" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F149" s="9">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="G149" s="9">
-        <v>436</v>
+        <v>173</v>
       </c>
       <c r="H149" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I149" s="9">
-        <v>2195.0</v>
+        <v>425.0</v>
       </c>
       <c r="J149" s="9">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="K149" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L149" s="9">
-        <v>900</v>
+        <v>300</v>
       </c>
       <c r="M149" s="10" t="s">
         <v>572</v>
       </c>
       <c r="N149" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O149" s="9" t="s">
-        <v>73</v>
+        <v>574</v>
       </c>
       <c r="P149" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q149" s="5" t="s">
-        <v>27</v>
+        <v>88</v>
       </c>
       <c r="R149" s="9" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
     </row>
     <row r="150" spans="1:18">
       <c r="A150" s="5">
         <v>144</v>
       </c>
       <c r="B150" s="8" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="C150" s="9" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="E150" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F150" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G150" s="9">
+        <v>711</v>
+      </c>
+      <c r="H150" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I150" s="9">
+        <v>2000.0</v>
+      </c>
+      <c r="J150" s="9">
+        <v>95</v>
+      </c>
+      <c r="K150" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L150" s="9">
+        <v>1500</v>
+      </c>
+      <c r="M150" s="10" t="s">
         <v>576</v>
       </c>
-      <c r="F150" s="9">
-[...22 lines deleted...]
-      </c>
       <c r="N150" s="9" t="s">
-        <v>576</v>
+        <v>33</v>
       </c>
       <c r="O150" s="9" t="s">
         <v>73</v>
       </c>
       <c r="P150" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q150" s="5" t="s">
-        <v>577</v>
+        <v>119</v>
       </c>
       <c r="R150" s="9" t="s">
-        <v>578</v>
+        <v>317</v>
       </c>
     </row>
     <row r="151" spans="1:18">
       <c r="A151" s="5">
         <v>145</v>
       </c>
       <c r="B151" s="8" t="s">
+        <v>578</v>
+      </c>
+      <c r="C151" s="9" t="s">
         <v>579</v>
       </c>
-      <c r="C151" s="9" t="s">
+      <c r="D151" s="5" t="s">
         <v>580</v>
       </c>
-      <c r="D151" s="5" t="s">
+      <c r="E151" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F151" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G151" s="9">
+        <v>269</v>
+      </c>
+      <c r="H151" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I151" s="9">
+        <v>795.0</v>
+      </c>
+      <c r="J151" s="9">
+        <v>35</v>
+      </c>
+      <c r="K151" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L151" s="9">
+        <v>425</v>
+      </c>
+      <c r="M151" s="10" t="s">
+        <v>579</v>
+      </c>
+      <c r="N151" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O151" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="P151" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q151" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="R151" s="9" t="s">
         <v>581</v>
-      </c>
-[...40 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="152" spans="1:18">
       <c r="A152" s="5">
         <v>146</v>
       </c>
       <c r="B152" s="8" t="s">
+        <v>582</v>
+      </c>
+      <c r="C152" s="9" t="s">
         <v>583</v>
       </c>
-      <c r="C152" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D152" s="5" t="s">
-        <v>585</v>
+        <v>253</v>
       </c>
       <c r="E152" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F152" s="9">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="G152" s="9">
-        <v>480</v>
+        <v>177</v>
       </c>
       <c r="H152" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I152" s="9">
-        <v>895.0</v>
+        <v>595.0</v>
       </c>
       <c r="J152" s="9">
         <v>40</v>
       </c>
       <c r="K152" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L152" s="9">
-        <v>575</v>
+        <v>300</v>
       </c>
       <c r="M152" s="10" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="N152" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O152" s="9" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="P152" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q152" s="5" t="s">
-        <v>519</v>
+        <v>254</v>
       </c>
       <c r="R152" s="9" t="s">
-        <v>586</v>
+        <v>51</v>
       </c>
     </row>
     <row r="153" spans="1:18">
       <c r="A153" s="5">
         <v>147</v>
       </c>
       <c r="B153" s="8" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="C153" s="9" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>589</v>
+        <v>326</v>
       </c>
       <c r="E153" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F153" s="9">
         <v>2024</v>
       </c>
       <c r="G153" s="9">
-        <v>253</v>
+        <v>106</v>
       </c>
       <c r="H153" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I153" s="9">
-        <v>525.0</v>
+        <v>350.0</v>
       </c>
       <c r="J153" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K153" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L153" s="9">
-        <v>320</v>
+        <v>160</v>
       </c>
       <c r="M153" s="10" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="N153" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O153" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P153" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q153" s="5" t="s">
-        <v>57</v>
+        <v>211</v>
       </c>
       <c r="R153" s="9" t="s">
-        <v>590</v>
+        <v>89</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="A154" s="5">
         <v>148</v>
       </c>
       <c r="B154" s="8" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="C154" s="9" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="E154" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F154" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G154" s="9">
-        <v>289</v>
+        <v>436</v>
       </c>
       <c r="H154" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I154" s="9">
-        <v>1200.0</v>
+        <v>2195.0</v>
       </c>
       <c r="J154" s="9">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="K154" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L154" s="9">
-        <v>660</v>
+        <v>900</v>
       </c>
       <c r="M154" s="10" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="N154" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O154" s="9" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="P154" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q154" s="5" t="s">
         <v>27</v>
       </c>
       <c r="R154" s="9" t="s">
-        <v>593</v>
+        <v>111</v>
       </c>
     </row>
     <row r="155" spans="1:18">
       <c r="A155" s="5">
         <v>149</v>
       </c>
       <c r="B155" s="8" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
       <c r="C155" s="9" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>242</v>
+        <v>590</v>
       </c>
       <c r="E155" s="9" t="s">
-        <v>33</v>
+        <v>591</v>
       </c>
       <c r="F155" s="9">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="G155" s="9">
-        <v>205</v>
+        <v>222</v>
       </c>
       <c r="H155" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I155" s="9">
-        <v>895.0</v>
+        <v>1250.0</v>
       </c>
       <c r="J155" s="9">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="K155" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L155" s="9">
-        <v>480</v>
+        <v>600</v>
       </c>
       <c r="M155" s="10" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="N155" s="9" t="s">
-        <v>33</v>
+        <v>591</v>
       </c>
       <c r="O155" s="9" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="P155" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q155" s="5" t="s">
-        <v>27</v>
+        <v>592</v>
       </c>
       <c r="R155" s="9" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
     </row>
     <row r="156" spans="1:18">
       <c r="A156" s="5">
         <v>150</v>
       </c>
       <c r="B156" s="8" t="s">
+        <v>594</v>
+      </c>
+      <c r="C156" s="9" t="s">
+        <v>595</v>
+      </c>
+      <c r="D156" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="E156" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F156" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G156" s="9">
+        <v>275</v>
+      </c>
+      <c r="H156" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I156" s="9">
+        <v>950.0</v>
+      </c>
+      <c r="J156" s="9">
+        <v>45</v>
+      </c>
+      <c r="K156" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L156" s="9">
+        <v>470</v>
+      </c>
+      <c r="M156" s="10" t="s">
+        <v>595</v>
+      </c>
+      <c r="N156" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O156" s="9" t="s">
+        <v>124</v>
+      </c>
+      <c r="P156" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q156" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="R156" s="9" t="s">
         <v>597</v>
-      </c>
-[...46 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="A157" s="5">
         <v>151</v>
       </c>
       <c r="B157" s="8" t="s">
+        <v>598</v>
+      </c>
+      <c r="C157" s="9" t="s">
         <v>599</v>
       </c>
-      <c r="C157" s="9" t="s">
+      <c r="D157" s="5" t="s">
         <v>600</v>
       </c>
-      <c r="D157" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E157" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F157" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G157" s="9">
-        <v>220</v>
+        <v>480</v>
       </c>
       <c r="H157" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I157" s="9">
-        <v>945.0</v>
+        <v>895.0</v>
       </c>
       <c r="J157" s="9">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="K157" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L157" s="9">
-        <v>520</v>
+        <v>575</v>
       </c>
       <c r="M157" s="10" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="N157" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O157" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P157" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q157" s="5" t="s">
-        <v>27</v>
+        <v>532</v>
       </c>
       <c r="R157" s="9" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="158" spans="1:18">
       <c r="A158" s="5">
         <v>152</v>
       </c>
       <c r="B158" s="8" t="s">
         <v>602</v>
       </c>
       <c r="C158" s="9" t="s">
         <v>603</v>
       </c>
       <c r="D158" s="5" t="s">
         <v>604</v>
       </c>
       <c r="E158" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F158" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G158" s="9">
-        <v>293</v>
+        <v>253</v>
       </c>
       <c r="H158" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I158" s="9">
-        <v>1350.0</v>
+        <v>525.0</v>
       </c>
       <c r="J158" s="9">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="K158" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L158" s="9">
-        <v>800</v>
+        <v>320</v>
       </c>
       <c r="M158" s="10" t="s">
         <v>603</v>
       </c>
       <c r="N158" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O158" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="P158" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q158" s="5" t="s">
-        <v>192</v>
+        <v>57</v>
       </c>
       <c r="R158" s="9" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="159" spans="1:18">
       <c r="A159" s="5">
         <v>153</v>
       </c>
       <c r="B159" s="8" t="s">
         <v>606</v>
       </c>
       <c r="C159" s="9" t="s">
         <v>607</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>608</v>
+        <v>245</v>
       </c>
       <c r="E159" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F159" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G159" s="9">
-        <v>275</v>
+        <v>289</v>
       </c>
       <c r="H159" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I159" s="9">
-        <v>950.0</v>
+        <v>1200.0</v>
       </c>
       <c r="J159" s="9">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="K159" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L159" s="9">
-        <v>450</v>
+        <v>660</v>
       </c>
       <c r="M159" s="10" t="s">
         <v>607</v>
       </c>
       <c r="N159" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O159" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P159" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q159" s="5" t="s">
-        <v>187</v>
+        <v>27</v>
       </c>
       <c r="R159" s="9" t="s">
-        <v>120</v>
+        <v>608</v>
       </c>
     </row>
     <row r="160" spans="1:18">
       <c r="A160" s="5">
         <v>154</v>
       </c>
       <c r="B160" s="8" t="s">
         <v>609</v>
       </c>
       <c r="C160" s="9" t="s">
         <v>610</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="E160" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F160" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G160" s="9">
-        <v>469</v>
+        <v>205</v>
       </c>
       <c r="H160" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I160" s="9">
-        <v>1595.0</v>
+        <v>895.0</v>
       </c>
       <c r="J160" s="9">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="K160" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L160" s="9">
-        <v>1000</v>
+        <v>480</v>
       </c>
       <c r="M160" s="10" t="s">
         <v>610</v>
       </c>
       <c r="N160" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O160" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="P160" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q160" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="R160" s="9" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="161" spans="1:18">
       <c r="A161" s="5">
         <v>155</v>
       </c>
       <c r="B161" s="8" t="s">
         <v>612</v>
       </c>
       <c r="C161" s="9" t="s">
         <v>613</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>614</v>
+        <v>245</v>
       </c>
       <c r="E161" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F161" s="9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G161" s="9">
-        <v>89</v>
+        <v>204</v>
       </c>
       <c r="H161" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I161" s="9">
-        <v>275.0</v>
+        <v>895.0</v>
       </c>
       <c r="J161" s="9">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="K161" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L161" s="9">
-        <v>150</v>
+        <v>480</v>
       </c>
       <c r="M161" s="10" t="s">
         <v>613</v>
       </c>
       <c r="N161" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O161" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="P161" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q161" s="5" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="R161" s="9" t="s">
-        <v>615</v>
+        <v>524</v>
       </c>
     </row>
     <row r="162" spans="1:18">
       <c r="A162" s="5">
         <v>156</v>
       </c>
       <c r="B162" s="8" t="s">
+        <v>614</v>
+      </c>
+      <c r="C162" s="9" t="s">
+        <v>615</v>
+      </c>
+      <c r="D162" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="E162" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F162" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G162" s="9">
+        <v>220</v>
+      </c>
+      <c r="H162" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I162" s="9">
+        <v>945.0</v>
+      </c>
+      <c r="J162" s="9">
+        <v>45</v>
+      </c>
+      <c r="K162" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L162" s="9">
+        <v>520</v>
+      </c>
+      <c r="M162" s="10" t="s">
+        <v>615</v>
+      </c>
+      <c r="N162" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O162" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="P162" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q162" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="R162" s="9" t="s">
         <v>616</v>
-      </c>
-[...46 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="163" spans="1:18">
       <c r="A163" s="5">
         <v>157</v>
       </c>
       <c r="B163" s="8" t="s">
+        <v>617</v>
+      </c>
+      <c r="C163" s="9" t="s">
+        <v>618</v>
+      </c>
+      <c r="D163" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="E163" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F163" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G163" s="9">
+        <v>293</v>
+      </c>
+      <c r="H163" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I163" s="9">
+        <v>1350.0</v>
+      </c>
+      <c r="J163" s="9">
+        <v>60</v>
+      </c>
+      <c r="K163" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L163" s="9">
+        <v>800</v>
+      </c>
+      <c r="M163" s="10" t="s">
+        <v>618</v>
+      </c>
+      <c r="N163" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O163" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P163" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q163" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="R163" s="9" t="s">
         <v>620</v>
-      </c>
-[...46 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="164" spans="1:18">
       <c r="A164" s="5">
         <v>158</v>
       </c>
       <c r="B164" s="8" t="s">
+        <v>621</v>
+      </c>
+      <c r="C164" s="9" t="s">
+        <v>622</v>
+      </c>
+      <c r="D164" s="5" t="s">
         <v>623</v>
       </c>
-      <c r="C164" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E164" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F164" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G164" s="9">
-        <v>110</v>
+        <v>275</v>
       </c>
       <c r="H164" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I164" s="9">
-        <v>450.0</v>
+        <v>950.0</v>
       </c>
       <c r="J164" s="9">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K164" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L164" s="9">
-        <v>200</v>
+        <v>450</v>
       </c>
       <c r="M164" s="10" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="N164" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O164" s="9" t="s">
-        <v>140</v>
+        <v>26</v>
       </c>
       <c r="P164" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q164" s="5" t="s">
-        <v>125</v>
+        <v>190</v>
       </c>
       <c r="R164" s="9" t="s">
-        <v>89</v>
+        <v>120</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="A165" s="5">
         <v>159</v>
       </c>
       <c r="B165" s="8" t="s">
+        <v>624</v>
+      </c>
+      <c r="C165" s="9" t="s">
+        <v>625</v>
+      </c>
+      <c r="D165" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="E165" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F165" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G165" s="9">
+        <v>469</v>
+      </c>
+      <c r="H165" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I165" s="9">
+        <v>1595.0</v>
+      </c>
+      <c r="J165" s="9">
+        <v>75</v>
+      </c>
+      <c r="K165" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L165" s="9">
+        <v>1000</v>
+      </c>
+      <c r="M165" s="10" t="s">
+        <v>625</v>
+      </c>
+      <c r="N165" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O165" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P165" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q165" s="5" t="s">
         <v>626</v>
       </c>
-      <c r="C165" s="9" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="R165" s="9" t="s">
-        <v>629</v>
+        <v>567</v>
       </c>
     </row>
     <row r="166" spans="1:18">
       <c r="A166" s="5">
         <v>160</v>
       </c>
       <c r="B166" s="8" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="C166" s="9" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="E166" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F166" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G166" s="9">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="H166" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I166" s="9">
-        <v>350.0</v>
+        <v>275.0</v>
       </c>
       <c r="J166" s="9">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K166" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L166" s="9">
         <v>150</v>
       </c>
       <c r="M166" s="10" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="N166" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O166" s="9" t="s">
-        <v>140</v>
+        <v>73</v>
       </c>
       <c r="P166" s="9" t="s">
         <v>27</v>
       </c>
       <c r="Q166" s="5" t="s">
-        <v>633</v>
+        <v>62</v>
       </c>
       <c r="R166" s="9" t="s">
-        <v>51</v>
+        <v>630</v>
       </c>
     </row>
     <row r="167" spans="1:18">
       <c r="A167" s="5">
         <v>161</v>
       </c>
       <c r="B167" s="8" t="s">
+        <v>631</v>
+      </c>
+      <c r="C167" s="9" t="s">
+        <v>632</v>
+      </c>
+      <c r="D167" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="E167" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F167" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G167" s="9">
+        <v>51</v>
+      </c>
+      <c r="H167" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I167" s="9">
+        <v>195.0</v>
+      </c>
+      <c r="J167" s="9">
+        <v>15</v>
+      </c>
+      <c r="K167" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L167" s="9">
+        <v>100</v>
+      </c>
+      <c r="M167" s="10" t="s">
+        <v>632</v>
+      </c>
+      <c r="N167" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O167" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="P167" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q167" s="5" t="s">
         <v>634</v>
       </c>
-      <c r="C167" s="9" t="s">
+      <c r="R167" s="9" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="168" spans="1:18">
+      <c r="A168" s="5">
+        <v>162</v>
+      </c>
+      <c r="B168" s="8" t="s">
         <v>635</v>
       </c>
-      <c r="D167" s="5" t="s">
+      <c r="C168" s="9" t="s">
         <v>636</v>
       </c>
-      <c r="E167" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F167" s="9">
+      <c r="D168" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="E168" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F168" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G168" s="9">
+        <v>195</v>
+      </c>
+      <c r="H168" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I168" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J168" s="9">
+        <v>30</v>
+      </c>
+      <c r="K168" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L168" s="9">
+        <v>275</v>
+      </c>
+      <c r="M168" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="N168" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O168" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="P168" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q168" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="R168" s="9" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="169" spans="1:18">
+      <c r="A169" s="5">
+        <v>163</v>
+      </c>
+      <c r="B169" s="8" t="s">
+        <v>638</v>
+      </c>
+      <c r="C169" s="9" t="s">
+        <v>639</v>
+      </c>
+      <c r="D169" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="E169" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F169" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G169" s="9">
+        <v>110</v>
+      </c>
+      <c r="H169" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I169" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J169" s="9">
+        <v>25</v>
+      </c>
+      <c r="K169" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L169" s="9">
+        <v>200</v>
+      </c>
+      <c r="M169" s="10" t="s">
+        <v>639</v>
+      </c>
+      <c r="N169" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O169" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="P169" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q169" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="R169" s="9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="170" spans="1:18">
+      <c r="A170" s="5">
+        <v>164</v>
+      </c>
+      <c r="B170" s="8" t="s">
+        <v>641</v>
+      </c>
+      <c r="C170" s="9" t="s">
+        <v>642</v>
+      </c>
+      <c r="D170" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="E170" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F170" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G170" s="9">
+        <v>274</v>
+      </c>
+      <c r="H170" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I170" s="9">
+        <v>995.0</v>
+      </c>
+      <c r="J170" s="9">
+        <v>40</v>
+      </c>
+      <c r="K170" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L170" s="9">
+        <v>500</v>
+      </c>
+      <c r="M170" s="10" t="s">
+        <v>642</v>
+      </c>
+      <c r="N170" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O170" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="P170" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q170" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="R170" s="9" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="171" spans="1:18">
+      <c r="A171" s="5">
+        <v>165</v>
+      </c>
+      <c r="B171" s="8" t="s">
+        <v>645</v>
+      </c>
+      <c r="C171" s="9" t="s">
+        <v>646</v>
+      </c>
+      <c r="D171" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="E171" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F171" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G171" s="9">
+        <v>100</v>
+      </c>
+      <c r="H171" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I171" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J171" s="9">
+        <v>20</v>
+      </c>
+      <c r="K171" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L171" s="9">
+        <v>150</v>
+      </c>
+      <c r="M171" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="N171" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O171" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="P171" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q171" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="R171" s="9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="172" spans="1:18">
+      <c r="A172" s="5">
+        <v>166</v>
+      </c>
+      <c r="B172" s="8" t="s">
+        <v>649</v>
+      </c>
+      <c r="C172" s="9" t="s">
+        <v>650</v>
+      </c>
+      <c r="D172" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="E172" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F172" s="9">
         <v>2019</v>
       </c>
-      <c r="G167" s="9">
+      <c r="G172" s="9">
         <v>210</v>
       </c>
-      <c r="H167" s="9" t="s">
-[...2 lines deleted...]
-      <c r="I167" s="9">
+      <c r="H172" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I172" s="9">
         <v>650.0</v>
       </c>
-      <c r="J167" s="9">
+      <c r="J172" s="9">
         <v>30</v>
       </c>
-      <c r="K167" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L167" s="9">
+      <c r="K172" s="9" t="s">
+        <v>652</v>
+      </c>
+      <c r="L172" s="9">
         <v>500</v>
       </c>
-      <c r="M167" s="10" t="s">
-[...5 lines deleted...]
-      <c r="O167" s="9" t="s">
+      <c r="M172" s="10" t="s">
+        <v>650</v>
+      </c>
+      <c r="N172" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O172" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="P167" s="9" t="s">
-[...5 lines deleted...]
-      <c r="R167" s="9" t="s">
+      <c r="P172" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q172" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="R172" s="9" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="168" spans="1:18">
-[...6 lines deleted...]
-      <c r="H168" s="11"/>
+    <row r="173" spans="1:18">
+      <c r="B173" s="11"/>
+      <c r="C173" s="11"/>
+      <c r="D173" s="11"/>
+      <c r="E173" s="11"/>
+      <c r="F173" s="11"/>
+      <c r="G173" s="11"/>
+      <c r="H173" s="11"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
@@ -11850,50 +12155,60 @@
     <hyperlink ref="M155" r:id="rId_hyperlink_299"/>
     <hyperlink ref="B156" r:id="rId_hyperlink_300"/>
     <hyperlink ref="M156" r:id="rId_hyperlink_301"/>
     <hyperlink ref="B157" r:id="rId_hyperlink_302"/>
     <hyperlink ref="M157" r:id="rId_hyperlink_303"/>
     <hyperlink ref="B158" r:id="rId_hyperlink_304"/>
     <hyperlink ref="M158" r:id="rId_hyperlink_305"/>
     <hyperlink ref="B159" r:id="rId_hyperlink_306"/>
     <hyperlink ref="M159" r:id="rId_hyperlink_307"/>
     <hyperlink ref="B160" r:id="rId_hyperlink_308"/>
     <hyperlink ref="M160" r:id="rId_hyperlink_309"/>
     <hyperlink ref="B161" r:id="rId_hyperlink_310"/>
     <hyperlink ref="M161" r:id="rId_hyperlink_311"/>
     <hyperlink ref="B162" r:id="rId_hyperlink_312"/>
     <hyperlink ref="M162" r:id="rId_hyperlink_313"/>
     <hyperlink ref="B163" r:id="rId_hyperlink_314"/>
     <hyperlink ref="M163" r:id="rId_hyperlink_315"/>
     <hyperlink ref="B164" r:id="rId_hyperlink_316"/>
     <hyperlink ref="M164" r:id="rId_hyperlink_317"/>
     <hyperlink ref="B165" r:id="rId_hyperlink_318"/>
     <hyperlink ref="M165" r:id="rId_hyperlink_319"/>
     <hyperlink ref="B166" r:id="rId_hyperlink_320"/>
     <hyperlink ref="M166" r:id="rId_hyperlink_321"/>
     <hyperlink ref="B167" r:id="rId_hyperlink_322"/>
     <hyperlink ref="M167" r:id="rId_hyperlink_323"/>
+    <hyperlink ref="B168" r:id="rId_hyperlink_324"/>
+    <hyperlink ref="M168" r:id="rId_hyperlink_325"/>
+    <hyperlink ref="B169" r:id="rId_hyperlink_326"/>
+    <hyperlink ref="M169" r:id="rId_hyperlink_327"/>
+    <hyperlink ref="B170" r:id="rId_hyperlink_328"/>
+    <hyperlink ref="M170" r:id="rId_hyperlink_329"/>
+    <hyperlink ref="B171" r:id="rId_hyperlink_330"/>
+    <hyperlink ref="M171" r:id="rId_hyperlink_331"/>
+    <hyperlink ref="B172" r:id="rId_hyperlink_332"/>
+    <hyperlink ref="M172" r:id="rId_hyperlink_333"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>