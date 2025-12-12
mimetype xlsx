--- v1 (2025-11-01)
+++ v2 (2025-12-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="654">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="663">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
     <t>Medical BOOKS PRICE / CATALOGUE For Year - 2025</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
@@ -1334,50 +1334,62 @@
   <si>
     <t>BRIT</t>
   </si>
   <si>
     <t>Notes on Medical Microbiology for Dental Students</t>
   </si>
   <si>
     <t>978-93-88022-77-4</t>
   </si>
   <si>
     <t>Notes on Medical Microbiology for Nursing</t>
   </si>
   <si>
     <t>978-93-88022-79-8</t>
   </si>
   <si>
     <t>23x15x2.3</t>
   </si>
   <si>
     <t>Notes on Medical Microbiology for Physiotherapy (BPT)</t>
   </si>
   <si>
     <t>978-93-88022-78-1</t>
   </si>
   <si>
+    <t>Nursing Management</t>
+  </si>
+  <si>
+    <t>978-93-48565-32-7</t>
+  </si>
+  <si>
+    <t>Ranjana Verma, Dr. Krishna Kant Tyagi, Pawan Preet Kaur, Kirti Singh</t>
+  </si>
+  <si>
+    <t>24x18.5x1.7</t>
+  </si>
+  <si>
     <t>Oncology MCQs for the MBBS and NEET-PG Aspirants</t>
   </si>
   <si>
     <t>978-93-48565-55-6</t>
   </si>
   <si>
     <t>Dr. Tavseef Ahmad Tali, Dr. Fiza Amin</t>
   </si>
   <si>
     <t>MCQs/Reference Book</t>
   </si>
   <si>
     <t>Oncology</t>
   </si>
   <si>
     <t>Oncology MCQs: Organ-Specific and Advanced Concepts for MBBS and NEET-PG Students</t>
   </si>
   <si>
     <t>978-93-48565-20-4</t>
   </si>
   <si>
     <t>One Page One Chapter Pharmacology for Undergraduates in M.B.B.S.</t>
   </si>
   <si>
     <t>978-93-88022-96-5</t>
@@ -1574,50 +1586,53 @@
   <si>
     <t>28x21.5x1.5</t>
   </si>
   <si>
     <t>Postgraduate Biochemistry Companion</t>
   </si>
   <si>
     <t>978-81-932450-6-4</t>
   </si>
   <si>
     <t>24x18x2.5</t>
   </si>
   <si>
     <t>Potturi’s Comprehensive Physiotherapy-From Basic Sciences to Clinical Excellence</t>
   </si>
   <si>
     <t>978-93-48565-97-6</t>
   </si>
   <si>
     <t>Dr. Gowrishankar Potturi, Dr. Mayank Kumar, Dr. Krishna Reddy Vajrala</t>
   </si>
   <si>
     <t>Physiotherapy</t>
   </si>
   <si>
+    <t>24x18.5x2.5</t>
+  </si>
+  <si>
     <t>Practical Applications in Histopathology, Cytopathology and Autopsy: An MCQ/EMQ Resource</t>
   </si>
   <si>
     <t>978-81-932450-2-6</t>
   </si>
   <si>
     <t>Dr Limci Gupta, Dr Val Thomas, Dr Jayson Wang</t>
   </si>
   <si>
     <t>Reprint 2024</t>
   </si>
   <si>
     <t>28x22x1</t>
   </si>
   <si>
     <t>Practical Experiments in Optometry: A Comprehensive Approach</t>
   </si>
   <si>
     <t>978-81-19613-30-4</t>
   </si>
   <si>
     <t>Ms Komal Sharma</t>
   </si>
   <si>
     <t>Practical/Reference Book</t>
@@ -1865,50 +1880,56 @@
   <si>
     <t>Textbook of Medical Science: Principles and Practice (Volume 2)</t>
   </si>
   <si>
     <t>978-93-48565-06-8</t>
   </si>
   <si>
     <t>28x21.6x1</t>
   </si>
   <si>
     <t>Textbook of Medical Science: Principles and Practice (Volume 3)</t>
   </si>
   <si>
     <t>978-93-48565-93-8</t>
   </si>
   <si>
     <t>Textbook of Medical Science: Principles and Practice (Volume 4)</t>
   </si>
   <si>
     <t>978-93-48565-22-8</t>
   </si>
   <si>
     <t>28x22x1.1</t>
   </si>
   <si>
+    <t>Textbook of Medical Science: Principles and Practice (Volume 5)</t>
+  </si>
+  <si>
+    <t>978-93-48565-70-9</t>
+  </si>
+  <si>
     <t>Textbook of Ophthalmic Pharmacology and Therapies</t>
   </si>
   <si>
     <t>978-93-88022-58-3</t>
   </si>
   <si>
     <t>Dr. R L Sharma, Dr. Kalpana Sharma, Dr. Kamlesh Sharma</t>
   </si>
   <si>
     <t>28x22x1.75</t>
   </si>
   <si>
     <t>Textbook of Procedures in Emergency Care</t>
   </si>
   <si>
     <t>978-93-91208-85-1</t>
   </si>
   <si>
     <t>Dr. Anuja Agrawal, Dr. Pooja Shah</t>
   </si>
   <si>
     <t>Textbook of Respiratory Medicine</t>
   </si>
   <si>
     <t>978-93-91208-84-4</t>
@@ -1937,208 +1958,254 @@
   <si>
     <t>Dr. Dinesh Kumar Shukla</t>
   </si>
   <si>
     <t>Naturopathy</t>
   </si>
   <si>
     <t>Textbook on Paracetamol: A Magic Drug but with Adversity</t>
   </si>
   <si>
     <t>978-93-91208-59-2</t>
   </si>
   <si>
     <t>Dr. Dheaa Shamikh Zageer, Dr. Sundus Fadhil Hantoosh</t>
   </si>
   <si>
     <t>The Healing Power of Plants: Immunomodulatory Wonders</t>
   </si>
   <si>
     <t>978-81-19613-71-7</t>
   </si>
   <si>
     <t>Dr. Abid Ali Sheikh, Dr. Vikas Chandra, Dr. Mansimran Kaur Randhawa, Kushal Kant Pant, Ravi Kiran Sriniwas Behera</t>
   </si>
   <si>
+    <t>Plant Sciences</t>
+  </si>
+  <si>
     <t>Transfusion Medicine Simplified: A Comprehensive Guide</t>
   </si>
   <si>
     <t>978-81-19613-26-7</t>
   </si>
   <si>
     <t>Brig. (Dr.) Paramjit Singh Dhot, Dr. Mayurika S. Tyagi, Dr. Swati Singh</t>
   </si>
   <si>
     <t>24x18.5x1.6</t>
   </si>
   <si>
     <t>Tuberculous Pleural Effusion (A Book of 100 Cases)</t>
   </si>
   <si>
     <t>978-93-91208-40-0</t>
   </si>
   <si>
     <t>Dr. Sankalp Yadav</t>
   </si>
   <si>
     <t>Infectious Diseases</t>
   </si>
   <si>
     <t>मर्म विज्ञान का चिकित्सीय उपयोग</t>
   </si>
   <si>
     <t>978-93-88022-24-8</t>
   </si>
   <si>
     <t>डाॅ. गौरव फुल्ल , डाॅ. रेखा फुल्ल</t>
   </si>
   <si>
     <t>Hindi</t>
   </si>
   <si>
     <t>Marma Science</t>
+  </si>
+  <si>
+    <t>Payment Details:-
+Payment (India):100% Advance Payment Cheque / DD / RTGS / NEFT will be made in favour of"IP Innovative Publication Pvt. Ltd."
+Payable at New Delhi, India
+Bank Name: Axis Bank Ltd., Branch – Palam, New Delhi
+Current Account No.:917020045271486
+IFSC Code:UTIB0000102
+Swift Code:AXISINBB132
+PAN No.:AAECI4006K
+Payment Option for Outside of India:
+PayPal option is applicable only for outside India. Foreign/International Subscribers can send payment via PayPal.
+PayPal Account:subscription@ipinnovative.com
+Please send your payment details at Email ID:subscription@ipinnovative.com
+Contact Details:
+IP Innovative Publication Pvt. Ltd.
+3rd Floor, A-2, Gulab Bagh, Nawada, Metro Pillar No. 733
+Uttam Nagar, New Delhi – 110059, India
+Phone: +91-11-61364114, 61364115, 405682495, Ext. 12 &amp; 21
+Mail:subscription@ipinnovative.com, subscription1.ippl@gmail.com
+Web:www.ipinnovative.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="5">
+  <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
+    <font>
+      <b val="1"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="14">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2397,9483 +2464,9406 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/201/a-brief-history-of-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-20-2" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/163/a-guide-for-basic-biomedical-research-course" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-38-7" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/387/a-handbook-on-marine-vertebrates-for-msc-marine-biology-sem-1" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-57-0" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/202/a-paediatricians-approach-to-a-child-with-special-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-11-0" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/162/a-textbook-of-medical-genetics-and-cancer-genetics" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-21-9" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/218/a-to-z-mcqs-in-microbiology-for-ugc-csir-net-life-sciences-exam" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-66-0" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/46/abortion-spontaneous-abortion-induced-abortion" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-01-9" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/302/abridged-forensic-medicine-and-toxicology-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-24-3" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/376/advanced-biochemistry-companion-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-72-3" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/391/advances-in-omics-bioinformatics-for-genomics-transcriptomics-and-beyond" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-26-6" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/295/amphibian-experiments-in-physiology-all-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-42-7" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/253/anatomy-multiple-choice-questions-mcqs-for-nextfirst-year-mbbs-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-90-5" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/234/answers-to-viva-questions-in-embryology" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-0-1" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/235/answers-to-viva-questions-in-histology-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-1-8" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/293/applied-anatomy-and-physiology-for-bsc-nursing-course" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-63-2" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/196/basic-principles-of-ilizarov-surgery-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-49-3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/260/bio-medical-instruments-and-its-applications" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-96-7" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/245/case-oriented-approach-in-biochemistry-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-2-5" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/67/case-oriented-approach-in-biochemistry-reprint-2022-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-21-7" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/408/chromotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-46-4" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/236/clinics-in-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-19-6" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/168/colors-medicine-of-the-future" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-45-5" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/262/colors-medicine-of-the-future-part-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/205/competency-based-clinical-biochemistry-a-practical-manual-for-first-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-65-3" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/139/competency-based-human-anatomy-volume-i" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/160/competency-based-human-anatomy-volume-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-29-5" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/161/competency-based-human-anatomy-volume-iii" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-30-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/390/comprehensive-exploration-of-mental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-92-1" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/214/comprehensive-manual-of-resuscitation" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-03-5" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/379/comprehensive-stroke-care-a-nursing-pathway-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-37-2" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/73/concepts-in-paediatrics-assorted-essays" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-25-5" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/56/concepts-in-paediatrics-endocrinology" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-10-1" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/64/concepts-in-paediatrics-haematology" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-19-4" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/65/concepts-in-paediatrics-hepatology-and-gastroenterology" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-18-7" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/55/concepts-in-paediatrics-nephrology" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-09-5" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/54/concepts-in-paediatrics-nutrition" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-08-8" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/63/concepts-in-paediatrics-pulmonology" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-17-0" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/208/concise-histopathology" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-35-6" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/263/concise-introduction-to-human-psychology-for-1st-year-babsc-psychology-course" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-97-4" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/68/concise-text-book-of-adolescent-health" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-23-1" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/209/cord-blood-stem-cell-banking-and-transplantation" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-36-3" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/164/current-concepts-on-mental-health-of-children-and-adolescents-a-treatise-on-psychiatric-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-13-4" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/189/elisa-and-related-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-33-2" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/79/emergencies-in-ear-nose-throat-management-pearls" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-33-0" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/112/essential-guide-for-practical-orthopaedics-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/326/essential-guide-for-practical-orthopaedics-set-of-2-volumes-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-43-4" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/110/essential-guide-for-practical-orthopaedics-vol-i" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-63-7" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/325/essential-guide-for-practical-orthopaedics-vol-i-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-07-6" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/111/essential-guide-for-practical-orthopaedics-vol-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-64-4" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/324/essential-guide-for-practical-orthopaedics-vol-ii-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-82-3" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/389/essentials-of-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-98-3" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/173/evidence-based-treatment-protocol-evidence-based-education-system" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-53-0" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/399/forensic-medicine-and-toxicology-mini-dictionary" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-24-2" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/314/forensic-medicine-and-toxicology-quiz-book" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-81-6" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/223/fundamentals-of-gate-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-28-8" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/151/fundamentals-of-medical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-07-3" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/357/guidelines-for-clinical-transfusion-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-05-2" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/142/handbook-of-benign-paroxysmal-positional-vertigo" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/250/handbook-of-biomedical-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-81-3" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/51/handbook-of-elements" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-05-7" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/99/handbook-of-gynaecpathology-a-simplified-approach-in-nutshell" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-53-8" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/220/handbook-on-evidence-based-education-system-40module-wise-approach41" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-52-3" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/95/handbook-on-novel-coronavirus-what-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-49-1" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/150/history-of-physiology-for-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-4-8" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/170/human-anatomy-set-of-3-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-47-9" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/190/immunological-techniques-interpretations-validation-and-safety-measures" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-41-7" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/188/immunology-for-beginners" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-25-7" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/339/laboratory-manual-of-immunohistochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-56-4" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/294/maternal-diet-and-foetal-growth-a-bio-cultural-exploration" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-01-4" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/72/mcqs-guide-for-ug-pg-and-superspeciality-medical-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-26-2" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/92/mcqs-in-medical-sciences-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-46-0" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/278/mechanical-circulatory-support-essentials" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-34-2" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/116/medical-knowledge-and-education-a-book-of-questions-and-answers-2020-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-70-5" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/183/medical-knowledge-and-education-set-of-two-volumes-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-70-7" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/181/medical-knowledge-and-education-volume-i-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-64-6" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/182/medical-knowledge-and-education-volume-ii-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-69-1" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/305/medicolegal-mindbenders-forensic-medicine-and-toxicology-exclusive-question-archive" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-87-8" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/133/microbiology-multiple-choice-questions-mcqs-for-neet-and-net-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-87-3" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/261/mindmaps-in-biochemistry-a-notebook-to-explore-the-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-98-1" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/404/oncology-mcqs-for-the-mbbs-and-neet-pg-aspirants" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-55-6" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/405/oncology-mcqs-organ-specific-and-advanced-concepts-for-mbbs-and-neet-pg-students" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-20-4" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/257/one-page-one-chapter-pharmacology-for-undergraduates-in-mbbs" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-96-5" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/225/opulent-memoirs" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-94-1" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/97/orthopaedic-insight-series-1-principles-of-fracture-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-51-4" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/353/orthopaedic-insight-series-2-complications-of-fractures" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-28-1" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/159/osce-and-ospe-in-forensic-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-37-0" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/309/osce-and-ospe-in-forensic-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-99-1" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/178/ospe-and-osce-in-practical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-62-2" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/177/pandemic-corona-virus-vs-epidemic-and-endemic-virus-diseases-present-past-and-future-directions" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-61-5" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/35/pathology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-4-6" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/288/pcos-more-than-just-a-hormone-disorder" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-76-2" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/34/physiology-mcq-for-all-india-postgraduate-medical-entrance-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-6-0" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/172/pictorial-forensic-pathology-and-toxicology-a-colour-atlas" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-46-2" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/369/pioneers-of-forensics-and-their-ground-breaking-inventions" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-73-0" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/368/pioneers-of-medical-sciences-and-their-inspiring-achievements" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-43-3" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/14/postgraduate-biochemistry-companion" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-6-4" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/7/practical-applications-in-histopathology-cytopathology-and-autopsy-an-mcqemq-resource" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-2-6" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/298/practical-handbook-of-community-medicine-for-the-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-20-5" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/317/previous-years-question-papers-for-postgraduate-obstetrics-and-gynaecology-examinations-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-7-0" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/367/reasoning-in-biochemistry-for-biochemistry-enthusiasts" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-14-4" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/155/recent-advances-in-medical-education-knowledge-and-research" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-24-0" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/210/regenerative-medicine-cellular-therapy-and-tissue-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-42-4" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/44/renal-physiology-for-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-7-7" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/246/review-of-forensic-medicine-and-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-80-6" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/402/score-high-dissection-hall-attendant-competitive-exam-mcq-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-19-8" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/62/short-questions-and-answers-of-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-15-6" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/138/short-textbook-in-orthopaedics-and-rehabilitation" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-66-8" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/304/spectrum-of-resilience-unravelling-the-threads-of-oncology" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-74-8" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/77/syndromes-and-eponymous-signs-in-ear-nose-throat" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-30-9" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/327/synopsis-of-transfusion-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-54-0" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/228/textbook-of-advanced-therapeutics" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-95-8" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/152/textbook-of-dermatology-with-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/221/textbook-of-health-management" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-67-7" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/373/textbook-of-medical-science-principles-and-practice-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-08-2" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/374/textbook-of-medical-science-principles-and-practice-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-06-8" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/393/textbook-of-medical-science-principles-and-practice-volume-3" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-93-8" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/394/textbook-of-medical-science-principles-and-practice-volume-4" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-22-8" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/259/textbook-of-respiratory-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-84-4" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/360/the-healing-power-of-plants-immunomodulatory-wonders" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-71-7" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/359/transfusion-medicine-simplified-a-comprehensive-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-26-7" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/166/tuberculous-pleural-effusion-a-book-of-100-cases" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-40-0" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/70/marma-vijnana-ka-cikitsiya-upayoga" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-24-8" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/201/a-brief-history-of-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-20-2" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/163/a-guide-for-basic-biomedical-research-course" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-38-7" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/387/a-handbook-on-marine-vertebrates-for-msc-marine-biology-sem-1" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-57-0" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/202/a-paediatricians-approach-to-a-child-with-special-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-11-0" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/162/a-textbook-of-medical-genetics-and-cancer-genetics" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-21-9" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/218/a-to-z-mcqs-in-microbiology-for-ugc-csir-net-life-sciences-exam" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-66-0" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/46/abortion-spontaneous-abortion-induced-abortion" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-01-9" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/302/abridged-forensic-medicine-and-toxicology-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-24-3" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/376/advanced-biochemistry-companion-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-72-3" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/391/advances-in-omics-bioinformatics-for-genomics-transcriptomics-and-beyond" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-26-6" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/295/amphibian-experiments-in-physiology-all-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-42-7" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/253/anatomy-multiple-choice-questions-mcqs-for-nextfirst-year-mbbs-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-90-5" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/234/answers-to-viva-questions-in-embryology" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-0-1" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/235/answers-to-viva-questions-in-histology-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-1-8" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/293/applied-anatomy-and-physiology-for-bsc-nursing-course" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-63-2" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/196/basic-principles-of-ilizarov-surgery-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-49-3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/260/bio-medical-instruments-and-its-applications" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-96-7" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/245/case-oriented-approach-in-biochemistry-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-2-5" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/67/case-oriented-approach-in-biochemistry-reprint-2022-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-21-7" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/408/chromotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-46-4" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/236/clinics-in-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-19-6" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/168/colors-medicine-of-the-future" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-45-5" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/262/colors-medicine-of-the-future-part-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/205/competency-based-clinical-biochemistry-a-practical-manual-for-first-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-65-3" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/139/competency-based-human-anatomy-volume-i" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/160/competency-based-human-anatomy-volume-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-29-5" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/161/competency-based-human-anatomy-volume-iii" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-30-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/390/comprehensive-exploration-of-mental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-92-1" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/214/comprehensive-manual-of-resuscitation" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-03-5" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/379/comprehensive-stroke-care-a-nursing-pathway-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-37-2" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/73/concepts-in-paediatrics-assorted-essays" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-25-5" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/56/concepts-in-paediatrics-endocrinology" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-10-1" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/64/concepts-in-paediatrics-haematology" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-19-4" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/65/concepts-in-paediatrics-hepatology-and-gastroenterology" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-18-7" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/55/concepts-in-paediatrics-nephrology" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-09-5" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/54/concepts-in-paediatrics-nutrition" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-08-8" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/63/concepts-in-paediatrics-pulmonology" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-17-0" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/208/concise-histopathology" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-35-6" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/263/concise-introduction-to-human-psychology-for-1st-year-babsc-psychology-course" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-97-4" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/68/concise-text-book-of-adolescent-health" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-23-1" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/209/cord-blood-stem-cell-banking-and-transplantation" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-36-3" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/164/current-concepts-on-mental-health-of-children-and-adolescents-a-treatise-on-psychiatric-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-13-4" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/189/elisa-and-related-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-33-2" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/79/emergencies-in-ear-nose-throat-management-pearls" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-33-0" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/112/essential-guide-for-practical-orthopaedics-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/326/essential-guide-for-practical-orthopaedics-set-of-2-volumes-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-43-4" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/110/essential-guide-for-practical-orthopaedics-vol-i" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-63-7" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/325/essential-guide-for-practical-orthopaedics-vol-i-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-07-6" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/111/essential-guide-for-practical-orthopaedics-vol-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-64-4" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/324/essential-guide-for-practical-orthopaedics-vol-ii-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-82-3" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/389/essentials-of-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-98-3" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/173/evidence-based-treatment-protocol-evidence-based-education-system" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-53-0" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/399/forensic-medicine-and-toxicology-mini-dictionary" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-24-2" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/314/forensic-medicine-and-toxicology-quiz-book" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-81-6" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/223/fundamentals-of-gate-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-28-8" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/151/fundamentals-of-medical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-07-3" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/357/guidelines-for-clinical-transfusion-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-05-2" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/142/handbook-of-benign-paroxysmal-positional-vertigo" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/250/handbook-of-biomedical-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-81-3" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/51/handbook-of-elements" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-05-7" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/99/handbook-of-gynaecpathology-a-simplified-approach-in-nutshell" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-53-8" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/220/handbook-on-evidence-based-education-system-40module-wise-approach41" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-52-3" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/95/handbook-on-novel-coronavirus-what-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-49-1" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/150/history-of-physiology-for-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-4-8" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/170/human-anatomy-set-of-3-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-47-9" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/190/immunological-techniques-interpretations-validation-and-safety-measures" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-41-7" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/188/immunology-for-beginners" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-25-7" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/339/laboratory-manual-of-immunohistochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-56-4" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/294/maternal-diet-and-foetal-growth-a-bio-cultural-exploration" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-01-4" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/72/mcqs-guide-for-ug-pg-and-superspeciality-medical-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-26-2" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/92/mcqs-in-medical-sciences-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-46-0" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/278/mechanical-circulatory-support-essentials" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-34-2" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/116/medical-knowledge-and-education-a-book-of-questions-and-answers-2020-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-70-5" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/183/medical-knowledge-and-education-set-of-two-volumes-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-70-7" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/181/medical-knowledge-and-education-volume-i-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-64-6" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/182/medical-knowledge-and-education-volume-ii-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-69-1" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/305/medicolegal-mindbenders-forensic-medicine-and-toxicology-exclusive-question-archive" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-87-8" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/133/microbiology-multiple-choice-questions-mcqs-for-neet-and-net-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-87-3" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/261/mindmaps-in-biochemistry-a-notebook-to-explore-the-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-98-1" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/410/nursing-management" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-32-7" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/404/oncology-mcqs-for-the-mbbs-and-neet-pg-aspirants" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-55-6" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/405/oncology-mcqs-organ-specific-and-advanced-concepts-for-mbbs-and-neet-pg-students" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-20-4" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/257/one-page-one-chapter-pharmacology-for-undergraduates-in-mbbs" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-96-5" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/225/opulent-memoirs" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-94-1" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/97/orthopaedic-insight-series-1-principles-of-fracture-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-51-4" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/353/orthopaedic-insight-series-2-complications-of-fractures" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-28-1" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/159/osce-and-ospe-in-forensic-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-37-0" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/309/osce-and-ospe-in-forensic-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-99-1" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/178/ospe-and-osce-in-practical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-62-2" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/177/pandemic-corona-virus-vs-epidemic-and-endemic-virus-diseases-present-past-and-future-directions" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-61-5" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/35/pathology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-4-6" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/288/pcos-more-than-just-a-hormone-disorder" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-76-2" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/34/physiology-mcq-for-all-india-postgraduate-medical-entrance-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-6-0" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/172/pictorial-forensic-pathology-and-toxicology-a-colour-atlas" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-46-2" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/369/pioneers-of-forensics-and-their-ground-breaking-inventions" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-73-0" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/368/pioneers-of-medical-sciences-and-their-inspiring-achievements" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-43-3" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/14/postgraduate-biochemistry-companion" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-6-4" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/7/practical-applications-in-histopathology-cytopathology-and-autopsy-an-mcqemq-resource" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-2-6" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/298/practical-handbook-of-community-medicine-for-the-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-20-5" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/317/previous-years-question-papers-for-postgraduate-obstetrics-and-gynaecology-examinations-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-7-0" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/367/reasoning-in-biochemistry-for-biochemistry-enthusiasts" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-14-4" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/155/recent-advances-in-medical-education-knowledge-and-research" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-24-0" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/210/regenerative-medicine-cellular-therapy-and-tissue-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-42-4" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/44/renal-physiology-for-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-7-7" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/246/review-of-forensic-medicine-and-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-80-6" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/402/score-high-dissection-hall-attendant-competitive-exam-mcq-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-19-8" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/62/short-questions-and-answers-of-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-15-6" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/138/short-textbook-in-orthopaedics-and-rehabilitation" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-66-8" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/304/spectrum-of-resilience-unravelling-the-threads-of-oncology" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-74-8" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/77/syndromes-and-eponymous-signs-in-ear-nose-throat" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-30-9" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/327/synopsis-of-transfusion-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-54-0" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/228/textbook-of-advanced-therapeutics" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-95-8" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/152/textbook-of-dermatology-with-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/221/textbook-of-health-management" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-67-7" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/373/textbook-of-medical-science-principles-and-practice-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-08-2" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/374/textbook-of-medical-science-principles-and-practice-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-06-8" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/393/textbook-of-medical-science-principles-and-practice-volume-3" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-93-8" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/394/textbook-of-medical-science-principles-and-practice-volume-4" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-22-8" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/411/textbook-of-medical-science-principles-and-practice-volume-5" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-70-9" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/259/textbook-of-respiratory-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-84-4" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/360/the-healing-power-of-plants-immunomodulatory-wonders" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-71-7" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/359/transfusion-medicine-simplified-a-comprehensive-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-26-7" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/166/tuberculous-pleural-effusion-a-book-of-100-cases" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-40-0" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/70/marma-vijnana-ka-cikitsiya-upayoga" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-24-8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R173"/>
+  <dimension ref="A1:Q205"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B173" sqref="B173:H173"/>
+      <selection activeCell="B175" sqref="B175:H175"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
-    <col min="14" max="14" width="14.2822" customWidth="true" style="0"/>
+    <col min="14" max="14" width="28.5645" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
-    <col min="17" max="17" width="28.5645" customWidth="true" style="0"/>
-    <col min="18" max="18" width="14.2822" customWidth="true" style="0"/>
+    <col min="17" max="17" width="14.2822" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18">
+    <row r="1" spans="1:17">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
     </row>
-    <row r="2" spans="1:18">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
-    <row r="3" spans="1:18">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
     </row>
-    <row r="4" spans="1:18">
+    <row r="4" spans="1:17">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
     </row>
-    <row r="5" spans="1:18">
+    <row r="5" spans="1:17">
       <c r="A5"/>
     </row>
-    <row r="6" spans="1:18">
+    <row r="6" spans="1:17">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>7</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H6" s="7" t="s">
         <v>10</v>
       </c>
       <c r="I6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="J6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="K6" s="7" t="s">
         <v>13</v>
       </c>
       <c r="L6" s="7" t="s">
         <v>14</v>
       </c>
       <c r="M6" s="7" t="s">
         <v>15</v>
       </c>
       <c r="N6" s="7" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="O6" s="7" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="P6" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="Q6" s="6" t="s">
+      <c r="P6" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="R6" s="7" t="s">
+      <c r="Q6" s="7" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="7" spans="1:18">
+    <row r="7" spans="1:17">
       <c r="A7" s="5">
         <v>1</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="9">
         <v>2022</v>
       </c>
       <c r="G7" s="9">
         <v>368</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I7" s="9">
         <v>1100.0</v>
       </c>
       <c r="J7" s="9">
         <v>45</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="9">
         <v>620</v>
       </c>
       <c r="M7" s="10" t="s">
         <v>21</v>
       </c>
       <c r="N7" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O7" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q7" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P7" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R7" s="9" t="s">
+      <c r="Q7" s="9" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="8" spans="1:18">
+    <row r="8" spans="1:17">
       <c r="A8" s="5">
         <v>2</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>31</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="9">
         <v>2021</v>
       </c>
       <c r="G8" s="9">
         <v>253</v>
       </c>
       <c r="H8" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I8" s="9">
         <v>650.0</v>
       </c>
       <c r="J8" s="9">
         <v>30</v>
       </c>
       <c r="K8" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="9">
         <v>300</v>
       </c>
       <c r="M8" s="10" t="s">
         <v>31</v>
       </c>
       <c r="N8" s="9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O8" s="9" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="Q8" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P8" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="R8" s="9" t="s">
+      <c r="Q8" s="9" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="9" spans="1:18">
+    <row r="9" spans="1:17">
       <c r="A9" s="5">
         <v>3</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>39</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="9">
         <v>2025</v>
       </c>
       <c r="G9" s="9">
         <v>74</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I9" s="9">
         <v>350.0</v>
       </c>
       <c r="J9" s="9">
         <v>20</v>
       </c>
       <c r="K9" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="9">
         <v>120</v>
       </c>
       <c r="M9" s="10" t="s">
         <v>38</v>
       </c>
       <c r="N9" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O9" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q9" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P9" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="R9" s="9" t="s">
+      <c r="Q9" s="9" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="10" spans="1:18">
+    <row r="10" spans="1:17">
       <c r="A10" s="5">
         <v>4</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>43</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="9">
         <v>2022</v>
       </c>
       <c r="G10" s="9">
         <v>223</v>
       </c>
       <c r="H10" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="9">
         <v>650.0</v>
       </c>
       <c r="J10" s="9">
         <v>35</v>
       </c>
       <c r="K10" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="9">
         <v>400</v>
       </c>
       <c r="M10" s="10" t="s">
         <v>43</v>
       </c>
       <c r="N10" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O10" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q10" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P10" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="R10" s="9" t="s">
+      <c r="Q10" s="9" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="11" spans="1:18">
+    <row r="11" spans="1:17">
       <c r="A11" s="5">
         <v>5</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>48</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>49</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="9">
         <v>2021</v>
       </c>
       <c r="G11" s="9">
         <v>138</v>
       </c>
       <c r="H11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="9">
         <v>450.0</v>
       </c>
       <c r="J11" s="9">
         <v>30</v>
       </c>
       <c r="K11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L11" s="9">
         <v>200</v>
       </c>
       <c r="M11" s="10" t="s">
         <v>48</v>
       </c>
       <c r="N11" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O11" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q11" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P11" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="R11" s="9" t="s">
+      <c r="Q11" s="9" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="12" spans="1:18">
+    <row r="12" spans="1:17">
       <c r="A12" s="5">
         <v>6</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>53</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>54</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>55</v>
       </c>
       <c r="G12" s="9">
         <v>189</v>
       </c>
       <c r="H12" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="9">
         <v>450.0</v>
       </c>
       <c r="J12" s="9">
         <v>25</v>
       </c>
       <c r="K12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="9">
         <v>330</v>
       </c>
       <c r="M12" s="10" t="s">
         <v>53</v>
       </c>
       <c r="N12" s="9" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="O12" s="9" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      <c r="Q12" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P12" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="R12" s="9" t="s">
+      <c r="Q12" s="9" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="13" spans="1:18">
+    <row r="13" spans="1:17">
       <c r="A13" s="5">
         <v>7</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>59</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>60</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F13" s="9">
         <v>2023</v>
       </c>
       <c r="G13" s="9">
         <v>214</v>
       </c>
       <c r="H13" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="9">
         <v>450.0</v>
       </c>
       <c r="J13" s="9">
         <v>20</v>
       </c>
       <c r="K13" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="9">
         <v>300</v>
       </c>
       <c r="M13" s="10" t="s">
         <v>59</v>
       </c>
       <c r="N13" s="9" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="O13" s="9" t="s">
-        <v>61</v>
-[...4 lines deleted...]
-      <c r="Q13" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P13" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="R13" s="9" t="s">
+      <c r="Q13" s="9" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="14" spans="1:18">
+    <row r="14" spans="1:17">
       <c r="A14" s="5">
         <v>8</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>65</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>66</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="9">
         <v>2018</v>
       </c>
       <c r="G14" s="9">
         <v>138</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="9">
         <v>475.0</v>
       </c>
       <c r="J14" s="9">
         <v>30</v>
       </c>
       <c r="K14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="9">
         <v>280</v>
       </c>
       <c r="M14" s="10" t="s">
         <v>65</v>
       </c>
       <c r="N14" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O14" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q14" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P14" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="R14" s="9" t="s">
+      <c r="Q14" s="9" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="15" spans="1:18">
+    <row r="15" spans="1:17">
       <c r="A15" s="5">
         <v>9</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>69</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>70</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>71</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F15" s="9">
         <v>2024</v>
       </c>
       <c r="G15" s="9">
         <v>246</v>
       </c>
       <c r="H15" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="9">
         <v>795.0</v>
       </c>
       <c r="J15" s="9">
         <v>40</v>
       </c>
       <c r="K15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="9">
         <v>400</v>
       </c>
       <c r="M15" s="10" t="s">
         <v>70</v>
       </c>
       <c r="N15" s="9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="O15" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q15" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P15" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="R15" s="9" t="s">
+      <c r="Q15" s="9" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="16" spans="1:18">
+    <row r="16" spans="1:17">
       <c r="A16" s="5">
         <v>10</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>78</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="9">
         <v>2025</v>
       </c>
       <c r="G16" s="9">
         <v>642</v>
       </c>
       <c r="H16" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I16" s="9">
         <v>1450.0</v>
       </c>
       <c r="J16" s="9">
         <v>70</v>
       </c>
       <c r="K16" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="9">
         <v>1535</v>
       </c>
       <c r="M16" s="10" t="s">
         <v>77</v>
       </c>
       <c r="N16" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O16" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q16" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P16" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="R16" s="9" t="s">
+      <c r="Q16" s="9" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="17" spans="1:18">
+    <row r="17" spans="1:17">
       <c r="A17" s="5">
         <v>11</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>81</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>82</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F17" s="9">
         <v>2025</v>
       </c>
       <c r="G17" s="9">
         <v>373</v>
       </c>
       <c r="H17" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="9">
         <v>1395.0</v>
       </c>
       <c r="J17" s="9">
         <v>60</v>
       </c>
       <c r="K17" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="9">
         <v>900</v>
       </c>
       <c r="M17" s="10" t="s">
         <v>81</v>
       </c>
       <c r="N17" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O17" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q17" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P17" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="R17" s="9" t="s">
+      <c r="Q17" s="9" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="18" spans="1:18">
+    <row r="18" spans="1:17">
       <c r="A18" s="5">
         <v>12</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>85</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>86</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>87</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F18" s="9">
         <v>2024</v>
       </c>
       <c r="G18" s="9">
         <v>98</v>
       </c>
       <c r="H18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="9">
         <v>375.0</v>
       </c>
       <c r="J18" s="9">
         <v>25</v>
       </c>
       <c r="K18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="9">
         <v>200</v>
       </c>
       <c r="M18" s="10" t="s">
         <v>86</v>
       </c>
       <c r="N18" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O18" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q18" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P18" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="R18" s="9" t="s">
+      <c r="Q18" s="9" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="19" spans="1:18">
+    <row r="19" spans="1:17">
       <c r="A19" s="5">
         <v>13</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>90</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>91</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>92</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F19" s="9">
         <v>2020</v>
       </c>
       <c r="G19" s="9">
         <v>97</v>
       </c>
       <c r="H19" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="9">
         <v>350.0</v>
       </c>
       <c r="J19" s="9">
         <v>20</v>
       </c>
       <c r="K19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="9">
         <v>200</v>
       </c>
       <c r="M19" s="10" t="s">
         <v>91</v>
       </c>
       <c r="N19" s="9" t="s">
-        <v>33</v>
+        <v>93</v>
       </c>
       <c r="O19" s="9" t="s">
-        <v>93</v>
-[...4 lines deleted...]
-      <c r="Q19" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P19" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="R19" s="9" t="s">
+      <c r="Q19" s="9" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="20" spans="1:18">
+    <row r="20" spans="1:17">
       <c r="A20" s="5">
         <v>14</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>96</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>97</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F20" s="9">
         <v>2023</v>
       </c>
       <c r="G20" s="9">
         <v>103</v>
       </c>
       <c r="H20" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="9">
         <v>295.0</v>
       </c>
       <c r="J20" s="9">
         <v>20</v>
       </c>
       <c r="K20" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="9">
         <v>170</v>
       </c>
       <c r="M20" s="10" t="s">
         <v>97</v>
       </c>
       <c r="N20" s="9" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="O20" s="9" t="s">
-        <v>61</v>
-[...4 lines deleted...]
-      <c r="Q20" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P20" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="R20" s="9" t="s">
+      <c r="Q20" s="9" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="21" spans="1:18">
+    <row r="21" spans="1:17">
       <c r="A21" s="5">
         <v>15</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>100</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>101</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>102</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F21" s="9">
         <v>2023</v>
       </c>
       <c r="G21" s="9">
         <v>90</v>
       </c>
       <c r="H21" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I21" s="9">
         <v>300.0</v>
       </c>
       <c r="J21" s="9">
         <v>15</v>
       </c>
       <c r="K21" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="9">
         <v>150</v>
       </c>
       <c r="M21" s="10" t="s">
         <v>101</v>
       </c>
       <c r="N21" s="9" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="O21" s="9" t="s">
-        <v>103</v>
-[...4 lines deleted...]
-      <c r="Q21" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P21" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="R21" s="9" t="s">
+      <c r="Q21" s="9" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="22" spans="1:18">
+    <row r="22" spans="1:17">
       <c r="A22" s="5">
         <v>16</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>105</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>106</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>107</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="9">
         <v>2023</v>
       </c>
       <c r="G22" s="9">
         <v>140</v>
       </c>
       <c r="H22" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="9">
         <v>425.0</v>
       </c>
       <c r="J22" s="9">
         <v>20</v>
       </c>
       <c r="K22" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="9">
         <v>200</v>
       </c>
       <c r="M22" s="10" t="s">
         <v>106</v>
       </c>
       <c r="N22" s="9" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="O22" s="9" t="s">
-        <v>103</v>
-[...4 lines deleted...]
-      <c r="Q22" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P22" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="R22" s="9" t="s">
+      <c r="Q22" s="9" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="23" spans="1:18">
+    <row r="23" spans="1:17">
       <c r="A23" s="5">
         <v>17</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>109</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>110</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F23" s="9">
         <v>2024</v>
       </c>
       <c r="G23" s="9">
         <v>408</v>
       </c>
       <c r="H23" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="9">
         <v>1250.0</v>
       </c>
       <c r="J23" s="9">
         <v>70</v>
       </c>
       <c r="K23" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="9">
         <v>820</v>
       </c>
       <c r="M23" s="10" t="s">
         <v>110</v>
       </c>
       <c r="N23" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O23" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q23" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P23" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="R23" s="9" t="s">
+      <c r="Q23" s="9" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="24" spans="1:18">
+    <row r="24" spans="1:17">
       <c r="A24" s="5">
         <v>18</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>112</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>113</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>114</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F24" s="9">
         <v>2023</v>
       </c>
       <c r="G24" s="9">
         <v>674</v>
       </c>
       <c r="H24" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="9">
         <v>1600.0</v>
       </c>
       <c r="J24" s="9">
         <v>75</v>
       </c>
       <c r="K24" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="9">
         <v>1400</v>
       </c>
       <c r="M24" s="10" t="s">
         <v>113</v>
       </c>
       <c r="N24" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O24" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q24" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P24" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="R24" s="9" t="s">
+      <c r="Q24" s="9" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="25" spans="1:18">
+    <row r="25" spans="1:17">
       <c r="A25" s="5">
         <v>19</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>116</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>117</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>118</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="9">
         <v>2022</v>
       </c>
       <c r="G25" s="9">
         <v>239</v>
       </c>
       <c r="H25" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="9">
         <v>750.0</v>
       </c>
       <c r="J25" s="9">
         <v>40</v>
       </c>
       <c r="K25" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="9">
         <v>430</v>
       </c>
       <c r="M25" s="10" t="s">
         <v>117</v>
       </c>
       <c r="N25" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O25" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q25" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P25" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="R25" s="9" t="s">
+      <c r="Q25" s="9" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="26" spans="1:18">
+    <row r="26" spans="1:17">
       <c r="A26" s="5">
         <v>20</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>121</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>122</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>123</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F26" s="9">
         <v>2021</v>
       </c>
       <c r="G26" s="9">
         <v>266</v>
       </c>
       <c r="H26" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="9">
         <v>995.0</v>
       </c>
       <c r="J26" s="9">
         <v>45</v>
       </c>
       <c r="K26" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="9">
         <v>430</v>
       </c>
       <c r="M26" s="10" t="s">
         <v>122</v>
       </c>
       <c r="N26" s="9" t="s">
-        <v>33</v>
+        <v>124</v>
       </c>
       <c r="O26" s="9" t="s">
-        <v>124</v>
-[...4 lines deleted...]
-      <c r="Q26" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P26" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="R26" s="9" t="s">
+      <c r="Q26" s="9" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="27" spans="1:18">
+    <row r="27" spans="1:17">
       <c r="A27" s="5">
         <v>21</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>127</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>128</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>129</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F27" s="9">
         <v>2023</v>
       </c>
       <c r="G27" s="9">
         <v>155</v>
       </c>
       <c r="H27" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="9">
         <v>450.0</v>
       </c>
       <c r="J27" s="9">
         <v>25</v>
       </c>
       <c r="K27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="9">
         <v>230</v>
       </c>
       <c r="M27" s="10" t="s">
         <v>128</v>
       </c>
       <c r="N27" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O27" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q27" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P27" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="R27" s="9" t="s">
+      <c r="Q27" s="9" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="28" spans="1:18">
+    <row r="28" spans="1:17">
       <c r="A28" s="5">
         <v>22</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>131</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>132</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>133</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F28" s="9">
         <v>2023</v>
       </c>
       <c r="G28" s="9">
         <v>135</v>
       </c>
       <c r="H28" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="9">
         <v>475.0</v>
       </c>
       <c r="J28" s="9">
         <v>30</v>
       </c>
       <c r="K28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="9">
         <v>250</v>
       </c>
       <c r="M28" s="10" t="s">
         <v>132</v>
       </c>
       <c r="N28" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O28" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q28" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P28" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="R28" s="9" t="s">
+      <c r="Q28" s="9" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="29" spans="1:18">
+    <row r="29" spans="1:17">
       <c r="A29" s="5">
         <v>23</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>134</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>135</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>133</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>136</v>
       </c>
       <c r="F29" s="9">
         <v>2019</v>
       </c>
       <c r="G29" s="9">
         <v>123</v>
       </c>
       <c r="H29" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="9">
         <v>450.0</v>
       </c>
       <c r="J29" s="9">
         <v>30</v>
       </c>
       <c r="K29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="9">
         <v>250</v>
       </c>
       <c r="M29" s="10" t="s">
         <v>135</v>
       </c>
       <c r="N29" s="9" t="s">
-        <v>136</v>
+        <v>26</v>
       </c>
       <c r="O29" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q29" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P29" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="R29" s="9" t="s">
+      <c r="Q29" s="9" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="30" spans="1:18">
+    <row r="30" spans="1:17">
       <c r="A30" s="5">
         <v>24</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>137</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>138</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>139</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F30" s="9">
         <v>2025</v>
       </c>
       <c r="G30" s="9">
         <v>141</v>
       </c>
       <c r="H30" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="9">
         <v>495.0</v>
       </c>
       <c r="J30" s="9">
         <v>30</v>
       </c>
       <c r="K30" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L30" s="9"/>
+      <c r="L30" s="9">
+        <v>230</v>
+      </c>
       <c r="M30" s="10" t="s">
         <v>138</v>
       </c>
       <c r="N30" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O30" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q30" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P30" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R30" s="9"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:18">
+      <c r="Q30" s="9" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17">
       <c r="A31" s="5">
         <v>25</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>140</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>141</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>142</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F31" s="9">
         <v>2024</v>
       </c>
       <c r="G31" s="9">
         <v>153</v>
       </c>
       <c r="H31" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="9">
         <v>450.0</v>
       </c>
       <c r="J31" s="9">
         <v>25</v>
       </c>
       <c r="K31" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="9">
         <v>480</v>
       </c>
       <c r="M31" s="10" t="s">
         <v>141</v>
       </c>
       <c r="N31" s="9" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="O31" s="9" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-      <c r="Q31" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P31" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="R31" s="9" t="s">
+      <c r="Q31" s="9" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="32" spans="1:18">
+    <row r="32" spans="1:17">
       <c r="A32" s="5">
         <v>26</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>146</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>147</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>148</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F32" s="9">
         <v>2023</v>
       </c>
       <c r="G32" s="9">
         <v>392</v>
       </c>
       <c r="H32" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="9">
         <v>950.0</v>
       </c>
       <c r="J32" s="9">
         <v>40</v>
       </c>
       <c r="K32" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="9">
         <v>625</v>
       </c>
       <c r="M32" s="10" t="s">
         <v>147</v>
       </c>
       <c r="N32" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O32" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q32" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P32" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="R32" s="9" t="s">
+      <c r="Q32" s="9" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="33" spans="1:18">
+    <row r="33" spans="1:17">
       <c r="A33" s="5">
         <v>27</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>151</v>
       </c>
       <c r="C33" s="9" t="s">
         <v>152</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>153</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F33" s="9">
         <v>2021</v>
       </c>
       <c r="G33" s="9">
         <v>98</v>
       </c>
       <c r="H33" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="9">
         <v>395.0</v>
       </c>
       <c r="J33" s="9">
         <v>20</v>
       </c>
       <c r="K33" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="9">
         <v>200</v>
       </c>
       <c r="M33" s="10" t="s">
         <v>152</v>
       </c>
       <c r="N33" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O33" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q33" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P33" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="R33" s="9" t="s">
+      <c r="Q33" s="9" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="34" spans="1:18">
+    <row r="34" spans="1:17">
       <c r="A34" s="5">
         <v>28</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>156</v>
       </c>
       <c r="C34" s="9" t="s">
         <v>157</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>153</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F34" s="9">
         <v>2023</v>
       </c>
       <c r="G34" s="9">
         <v>159</v>
       </c>
       <c r="H34" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="9">
         <v>595.0</v>
       </c>
       <c r="J34" s="9">
         <v>35</v>
       </c>
       <c r="K34" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="9">
         <v>250</v>
       </c>
       <c r="M34" s="10" t="s">
         <v>157</v>
       </c>
       <c r="N34" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O34" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q34" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P34" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R34" s="9" t="s">
+      <c r="Q34" s="9" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="35" spans="1:18">
+    <row r="35" spans="1:17">
       <c r="A35" s="5">
         <v>29</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>158</v>
       </c>
       <c r="C35" s="9" t="s">
         <v>159</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>160</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F35" s="9">
         <v>2022</v>
       </c>
       <c r="G35" s="9">
         <v>305</v>
       </c>
       <c r="H35" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="9">
         <v>650.0</v>
       </c>
       <c r="J35" s="9">
         <v>35</v>
       </c>
       <c r="K35" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="9">
         <v>400</v>
       </c>
       <c r="M35" s="10" t="s">
         <v>159</v>
       </c>
       <c r="N35" s="9" t="s">
-        <v>33</v>
+        <v>161</v>
       </c>
       <c r="O35" s="9" t="s">
-        <v>161</v>
-[...4 lines deleted...]
-      <c r="Q35" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P35" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="R35" s="9" t="s">
+      <c r="Q35" s="9" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="36" spans="1:18">
+    <row r="36" spans="1:17">
       <c r="A36" s="5">
         <v>30</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>163</v>
       </c>
       <c r="C36" s="9" t="s">
         <v>164</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="9">
         <v>2024</v>
       </c>
       <c r="G36" s="9">
         <v>1088</v>
       </c>
       <c r="H36" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="9">
         <v>2495.0</v>
       </c>
       <c r="J36" s="9">
         <v>105</v>
       </c>
       <c r="K36" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="9">
         <v>1920</v>
       </c>
       <c r="M36" s="10" t="s">
         <v>164</v>
       </c>
       <c r="N36" s="9" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="O36" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q36" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P36" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="R36" s="9" t="s">
+      <c r="Q36" s="9" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="37" spans="1:18">
+    <row r="37" spans="1:17">
       <c r="A37" s="5">
         <v>31</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>166</v>
       </c>
       <c r="C37" s="9" t="s">
         <v>167</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F37" s="9">
         <v>2021</v>
       </c>
       <c r="G37" s="9">
         <v>345</v>
       </c>
       <c r="H37" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="9">
         <v>795.0</v>
       </c>
       <c r="J37" s="9">
         <v>35</v>
       </c>
       <c r="K37" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="9">
         <v>450</v>
       </c>
       <c r="M37" s="10" t="s">
         <v>167</v>
       </c>
       <c r="N37" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O37" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q37" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P37" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="R37" s="9" t="s">
+      <c r="Q37" s="9" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="38" spans="1:18">
+    <row r="38" spans="1:17">
       <c r="A38" s="5">
         <v>32</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>169</v>
       </c>
       <c r="C38" s="9" t="s">
         <v>170</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="9">
         <v>2024</v>
       </c>
       <c r="G38" s="9">
         <v>407</v>
       </c>
       <c r="H38" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="9">
         <v>925.0</v>
       </c>
       <c r="J38" s="9">
         <v>40</v>
       </c>
       <c r="K38" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="9">
         <v>700</v>
       </c>
       <c r="M38" s="10" t="s">
         <v>170</v>
       </c>
       <c r="N38" s="9" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="O38" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q38" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P38" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="R38" s="9" t="s">
+      <c r="Q38" s="9" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="39" spans="1:18">
+    <row r="39" spans="1:17">
       <c r="A39" s="5">
         <v>33</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>172</v>
       </c>
       <c r="C39" s="9" t="s">
         <v>173</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="9">
         <v>2024</v>
       </c>
       <c r="G39" s="9">
         <v>380</v>
       </c>
       <c r="H39" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="9">
         <v>875.0</v>
       </c>
       <c r="J39" s="9">
         <v>40</v>
       </c>
       <c r="K39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="9">
         <v>680</v>
       </c>
       <c r="M39" s="10" t="s">
         <v>173</v>
       </c>
       <c r="N39" s="9" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="O39" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q39" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P39" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="R39" s="9" t="s">
+      <c r="Q39" s="9" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="40" spans="1:18">
+    <row r="40" spans="1:17">
       <c r="A40" s="5">
         <v>34</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>175</v>
       </c>
       <c r="C40" s="9" t="s">
         <v>176</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="9">
         <v>2024</v>
       </c>
       <c r="G40" s="9">
         <v>301</v>
       </c>
       <c r="H40" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="9">
         <v>795.0</v>
       </c>
       <c r="J40" s="9">
         <v>35</v>
       </c>
       <c r="K40" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="9">
         <v>540</v>
       </c>
       <c r="M40" s="10" t="s">
         <v>176</v>
       </c>
       <c r="N40" s="9" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="O40" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q40" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P40" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="R40" s="9" t="s">
+      <c r="Q40" s="9" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="41" spans="1:18">
+    <row r="41" spans="1:17">
       <c r="A41" s="5">
         <v>35</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>178</v>
       </c>
       <c r="C41" s="9" t="s">
         <v>179</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F41" s="9">
         <v>2021</v>
       </c>
       <c r="G41" s="9">
         <v>318</v>
       </c>
       <c r="H41" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="9">
         <v>725.0</v>
       </c>
       <c r="J41" s="9">
         <v>35</v>
       </c>
       <c r="K41" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="9">
         <v>350</v>
       </c>
       <c r="M41" s="10" t="s">
         <v>179</v>
       </c>
       <c r="N41" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O41" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q41" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P41" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="R41" s="9" t="s">
+      <c r="Q41" s="9" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="42" spans="1:18">
+    <row r="42" spans="1:17">
       <c r="A42" s="5">
         <v>36</v>
       </c>
       <c r="B42" s="8" t="s">
         <v>180</v>
       </c>
       <c r="C42" s="9" t="s">
         <v>181</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F42" s="9">
         <v>2021</v>
       </c>
       <c r="G42" s="9">
         <v>263</v>
       </c>
       <c r="H42" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="9">
         <v>595.0</v>
       </c>
       <c r="J42" s="9">
         <v>30</v>
       </c>
       <c r="K42" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="9">
         <v>300</v>
       </c>
       <c r="M42" s="10" t="s">
         <v>181</v>
       </c>
       <c r="N42" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O42" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q42" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P42" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="R42" s="9" t="s">
+      <c r="Q42" s="9" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="43" spans="1:18">
+    <row r="43" spans="1:17">
       <c r="A43" s="5">
         <v>37</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>182</v>
       </c>
       <c r="C43" s="9" t="s">
         <v>183</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>184</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F43" s="9">
         <v>2025</v>
       </c>
       <c r="G43" s="9">
         <v>144</v>
       </c>
       <c r="H43" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="9">
         <v>450.0</v>
       </c>
       <c r="J43" s="9">
         <v>25</v>
       </c>
       <c r="K43" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="9">
         <v>260</v>
       </c>
       <c r="M43" s="10" t="s">
         <v>183</v>
       </c>
       <c r="N43" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O43" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q43" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P43" s="5" t="s">
         <v>185</v>
       </c>
-      <c r="R43" s="9" t="s">
+      <c r="Q43" s="9" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="44" spans="1:18">
+    <row r="44" spans="1:17">
       <c r="A44" s="5">
         <v>38</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>187</v>
       </c>
       <c r="C44" s="9" t="s">
         <v>188</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F44" s="9">
         <v>2022</v>
       </c>
       <c r="G44" s="9">
         <v>416</v>
       </c>
       <c r="H44" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="9">
         <v>900.0</v>
       </c>
       <c r="J44" s="9">
         <v>45</v>
       </c>
       <c r="K44" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="9">
         <v>510</v>
       </c>
       <c r="M44" s="10" t="s">
         <v>188</v>
       </c>
       <c r="N44" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O44" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q44" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P44" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="R44" s="9" t="s">
+      <c r="Q44" s="9" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="45" spans="1:18">
+    <row r="45" spans="1:17">
       <c r="A45" s="5">
         <v>39</v>
       </c>
       <c r="B45" s="8" t="s">
         <v>192</v>
       </c>
       <c r="C45" s="9" t="s">
         <v>193</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>194</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F45" s="9">
         <v>2020</v>
       </c>
       <c r="G45" s="9">
         <v>684</v>
       </c>
       <c r="H45" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="9">
         <v>1950.0</v>
       </c>
       <c r="J45" s="9">
         <v>75</v>
       </c>
       <c r="K45" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="9">
         <v>1600</v>
       </c>
       <c r="M45" s="10" t="s">
         <v>193</v>
       </c>
       <c r="N45" s="9" t="s">
-        <v>33</v>
+        <v>124</v>
       </c>
       <c r="O45" s="9" t="s">
-        <v>124</v>
-[...4 lines deleted...]
-      <c r="Q45" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P45" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="R45" s="9" t="s">
+      <c r="Q45" s="9" t="s">
         <v>196</v>
       </c>
     </row>
-    <row r="46" spans="1:18">
+    <row r="46" spans="1:17">
       <c r="A46" s="5">
         <v>40</v>
       </c>
       <c r="B46" s="8" t="s">
         <v>197</v>
       </c>
       <c r="C46" s="9" t="s">
         <v>198</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>199</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F46" s="9">
         <v>2025</v>
       </c>
       <c r="G46" s="9">
         <v>353</v>
       </c>
       <c r="H46" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="9">
         <v>996.0</v>
       </c>
       <c r="J46" s="9">
         <v>45</v>
       </c>
       <c r="K46" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="9">
         <v>640</v>
       </c>
       <c r="M46" s="10" t="s">
         <v>198</v>
       </c>
       <c r="N46" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O46" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q46" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P46" s="5" t="s">
         <v>200</v>
       </c>
-      <c r="R46" s="9" t="s">
+      <c r="Q46" s="9" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="47" spans="1:18">
+    <row r="47" spans="1:17">
       <c r="A47" s="5">
         <v>41</v>
       </c>
       <c r="B47" s="8" t="s">
         <v>201</v>
       </c>
       <c r="C47" s="9" t="s">
         <v>202</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>203</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F47" s="9">
         <v>2019</v>
       </c>
       <c r="G47" s="9">
         <v>229</v>
       </c>
       <c r="H47" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="9">
         <v>600.0</v>
       </c>
       <c r="J47" s="9">
         <v>45</v>
       </c>
       <c r="K47" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="9">
         <v>400</v>
       </c>
       <c r="M47" s="10" t="s">
         <v>202</v>
       </c>
       <c r="N47" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O47" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q47" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P47" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="R47" s="9" t="s">
+      <c r="Q47" s="9" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="48" spans="1:18">
+    <row r="48" spans="1:17">
       <c r="A48" s="5">
         <v>42</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>205</v>
       </c>
       <c r="C48" s="9" t="s">
         <v>206</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>207</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F48" s="9">
         <v>2019</v>
       </c>
       <c r="G48" s="9">
         <v>143</v>
       </c>
       <c r="H48" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="9">
         <v>500.0</v>
       </c>
       <c r="J48" s="9">
         <v>35</v>
       </c>
       <c r="K48" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="9">
         <v>250</v>
       </c>
       <c r="M48" s="10" t="s">
         <v>206</v>
       </c>
       <c r="N48" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O48" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q48" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P48" s="5" t="s">
         <v>208</v>
       </c>
-      <c r="R48" s="9" t="s">
+      <c r="Q48" s="9" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="49" spans="1:18">
+    <row r="49" spans="1:17">
       <c r="A49" s="5">
         <v>43</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>209</v>
       </c>
       <c r="C49" s="9" t="s">
         <v>210</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>207</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F49" s="9">
         <v>2019</v>
       </c>
       <c r="G49" s="9">
         <v>211</v>
       </c>
       <c r="H49" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="9">
         <v>600.0</v>
       </c>
       <c r="J49" s="9">
         <v>45</v>
       </c>
       <c r="K49" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L49" s="9">
         <v>330</v>
       </c>
       <c r="M49" s="10" t="s">
         <v>210</v>
       </c>
       <c r="N49" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O49" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q49" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P49" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="R49" s="9" t="s">
+      <c r="Q49" s="9" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="50" spans="1:18">
+    <row r="50" spans="1:17">
       <c r="A50" s="5">
         <v>44</v>
       </c>
       <c r="B50" s="8" t="s">
         <v>212</v>
       </c>
       <c r="C50" s="9" t="s">
         <v>213</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>207</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F50" s="9">
         <v>2019</v>
       </c>
       <c r="G50" s="9">
         <v>220</v>
       </c>
       <c r="H50" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I50" s="9">
         <v>650.0</v>
       </c>
       <c r="J50" s="9">
         <v>45</v>
       </c>
       <c r="K50" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L50" s="9">
         <v>340</v>
       </c>
       <c r="M50" s="10" t="s">
         <v>213</v>
       </c>
       <c r="N50" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O50" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q50" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P50" s="5" t="s">
         <v>214</v>
       </c>
-      <c r="R50" s="9" t="s">
+      <c r="Q50" s="9" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="51" spans="1:18">
+    <row r="51" spans="1:17">
       <c r="A51" s="5">
         <v>45</v>
       </c>
       <c r="B51" s="8" t="s">
         <v>215</v>
       </c>
       <c r="C51" s="9" t="s">
         <v>216</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>217</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>218</v>
       </c>
       <c r="F51" s="9">
         <v>2018</v>
       </c>
       <c r="G51" s="9">
         <v>84</v>
       </c>
       <c r="H51" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="9">
         <v>450.0</v>
       </c>
       <c r="J51" s="9">
         <v>35</v>
       </c>
       <c r="K51" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="9">
         <v>150</v>
       </c>
       <c r="M51" s="10" t="s">
         <v>216</v>
       </c>
       <c r="N51" s="9" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="O51" s="9" t="s">
-        <v>219</v>
-[...4 lines deleted...]
-      <c r="Q51" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P51" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="R51" s="9" t="s">
+      <c r="Q51" s="9" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="52" spans="1:18">
+    <row r="52" spans="1:17">
       <c r="A52" s="5">
         <v>46</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>222</v>
       </c>
       <c r="C52" s="9" t="s">
         <v>223</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>217</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>218</v>
       </c>
       <c r="F52" s="9">
         <v>2018</v>
       </c>
       <c r="G52" s="9">
         <v>158</v>
       </c>
       <c r="H52" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I52" s="9">
         <v>600.0</v>
       </c>
       <c r="J52" s="9">
         <v>45</v>
       </c>
       <c r="K52" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="9">
         <v>270</v>
       </c>
       <c r="M52" s="10" t="s">
         <v>223</v>
       </c>
       <c r="N52" s="9" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="O52" s="9" t="s">
-        <v>219</v>
-[...4 lines deleted...]
-      <c r="Q52" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P52" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="R52" s="9" t="s">
+      <c r="Q52" s="9" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="53" spans="1:18">
+    <row r="53" spans="1:17">
       <c r="A53" s="5">
         <v>47</v>
       </c>
       <c r="B53" s="8" t="s">
         <v>225</v>
       </c>
       <c r="C53" s="9" t="s">
         <v>226</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>207</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F53" s="9">
         <v>2019</v>
       </c>
       <c r="G53" s="9">
         <v>332</v>
       </c>
       <c r="H53" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I53" s="9">
         <v>850.0</v>
       </c>
       <c r="J53" s="9">
         <v>55</v>
       </c>
       <c r="K53" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="9">
         <v>500</v>
       </c>
       <c r="M53" s="10" t="s">
         <v>226</v>
       </c>
       <c r="N53" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O53" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q53" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P53" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="R53" s="9" t="s">
+      <c r="Q53" s="9" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="54" spans="1:18">
+    <row r="54" spans="1:17">
       <c r="A54" s="5">
         <v>48</v>
       </c>
       <c r="B54" s="8" t="s">
         <v>227</v>
       </c>
       <c r="C54" s="9" t="s">
         <v>228</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>229</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F54" s="9">
         <v>2022</v>
       </c>
       <c r="G54" s="9">
         <v>200</v>
       </c>
       <c r="H54" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="9">
         <v>1200.0</v>
       </c>
       <c r="J54" s="9">
         <v>75</v>
       </c>
       <c r="K54" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="9">
         <v>450</v>
       </c>
       <c r="M54" s="10" t="s">
         <v>228</v>
       </c>
       <c r="N54" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O54" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q54" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P54" s="5" t="s">
         <v>230</v>
       </c>
-      <c r="R54" s="9" t="s">
+      <c r="Q54" s="9" t="s">
         <v>231</v>
       </c>
     </row>
-    <row r="55" spans="1:18">
+    <row r="55" spans="1:17">
       <c r="A55" s="5">
         <v>49</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>232</v>
       </c>
       <c r="C55" s="9" t="s">
         <v>233</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>234</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F55" s="9">
         <v>2023</v>
       </c>
       <c r="G55" s="9">
         <v>308</v>
       </c>
       <c r="H55" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="9">
         <v>700.0</v>
       </c>
       <c r="J55" s="9">
         <v>35</v>
       </c>
       <c r="K55" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="9">
         <v>500</v>
       </c>
       <c r="M55" s="10" t="s">
         <v>233</v>
       </c>
       <c r="N55" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O55" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q55" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P55" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="R55" s="9" t="s">
+      <c r="Q55" s="9" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="56" spans="1:18">
+    <row r="56" spans="1:17">
       <c r="A56" s="5">
         <v>50</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>236</v>
       </c>
       <c r="C56" s="9" t="s">
         <v>237</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>238</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F56" s="9">
         <v>2019</v>
       </c>
       <c r="G56" s="9">
         <v>134</v>
       </c>
       <c r="H56" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="9">
         <v>350.0</v>
       </c>
       <c r="J56" s="9">
         <v>20</v>
       </c>
       <c r="K56" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L56" s="9">
         <v>280</v>
       </c>
       <c r="M56" s="10" t="s">
         <v>237</v>
       </c>
       <c r="N56" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O56" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q56" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P56" s="5" t="s">
         <v>239</v>
       </c>
-      <c r="R56" s="9" t="s">
+      <c r="Q56" s="9" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="57" spans="1:18">
+    <row r="57" spans="1:17">
       <c r="A57" s="5">
         <v>51</v>
       </c>
       <c r="B57" s="8" t="s">
         <v>240</v>
       </c>
       <c r="C57" s="9" t="s">
         <v>241</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>242</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F57" s="9">
         <v>2022</v>
       </c>
       <c r="G57" s="9">
         <v>313</v>
       </c>
       <c r="H57" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="9">
         <v>1250.0</v>
       </c>
       <c r="J57" s="9">
         <v>70</v>
       </c>
       <c r="K57" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L57" s="9">
         <v>700</v>
       </c>
       <c r="M57" s="10" t="s">
         <v>241</v>
       </c>
       <c r="N57" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O57" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q57" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P57" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="R57" s="9" t="s">
+      <c r="Q57" s="9" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="58" spans="1:18">
+    <row r="58" spans="1:17">
       <c r="A58" s="5">
         <v>52</v>
       </c>
       <c r="B58" s="8" t="s">
         <v>243</v>
       </c>
       <c r="C58" s="9" t="s">
         <v>244</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>245</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F58" s="9">
         <v>2021</v>
       </c>
       <c r="G58" s="9">
         <v>325</v>
       </c>
       <c r="H58" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="9">
         <v>995.0</v>
       </c>
       <c r="J58" s="9">
         <v>45</v>
       </c>
       <c r="K58" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="9">
         <v>670</v>
       </c>
       <c r="M58" s="10" t="s">
         <v>244</v>
       </c>
       <c r="N58" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O58" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q58" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P58" s="5" t="s">
         <v>239</v>
       </c>
-      <c r="R58" s="9" t="s">
+      <c r="Q58" s="9" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="59" spans="1:18">
+    <row r="59" spans="1:17">
       <c r="A59" s="5">
         <v>53</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>247</v>
       </c>
       <c r="C59" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>249</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F59" s="9">
         <v>2022</v>
       </c>
       <c r="G59" s="9">
         <v>72</v>
       </c>
       <c r="H59" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="9">
         <v>200.0</v>
       </c>
       <c r="J59" s="9">
         <v>10</v>
       </c>
       <c r="K59" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L59" s="9">
         <v>130</v>
       </c>
       <c r="M59" s="10" t="s">
         <v>248</v>
       </c>
       <c r="N59" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O59" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q59" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P59" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="R59" s="9" t="s">
+      <c r="Q59" s="9" t="s">
         <v>250</v>
       </c>
     </row>
-    <row r="60" spans="1:18">
+    <row r="60" spans="1:17">
       <c r="A60" s="5">
         <v>54</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>251</v>
       </c>
       <c r="C60" s="9" t="s">
         <v>252</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>253</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F60" s="9">
         <v>2019</v>
       </c>
       <c r="G60" s="9">
         <v>142</v>
       </c>
       <c r="H60" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="9">
         <v>425.0</v>
       </c>
       <c r="J60" s="9">
         <v>30</v>
       </c>
       <c r="K60" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L60" s="9">
         <v>270</v>
       </c>
       <c r="M60" s="10" t="s">
         <v>252</v>
       </c>
       <c r="N60" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O60" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q60" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P60" s="5" t="s">
         <v>254</v>
       </c>
-      <c r="R60" s="9" t="s">
+      <c r="Q60" s="9" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="61" spans="1:18">
+    <row r="61" spans="1:17">
       <c r="A61" s="5">
         <v>55</v>
       </c>
       <c r="B61" s="8" t="s">
         <v>255</v>
       </c>
       <c r="C61" s="9" t="s">
         <v>256</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>257</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F61" s="9">
         <v>2020</v>
       </c>
       <c r="G61" s="9">
         <v>906</v>
       </c>
       <c r="H61" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I61" s="9">
         <v>3500.0</v>
       </c>
       <c r="J61" s="9">
         <v>145</v>
       </c>
       <c r="K61" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="9">
         <v>2300</v>
       </c>
       <c r="M61" s="10" t="s">
         <v>256</v>
       </c>
       <c r="N61" s="9" t="s">
-        <v>23</v>
+        <v>258</v>
       </c>
       <c r="O61" s="9" t="s">
-        <v>258</v>
-[...4 lines deleted...]
-      <c r="Q61" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P61" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="R61" s="9" t="s">
+      <c r="Q61" s="9" t="s">
         <v>259</v>
       </c>
     </row>
-    <row r="62" spans="1:18">
+    <row r="62" spans="1:17">
       <c r="A62" s="5">
         <v>56</v>
       </c>
       <c r="B62" s="8" t="s">
         <v>260</v>
       </c>
       <c r="C62" s="9" t="s">
         <v>261</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>257</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F62" s="9">
         <v>2024</v>
       </c>
       <c r="G62" s="9">
         <v>1122</v>
       </c>
       <c r="H62" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I62" s="9">
         <v>2599.0</v>
       </c>
       <c r="J62" s="9">
         <v>140</v>
       </c>
       <c r="K62" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L62" s="9">
         <v>2720</v>
       </c>
       <c r="M62" s="10" t="s">
         <v>261</v>
       </c>
       <c r="N62" s="9" t="s">
-        <v>72</v>
+        <v>258</v>
       </c>
       <c r="O62" s="9" t="s">
-        <v>258</v>
-[...4 lines deleted...]
-      <c r="Q62" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P62" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="R62" s="9" t="s">
+      <c r="Q62" s="9" t="s">
         <v>262</v>
       </c>
     </row>
-    <row r="63" spans="1:18">
+    <row r="63" spans="1:17">
       <c r="A63" s="5">
         <v>57</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>263</v>
       </c>
       <c r="C63" s="9" t="s">
         <v>264</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>257</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F63" s="9">
         <v>2020</v>
       </c>
       <c r="G63" s="9">
         <v>432</v>
       </c>
       <c r="H63" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="9">
         <v>1650.0</v>
       </c>
       <c r="J63" s="9">
         <v>70</v>
       </c>
       <c r="K63" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L63" s="9">
         <v>1100</v>
       </c>
       <c r="M63" s="10" t="s">
         <v>264</v>
       </c>
       <c r="N63" s="9" t="s">
-        <v>23</v>
+        <v>258</v>
       </c>
       <c r="O63" s="9" t="s">
-        <v>258</v>
-[...4 lines deleted...]
-      <c r="Q63" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P63" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="R63" s="9" t="s">
+      <c r="Q63" s="9" t="s">
         <v>265</v>
       </c>
     </row>
-    <row r="64" spans="1:18">
+    <row r="64" spans="1:17">
       <c r="A64" s="5">
         <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
         <v>266</v>
       </c>
       <c r="C64" s="9" t="s">
         <v>267</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>257</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F64" s="9">
         <v>2024</v>
       </c>
       <c r="G64" s="9">
         <v>598</v>
       </c>
       <c r="H64" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="9">
         <v>1399.0</v>
       </c>
       <c r="J64" s="9">
         <v>75</v>
       </c>
       <c r="K64" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="9">
         <v>1420</v>
       </c>
       <c r="M64" s="10" t="s">
         <v>267</v>
       </c>
       <c r="N64" s="9" t="s">
-        <v>72</v>
+        <v>258</v>
       </c>
       <c r="O64" s="9" t="s">
-        <v>258</v>
-[...4 lines deleted...]
-      <c r="Q64" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P64" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="R64" s="9" t="s">
+      <c r="Q64" s="9" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="65" spans="1:18">
+    <row r="65" spans="1:17">
       <c r="A65" s="5">
         <v>59</v>
       </c>
       <c r="B65" s="8" t="s">
         <v>269</v>
       </c>
       <c r="C65" s="9" t="s">
         <v>270</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>257</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F65" s="9">
         <v>2020</v>
       </c>
       <c r="G65" s="9">
         <v>474</v>
       </c>
       <c r="H65" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="9">
         <v>1850.0</v>
       </c>
       <c r="J65" s="9">
         <v>75</v>
       </c>
       <c r="K65" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L65" s="9">
         <v>1200</v>
       </c>
       <c r="M65" s="10" t="s">
         <v>270</v>
       </c>
       <c r="N65" s="9" t="s">
-        <v>23</v>
+        <v>258</v>
       </c>
       <c r="O65" s="9" t="s">
-        <v>258</v>
-[...4 lines deleted...]
-      <c r="Q65" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P65" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="R65" s="9" t="s">
+      <c r="Q65" s="9" t="s">
         <v>265</v>
       </c>
     </row>
-    <row r="66" spans="1:18">
+    <row r="66" spans="1:17">
       <c r="A66" s="5">
         <v>60</v>
       </c>
       <c r="B66" s="8" t="s">
         <v>271</v>
       </c>
       <c r="C66" s="9" t="s">
         <v>272</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>257</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F66" s="9">
         <v>2024</v>
       </c>
       <c r="G66" s="9">
         <v>524</v>
       </c>
       <c r="H66" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="9">
         <v>1299.0</v>
       </c>
       <c r="J66" s="9">
         <v>70</v>
       </c>
       <c r="K66" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L66" s="9">
         <v>1300</v>
       </c>
       <c r="M66" s="10" t="s">
         <v>272</v>
       </c>
       <c r="N66" s="9" t="s">
-        <v>72</v>
+        <v>258</v>
       </c>
       <c r="O66" s="9" t="s">
-        <v>258</v>
-[...4 lines deleted...]
-      <c r="Q66" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P66" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="R66" s="9" t="s">
+      <c r="Q66" s="9" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="67" spans="1:18">
+    <row r="67" spans="1:17">
       <c r="A67" s="5">
         <v>61</v>
       </c>
       <c r="B67" s="8" t="s">
         <v>274</v>
       </c>
       <c r="C67" s="9" t="s">
         <v>275</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>276</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F67" s="9">
         <v>2024</v>
       </c>
       <c r="G67" s="9">
         <v>549</v>
       </c>
       <c r="H67" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I67" s="9">
         <v>1600.0</v>
       </c>
       <c r="J67" s="9">
         <v>70</v>
       </c>
       <c r="K67" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L67" s="9">
         <v>1400</v>
       </c>
       <c r="M67" s="10" t="s">
         <v>275</v>
       </c>
       <c r="N67" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O67" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q67" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P67" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="R67" s="9" t="s">
+      <c r="Q67" s="9" t="s">
         <v>277</v>
       </c>
     </row>
-    <row r="68" spans="1:18">
+    <row r="68" spans="1:17">
       <c r="A68" s="5">
         <v>62</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>278</v>
       </c>
       <c r="C68" s="9" t="s">
         <v>279</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>276</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F68" s="9">
         <v>2024</v>
       </c>
       <c r="G68" s="9">
         <v>220</v>
       </c>
       <c r="H68" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="9">
         <v>650.0</v>
       </c>
       <c r="J68" s="9">
         <v>30</v>
       </c>
       <c r="K68" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="9">
         <v>600</v>
       </c>
       <c r="M68" s="10" t="s">
         <v>279</v>
       </c>
       <c r="N68" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O68" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q68" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P68" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="R68" s="9" t="s">
+      <c r="Q68" s="9" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="69" spans="1:18">
+    <row r="69" spans="1:17">
       <c r="A69" s="5">
         <v>63</v>
       </c>
       <c r="B69" s="8" t="s">
         <v>281</v>
       </c>
       <c r="C69" s="9" t="s">
         <v>282</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>276</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F69" s="9">
         <v>2024</v>
       </c>
       <c r="G69" s="9">
         <v>329</v>
       </c>
       <c r="H69" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I69" s="9">
         <v>975.0</v>
       </c>
       <c r="J69" s="9">
         <v>45</v>
       </c>
       <c r="K69" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="9">
         <v>780</v>
       </c>
       <c r="M69" s="10" t="s">
         <v>282</v>
       </c>
       <c r="N69" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O69" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q69" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P69" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="R69" s="9" t="s">
+      <c r="Q69" s="9" t="s">
         <v>283</v>
       </c>
     </row>
-    <row r="70" spans="1:18">
+    <row r="70" spans="1:17">
       <c r="A70" s="5">
         <v>64</v>
       </c>
       <c r="B70" s="8" t="s">
         <v>284</v>
       </c>
       <c r="C70" s="9" t="s">
         <v>285</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>286</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F70" s="9">
         <v>2025</v>
       </c>
       <c r="G70" s="9">
         <v>252</v>
       </c>
       <c r="H70" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I70" s="9">
         <v>575.0</v>
       </c>
       <c r="J70" s="9">
         <v>30</v>
       </c>
       <c r="K70" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="9">
         <v>400</v>
       </c>
       <c r="M70" s="10" t="s">
         <v>285</v>
       </c>
       <c r="N70" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O70" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q70" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P70" s="5" t="s">
         <v>287</v>
       </c>
-      <c r="R70" s="9" t="s">
+      <c r="Q70" s="9" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="71" spans="1:18">
+    <row r="71" spans="1:17">
       <c r="A71" s="5">
         <v>65</v>
       </c>
       <c r="B71" s="8" t="s">
         <v>288</v>
       </c>
       <c r="C71" s="9" t="s">
         <v>289</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>290</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F71" s="9">
         <v>2022</v>
       </c>
       <c r="G71" s="9">
         <v>303</v>
       </c>
       <c r="H71" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I71" s="9">
         <v>950.0</v>
       </c>
       <c r="J71" s="9">
         <v>60</v>
       </c>
       <c r="K71" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L71" s="9">
         <v>550</v>
       </c>
       <c r="M71" s="10" t="s">
         <v>289</v>
       </c>
       <c r="N71" s="9" t="s">
-        <v>33</v>
+        <v>291</v>
       </c>
       <c r="O71" s="9" t="s">
-        <v>291</v>
-[...7 lines deleted...]
-      <c r="R71" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P71" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q71" s="9" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="72" spans="1:18">
+    <row r="72" spans="1:17">
       <c r="A72" s="5">
         <v>66</v>
       </c>
       <c r="B72" s="8" t="s">
         <v>293</v>
       </c>
       <c r="C72" s="9" t="s">
         <v>294</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>295</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F72" s="9">
         <v>2025</v>
       </c>
       <c r="G72" s="9">
         <v>119</v>
       </c>
       <c r="H72" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I72" s="9">
         <v>395.0</v>
       </c>
       <c r="J72" s="9">
         <v>25</v>
       </c>
       <c r="K72" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L72" s="9">
         <v>230</v>
       </c>
       <c r="M72" s="10" t="s">
         <v>294</v>
       </c>
       <c r="N72" s="9" t="s">
-        <v>33</v>
+        <v>296</v>
       </c>
       <c r="O72" s="9" t="s">
-        <v>296</v>
-[...4 lines deleted...]
-      <c r="Q72" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P72" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="R72" s="9" t="s">
+      <c r="Q72" s="9" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="73" spans="1:18">
+    <row r="73" spans="1:17">
       <c r="A73" s="5">
         <v>67</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>298</v>
       </c>
       <c r="C73" s="9" t="s">
         <v>299</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>295</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F73" s="9">
         <v>2024</v>
       </c>
       <c r="G73" s="9">
         <v>139</v>
       </c>
       <c r="H73" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I73" s="9">
         <v>495.0</v>
       </c>
       <c r="J73" s="9">
         <v>30</v>
       </c>
       <c r="K73" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L73" s="9">
         <v>225</v>
       </c>
       <c r="M73" s="10" t="s">
         <v>299</v>
       </c>
       <c r="N73" s="9" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="O73" s="9" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-      <c r="Q73" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P73" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="R73" s="9" t="s">
+      <c r="Q73" s="9" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="74" spans="1:18">
+    <row r="74" spans="1:17">
       <c r="A74" s="5">
         <v>68</v>
       </c>
       <c r="B74" s="8" t="s">
         <v>300</v>
       </c>
       <c r="C74" s="9" t="s">
         <v>301</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>302</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F74" s="9">
         <v>2024</v>
       </c>
       <c r="G74" s="9">
         <v>215</v>
       </c>
       <c r="H74" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I74" s="9">
         <v>495.0</v>
       </c>
       <c r="J74" s="9">
         <v>30</v>
       </c>
       <c r="K74" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L74" s="9">
         <v>320</v>
       </c>
       <c r="M74" s="10" t="s">
         <v>301</v>
       </c>
       <c r="N74" s="9" t="s">
-        <v>33</v>
+        <v>303</v>
       </c>
       <c r="O74" s="9" t="s">
-        <v>303</v>
-[...4 lines deleted...]
-      <c r="Q74" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P74" s="5" t="s">
         <v>304</v>
       </c>
-      <c r="R74" s="9" t="s">
+      <c r="Q74" s="9" t="s">
         <v>305</v>
       </c>
     </row>
-    <row r="75" spans="1:18">
+    <row r="75" spans="1:17">
       <c r="A75" s="5">
         <v>69</v>
       </c>
       <c r="B75" s="8" t="s">
         <v>306</v>
       </c>
       <c r="C75" s="9" t="s">
         <v>307</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>308</v>
       </c>
       <c r="E75" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F75" s="9" t="s">
         <v>55</v>
       </c>
       <c r="G75" s="9">
         <v>111</v>
       </c>
       <c r="H75" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I75" s="9">
         <v>325.0</v>
       </c>
       <c r="J75" s="9">
         <v>15</v>
       </c>
       <c r="K75" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L75" s="9">
         <v>250</v>
       </c>
       <c r="M75" s="10" t="s">
         <v>307</v>
       </c>
       <c r="N75" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O75" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q75" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P75" s="5" t="s">
         <v>309</v>
       </c>
-      <c r="R75" s="9" t="s">
+      <c r="Q75" s="9" t="s">
         <v>310</v>
       </c>
     </row>
-    <row r="76" spans="1:18">
+    <row r="76" spans="1:17">
       <c r="A76" s="5">
         <v>70</v>
       </c>
       <c r="B76" s="8" t="s">
         <v>311</v>
       </c>
       <c r="C76" s="9" t="s">
         <v>312</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>114</v>
       </c>
       <c r="E76" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F76" s="9">
         <v>2023</v>
       </c>
       <c r="G76" s="9">
         <v>292</v>
       </c>
       <c r="H76" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I76" s="9">
         <v>950.0</v>
       </c>
       <c r="J76" s="9">
         <v>40</v>
       </c>
       <c r="K76" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L76" s="9">
         <v>665</v>
       </c>
       <c r="M76" s="10" t="s">
         <v>312</v>
       </c>
       <c r="N76" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O76" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q76" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P76" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="R76" s="9" t="s">
+      <c r="Q76" s="9" t="s">
         <v>313</v>
       </c>
     </row>
-    <row r="77" spans="1:18">
+    <row r="77" spans="1:17">
       <c r="A77" s="5">
         <v>71</v>
       </c>
       <c r="B77" s="8" t="s">
         <v>314</v>
       </c>
       <c r="C77" s="9" t="s">
         <v>315</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>316</v>
       </c>
       <c r="E77" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F77" s="9">
         <v>2021</v>
       </c>
       <c r="G77" s="9">
         <v>596</v>
       </c>
       <c r="H77" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I77" s="9">
         <v>1850.0</v>
       </c>
       <c r="J77" s="9">
         <v>70</v>
       </c>
       <c r="K77" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L77" s="9">
         <v>1500</v>
       </c>
       <c r="M77" s="10" t="s">
         <v>315</v>
       </c>
       <c r="N77" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O77" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q77" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P77" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="R77" s="9" t="s">
+      <c r="Q77" s="9" t="s">
         <v>317</v>
       </c>
     </row>
-    <row r="78" spans="1:18">
+    <row r="78" spans="1:17">
       <c r="A78" s="5">
         <v>72</v>
       </c>
       <c r="B78" s="8" t="s">
         <v>318</v>
       </c>
       <c r="C78" s="9" t="s">
         <v>319</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>320</v>
       </c>
       <c r="E78" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F78" s="9">
         <v>2023</v>
       </c>
       <c r="G78" s="9">
         <v>417</v>
       </c>
       <c r="H78" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I78" s="9">
         <v>995.0</v>
       </c>
       <c r="J78" s="9">
         <v>45</v>
       </c>
       <c r="K78" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L78" s="9">
         <v>525</v>
       </c>
       <c r="M78" s="10" t="s">
         <v>319</v>
       </c>
       <c r="N78" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O78" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q78" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P78" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="R78" s="9" t="s">
+      <c r="Q78" s="9" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="79" spans="1:18">
+    <row r="79" spans="1:17">
       <c r="A79" s="5">
         <v>73</v>
       </c>
       <c r="B79" s="8" t="s">
         <v>322</v>
       </c>
       <c r="C79" s="9" t="s">
         <v>323</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>92</v>
       </c>
       <c r="E79" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F79" s="9">
         <v>2019</v>
       </c>
       <c r="G79" s="9">
         <v>252</v>
       </c>
       <c r="H79" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I79" s="9">
         <v>800.0</v>
       </c>
       <c r="J79" s="9">
         <v>40</v>
       </c>
       <c r="K79" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L79" s="9">
         <v>430</v>
       </c>
       <c r="M79" s="10" t="s">
         <v>323</v>
       </c>
       <c r="N79" s="9" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="O79" s="9" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      <c r="Q79" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P79" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="R79" s="9" t="s">
+      <c r="Q79" s="9" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="80" spans="1:18">
+    <row r="80" spans="1:17">
       <c r="A80" s="5">
         <v>74</v>
       </c>
       <c r="B80" s="8" t="s">
         <v>324</v>
       </c>
       <c r="C80" s="9" t="s">
         <v>325</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>326</v>
       </c>
       <c r="E80" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F80" s="9">
         <v>2025</v>
       </c>
       <c r="G80" s="9">
         <v>120</v>
       </c>
       <c r="H80" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I80" s="9">
         <v>400.0</v>
       </c>
       <c r="J80" s="9">
         <v>25</v>
       </c>
       <c r="K80" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L80" s="9">
         <v>180</v>
       </c>
       <c r="M80" s="10" t="s">
         <v>325</v>
       </c>
       <c r="N80" s="9" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="O80" s="9" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-      <c r="Q80" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P80" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="R80" s="9" t="s">
+      <c r="Q80" s="9" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="81" spans="1:18">
+    <row r="81" spans="1:17">
       <c r="A81" s="5">
         <v>75</v>
       </c>
       <c r="B81" s="8" t="s">
         <v>327</v>
       </c>
       <c r="C81" s="9" t="s">
         <v>328</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>329</v>
       </c>
       <c r="E81" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F81" s="9">
         <v>2021</v>
       </c>
       <c r="G81" s="9">
         <v>174</v>
       </c>
       <c r="H81" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I81" s="9">
         <v>500.0</v>
       </c>
       <c r="J81" s="9">
         <v>25</v>
       </c>
       <c r="K81" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L81" s="9">
         <v>300</v>
       </c>
       <c r="M81" s="10" t="s">
         <v>328</v>
       </c>
       <c r="N81" s="9" t="s">
-        <v>33</v>
+        <v>124</v>
       </c>
       <c r="O81" s="9" t="s">
-        <v>124</v>
-[...4 lines deleted...]
-      <c r="Q81" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P81" s="5" t="s">
         <v>200</v>
       </c>
-      <c r="R81" s="9" t="s">
+      <c r="Q81" s="9" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="82" spans="1:18">
+    <row r="82" spans="1:17">
       <c r="A82" s="5">
         <v>76</v>
       </c>
       <c r="B82" s="8" t="s">
         <v>330</v>
       </c>
       <c r="C82" s="9" t="s">
         <v>331</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>332</v>
       </c>
       <c r="E82" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F82" s="9">
         <v>2023</v>
       </c>
       <c r="G82" s="9">
         <v>220</v>
       </c>
       <c r="H82" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I82" s="9">
         <v>600.0</v>
       </c>
       <c r="J82" s="9">
         <v>30</v>
       </c>
       <c r="K82" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L82" s="9">
         <v>310</v>
       </c>
       <c r="M82" s="10" t="s">
         <v>331</v>
       </c>
       <c r="N82" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O82" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q82" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P82" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="R82" s="9" t="s">
+      <c r="Q82" s="9" t="s">
         <v>333</v>
       </c>
     </row>
-    <row r="83" spans="1:18">
+    <row r="83" spans="1:17">
       <c r="A83" s="5">
         <v>77</v>
       </c>
       <c r="B83" s="8" t="s">
         <v>334</v>
       </c>
       <c r="C83" s="9" t="s">
         <v>335</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>336</v>
       </c>
       <c r="E83" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F83" s="9">
         <v>2018</v>
       </c>
       <c r="G83" s="9">
         <v>189</v>
       </c>
       <c r="H83" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I83" s="9">
         <v>675.0</v>
       </c>
       <c r="J83" s="9">
         <v>50</v>
       </c>
       <c r="K83" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L83" s="9">
         <v>650</v>
       </c>
       <c r="M83" s="10" t="s">
         <v>335</v>
       </c>
       <c r="N83" s="9" t="s">
-        <v>33</v>
+        <v>219</v>
       </c>
       <c r="O83" s="9" t="s">
-        <v>219</v>
-[...4 lines deleted...]
-      <c r="Q83" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P83" s="5" t="s">
         <v>309</v>
       </c>
-      <c r="R83" s="9" t="s">
+      <c r="Q83" s="9" t="s">
         <v>337</v>
       </c>
     </row>
-    <row r="84" spans="1:18">
+    <row r="84" spans="1:17">
       <c r="A84" s="5">
         <v>78</v>
       </c>
       <c r="B84" s="8" t="s">
         <v>338</v>
       </c>
       <c r="C84" s="9" t="s">
         <v>339</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>340</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F84" s="9">
         <v>2023</v>
       </c>
       <c r="G84" s="9">
         <v>149</v>
       </c>
       <c r="H84" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I84" s="9">
         <v>495.0</v>
       </c>
       <c r="J84" s="9">
         <v>25</v>
       </c>
       <c r="K84" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L84" s="9">
         <v>230</v>
       </c>
       <c r="M84" s="10" t="s">
         <v>339</v>
       </c>
       <c r="N84" s="9" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="O84" s="9" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-      <c r="Q84" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P84" s="5" t="s">
         <v>287</v>
       </c>
-      <c r="R84" s="9" t="s">
+      <c r="Q84" s="9" t="s">
         <v>341</v>
       </c>
     </row>
-    <row r="85" spans="1:18">
+    <row r="85" spans="1:17">
       <c r="A85" s="5">
         <v>79</v>
       </c>
       <c r="B85" s="8" t="s">
         <v>342</v>
       </c>
       <c r="C85" s="9" t="s">
         <v>343</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>344</v>
       </c>
       <c r="E85" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F85" s="9">
         <v>2020</v>
       </c>
       <c r="G85" s="9">
         <v>132</v>
       </c>
       <c r="H85" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I85" s="9">
         <v>550.0</v>
       </c>
       <c r="J85" s="9">
         <v>45</v>
       </c>
       <c r="K85" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L85" s="9">
         <v>250</v>
       </c>
       <c r="M85" s="10" t="s">
         <v>343</v>
       </c>
       <c r="N85" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O85" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q85" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P85" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="R85" s="9" t="s">
+      <c r="Q85" s="9" t="s">
         <v>345</v>
       </c>
     </row>
-    <row r="86" spans="1:18">
+    <row r="86" spans="1:17">
       <c r="A86" s="5">
         <v>80</v>
       </c>
       <c r="B86" s="8" t="s">
         <v>346</v>
       </c>
       <c r="C86" s="9" t="s">
         <v>347</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>348</v>
       </c>
       <c r="E86" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F86" s="9">
         <v>2024</v>
       </c>
       <c r="G86" s="9">
         <v>96</v>
       </c>
       <c r="H86" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I86" s="9">
         <v>400.0</v>
       </c>
       <c r="J86" s="9">
         <v>30</v>
       </c>
       <c r="K86" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L86" s="9">
         <v>175</v>
       </c>
       <c r="M86" s="10" t="s">
         <v>347</v>
       </c>
       <c r="N86" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O86" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q86" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P86" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="R86" s="9" t="s">
+      <c r="Q86" s="9" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="87" spans="1:18">
+    <row r="87" spans="1:17">
       <c r="A87" s="5">
         <v>81</v>
       </c>
       <c r="B87" s="8" t="s">
         <v>350</v>
       </c>
       <c r="C87" s="9" t="s">
         <v>351</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>290</v>
       </c>
       <c r="E87" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F87" s="9">
         <v>2023</v>
       </c>
       <c r="G87" s="9">
         <v>240</v>
       </c>
       <c r="H87" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I87" s="9">
         <v>750.0</v>
       </c>
       <c r="J87" s="9">
         <v>35</v>
       </c>
       <c r="K87" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L87" s="9">
         <v>420</v>
       </c>
       <c r="M87" s="10" t="s">
         <v>351</v>
       </c>
       <c r="N87" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O87" s="9" t="s">
-        <v>26</v>
-[...7 lines deleted...]
-      <c r="R87" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P87" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q87" s="9" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="88" spans="1:18">
+    <row r="88" spans="1:17">
       <c r="A88" s="5">
         <v>82</v>
       </c>
       <c r="B88" s="8" t="s">
         <v>352</v>
       </c>
       <c r="C88" s="9" t="s">
         <v>353</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>354</v>
       </c>
       <c r="E88" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F88" s="9">
         <v>2024</v>
       </c>
       <c r="G88" s="9">
         <v>111</v>
       </c>
       <c r="H88" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I88" s="9">
         <v>400.0</v>
       </c>
       <c r="J88" s="9">
         <v>20</v>
       </c>
       <c r="K88" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="9">
         <v>180</v>
       </c>
       <c r="M88" s="10" t="s">
         <v>353</v>
       </c>
       <c r="N88" s="9" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="O88" s="9" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-      <c r="Q88" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P88" s="5" t="s">
         <v>355</v>
       </c>
-      <c r="R88" s="9" t="s">
+      <c r="Q88" s="9" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="89" spans="1:18">
+    <row r="89" spans="1:17">
       <c r="A89" s="5">
         <v>83</v>
       </c>
       <c r="B89" s="8" t="s">
         <v>356</v>
       </c>
       <c r="C89" s="9" t="s">
         <v>357</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>358</v>
       </c>
       <c r="E89" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F89" s="9">
         <v>2020</v>
       </c>
       <c r="G89" s="9">
         <v>76</v>
       </c>
       <c r="H89" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I89" s="9">
         <v>300.0</v>
       </c>
       <c r="J89" s="9">
         <v>20</v>
       </c>
       <c r="K89" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L89" s="9">
         <v>160</v>
       </c>
       <c r="M89" s="10" t="s">
         <v>357</v>
       </c>
       <c r="N89" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O89" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q89" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P89" s="5" t="s">
         <v>359</v>
       </c>
-      <c r="R89" s="9" t="s">
+      <c r="Q89" s="9" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="90" spans="1:18">
+    <row r="90" spans="1:17">
       <c r="A90" s="5">
         <v>84</v>
       </c>
       <c r="B90" s="8" t="s">
         <v>360</v>
       </c>
       <c r="C90" s="9" t="s">
         <v>361</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>362</v>
       </c>
       <c r="E90" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F90" s="9">
         <v>2021</v>
       </c>
       <c r="G90" s="9">
         <v>382</v>
       </c>
       <c r="H90" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I90" s="9">
         <v>1450.0</v>
       </c>
       <c r="J90" s="9">
         <v>60</v>
       </c>
       <c r="K90" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L90" s="9">
         <v>600</v>
       </c>
       <c r="M90" s="10" t="s">
         <v>361</v>
       </c>
       <c r="N90" s="9" t="s">
-        <v>33</v>
+        <v>363</v>
       </c>
       <c r="O90" s="9" t="s">
-        <v>363</v>
-[...4 lines deleted...]
-      <c r="Q90" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P90" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="R90" s="9" t="s">
+      <c r="Q90" s="9" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="91" spans="1:18">
+    <row r="91" spans="1:17">
       <c r="A91" s="5">
         <v>85</v>
       </c>
       <c r="B91" s="8" t="s">
         <v>364</v>
       </c>
       <c r="C91" s="9" t="s">
         <v>365</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>98</v>
       </c>
       <c r="E91" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F91" s="9">
         <v>2021</v>
       </c>
       <c r="G91" s="9">
         <v>926</v>
       </c>
       <c r="H91" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I91" s="9">
         <v>2115.0</v>
       </c>
       <c r="J91" s="9">
         <v>100</v>
       </c>
       <c r="K91" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L91" s="9">
         <v>1200</v>
       </c>
       <c r="M91" s="10" t="s">
         <v>365</v>
       </c>
       <c r="N91" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O91" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q91" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P91" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="R91" s="9" t="s">
+      <c r="Q91" s="9" t="s">
         <v>366</v>
       </c>
     </row>
-    <row r="92" spans="1:18">
+    <row r="92" spans="1:17">
       <c r="A92" s="5">
         <v>86</v>
       </c>
       <c r="B92" s="8" t="s">
         <v>367</v>
       </c>
       <c r="C92" s="9" t="s">
         <v>368</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>369</v>
       </c>
       <c r="E92" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F92" s="9">
         <v>2022</v>
       </c>
       <c r="G92" s="9">
         <v>84</v>
       </c>
       <c r="H92" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I92" s="9">
         <v>250.0</v>
       </c>
       <c r="J92" s="9">
         <v>12</v>
       </c>
       <c r="K92" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L92" s="9">
         <v>150</v>
       </c>
       <c r="M92" s="10" t="s">
         <v>368</v>
       </c>
       <c r="N92" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O92" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q92" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P92" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="R92" s="9" t="s">
+      <c r="Q92" s="9" t="s">
         <v>370</v>
       </c>
     </row>
-    <row r="93" spans="1:18">
+    <row r="93" spans="1:17">
       <c r="A93" s="5">
         <v>87</v>
       </c>
       <c r="B93" s="8" t="s">
         <v>371</v>
       </c>
       <c r="C93" s="9" t="s">
         <v>372</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>373</v>
       </c>
       <c r="E93" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F93" s="9">
         <v>2022</v>
       </c>
       <c r="G93" s="9">
         <v>134</v>
       </c>
       <c r="H93" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I93" s="9">
         <v>300.0</v>
       </c>
       <c r="J93" s="9">
         <v>15</v>
       </c>
       <c r="K93" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L93" s="9">
         <v>250</v>
       </c>
       <c r="M93" s="10" t="s">
         <v>372</v>
       </c>
       <c r="N93" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O93" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q93" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P93" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="R93" s="9" t="s">
+      <c r="Q93" s="9" t="s">
         <v>374</v>
       </c>
     </row>
-    <row r="94" spans="1:18">
+    <row r="94" spans="1:17">
       <c r="A94" s="5">
         <v>88</v>
       </c>
       <c r="B94" s="8" t="s">
         <v>375</v>
       </c>
       <c r="C94" s="9" t="s">
         <v>376</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>377</v>
       </c>
       <c r="E94" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F94" s="9">
         <v>2024</v>
       </c>
       <c r="G94" s="9">
         <v>103</v>
       </c>
       <c r="H94" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I94" s="9">
         <v>625.0</v>
       </c>
       <c r="J94" s="9">
         <v>35</v>
       </c>
       <c r="K94" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L94" s="9">
         <v>240</v>
       </c>
       <c r="M94" s="10" t="s">
         <v>376</v>
       </c>
       <c r="N94" s="9" t="s">
-        <v>33</v>
+        <v>378</v>
       </c>
       <c r="O94" s="9" t="s">
-        <v>378</v>
-[...4 lines deleted...]
-      <c r="Q94" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P94" s="5" t="s">
         <v>230</v>
       </c>
-      <c r="R94" s="9" t="s">
+      <c r="Q94" s="9" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="95" spans="1:18">
+    <row r="95" spans="1:17">
       <c r="A95" s="5">
         <v>89</v>
       </c>
       <c r="B95" s="8" t="s">
         <v>380</v>
       </c>
       <c r="C95" s="9" t="s">
         <v>381</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>382</v>
       </c>
       <c r="E95" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F95" s="9">
         <v>2024</v>
       </c>
       <c r="G95" s="9">
         <v>145</v>
       </c>
       <c r="H95" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I95" s="9">
         <v>400.0</v>
       </c>
       <c r="J95" s="9">
         <v>25</v>
       </c>
       <c r="K95" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L95" s="9">
         <v>210</v>
       </c>
       <c r="M95" s="10" t="s">
         <v>381</v>
       </c>
       <c r="N95" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O95" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q95" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P95" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="R95" s="9" t="s">
+      <c r="Q95" s="9" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="96" spans="1:18">
+    <row r="96" spans="1:17">
       <c r="A96" s="5">
         <v>90</v>
       </c>
       <c r="B96" s="8" t="s">
         <v>383</v>
       </c>
       <c r="C96" s="9" t="s">
         <v>384</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>203</v>
       </c>
       <c r="E96" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F96" s="9">
         <v>2019</v>
       </c>
       <c r="G96" s="9">
         <v>270</v>
       </c>
       <c r="H96" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I96" s="9">
         <v>1400.0</v>
       </c>
       <c r="J96" s="9">
         <v>90</v>
       </c>
       <c r="K96" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L96" s="9">
         <v>700</v>
       </c>
       <c r="M96" s="10" t="s">
         <v>384</v>
       </c>
       <c r="N96" s="9" t="s">
-        <v>33</v>
+        <v>385</v>
       </c>
       <c r="O96" s="9" t="s">
-        <v>385</v>
-[...7 lines deleted...]
-      <c r="R96" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P96" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q96" s="9" t="s">
         <v>386</v>
       </c>
     </row>
-    <row r="97" spans="1:18">
+    <row r="97" spans="1:17">
       <c r="A97" s="5">
         <v>91</v>
       </c>
       <c r="B97" s="8" t="s">
         <v>387</v>
       </c>
       <c r="C97" s="9" t="s">
         <v>388</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>203</v>
       </c>
       <c r="E97" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F97" s="9">
         <v>2020</v>
       </c>
       <c r="G97" s="9">
         <v>237</v>
       </c>
       <c r="H97" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I97" s="9">
         <v>1495.0</v>
       </c>
       <c r="J97" s="9">
         <v>80</v>
       </c>
       <c r="K97" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L97" s="9">
         <v>750</v>
       </c>
       <c r="M97" s="10" t="s">
         <v>388</v>
       </c>
       <c r="N97" s="9" t="s">
-        <v>33</v>
+        <v>93</v>
       </c>
       <c r="O97" s="9" t="s">
-        <v>93</v>
-[...4 lines deleted...]
-      <c r="Q97" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P97" s="5" t="s">
         <v>389</v>
       </c>
-      <c r="R97" s="9" t="s">
+      <c r="Q97" s="9" t="s">
         <v>386</v>
       </c>
     </row>
-    <row r="98" spans="1:18">
+    <row r="98" spans="1:17">
       <c r="A98" s="5">
         <v>92</v>
       </c>
       <c r="B98" s="8" t="s">
         <v>390</v>
       </c>
       <c r="C98" s="9" t="s">
         <v>391</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>392</v>
       </c>
       <c r="E98" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F98" s="9">
         <v>2024</v>
       </c>
       <c r="G98" s="9">
         <v>110</v>
       </c>
       <c r="H98" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I98" s="9">
         <v>350.0</v>
       </c>
       <c r="J98" s="9">
         <v>25</v>
       </c>
       <c r="K98" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L98" s="9">
         <v>190</v>
       </c>
       <c r="M98" s="10" t="s">
         <v>391</v>
       </c>
       <c r="N98" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O98" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q98" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P98" s="5" t="s">
         <v>393</v>
       </c>
-      <c r="R98" s="9" t="s">
+      <c r="Q98" s="9" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="99" spans="1:18">
+    <row r="99" spans="1:17">
       <c r="A99" s="5">
         <v>93</v>
       </c>
       <c r="B99" s="8" t="s">
         <v>394</v>
       </c>
       <c r="C99" s="9" t="s">
         <v>395</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>203</v>
       </c>
       <c r="E99" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F99" s="9">
         <v>2020</v>
       </c>
       <c r="G99" s="9">
         <v>571</v>
       </c>
       <c r="H99" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="9">
         <v>1850.0</v>
       </c>
       <c r="J99" s="9">
         <v>70</v>
       </c>
       <c r="K99" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L99" s="9">
         <v>1300</v>
       </c>
       <c r="M99" s="10" t="s">
         <v>395</v>
       </c>
       <c r="N99" s="9" t="s">
-        <v>33</v>
+        <v>396</v>
       </c>
       <c r="O99" s="9" t="s">
-        <v>396</v>
-[...7 lines deleted...]
-      <c r="R99" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P99" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q99" s="9" t="s">
         <v>317</v>
       </c>
     </row>
-    <row r="100" spans="1:18">
+    <row r="100" spans="1:17">
       <c r="A100" s="5">
         <v>94</v>
       </c>
       <c r="B100" s="8" t="s">
         <v>397</v>
       </c>
       <c r="C100" s="9" t="s">
         <v>398</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>245</v>
       </c>
       <c r="E100" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F100" s="9">
         <v>2022</v>
       </c>
       <c r="G100" s="9">
         <v>1181</v>
       </c>
       <c r="H100" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="9">
         <v>3495.0</v>
       </c>
       <c r="J100" s="9">
         <v>170</v>
       </c>
       <c r="K100" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L100" s="9">
         <v>2500</v>
       </c>
       <c r="M100" s="10" t="s">
         <v>398</v>
       </c>
       <c r="N100" s="9" t="s">
-        <v>23</v>
+        <v>399</v>
       </c>
       <c r="O100" s="9" t="s">
-        <v>399</v>
-[...7 lines deleted...]
-      <c r="R100" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P100" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q100" s="9" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="101" spans="1:18">
+    <row r="101" spans="1:17">
       <c r="A101" s="5">
         <v>95</v>
       </c>
       <c r="B101" s="8" t="s">
         <v>401</v>
       </c>
       <c r="C101" s="9" t="s">
         <v>402</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>245</v>
       </c>
       <c r="E101" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F101" s="9">
         <v>2022</v>
       </c>
       <c r="G101" s="9">
         <v>614</v>
       </c>
       <c r="H101" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I101" s="9">
         <v>1895.0</v>
       </c>
       <c r="J101" s="9">
         <v>95</v>
       </c>
       <c r="K101" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L101" s="9">
         <v>1300</v>
       </c>
       <c r="M101" s="10" t="s">
         <v>402</v>
       </c>
       <c r="N101" s="9" t="s">
-        <v>23</v>
+        <v>399</v>
       </c>
       <c r="O101" s="9" t="s">
-        <v>399</v>
-[...7 lines deleted...]
-      <c r="R101" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P101" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q101" s="9" t="s">
         <v>403</v>
       </c>
     </row>
-    <row r="102" spans="1:18">
+    <row r="102" spans="1:17">
       <c r="A102" s="5">
         <v>96</v>
       </c>
       <c r="B102" s="8" t="s">
         <v>404</v>
       </c>
       <c r="C102" s="9" t="s">
         <v>405</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>245</v>
       </c>
       <c r="E102" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F102" s="9">
         <v>2022</v>
       </c>
       <c r="G102" s="9">
         <v>567</v>
       </c>
       <c r="H102" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I102" s="9">
         <v>1695.0</v>
       </c>
       <c r="J102" s="9">
         <v>85</v>
       </c>
       <c r="K102" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L102" s="9">
         <v>1200</v>
       </c>
       <c r="M102" s="10" t="s">
         <v>405</v>
       </c>
       <c r="N102" s="9" t="s">
-        <v>23</v>
+        <v>399</v>
       </c>
       <c r="O102" s="9" t="s">
-        <v>399</v>
-[...7 lines deleted...]
-      <c r="R102" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P102" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q102" s="9" t="s">
         <v>403</v>
       </c>
     </row>
-    <row r="103" spans="1:18">
+    <row r="103" spans="1:17">
       <c r="A103" s="5">
         <v>97</v>
       </c>
       <c r="B103" s="8" t="s">
         <v>406</v>
       </c>
       <c r="C103" s="9" t="s">
         <v>407</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>408</v>
       </c>
       <c r="E103" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F103" s="9">
         <v>2024</v>
       </c>
       <c r="G103" s="9">
         <v>164</v>
       </c>
       <c r="H103" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I103" s="9">
         <v>495.0</v>
       </c>
       <c r="J103" s="9">
         <v>30</v>
       </c>
       <c r="K103" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L103" s="9">
         <v>325</v>
       </c>
       <c r="M103" s="10" t="s">
         <v>407</v>
       </c>
       <c r="N103" s="9" t="s">
-        <v>33</v>
+        <v>409</v>
       </c>
       <c r="O103" s="9" t="s">
-        <v>409</v>
-[...4 lines deleted...]
-      <c r="Q103" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P103" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="R103" s="9" t="s">
+      <c r="Q103" s="9" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="104" spans="1:18">
+    <row r="104" spans="1:17">
       <c r="A104" s="5">
         <v>98</v>
       </c>
       <c r="B104" s="8" t="s">
         <v>410</v>
       </c>
       <c r="C104" s="9" t="s">
         <v>411</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>412</v>
       </c>
       <c r="E104" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F104" s="9">
         <v>2022</v>
       </c>
       <c r="G104" s="9">
         <v>151</v>
       </c>
       <c r="H104" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I104" s="9">
         <v>375.0</v>
       </c>
       <c r="J104" s="9">
         <v>20</v>
       </c>
       <c r="K104" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L104" s="9">
         <v>220</v>
       </c>
       <c r="M104" s="10" t="s">
         <v>411</v>
       </c>
       <c r="N104" s="9" t="s">
-        <v>33</v>
+        <v>413</v>
       </c>
       <c r="O104" s="9" t="s">
-        <v>413</v>
-[...4 lines deleted...]
-      <c r="Q104" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P104" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="R104" s="9" t="s">
+      <c r="Q104" s="9" t="s">
         <v>414</v>
       </c>
     </row>
-    <row r="105" spans="1:18">
+    <row r="105" spans="1:17">
       <c r="A105" s="5">
         <v>99</v>
       </c>
       <c r="B105" s="8" t="s">
         <v>415</v>
       </c>
       <c r="C105" s="9" t="s">
         <v>416</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>417</v>
       </c>
       <c r="E105" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F105" s="9">
         <v>2021</v>
       </c>
       <c r="G105" s="9">
         <v>163</v>
       </c>
       <c r="H105" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I105" s="9">
         <v>375.0</v>
       </c>
       <c r="J105" s="9">
         <v>20</v>
       </c>
       <c r="K105" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L105" s="9">
         <v>275</v>
       </c>
       <c r="M105" s="10" t="s">
         <v>416</v>
       </c>
       <c r="N105" s="9" t="s">
-        <v>33</v>
+        <v>418</v>
       </c>
       <c r="O105" s="9" t="s">
-        <v>418</v>
-[...4 lines deleted...]
-      <c r="Q105" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P105" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="R105" s="9" t="s">
+      <c r="Q105" s="9" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="106" spans="1:18">
+    <row r="106" spans="1:17">
       <c r="A106" s="5">
         <v>100</v>
       </c>
       <c r="B106" s="8" t="s">
         <v>419</v>
       </c>
       <c r="C106" s="9" t="s">
         <v>420</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>421</v>
       </c>
       <c r="E106" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F106" s="9">
         <v>2023</v>
       </c>
       <c r="G106" s="9">
         <v>379</v>
       </c>
       <c r="H106" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I106" s="9">
         <v>850.0</v>
       </c>
       <c r="J106" s="9">
         <v>40</v>
       </c>
       <c r="K106" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L106" s="9">
         <v>835</v>
       </c>
       <c r="M106" s="10" t="s">
         <v>420</v>
       </c>
       <c r="N106" s="9" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="O106" s="9" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-      <c r="Q106" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P106" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="R106" s="9" t="s">
+      <c r="Q106" s="9" t="s">
         <v>283</v>
       </c>
     </row>
-    <row r="107" spans="1:18">
+    <row r="107" spans="1:17">
       <c r="A107" s="5">
         <v>101</v>
       </c>
       <c r="B107" s="8" t="s">
         <v>422</v>
       </c>
       <c r="C107" s="9" t="s">
         <v>423</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>424</v>
       </c>
       <c r="E107" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F107" s="9">
         <v>2020</v>
       </c>
       <c r="G107" s="9">
         <v>521</v>
       </c>
       <c r="H107" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I107" s="9">
         <v>1050.0</v>
       </c>
       <c r="J107" s="9">
         <v>50</v>
       </c>
       <c r="K107" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L107" s="9">
         <v>800</v>
       </c>
       <c r="M107" s="10" t="s">
         <v>423</v>
       </c>
       <c r="N107" s="9" t="s">
-        <v>33</v>
+        <v>124</v>
       </c>
       <c r="O107" s="9" t="s">
-        <v>124</v>
-[...4 lines deleted...]
-      <c r="Q107" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P107" s="5" t="s">
         <v>425</v>
       </c>
-      <c r="R107" s="9" t="s">
+      <c r="Q107" s="9" t="s">
         <v>426</v>
       </c>
     </row>
-    <row r="108" spans="1:18">
+    <row r="108" spans="1:17">
       <c r="A108" s="5">
         <v>102</v>
       </c>
       <c r="B108" s="8" t="s">
         <v>427</v>
       </c>
       <c r="C108" s="9" t="s">
         <v>428</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>424</v>
       </c>
       <c r="E108" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F108" s="9">
         <v>2020</v>
       </c>
       <c r="G108" s="9">
         <v>340</v>
       </c>
       <c r="H108" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I108" s="9">
         <v>750.0</v>
       </c>
       <c r="J108" s="9">
         <v>35</v>
       </c>
       <c r="K108" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L108" s="9">
         <v>550</v>
       </c>
       <c r="M108" s="10" t="s">
         <v>428</v>
       </c>
       <c r="N108" s="9" t="s">
-        <v>33</v>
+        <v>124</v>
       </c>
       <c r="O108" s="9" t="s">
-        <v>124</v>
-[...4 lines deleted...]
-      <c r="Q108" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P108" s="5" t="s">
         <v>429</v>
       </c>
-      <c r="R108" s="9" t="s">
+      <c r="Q108" s="9" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="109" spans="1:18">
+    <row r="109" spans="1:17">
       <c r="A109" s="5">
         <v>103</v>
       </c>
       <c r="B109" s="8" t="s">
         <v>430</v>
       </c>
       <c r="C109" s="9" t="s">
         <v>431</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>424</v>
       </c>
       <c r="E109" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F109" s="9">
         <v>2020</v>
       </c>
       <c r="G109" s="9">
         <v>202</v>
       </c>
       <c r="H109" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I109" s="9">
         <v>400.0</v>
       </c>
       <c r="J109" s="9">
         <v>20</v>
       </c>
       <c r="K109" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L109" s="9">
         <v>300</v>
       </c>
       <c r="M109" s="10" t="s">
         <v>431</v>
       </c>
       <c r="N109" s="9" t="s">
-        <v>33</v>
+        <v>124</v>
       </c>
       <c r="O109" s="9" t="s">
-        <v>124</v>
-[...4 lines deleted...]
-      <c r="Q109" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P109" s="5" t="s">
         <v>432</v>
       </c>
-      <c r="R109" s="9" t="s">
+      <c r="Q109" s="9" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="110" spans="1:18">
+    <row r="110" spans="1:17">
       <c r="A110" s="5">
         <v>104</v>
       </c>
       <c r="B110" s="8" t="s">
         <v>433</v>
       </c>
       <c r="C110" s="9" t="s">
         <v>434</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>424</v>
       </c>
       <c r="E110" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F110" s="9">
         <v>2020</v>
       </c>
       <c r="G110" s="9">
         <v>376</v>
       </c>
       <c r="H110" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="9">
         <v>850.0</v>
       </c>
       <c r="J110" s="9">
         <v>40</v>
       </c>
       <c r="K110" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L110" s="9">
         <v>600</v>
       </c>
       <c r="M110" s="10" t="s">
         <v>434</v>
       </c>
       <c r="N110" s="9" t="s">
-        <v>33</v>
+        <v>124</v>
       </c>
       <c r="O110" s="9" t="s">
-        <v>124</v>
-[...4 lines deleted...]
-      <c r="Q110" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P110" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="R110" s="9" t="s">
+      <c r="Q110" s="9" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="111" spans="1:18">
+    <row r="111" spans="1:17">
       <c r="A111" s="5">
         <v>105</v>
       </c>
       <c r="B111" s="8" t="s">
         <v>435</v>
       </c>
       <c r="C111" s="9" t="s">
         <v>436</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>424</v>
       </c>
       <c r="E111" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F111" s="9">
         <v>2020</v>
       </c>
       <c r="G111" s="9">
         <v>414</v>
       </c>
       <c r="H111" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I111" s="9">
         <v>850.0</v>
       </c>
       <c r="J111" s="9">
         <v>40</v>
       </c>
       <c r="K111" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L111" s="9">
         <v>650</v>
       </c>
       <c r="M111" s="10" t="s">
         <v>436</v>
       </c>
       <c r="N111" s="9" t="s">
-        <v>33</v>
+        <v>124</v>
       </c>
       <c r="O111" s="9" t="s">
-        <v>124</v>
-[...4 lines deleted...]
-      <c r="Q111" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P111" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="R111" s="9" t="s">
+      <c r="Q111" s="9" t="s">
         <v>437</v>
       </c>
     </row>
-    <row r="112" spans="1:18">
+    <row r="112" spans="1:17">
       <c r="A112" s="5">
         <v>106</v>
       </c>
       <c r="B112" s="8" t="s">
         <v>438</v>
       </c>
       <c r="C112" s="9" t="s">
         <v>439</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>424</v>
       </c>
       <c r="E112" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F112" s="9">
         <v>2020</v>
       </c>
       <c r="G112" s="9">
         <v>362</v>
       </c>
       <c r="H112" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I112" s="9">
         <v>850.0</v>
       </c>
       <c r="J112" s="9">
         <v>40</v>
       </c>
       <c r="K112" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L112" s="9">
         <v>650</v>
       </c>
       <c r="M112" s="10" t="s">
         <v>439</v>
       </c>
       <c r="N112" s="9" t="s">
-        <v>33</v>
+        <v>124</v>
       </c>
       <c r="O112" s="9" t="s">
-        <v>124</v>
-[...4 lines deleted...]
-      <c r="Q112" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P112" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="R112" s="9" t="s">
+      <c r="Q112" s="9" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="113" spans="1:18">
+    <row r="113" spans="1:17">
       <c r="A113" s="5">
         <v>107</v>
       </c>
       <c r="B113" s="8" t="s">
         <v>440</v>
       </c>
       <c r="C113" s="9" t="s">
         <v>441</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>442</v>
       </c>
       <c r="E113" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F113" s="9">
         <v>2025</v>
       </c>
       <c r="G113" s="9">
-        <v>106</v>
+        <v>326</v>
       </c>
       <c r="H113" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I113" s="9">
-        <v>395.0</v>
+        <v>675.0</v>
       </c>
       <c r="J113" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K113" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L113" s="9"/>
+      <c r="L113" s="9">
+        <v>580</v>
+      </c>
       <c r="M113" s="10" t="s">
         <v>441</v>
       </c>
       <c r="N113" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O113" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P113" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="Q113" s="9" t="s">
         <v>443</v>
       </c>
-      <c r="P113" s="9" t="s">
-[...7 lines deleted...]
-    <row r="114" spans="1:18">
+    </row>
+    <row r="114" spans="1:17">
       <c r="A114" s="5">
         <v>108</v>
       </c>
       <c r="B114" s="8" t="s">
+        <v>444</v>
+      </c>
+      <c r="C114" s="9" t="s">
         <v>445</v>
       </c>
-      <c r="C114" s="9" t="s">
+      <c r="D114" s="5" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
       <c r="E114" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F114" s="9">
         <v>2025</v>
       </c>
       <c r="G114" s="9">
-        <v>142</v>
+        <v>106</v>
       </c>
       <c r="H114" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I114" s="9">
-        <v>450.0</v>
+        <v>395.0</v>
       </c>
       <c r="J114" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K114" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L114" s="9"/>
+      <c r="L114" s="9">
+        <v>140</v>
+      </c>
       <c r="M114" s="10" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="N114" s="9" t="s">
-        <v>33</v>
+        <v>447</v>
       </c>
       <c r="O114" s="9" t="s">
-        <v>443</v>
-[...9 lines deleted...]
-    <row r="115" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P114" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="Q114" s="9" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="115" spans="1:17">
       <c r="A115" s="5">
         <v>109</v>
       </c>
       <c r="B115" s="8" t="s">
+        <v>449</v>
+      </c>
+      <c r="C115" s="9" t="s">
+        <v>450</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="E115" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F115" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G115" s="9">
+        <v>142</v>
+      </c>
+      <c r="H115" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I115" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J115" s="9">
+        <v>25</v>
+      </c>
+      <c r="K115" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L115" s="9">
+        <v>200</v>
+      </c>
+      <c r="M115" s="10" t="s">
+        <v>450</v>
+      </c>
+      <c r="N115" s="9" t="s">
         <v>447</v>
       </c>
-      <c r="C115" s="9" t="s">
+      <c r="O115" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P115" s="5" t="s">
         <v>448</v>
       </c>
-      <c r="D115" s="5" t="s">
-[...45 lines deleted...]
-    <row r="116" spans="1:18">
+      <c r="Q115" s="9" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="116" spans="1:17">
       <c r="A116" s="5">
         <v>110</v>
       </c>
       <c r="B116" s="8" t="s">
+        <v>451</v>
+      </c>
+      <c r="C116" s="9" t="s">
         <v>452</v>
       </c>
-      <c r="C116" s="9" t="s">
+      <c r="D116" s="5" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
       <c r="E116" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F116" s="9">
         <v>2023</v>
       </c>
       <c r="G116" s="9">
-        <v>256</v>
+        <v>362</v>
       </c>
       <c r="H116" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I116" s="9">
-        <v>595.0</v>
+        <v>1250.0</v>
       </c>
       <c r="J116" s="9">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="K116" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L116" s="9">
-        <v>335</v>
+        <v>975</v>
       </c>
       <c r="M116" s="10" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="N116" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O116" s="9" t="s">
-        <v>143</v>
-[...7 lines deleted...]
-      <c r="R116" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P116" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="Q116" s="9" t="s">
         <v>455</v>
       </c>
     </row>
-    <row r="117" spans="1:18">
+    <row r="117" spans="1:17">
       <c r="A117" s="5">
         <v>111</v>
       </c>
       <c r="B117" s="8" t="s">
         <v>456</v>
       </c>
       <c r="C117" s="9" t="s">
         <v>457</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>458</v>
       </c>
       <c r="E117" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F117" s="9">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="G117" s="9">
-        <v>190</v>
+        <v>256</v>
       </c>
       <c r="H117" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I117" s="9">
-        <v>1250.0</v>
+        <v>595.0</v>
       </c>
       <c r="J117" s="9">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="K117" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L117" s="9">
-        <v>350</v>
+        <v>335</v>
       </c>
       <c r="M117" s="10" t="s">
         <v>457</v>
       </c>
       <c r="N117" s="9" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="O117" s="9" t="s">
-        <v>73</v>
-[...7 lines deleted...]
-      <c r="R117" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P117" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="Q117" s="9" t="s">
         <v>459</v>
       </c>
     </row>
-    <row r="118" spans="1:18">
+    <row r="118" spans="1:17">
       <c r="A118" s="5">
         <v>112</v>
       </c>
       <c r="B118" s="8" t="s">
         <v>460</v>
       </c>
       <c r="C118" s="9" t="s">
         <v>461</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="E118" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F118" s="9">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G118" s="9">
-        <v>175</v>
+        <v>190</v>
       </c>
       <c r="H118" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I118" s="9">
-        <v>950.0</v>
+        <v>1250.0</v>
       </c>
       <c r="J118" s="9">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="K118" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L118" s="9">
-        <v>360</v>
+        <v>350</v>
       </c>
       <c r="M118" s="10" t="s">
         <v>461</v>
       </c>
       <c r="N118" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O118" s="9" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="Q118" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P118" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="R118" s="9" t="s">
-[...3 lines deleted...]
-    <row r="119" spans="1:18">
+      <c r="Q118" s="9" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="119" spans="1:17">
       <c r="A119" s="5">
         <v>113</v>
       </c>
       <c r="B119" s="8" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C119" s="9" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D119" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="E119" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F119" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G119" s="9">
+        <v>175</v>
+      </c>
+      <c r="H119" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I119" s="9">
+        <v>950.0</v>
+      </c>
+      <c r="J119" s="9">
+        <v>40</v>
+      </c>
+      <c r="K119" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L119" s="9">
+        <v>360</v>
+      </c>
+      <c r="M119" s="10" t="s">
         <v>465</v>
       </c>
-      <c r="E119" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N119" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O119" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P119" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q119" s="9" t="s">
         <v>466</v>
       </c>
-      <c r="P119" s="9" t="s">
-[...9 lines deleted...]
-    <row r="120" spans="1:18">
+    </row>
+    <row r="120" spans="1:17">
       <c r="A120" s="5">
         <v>114</v>
       </c>
       <c r="B120" s="8" t="s">
+        <v>467</v>
+      </c>
+      <c r="C120" s="9" t="s">
         <v>468</v>
       </c>
-      <c r="C120" s="9" t="s">
+      <c r="D120" s="5" t="s">
         <v>469</v>
       </c>
-      <c r="D120" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E120" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F120" s="9">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="G120" s="9">
-        <v>145</v>
+        <v>186</v>
       </c>
       <c r="H120" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I120" s="9">
-        <v>575.0</v>
+        <v>550.0</v>
       </c>
       <c r="J120" s="9">
         <v>35</v>
       </c>
       <c r="K120" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L120" s="9">
-        <v>315</v>
+        <v>330</v>
       </c>
       <c r="M120" s="10" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="N120" s="9" t="s">
-        <v>33</v>
+        <v>470</v>
       </c>
       <c r="O120" s="9" t="s">
-        <v>143</v>
-[...7 lines deleted...]
-      <c r="R120" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P120" s="5" t="s">
         <v>471</v>
       </c>
-    </row>
-    <row r="121" spans="1:18">
+      <c r="Q120" s="9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="121" spans="1:17">
       <c r="A121" s="5">
         <v>115</v>
       </c>
       <c r="B121" s="8" t="s">
         <v>472</v>
       </c>
       <c r="C121" s="9" t="s">
         <v>473</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>474</v>
       </c>
       <c r="E121" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F121" s="9">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G121" s="9">
-        <v>103</v>
+        <v>145</v>
       </c>
       <c r="H121" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I121" s="9">
-        <v>395.0</v>
+        <v>575.0</v>
       </c>
       <c r="J121" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K121" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L121" s="9">
-        <v>250</v>
+        <v>315</v>
       </c>
       <c r="M121" s="10" t="s">
         <v>473</v>
       </c>
       <c r="N121" s="9" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="O121" s="9" t="s">
-        <v>143</v>
-[...7 lines deleted...]
-      <c r="R121" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P121" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q121" s="9" t="s">
         <v>475</v>
       </c>
     </row>
-    <row r="122" spans="1:18">
+    <row r="122" spans="1:17">
       <c r="A122" s="5">
         <v>116</v>
       </c>
       <c r="B122" s="8" t="s">
         <v>476</v>
       </c>
       <c r="C122" s="9" t="s">
         <v>477</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>478</v>
       </c>
       <c r="E122" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F122" s="9">
         <v>2022</v>
       </c>
       <c r="G122" s="9">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="H122" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I122" s="9">
-        <v>350.0</v>
+        <v>395.0</v>
       </c>
       <c r="J122" s="9">
         <v>20</v>
       </c>
       <c r="K122" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L122" s="9">
-        <v>170</v>
+        <v>250</v>
       </c>
       <c r="M122" s="10" t="s">
         <v>477</v>
       </c>
       <c r="N122" s="9" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="O122" s="9" t="s">
-        <v>363</v>
-[...7 lines deleted...]
-      <c r="R122" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P122" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q122" s="9" t="s">
         <v>479</v>
       </c>
     </row>
-    <row r="123" spans="1:18">
+    <row r="123" spans="1:17">
       <c r="A123" s="5">
         <v>117</v>
       </c>
       <c r="B123" s="8" t="s">
         <v>480</v>
       </c>
       <c r="C123" s="9" t="s">
         <v>481</v>
       </c>
       <c r="D123" s="5" t="s">
         <v>482</v>
       </c>
       <c r="E123" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F123" s="9">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="G123" s="9">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="H123" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I123" s="9">
-        <v>400.0</v>
+        <v>350.0</v>
       </c>
       <c r="J123" s="9">
         <v>20</v>
       </c>
       <c r="K123" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L123" s="9">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="M123" s="10" t="s">
         <v>481</v>
       </c>
       <c r="N123" s="9" t="s">
-        <v>33</v>
+        <v>363</v>
       </c>
       <c r="O123" s="9" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      <c r="Q123" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P123" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="Q123" s="9" t="s">
         <v>483</v>
       </c>
-      <c r="R123" s="9" t="s">
-[...3 lines deleted...]
-    <row r="124" spans="1:18">
+    </row>
+    <row r="124" spans="1:17">
       <c r="A124" s="5">
         <v>118</v>
       </c>
       <c r="B124" s="8" t="s">
         <v>484</v>
       </c>
       <c r="C124" s="9" t="s">
         <v>485</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>486</v>
       </c>
       <c r="E124" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F124" s="9">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="G124" s="9">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="H124" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I124" s="9">
-        <v>300.0</v>
+        <v>400.0</v>
       </c>
       <c r="J124" s="9">
         <v>20</v>
       </c>
       <c r="K124" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L124" s="9">
         <v>150</v>
       </c>
       <c r="M124" s="10" t="s">
         <v>485</v>
       </c>
       <c r="N124" s="9" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="O124" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="125" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P124" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="Q124" s="9" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="125" spans="1:17">
       <c r="A125" s="5">
         <v>119</v>
       </c>
       <c r="B125" s="8" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C125" s="9" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>114</v>
+        <v>490</v>
       </c>
       <c r="E125" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F125" s="9">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G125" s="9">
-        <v>424</v>
+        <v>78</v>
       </c>
       <c r="H125" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I125" s="9">
-        <v>995.0</v>
+        <v>300.0</v>
       </c>
       <c r="J125" s="9">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="K125" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L125" s="9">
-        <v>930</v>
+        <v>150</v>
       </c>
       <c r="M125" s="10" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="N125" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O125" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="126" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P125" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q125" s="9" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="126" spans="1:17">
       <c r="A126" s="5">
         <v>120</v>
       </c>
       <c r="B126" s="8" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C126" s="9" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>491</v>
+        <v>114</v>
       </c>
       <c r="E126" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F126" s="9">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="G126" s="9">
-        <v>194</v>
+        <v>424</v>
       </c>
       <c r="H126" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I126" s="9">
-        <v>495.0</v>
+        <v>995.0</v>
       </c>
       <c r="J126" s="9">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K126" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L126" s="9">
-        <v>485</v>
+        <v>930</v>
       </c>
       <c r="M126" s="10" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="N126" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O126" s="9" t="s">
-        <v>492</v>
-[...11 lines deleted...]
-    <row r="127" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P126" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q126" s="9" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="127" spans="1:17">
       <c r="A127" s="5">
         <v>121</v>
       </c>
       <c r="B127" s="8" t="s">
+        <v>493</v>
+      </c>
+      <c r="C127" s="9" t="s">
         <v>494</v>
       </c>
-      <c r="C127" s="9" t="s">
+      <c r="D127" s="5" t="s">
         <v>495</v>
       </c>
-      <c r="D127" s="5" t="s">
+      <c r="E127" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F127" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G127" s="9">
+        <v>194</v>
+      </c>
+      <c r="H127" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I127" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J127" s="9">
+        <v>25</v>
+      </c>
+      <c r="K127" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L127" s="9">
+        <v>485</v>
+      </c>
+      <c r="M127" s="10" t="s">
+        <v>494</v>
+      </c>
+      <c r="N127" s="9" t="s">
         <v>496</v>
       </c>
-      <c r="E127" s="9" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O127" s="9" t="s">
-        <v>56</v>
-[...11 lines deleted...]
-    <row r="128" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P127" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="Q127" s="9" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="128" spans="1:17">
       <c r="A128" s="5">
         <v>122</v>
       </c>
       <c r="B128" s="8" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C128" s="9" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E128" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F128" s="9">
-        <v>2017</v>
+      <c r="F128" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="G128" s="9">
-        <v>80</v>
+        <v>117</v>
       </c>
       <c r="H128" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I128" s="9">
-        <v>350.0</v>
+        <v>450.0</v>
       </c>
       <c r="J128" s="9">
         <v>20</v>
       </c>
       <c r="K128" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L128" s="9">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="M128" s="10" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="N128" s="9" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="O128" s="9" t="s">
-        <v>56</v>
-[...11 lines deleted...]
-    <row r="129" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P128" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="Q128" s="9" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17">
       <c r="A129" s="5">
         <v>123</v>
       </c>
       <c r="B129" s="8" t="s">
         <v>501</v>
       </c>
       <c r="C129" s="9" t="s">
         <v>502</v>
       </c>
       <c r="D129" s="5" t="s">
         <v>503</v>
       </c>
       <c r="E129" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F129" s="9">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="G129" s="9">
-        <v>329</v>
+        <v>80</v>
       </c>
       <c r="H129" s="9" t="s">
-        <v>504</v>
+        <v>24</v>
       </c>
       <c r="I129" s="9">
-        <v>2250.0</v>
+        <v>350.0</v>
       </c>
       <c r="J129" s="9">
-        <v>125</v>
+        <v>20</v>
       </c>
       <c r="K129" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L129" s="9">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="M129" s="10" t="s">
         <v>502</v>
       </c>
       <c r="N129" s="9" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="O129" s="9" t="s">
-        <v>505</v>
-[...11 lines deleted...]
-    <row r="130" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P129" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q129" s="9" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="130" spans="1:17">
       <c r="A130" s="5">
         <v>124</v>
       </c>
       <c r="B130" s="8" t="s">
+        <v>505</v>
+      </c>
+      <c r="C130" s="9" t="s">
         <v>506</v>
       </c>
-      <c r="C130" s="9" t="s">
+      <c r="D130" s="5" t="s">
         <v>507</v>
       </c>
-      <c r="D130" s="5" t="s">
+      <c r="E130" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F130" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G130" s="9">
+        <v>329</v>
+      </c>
+      <c r="H130" s="9" t="s">
         <v>508</v>
       </c>
-      <c r="E130" s="9" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I130" s="9">
-        <v>425.0</v>
+        <v>2250.0</v>
       </c>
       <c r="J130" s="9">
-        <v>25</v>
+        <v>125</v>
       </c>
       <c r="K130" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L130" s="9">
-        <v>380</v>
+        <v>600</v>
       </c>
       <c r="M130" s="10" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="N130" s="9" t="s">
-        <v>33</v>
+        <v>509</v>
       </c>
       <c r="O130" s="9" t="s">
-        <v>143</v>
-[...11 lines deleted...]
-    <row r="131" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P130" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q130" s="9" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="131" spans="1:17">
       <c r="A131" s="5">
         <v>125</v>
       </c>
       <c r="B131" s="8" t="s">
         <v>510</v>
       </c>
       <c r="C131" s="9" t="s">
         <v>511</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="E131" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F131" s="9">
         <v>2025</v>
       </c>
       <c r="G131" s="9">
-        <v>256</v>
+        <v>126</v>
       </c>
       <c r="H131" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I131" s="9">
-        <v>695.0</v>
+        <v>425.0</v>
       </c>
       <c r="J131" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K131" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L131" s="9">
-        <v>700</v>
+        <v>380</v>
       </c>
       <c r="M131" s="10" t="s">
         <v>511</v>
       </c>
       <c r="N131" s="9" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="O131" s="9" t="s">
-        <v>143</v>
-[...11 lines deleted...]
-    <row r="132" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P131" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="Q131" s="9" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="132" spans="1:17">
       <c r="A132" s="5">
         <v>126</v>
       </c>
       <c r="B132" s="8" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C132" s="9" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>78</v>
+        <v>512</v>
       </c>
       <c r="E132" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F132" s="9" t="s">
-        <v>55</v>
+      <c r="F132" s="9">
+        <v>2025</v>
       </c>
       <c r="G132" s="9">
-        <v>496</v>
+        <v>256</v>
       </c>
       <c r="H132" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I132" s="9">
-        <v>950.0</v>
+        <v>695.0</v>
       </c>
       <c r="J132" s="9">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="K132" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L132" s="9">
-        <v>750</v>
+        <v>700</v>
       </c>
       <c r="M132" s="10" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N132" s="9" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="O132" s="9" t="s">
-        <v>73</v>
-[...11 lines deleted...]
-    <row r="133" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P132" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q132" s="9" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="133" spans="1:17">
       <c r="A133" s="5">
         <v>127</v>
       </c>
       <c r="B133" s="8" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C133" s="9" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D133" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="E133" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F133" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="G133" s="9">
+        <v>496</v>
+      </c>
+      <c r="H133" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I133" s="9">
+        <v>950.0</v>
+      </c>
+      <c r="J133" s="9">
+        <v>40</v>
+      </c>
+      <c r="K133" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L133" s="9">
+        <v>750</v>
+      </c>
+      <c r="M133" s="10" t="s">
         <v>518</v>
       </c>
-      <c r="E133" s="9" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="N133" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O133" s="9" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-      <c r="Q133" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P133" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q133" s="9" t="s">
         <v>519</v>
       </c>
-      <c r="R133" s="9"/>
-[...1 lines deleted...]
-    <row r="134" spans="1:18">
+    </row>
+    <row r="134" spans="1:17">
       <c r="A134" s="5">
         <v>128</v>
       </c>
       <c r="B134" s="8" t="s">
         <v>520</v>
       </c>
       <c r="C134" s="9" t="s">
         <v>521</v>
       </c>
       <c r="D134" s="5" t="s">
         <v>522</v>
       </c>
       <c r="E134" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F134" s="9" t="s">
-        <v>523</v>
+      <c r="F134" s="9">
+        <v>2025</v>
       </c>
       <c r="G134" s="9">
-        <v>273</v>
+        <v>502</v>
       </c>
       <c r="H134" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I134" s="9">
-        <v>1850.0</v>
+        <v>1295.0</v>
       </c>
       <c r="J134" s="9">
-        <v>95</v>
+        <v>50</v>
       </c>
       <c r="K134" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L134" s="9">
-        <v>875</v>
+        <v>860</v>
       </c>
       <c r="M134" s="10" t="s">
         <v>521</v>
       </c>
       <c r="N134" s="9" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="O134" s="9" t="s">
-        <v>56</v>
-[...7 lines deleted...]
-      <c r="R134" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P134" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="Q134" s="9" t="s">
         <v>524</v>
       </c>
     </row>
-    <row r="135" spans="1:18">
+    <row r="135" spans="1:17">
       <c r="A135" s="5">
         <v>129</v>
       </c>
       <c r="B135" s="8" t="s">
         <v>525</v>
       </c>
       <c r="C135" s="9" t="s">
         <v>526</v>
       </c>
       <c r="D135" s="5" t="s">
         <v>527</v>
       </c>
       <c r="E135" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F135" s="9">
-        <v>2024</v>
+      <c r="F135" s="9" t="s">
+        <v>528</v>
       </c>
       <c r="G135" s="9">
-        <v>123</v>
+        <v>273</v>
       </c>
       <c r="H135" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I135" s="9">
-        <v>375.0</v>
+        <v>1850.0</v>
       </c>
       <c r="J135" s="9">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="K135" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L135" s="9">
-        <v>200</v>
+        <v>875</v>
       </c>
       <c r="M135" s="10" t="s">
         <v>526</v>
       </c>
       <c r="N135" s="9" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="O135" s="9" t="s">
-        <v>528</v>
-[...11 lines deleted...]
-    <row r="136" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P135" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="Q135" s="9" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="136" spans="1:17">
       <c r="A136" s="5">
         <v>130</v>
       </c>
       <c r="B136" s="8" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C136" s="9" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E136" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F136" s="9">
         <v>2024</v>
       </c>
       <c r="G136" s="9">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="H136" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I136" s="9">
-        <v>350.0</v>
+        <v>375.0</v>
       </c>
       <c r="J136" s="9">
         <v>20</v>
       </c>
       <c r="K136" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L136" s="9">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="M136" s="10" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="N136" s="9" t="s">
-        <v>33</v>
+        <v>533</v>
       </c>
       <c r="O136" s="9" t="s">
-        <v>528</v>
-[...11 lines deleted...]
-    <row r="137" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P136" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="Q136" s="9" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="137" spans="1:17">
       <c r="A137" s="5">
         <v>131</v>
       </c>
       <c r="B137" s="8" t="s">
+        <v>534</v>
+      </c>
+      <c r="C137" s="9" t="s">
+        <v>535</v>
+      </c>
+      <c r="D137" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="E137" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F137" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G137" s="9">
+        <v>73</v>
+      </c>
+      <c r="H137" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I137" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J137" s="9">
+        <v>20</v>
+      </c>
+      <c r="K137" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L137" s="9">
+        <v>150</v>
+      </c>
+      <c r="M137" s="10" t="s">
+        <v>535</v>
+      </c>
+      <c r="N137" s="9" t="s">
         <v>533</v>
       </c>
-      <c r="C137" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="O137" s="9" t="s">
-        <v>73</v>
-[...11 lines deleted...]
-    <row r="138" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P137" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="Q137" s="9" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="138" spans="1:17">
       <c r="A138" s="5">
         <v>132</v>
       </c>
       <c r="B138" s="8" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C138" s="9" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>424</v>
+        <v>540</v>
       </c>
       <c r="E138" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F138" s="9">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="G138" s="9">
-        <v>138</v>
+        <v>37</v>
       </c>
       <c r="H138" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I138" s="9">
-        <v>350.0</v>
+        <v>200.0</v>
       </c>
       <c r="J138" s="9">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K138" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L138" s="9">
-        <v>275</v>
+        <v>100</v>
       </c>
       <c r="M138" s="10" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="N138" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O138" s="9" t="s">
-        <v>161</v>
-[...11 lines deleted...]
-    <row r="139" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P138" s="5" t="s">
+        <v>378</v>
+      </c>
+      <c r="Q138" s="9" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="139" spans="1:17">
       <c r="A139" s="5">
         <v>133</v>
       </c>
       <c r="B139" s="8" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C139" s="9" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>542</v>
+        <v>424</v>
       </c>
       <c r="E139" s="9" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="F139" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G139" s="9">
-        <v>157</v>
+        <v>138</v>
       </c>
       <c r="H139" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I139" s="9">
-        <v>475.0</v>
+        <v>350.0</v>
       </c>
       <c r="J139" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K139" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L139" s="9">
-        <v>240</v>
+        <v>275</v>
       </c>
       <c r="M139" s="10" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="N139" s="9" t="s">
-        <v>72</v>
+        <v>161</v>
       </c>
       <c r="O139" s="9" t="s">
-        <v>409</v>
-[...11 lines deleted...]
-    <row r="140" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P139" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="Q139" s="9" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="140" spans="1:17">
       <c r="A140" s="5">
         <v>134</v>
       </c>
       <c r="B140" s="8" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C140" s="9" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E140" s="9" t="s">
-        <v>33</v>
+        <v>72</v>
       </c>
       <c r="F140" s="9">
         <v>2024</v>
       </c>
       <c r="G140" s="9">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H140" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I140" s="9">
-        <v>425.0</v>
+        <v>475.0</v>
       </c>
       <c r="J140" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K140" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L140" s="9">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="M140" s="10" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="N140" s="9" t="s">
-        <v>33</v>
+        <v>409</v>
       </c>
       <c r="O140" s="9" t="s">
-        <v>26</v>
-[...7 lines deleted...]
-      <c r="R140" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P140" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q140" s="9" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="141" spans="1:18">
+    <row r="141" spans="1:17">
       <c r="A141" s="5">
         <v>135</v>
       </c>
       <c r="B141" s="8" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C141" s="9" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="E141" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F141" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G141" s="9">
-        <v>119</v>
+        <v>155</v>
       </c>
       <c r="H141" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I141" s="9">
         <v>425.0</v>
       </c>
       <c r="J141" s="9">
         <v>25</v>
       </c>
       <c r="K141" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L141" s="9">
-        <v>200</v>
+        <v>230</v>
       </c>
       <c r="M141" s="10" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="N141" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O141" s="9" t="s">
-        <v>143</v>
-[...11 lines deleted...]
-    <row r="142" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P141" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="Q141" s="9" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="142" spans="1:17">
       <c r="A142" s="5">
         <v>136</v>
       </c>
       <c r="B142" s="8" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C142" s="9" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="E142" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F142" s="9">
         <v>2025</v>
       </c>
       <c r="G142" s="9">
-        <v>187</v>
+        <v>119</v>
       </c>
       <c r="H142" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I142" s="9">
-        <v>550.0</v>
+        <v>425.0</v>
       </c>
       <c r="J142" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K142" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L142" s="9">
-        <v>420</v>
+        <v>200</v>
       </c>
       <c r="M142" s="10" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="N142" s="9" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="O142" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="143" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P142" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q142" s="9" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="143" spans="1:17">
       <c r="A143" s="5">
         <v>137</v>
       </c>
       <c r="B143" s="8" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C143" s="9" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>203</v>
+        <v>557</v>
       </c>
       <c r="E143" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F143" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G143" s="9">
-        <v>584</v>
+        <v>187</v>
       </c>
       <c r="H143" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I143" s="9">
-        <v>1495.0</v>
+        <v>550.0</v>
       </c>
       <c r="J143" s="9">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="K143" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L143" s="9">
-        <v>1500</v>
+        <v>420</v>
       </c>
       <c r="M143" s="10" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="N143" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O143" s="9" t="s">
-        <v>555</v>
-[...11 lines deleted...]
-    <row r="144" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P143" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="Q143" s="9" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="144" spans="1:17">
       <c r="A144" s="5">
         <v>138</v>
       </c>
       <c r="B144" s="8" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C144" s="9" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>242</v>
+        <v>203</v>
       </c>
       <c r="E144" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F144" s="9">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="G144" s="9">
-        <v>321</v>
+        <v>584</v>
       </c>
       <c r="H144" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I144" s="9">
-        <v>1895.0</v>
+        <v>1495.0</v>
       </c>
       <c r="J144" s="9">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="K144" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L144" s="9">
-        <v>750</v>
+        <v>1500</v>
       </c>
       <c r="M144" s="10" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="N144" s="9" t="s">
-        <v>23</v>
+        <v>560</v>
       </c>
       <c r="O144" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="145" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P144" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q144" s="9" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="145" spans="1:17">
       <c r="A145" s="5">
         <v>139</v>
       </c>
       <c r="B145" s="8" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="C145" s="9" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>560</v>
+        <v>242</v>
       </c>
       <c r="E145" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F145" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G145" s="9">
-        <v>173</v>
+        <v>321</v>
       </c>
       <c r="H145" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I145" s="9">
-        <v>475.0</v>
+        <v>1895.0</v>
       </c>
       <c r="J145" s="9">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="K145" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L145" s="9">
-        <v>290</v>
+        <v>750</v>
       </c>
       <c r="M145" s="10" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="N145" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O145" s="9" t="s">
-        <v>73</v>
-[...11 lines deleted...]
-    <row r="146" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P145" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="Q145" s="9" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="146" spans="1:17">
       <c r="A146" s="5">
         <v>140</v>
       </c>
       <c r="B146" s="8" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C146" s="9" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="E146" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F146" s="9" t="s">
-        <v>55</v>
+      <c r="F146" s="9">
+        <v>2021</v>
       </c>
       <c r="G146" s="9">
-        <v>93</v>
+        <v>173</v>
       </c>
       <c r="H146" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I146" s="9">
-        <v>350.0</v>
+        <v>475.0</v>
       </c>
       <c r="J146" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K146" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L146" s="9">
-        <v>170</v>
+        <v>290</v>
       </c>
       <c r="M146" s="10" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="N146" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O146" s="9" t="s">
-        <v>73</v>
-[...11 lines deleted...]
-    <row r="147" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P146" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="Q146" s="9" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="147" spans="1:17">
       <c r="A147" s="5">
         <v>141</v>
       </c>
       <c r="B147" s="8" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C147" s="9" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="E147" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F147" s="9">
-        <v>2023</v>
+      <c r="F147" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="G147" s="9">
-        <v>513</v>
+        <v>93</v>
       </c>
       <c r="H147" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I147" s="9">
-        <v>1750.0</v>
+        <v>350.0</v>
       </c>
       <c r="J147" s="9">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="K147" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L147" s="9">
-        <v>1150</v>
+        <v>170</v>
       </c>
       <c r="M147" s="10" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="N147" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O147" s="9" t="s">
-        <v>73</v>
-[...11 lines deleted...]
-    <row r="148" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P147" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="Q147" s="9" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="148" spans="1:17">
       <c r="A148" s="5">
         <v>142</v>
       </c>
       <c r="B148" s="8" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C148" s="9" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D148" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="E148" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F148" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G148" s="9">
+        <v>513</v>
+      </c>
+      <c r="H148" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I148" s="9">
+        <v>1750.0</v>
+      </c>
+      <c r="J148" s="9">
+        <v>85</v>
+      </c>
+      <c r="K148" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L148" s="9">
+        <v>1150</v>
+      </c>
+      <c r="M148" s="10" t="s">
         <v>570</v>
       </c>
-      <c r="E148" s="9" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="N148" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O148" s="9" t="s">
-        <v>443</v>
-[...4 lines deleted...]
-      <c r="Q148" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P148" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="R148" s="9"/>
-[...1 lines deleted...]
-    <row r="149" spans="1:18">
+      <c r="Q148" s="9" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="149" spans="1:17">
       <c r="A149" s="5">
         <v>143</v>
       </c>
       <c r="B149" s="8" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="C149" s="9" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="E149" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F149" s="9">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="G149" s="9">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="H149" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I149" s="9">
-        <v>425.0</v>
+        <v>450.0</v>
       </c>
       <c r="J149" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K149" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L149" s="9">
-        <v>300</v>
+        <v>260</v>
       </c>
       <c r="M149" s="10" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="N149" s="9" t="s">
-        <v>33</v>
+        <v>447</v>
       </c>
       <c r="O149" s="9" t="s">
-        <v>574</v>
-[...11 lines deleted...]
-    <row r="150" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P149" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q149" s="9" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="150" spans="1:17">
       <c r="A150" s="5">
         <v>144</v>
       </c>
       <c r="B150" s="8" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C150" s="9" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D150" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="E150" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F150" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G150" s="9">
+        <v>173</v>
+      </c>
+      <c r="H150" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I150" s="9">
+        <v>425.0</v>
+      </c>
+      <c r="J150" s="9">
+        <v>30</v>
+      </c>
+      <c r="K150" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L150" s="9">
+        <v>300</v>
+      </c>
+      <c r="M150" s="10" t="s">
         <v>577</v>
       </c>
-      <c r="E150" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N150" s="9" t="s">
-        <v>33</v>
+        <v>579</v>
       </c>
       <c r="O150" s="9" t="s">
-        <v>73</v>
-[...11 lines deleted...]
-    <row r="151" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P150" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q150" s="9" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="151" spans="1:17">
       <c r="A151" s="5">
         <v>145</v>
       </c>
       <c r="B151" s="8" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C151" s="9" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="E151" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F151" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G151" s="9">
-        <v>269</v>
+        <v>711</v>
       </c>
       <c r="H151" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I151" s="9">
-        <v>795.0</v>
+        <v>2000.0</v>
       </c>
       <c r="J151" s="9">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="K151" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L151" s="9">
-        <v>425</v>
+        <v>1500</v>
       </c>
       <c r="M151" s="10" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="N151" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O151" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="152" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P151" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q151" s="9" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="152" spans="1:17">
       <c r="A152" s="5">
         <v>146</v>
       </c>
       <c r="B152" s="8" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C152" s="9" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>253</v>
+        <v>585</v>
       </c>
       <c r="E152" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F152" s="9">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="G152" s="9">
-        <v>177</v>
+        <v>269</v>
       </c>
       <c r="H152" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I152" s="9">
-        <v>595.0</v>
+        <v>795.0</v>
       </c>
       <c r="J152" s="9">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="K152" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L152" s="9">
-        <v>300</v>
+        <v>425</v>
       </c>
       <c r="M152" s="10" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N152" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O152" s="9" t="s">
-        <v>73</v>
-[...11 lines deleted...]
-    <row r="153" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P152" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="Q152" s="9" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="153" spans="1:17">
       <c r="A153" s="5">
         <v>147</v>
       </c>
       <c r="B153" s="8" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="C153" s="9" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>326</v>
+        <v>253</v>
       </c>
       <c r="E153" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F153" s="9">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="G153" s="9">
-        <v>106</v>
+        <v>177</v>
       </c>
       <c r="H153" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I153" s="9">
-        <v>350.0</v>
+        <v>595.0</v>
       </c>
       <c r="J153" s="9">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K153" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L153" s="9">
-        <v>160</v>
+        <v>300</v>
       </c>
       <c r="M153" s="10" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="N153" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O153" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="154" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P153" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="Q153" s="9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="154" spans="1:17">
       <c r="A154" s="5">
         <v>148</v>
       </c>
       <c r="B154" s="8" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="C154" s="9" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>245</v>
+        <v>326</v>
       </c>
       <c r="E154" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F154" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G154" s="9">
-        <v>436</v>
+        <v>106</v>
       </c>
       <c r="H154" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I154" s="9">
-        <v>2195.0</v>
+        <v>350.0</v>
       </c>
       <c r="J154" s="9">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="K154" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L154" s="9">
-        <v>900</v>
+        <v>160</v>
       </c>
       <c r="M154" s="10" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="N154" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O154" s="9" t="s">
-        <v>73</v>
-[...11 lines deleted...]
-    <row r="155" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P154" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="Q154" s="9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="155" spans="1:17">
       <c r="A155" s="5">
         <v>149</v>
       </c>
       <c r="B155" s="8" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="C155" s="9" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>590</v>
+        <v>245</v>
       </c>
       <c r="E155" s="9" t="s">
-        <v>591</v>
+        <v>33</v>
       </c>
       <c r="F155" s="9">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G155" s="9">
-        <v>222</v>
+        <v>436</v>
       </c>
       <c r="H155" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I155" s="9">
-        <v>1250.0</v>
+        <v>2195.0</v>
       </c>
       <c r="J155" s="9">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="K155" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L155" s="9">
-        <v>600</v>
+        <v>900</v>
       </c>
       <c r="M155" s="10" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="N155" s="9" t="s">
-        <v>591</v>
+        <v>73</v>
       </c>
       <c r="O155" s="9" t="s">
-        <v>73</v>
-[...11 lines deleted...]
-    <row r="156" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P155" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q155" s="9" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="156" spans="1:17">
       <c r="A156" s="5">
         <v>150</v>
       </c>
       <c r="B156" s="8" t="s">
+        <v>593</v>
+      </c>
+      <c r="C156" s="9" t="s">
         <v>594</v>
       </c>
-      <c r="C156" s="9" t="s">
+      <c r="D156" s="5" t="s">
         <v>595</v>
       </c>
-      <c r="D156" s="5" t="s">
+      <c r="E156" s="9" t="s">
         <v>596</v>
       </c>
-      <c r="E156" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F156" s="9">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="G156" s="9">
-        <v>275</v>
+        <v>222</v>
       </c>
       <c r="H156" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I156" s="9">
-        <v>950.0</v>
+        <v>1250.0</v>
       </c>
       <c r="J156" s="9">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="K156" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L156" s="9">
-        <v>470</v>
+        <v>600</v>
       </c>
       <c r="M156" s="10" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="N156" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O156" s="9" t="s">
-        <v>124</v>
-[...7 lines deleted...]
-      <c r="R156" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P156" s="5" t="s">
         <v>597</v>
       </c>
-    </row>
-    <row r="157" spans="1:18">
+      <c r="Q156" s="9" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="157" spans="1:17">
       <c r="A157" s="5">
         <v>151</v>
       </c>
       <c r="B157" s="8" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C157" s="9" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D157" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="E157" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F157" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G157" s="9">
+        <v>275</v>
+      </c>
+      <c r="H157" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I157" s="9">
+        <v>950.0</v>
+      </c>
+      <c r="J157" s="9">
+        <v>45</v>
+      </c>
+      <c r="K157" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L157" s="9">
+        <v>470</v>
+      </c>
+      <c r="M157" s="10" t="s">
         <v>600</v>
       </c>
-      <c r="E157" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N157" s="9" t="s">
-        <v>33</v>
+        <v>124</v>
       </c>
       <c r="O157" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="158" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P157" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="Q157" s="9" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="158" spans="1:17">
       <c r="A158" s="5">
         <v>152</v>
       </c>
       <c r="B158" s="8" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C158" s="9" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D158" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="E158" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F158" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G158" s="9">
+        <v>480</v>
+      </c>
+      <c r="H158" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I158" s="9">
+        <v>895.0</v>
+      </c>
+      <c r="J158" s="9">
+        <v>40</v>
+      </c>
+      <c r="K158" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L158" s="9">
+        <v>575</v>
+      </c>
+      <c r="M158" s="10" t="s">
         <v>604</v>
       </c>
-      <c r="E158" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N158" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O158" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="159" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P158" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="Q158" s="9" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="159" spans="1:17">
       <c r="A159" s="5">
         <v>153</v>
       </c>
       <c r="B159" s="8" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C159" s="9" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>245</v>
+        <v>609</v>
       </c>
       <c r="E159" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F159" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G159" s="9">
-        <v>289</v>
+        <v>253</v>
       </c>
       <c r="H159" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I159" s="9">
-        <v>1200.0</v>
+        <v>525.0</v>
       </c>
       <c r="J159" s="9">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="K159" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L159" s="9">
-        <v>660</v>
+        <v>320</v>
       </c>
       <c r="M159" s="10" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="N159" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O159" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="160" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P159" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q159" s="9" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="160" spans="1:17">
       <c r="A160" s="5">
         <v>154</v>
       </c>
       <c r="B160" s="8" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C160" s="9" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="D160" s="5" t="s">
         <v>245</v>
       </c>
       <c r="E160" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F160" s="9">
         <v>2025</v>
       </c>
       <c r="G160" s="9">
-        <v>205</v>
+        <v>289</v>
       </c>
       <c r="H160" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I160" s="9">
-        <v>895.0</v>
+        <v>1200.0</v>
       </c>
       <c r="J160" s="9">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="K160" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L160" s="9">
-        <v>480</v>
+        <v>660</v>
       </c>
       <c r="M160" s="10" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="N160" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O160" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="161" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P160" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q160" s="9" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="161" spans="1:17">
       <c r="A161" s="5">
         <v>155</v>
       </c>
       <c r="B161" s="8" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="C161" s="9" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="D161" s="5" t="s">
         <v>245</v>
       </c>
       <c r="E161" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F161" s="9">
         <v>2025</v>
       </c>
       <c r="G161" s="9">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H161" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I161" s="9">
         <v>895.0</v>
       </c>
       <c r="J161" s="9">
         <v>40</v>
       </c>
       <c r="K161" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L161" s="9">
         <v>480</v>
       </c>
       <c r="M161" s="10" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="N161" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O161" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="162" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P161" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q161" s="9" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="162" spans="1:17">
       <c r="A162" s="5">
         <v>156</v>
       </c>
       <c r="B162" s="8" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="C162" s="9" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="D162" s="5" t="s">
         <v>245</v>
       </c>
       <c r="E162" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F162" s="9">
         <v>2025</v>
       </c>
       <c r="G162" s="9">
-        <v>220</v>
+        <v>204</v>
       </c>
       <c r="H162" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I162" s="9">
-        <v>945.0</v>
+        <v>895.0</v>
       </c>
       <c r="J162" s="9">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="K162" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L162" s="9">
-        <v>520</v>
+        <v>480</v>
       </c>
       <c r="M162" s="10" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="N162" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O162" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="163" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P162" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q162" s="9" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="163" spans="1:17">
       <c r="A163" s="5">
         <v>157</v>
       </c>
       <c r="B163" s="8" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C163" s="9" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>619</v>
+        <v>245</v>
       </c>
       <c r="E163" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F163" s="9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="G163" s="9">
-        <v>293</v>
+        <v>220</v>
       </c>
       <c r="H163" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I163" s="9">
-        <v>1350.0</v>
+        <v>945.0</v>
       </c>
       <c r="J163" s="9">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="K163" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L163" s="9">
-        <v>800</v>
+        <v>520</v>
       </c>
       <c r="M163" s="10" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="N163" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O163" s="9" t="s">
-        <v>73</v>
-[...11 lines deleted...]
-    <row r="164" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P163" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q163" s="9" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="164" spans="1:17">
       <c r="A164" s="5">
         <v>158</v>
       </c>
       <c r="B164" s="8" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C164" s="9" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>623</v>
+        <v>245</v>
       </c>
       <c r="E164" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F164" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G164" s="9">
-        <v>275</v>
+        <v>210</v>
       </c>
       <c r="H164" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I164" s="9">
-        <v>950.0</v>
+        <v>845.0</v>
       </c>
       <c r="J164" s="9">
         <v>40</v>
       </c>
       <c r="K164" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L164" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="L164" s="9"/>
       <c r="M164" s="10" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="N164" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O164" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="165" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P164" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q164" s="9"/>
+    </row>
+    <row r="165" spans="1:17">
       <c r="A165" s="5">
         <v>159</v>
       </c>
       <c r="B165" s="8" t="s">
         <v>624</v>
       </c>
       <c r="C165" s="9" t="s">
         <v>625</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>245</v>
+        <v>626</v>
       </c>
       <c r="E165" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F165" s="9">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="G165" s="9">
-        <v>469</v>
+        <v>293</v>
       </c>
       <c r="H165" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I165" s="9">
-        <v>1595.0</v>
+        <v>1350.0</v>
       </c>
       <c r="J165" s="9">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="K165" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L165" s="9">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="M165" s="10" t="s">
         <v>625</v>
       </c>
       <c r="N165" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O165" s="9" t="s">
-        <v>73</v>
-[...11 lines deleted...]
-    <row r="166" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P165" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="Q165" s="9" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="166" spans="1:17">
       <c r="A166" s="5">
         <v>160</v>
       </c>
       <c r="B166" s="8" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C166" s="9" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D166" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="E166" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F166" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G166" s="9">
+        <v>275</v>
+      </c>
+      <c r="H166" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I166" s="9">
+        <v>950.0</v>
+      </c>
+      <c r="J166" s="9">
+        <v>40</v>
+      </c>
+      <c r="K166" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L166" s="9">
+        <v>450</v>
+      </c>
+      <c r="M166" s="10" t="s">
         <v>629</v>
       </c>
-      <c r="E166" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N166" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O166" s="9" t="s">
-        <v>73</v>
-[...11 lines deleted...]
-    <row r="167" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P166" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="Q166" s="9" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="167" spans="1:17">
       <c r="A167" s="5">
         <v>161</v>
       </c>
       <c r="B167" s="8" t="s">
         <v>631</v>
       </c>
       <c r="C167" s="9" t="s">
         <v>632</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>633</v>
+        <v>245</v>
       </c>
       <c r="E167" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F167" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G167" s="9">
-        <v>51</v>
+        <v>469</v>
       </c>
       <c r="H167" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I167" s="9">
-        <v>195.0</v>
+        <v>1595.0</v>
       </c>
       <c r="J167" s="9">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="K167" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L167" s="9">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="M167" s="10" t="s">
         <v>632</v>
       </c>
       <c r="N167" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O167" s="9" t="s">
-        <v>143</v>
-[...11 lines deleted...]
-    <row r="168" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P167" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="Q167" s="9" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="168" spans="1:17">
       <c r="A168" s="5">
         <v>162</v>
       </c>
       <c r="B168" s="8" t="s">
+        <v>634</v>
+      </c>
+      <c r="C168" s="9" t="s">
         <v>635</v>
       </c>
-      <c r="C168" s="9" t="s">
+      <c r="D168" s="5" t="s">
         <v>636</v>
-      </c>
-[...1 lines deleted...]
-        <v>637</v>
       </c>
       <c r="E168" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F168" s="9">
         <v>2022</v>
       </c>
       <c r="G168" s="9">
-        <v>195</v>
+        <v>89</v>
       </c>
       <c r="H168" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I168" s="9">
-        <v>450.0</v>
+        <v>275.0</v>
       </c>
       <c r="J168" s="9">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="K168" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L168" s="9">
-        <v>275</v>
+        <v>150</v>
       </c>
       <c r="M168" s="10" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="N168" s="9" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="O168" s="9" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-    <row r="169" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P168" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q168" s="9" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="169" spans="1:17">
       <c r="A169" s="5">
         <v>163</v>
       </c>
       <c r="B169" s="8" t="s">
         <v>638</v>
       </c>
       <c r="C169" s="9" t="s">
         <v>639</v>
       </c>
       <c r="D169" s="5" t="s">
         <v>640</v>
       </c>
       <c r="E169" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F169" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G169" s="9">
-        <v>110</v>
+        <v>51</v>
       </c>
       <c r="H169" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I169" s="9">
-        <v>450.0</v>
+        <v>195.0</v>
       </c>
       <c r="J169" s="9">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="K169" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L169" s="9">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="M169" s="10" t="s">
         <v>639</v>
       </c>
       <c r="N169" s="9" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="O169" s="9" t="s">
-        <v>143</v>
-[...11 lines deleted...]
-    <row r="170" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P169" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="Q169" s="9" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="170" spans="1:17">
       <c r="A170" s="5">
         <v>164</v>
       </c>
       <c r="B170" s="8" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C170" s="9" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D170" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="E170" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F170" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G170" s="9">
+        <v>195</v>
+      </c>
+      <c r="H170" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I170" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J170" s="9">
+        <v>30</v>
+      </c>
+      <c r="K170" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L170" s="9">
+        <v>275</v>
+      </c>
+      <c r="M170" s="10" t="s">
         <v>643</v>
       </c>
-      <c r="E170" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N170" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O170" s="9" t="s">
-        <v>143</v>
-[...11 lines deleted...]
-    <row r="171" spans="1:18">
+        <v>27</v>
+      </c>
+      <c r="P170" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q170" s="9" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="171" spans="1:17">
       <c r="A171" s="5">
         <v>165</v>
       </c>
       <c r="B171" s="8" t="s">
         <v>645</v>
       </c>
       <c r="C171" s="9" t="s">
         <v>646</v>
       </c>
       <c r="D171" s="5" t="s">
         <v>647</v>
       </c>
       <c r="E171" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F171" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G171" s="9">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="H171" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I171" s="9">
-        <v>350.0</v>
+        <v>450.0</v>
       </c>
       <c r="J171" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K171" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L171" s="9">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="M171" s="10" t="s">
         <v>646</v>
       </c>
       <c r="N171" s="9" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="O171" s="9" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-      <c r="Q171" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P171" s="5" t="s">
         <v>648</v>
       </c>
-      <c r="R171" s="9" t="s">
-[...3 lines deleted...]
-    <row r="172" spans="1:18">
+      <c r="Q171" s="9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="172" spans="1:17">
       <c r="A172" s="5">
         <v>166</v>
       </c>
       <c r="B172" s="8" t="s">
         <v>649</v>
       </c>
       <c r="C172" s="9" t="s">
         <v>650</v>
       </c>
       <c r="D172" s="5" t="s">
         <v>651</v>
       </c>
       <c r="E172" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F172" s="9">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="G172" s="9">
-        <v>210</v>
+        <v>274</v>
       </c>
       <c r="H172" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I172" s="9">
-        <v>650.0</v>
+        <v>995.0</v>
       </c>
       <c r="J172" s="9">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="K172" s="9" t="s">
-        <v>652</v>
+        <v>25</v>
       </c>
       <c r="L172" s="9">
         <v>500</v>
       </c>
       <c r="M172" s="10" t="s">
         <v>650</v>
       </c>
       <c r="N172" s="9" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="O172" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P172" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="Q172" s="9" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="173" spans="1:17">
+      <c r="A173" s="5">
+        <v>167</v>
+      </c>
+      <c r="B173" s="8" t="s">
+        <v>653</v>
+      </c>
+      <c r="C173" s="9" t="s">
+        <v>654</v>
+      </c>
+      <c r="D173" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="E173" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F173" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G173" s="9">
+        <v>100</v>
+      </c>
+      <c r="H173" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I173" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J173" s="9">
+        <v>20</v>
+      </c>
+      <c r="K173" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L173" s="9">
+        <v>150</v>
+      </c>
+      <c r="M173" s="10" t="s">
+        <v>654</v>
+      </c>
+      <c r="N173" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="O173" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P173" s="5" t="s">
+        <v>656</v>
+      </c>
+      <c r="Q173" s="9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="174" spans="1:17">
+      <c r="A174" s="5">
+        <v>168</v>
+      </c>
+      <c r="B174" s="8" t="s">
+        <v>657</v>
+      </c>
+      <c r="C174" s="9" t="s">
+        <v>658</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="E174" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F174" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G174" s="9">
+        <v>210</v>
+      </c>
+      <c r="H174" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I174" s="9">
+        <v>650.0</v>
+      </c>
+      <c r="J174" s="9">
+        <v>30</v>
+      </c>
+      <c r="K174" s="9" t="s">
+        <v>660</v>
+      </c>
+      <c r="L174" s="9">
+        <v>500</v>
+      </c>
+      <c r="M174" s="10" t="s">
+        <v>658</v>
+      </c>
+      <c r="N174" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="P172" s="9" t="s">
-[...5 lines deleted...]
-      <c r="R172" s="9" t="s">
+      <c r="O174" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P174" s="5" t="s">
+        <v>661</v>
+      </c>
+      <c r="Q174" s="9" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="173" spans="1:18">
-[...6 lines deleted...]
-      <c r="H173" s="11"/>
+    <row r="175" spans="1:17">
+      <c r="B175" s="13"/>
+      <c r="C175" s="13"/>
+      <c r="D175" s="13"/>
+      <c r="E175" s="13"/>
+      <c r="F175" s="13"/>
+      <c r="G175" s="13"/>
+      <c r="H175" s="13"/>
+    </row>
+    <row r="176" spans="1:17">
+      <c r="B176" s="11" t="s">
+        <v>662</v>
+      </c>
+      <c r="C176" s="12"/>
+      <c r="D176" s="12"/>
+      <c r="E176" s="12"/>
+      <c r="F176" s="12"/>
+      <c r="G176" s="12"/>
+      <c r="H176" s="12"/>
+      <c r="I176" s="12"/>
+    </row>
+    <row r="177" spans="1:17">
+      <c r="B177" s="12"/>
+      <c r="C177" s="12"/>
+      <c r="D177" s="12"/>
+      <c r="E177" s="12"/>
+      <c r="F177" s="12"/>
+      <c r="G177" s="12"/>
+      <c r="H177" s="12"/>
+      <c r="I177" s="12"/>
+    </row>
+    <row r="178" spans="1:17">
+      <c r="B178" s="12"/>
+      <c r="C178" s="12"/>
+      <c r="D178" s="12"/>
+      <c r="E178" s="12"/>
+      <c r="F178" s="12"/>
+      <c r="G178" s="12"/>
+      <c r="H178" s="12"/>
+      <c r="I178" s="12"/>
+    </row>
+    <row r="179" spans="1:17">
+      <c r="B179" s="12"/>
+      <c r="C179" s="12"/>
+      <c r="D179" s="12"/>
+      <c r="E179" s="12"/>
+      <c r="F179" s="12"/>
+      <c r="G179" s="12"/>
+      <c r="H179" s="12"/>
+      <c r="I179" s="12"/>
+    </row>
+    <row r="180" spans="1:17">
+      <c r="B180" s="12"/>
+      <c r="C180" s="12"/>
+      <c r="D180" s="12"/>
+      <c r="E180" s="12"/>
+      <c r="F180" s="12"/>
+      <c r="G180" s="12"/>
+      <c r="H180" s="12"/>
+      <c r="I180" s="12"/>
+    </row>
+    <row r="181" spans="1:17">
+      <c r="B181" s="12"/>
+      <c r="C181" s="12"/>
+      <c r="D181" s="12"/>
+      <c r="E181" s="12"/>
+      <c r="F181" s="12"/>
+      <c r="G181" s="12"/>
+      <c r="H181" s="12"/>
+      <c r="I181" s="12"/>
+    </row>
+    <row r="182" spans="1:17">
+      <c r="B182" s="12"/>
+      <c r="C182" s="12"/>
+      <c r="D182" s="12"/>
+      <c r="E182" s="12"/>
+      <c r="F182" s="12"/>
+      <c r="G182" s="12"/>
+      <c r="H182" s="12"/>
+      <c r="I182" s="12"/>
+    </row>
+    <row r="183" spans="1:17">
+      <c r="B183" s="12"/>
+      <c r="C183" s="12"/>
+      <c r="D183" s="12"/>
+      <c r="E183" s="12"/>
+      <c r="F183" s="12"/>
+      <c r="G183" s="12"/>
+      <c r="H183" s="12"/>
+      <c r="I183" s="12"/>
+    </row>
+    <row r="184" spans="1:17">
+      <c r="B184" s="12"/>
+      <c r="C184" s="12"/>
+      <c r="D184" s="12"/>
+      <c r="E184" s="12"/>
+      <c r="F184" s="12"/>
+      <c r="G184" s="12"/>
+      <c r="H184" s="12"/>
+      <c r="I184" s="12"/>
+    </row>
+    <row r="185" spans="1:17">
+      <c r="B185" s="12"/>
+      <c r="C185" s="12"/>
+      <c r="D185" s="12"/>
+      <c r="E185" s="12"/>
+      <c r="F185" s="12"/>
+      <c r="G185" s="12"/>
+      <c r="H185" s="12"/>
+      <c r="I185" s="12"/>
+    </row>
+    <row r="186" spans="1:17">
+      <c r="B186" s="12"/>
+      <c r="C186" s="12"/>
+      <c r="D186" s="12"/>
+      <c r="E186" s="12"/>
+      <c r="F186" s="12"/>
+      <c r="G186" s="12"/>
+      <c r="H186" s="12"/>
+      <c r="I186" s="12"/>
+    </row>
+    <row r="187" spans="1:17">
+      <c r="B187" s="12"/>
+      <c r="C187" s="12"/>
+      <c r="D187" s="12"/>
+      <c r="E187" s="12"/>
+      <c r="F187" s="12"/>
+      <c r="G187" s="12"/>
+      <c r="H187" s="12"/>
+      <c r="I187" s="12"/>
+    </row>
+    <row r="188" spans="1:17">
+      <c r="B188" s="12"/>
+      <c r="C188" s="12"/>
+      <c r="D188" s="12"/>
+      <c r="E188" s="12"/>
+      <c r="F188" s="12"/>
+      <c r="G188" s="12"/>
+      <c r="H188" s="12"/>
+      <c r="I188" s="12"/>
+    </row>
+    <row r="189" spans="1:17">
+      <c r="B189" s="12"/>
+      <c r="C189" s="12"/>
+      <c r="D189" s="12"/>
+      <c r="E189" s="12"/>
+      <c r="F189" s="12"/>
+      <c r="G189" s="12"/>
+      <c r="H189" s="12"/>
+      <c r="I189" s="12"/>
+    </row>
+    <row r="190" spans="1:17">
+      <c r="B190" s="12"/>
+      <c r="C190" s="12"/>
+      <c r="D190" s="12"/>
+      <c r="E190" s="12"/>
+      <c r="F190" s="12"/>
+      <c r="G190" s="12"/>
+      <c r="H190" s="12"/>
+      <c r="I190" s="12"/>
+    </row>
+    <row r="191" spans="1:17">
+      <c r="B191" s="12"/>
+      <c r="C191" s="12"/>
+      <c r="D191" s="12"/>
+      <c r="E191" s="12"/>
+      <c r="F191" s="12"/>
+      <c r="G191" s="12"/>
+      <c r="H191" s="12"/>
+      <c r="I191" s="12"/>
+    </row>
+    <row r="192" spans="1:17">
+      <c r="B192" s="12"/>
+      <c r="C192" s="12"/>
+      <c r="D192" s="12"/>
+      <c r="E192" s="12"/>
+      <c r="F192" s="12"/>
+      <c r="G192" s="12"/>
+      <c r="H192" s="12"/>
+      <c r="I192" s="12"/>
+    </row>
+    <row r="193" spans="1:17">
+      <c r="B193" s="12"/>
+      <c r="C193" s="12"/>
+      <c r="D193" s="12"/>
+      <c r="E193" s="12"/>
+      <c r="F193" s="12"/>
+      <c r="G193" s="12"/>
+      <c r="H193" s="12"/>
+      <c r="I193" s="12"/>
+    </row>
+    <row r="194" spans="1:17">
+      <c r="B194" s="12"/>
+      <c r="C194" s="12"/>
+      <c r="D194" s="12"/>
+      <c r="E194" s="12"/>
+      <c r="F194" s="12"/>
+      <c r="G194" s="12"/>
+      <c r="H194" s="12"/>
+      <c r="I194" s="12"/>
+    </row>
+    <row r="195" spans="1:17">
+      <c r="B195" s="12"/>
+      <c r="C195" s="12"/>
+      <c r="D195" s="12"/>
+      <c r="E195" s="12"/>
+      <c r="F195" s="12"/>
+      <c r="G195" s="12"/>
+      <c r="H195" s="12"/>
+      <c r="I195" s="12"/>
+    </row>
+    <row r="196" spans="1:17">
+      <c r="B196" s="12"/>
+      <c r="C196" s="12"/>
+      <c r="D196" s="12"/>
+      <c r="E196" s="12"/>
+      <c r="F196" s="12"/>
+      <c r="G196" s="12"/>
+      <c r="H196" s="12"/>
+      <c r="I196" s="12"/>
+    </row>
+    <row r="197" spans="1:17">
+      <c r="B197" s="12"/>
+      <c r="C197" s="12"/>
+      <c r="D197" s="12"/>
+      <c r="E197" s="12"/>
+      <c r="F197" s="12"/>
+      <c r="G197" s="12"/>
+      <c r="H197" s="12"/>
+      <c r="I197" s="12"/>
+    </row>
+    <row r="198" spans="1:17">
+      <c r="B198" s="12"/>
+      <c r="C198" s="12"/>
+      <c r="D198" s="12"/>
+      <c r="E198" s="12"/>
+      <c r="F198" s="12"/>
+      <c r="G198" s="12"/>
+      <c r="H198" s="12"/>
+      <c r="I198" s="12"/>
+    </row>
+    <row r="199" spans="1:17">
+      <c r="B199" s="12"/>
+      <c r="C199" s="12"/>
+      <c r="D199" s="12"/>
+      <c r="E199" s="12"/>
+      <c r="F199" s="12"/>
+      <c r="G199" s="12"/>
+      <c r="H199" s="12"/>
+      <c r="I199" s="12"/>
+    </row>
+    <row r="200" spans="1:17">
+      <c r="B200" s="12"/>
+      <c r="C200" s="12"/>
+      <c r="D200" s="12"/>
+      <c r="E200" s="12"/>
+      <c r="F200" s="12"/>
+      <c r="G200" s="12"/>
+      <c r="H200" s="12"/>
+      <c r="I200" s="12"/>
+    </row>
+    <row r="201" spans="1:17">
+      <c r="B201" s="12"/>
+      <c r="C201" s="12"/>
+      <c r="D201" s="12"/>
+      <c r="E201" s="12"/>
+      <c r="F201" s="12"/>
+      <c r="G201" s="12"/>
+      <c r="H201" s="12"/>
+      <c r="I201" s="12"/>
+    </row>
+    <row r="202" spans="1:17">
+      <c r="B202" s="12"/>
+      <c r="C202" s="12"/>
+      <c r="D202" s="12"/>
+      <c r="E202" s="12"/>
+      <c r="F202" s="12"/>
+      <c r="G202" s="12"/>
+      <c r="H202" s="12"/>
+      <c r="I202" s="12"/>
+    </row>
+    <row r="203" spans="1:17">
+      <c r="B203" s="12"/>
+      <c r="C203" s="12"/>
+      <c r="D203" s="12"/>
+      <c r="E203" s="12"/>
+      <c r="F203" s="12"/>
+      <c r="G203" s="12"/>
+      <c r="H203" s="12"/>
+      <c r="I203" s="12"/>
+    </row>
+    <row r="204" spans="1:17">
+      <c r="B204" s="12"/>
+      <c r="C204" s="12"/>
+      <c r="D204" s="12"/>
+      <c r="E204" s="12"/>
+      <c r="F204" s="12"/>
+      <c r="G204" s="12"/>
+      <c r="H204" s="12"/>
+      <c r="I204" s="12"/>
+    </row>
+    <row r="205" spans="1:17">
+      <c r="B205" s="12"/>
+      <c r="C205" s="12"/>
+      <c r="D205" s="12"/>
+      <c r="E205" s="12"/>
+      <c r="F205" s="12"/>
+      <c r="G205" s="12"/>
+      <c r="H205" s="12"/>
+      <c r="I205" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
+    <mergeCell ref="B176:I205"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_16"/>
     <hyperlink ref="M14" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_18"/>
     <hyperlink ref="M15" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_20"/>
     <hyperlink ref="M16" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_22"/>
     <hyperlink ref="M17" r:id="rId_hyperlink_23"/>
@@ -12165,50 +12155,54 @@
     <hyperlink ref="M160" r:id="rId_hyperlink_309"/>
     <hyperlink ref="B161" r:id="rId_hyperlink_310"/>
     <hyperlink ref="M161" r:id="rId_hyperlink_311"/>
     <hyperlink ref="B162" r:id="rId_hyperlink_312"/>
     <hyperlink ref="M162" r:id="rId_hyperlink_313"/>
     <hyperlink ref="B163" r:id="rId_hyperlink_314"/>
     <hyperlink ref="M163" r:id="rId_hyperlink_315"/>
     <hyperlink ref="B164" r:id="rId_hyperlink_316"/>
     <hyperlink ref="M164" r:id="rId_hyperlink_317"/>
     <hyperlink ref="B165" r:id="rId_hyperlink_318"/>
     <hyperlink ref="M165" r:id="rId_hyperlink_319"/>
     <hyperlink ref="B166" r:id="rId_hyperlink_320"/>
     <hyperlink ref="M166" r:id="rId_hyperlink_321"/>
     <hyperlink ref="B167" r:id="rId_hyperlink_322"/>
     <hyperlink ref="M167" r:id="rId_hyperlink_323"/>
     <hyperlink ref="B168" r:id="rId_hyperlink_324"/>
     <hyperlink ref="M168" r:id="rId_hyperlink_325"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_326"/>
     <hyperlink ref="M169" r:id="rId_hyperlink_327"/>
     <hyperlink ref="B170" r:id="rId_hyperlink_328"/>
     <hyperlink ref="M170" r:id="rId_hyperlink_329"/>
     <hyperlink ref="B171" r:id="rId_hyperlink_330"/>
     <hyperlink ref="M171" r:id="rId_hyperlink_331"/>
     <hyperlink ref="B172" r:id="rId_hyperlink_332"/>
     <hyperlink ref="M172" r:id="rId_hyperlink_333"/>
+    <hyperlink ref="B173" r:id="rId_hyperlink_334"/>
+    <hyperlink ref="M173" r:id="rId_hyperlink_335"/>
+    <hyperlink ref="B174" r:id="rId_hyperlink_336"/>
+    <hyperlink ref="M174" r:id="rId_hyperlink_337"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>