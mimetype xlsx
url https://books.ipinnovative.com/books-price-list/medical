--- v2 (2025-12-12)
+++ v3 (2026-01-21)
@@ -12,59 +12,59 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="663">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="722">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
-    <t>Medical BOOKS PRICE / CATALOGUE For Year - 2025</t>
+    <t>Medical BOOKS PRICE / CATALOGUE For Year - 2026</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>Publishing Year</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Paper type</t>
   </si>
@@ -134,51 +134,51 @@
   <si>
     <t>Dr. Saurabh Jain</t>
   </si>
   <si>
     <t>First</t>
   </si>
   <si>
     <t>Textbook/MCQs Book</t>
   </si>
   <si>
     <t>Biomedical</t>
   </si>
   <si>
     <t>23x15x1.5</t>
   </si>
   <si>
     <t>A Handbook on Marine Vertebrates for M.Sc. Marine Biology-Sem 1</t>
   </si>
   <si>
     <t>978-93-48565-57-0</t>
   </si>
   <si>
     <t>Dr. Chintha Venkataramaiah, Dr. Malapati Hanuma Reddy</t>
   </si>
   <si>
-    <t>Marine Biology</t>
+    <t>Marine Biology, Life Sciences</t>
   </si>
   <si>
     <t>22x15.5x0.5</t>
   </si>
   <si>
     <t>A Paediatrician’s Approach to a Child with Special Needs</t>
   </si>
   <si>
     <t>978-93-91208-11-0</t>
   </si>
   <si>
     <t>Dr. Nandita Chattopadhyay</t>
   </si>
   <si>
     <t>Paediatrics</t>
   </si>
   <si>
     <t>25x18.5x1</t>
   </si>
   <si>
     <t>A Textbook of Medical Genetics and Cancer Genetics</t>
   </si>
   <si>
     <t>978-93-91208-21-9</t>
   </si>
@@ -206,60 +206,75 @@
   <si>
     <t>Reference/MCQs Book</t>
   </si>
   <si>
     <t>Biochemistry</t>
   </si>
   <si>
     <t>A to Z MCQs in Microbiology (For UGC-CSIR NET Life Sciences Exam)</t>
   </si>
   <si>
     <t>978-93-91208-66-0</t>
   </si>
   <si>
     <t>Dr. Chetan D.M., Dr. Jayachandra S. Yaradoddi, Dr. B.S Priya, Dr. S. Nanjunda Swamy, Dr. Ramesh S. Bhat</t>
   </si>
   <si>
     <t>MCQs</t>
   </si>
   <si>
     <t>Microbiology</t>
   </si>
   <si>
     <t>22x15x1.3</t>
   </si>
   <si>
+    <t>Abnormal Psychology</t>
+  </si>
+  <si>
+    <t>978-93-48565-14-3</t>
+  </si>
+  <si>
+    <t>Veena Marya, R.K. Marya</t>
+  </si>
+  <si>
+    <t>Psychiatry, Psychiatric and Mental Health Nursing</t>
+  </si>
+  <si>
+    <t>24x18.5x1</t>
+  </si>
+  <si>
     <t>Abortion Spontaneous Abortion, Induced Abortion</t>
   </si>
   <si>
     <t>978-93-88022-01-9</t>
   </si>
   <si>
     <t>Dr. Sundus Fadhil Hantoosh, Dr. Dheaa Shamikh Zageer</t>
   </si>
   <si>
-    <t>Gynaecology and Midwifery</t>
+    <t>Gynaecology and Midwifery, Obstetrics and Gynaecology</t>
   </si>
   <si>
     <t>23x15x0.7</t>
   </si>
   <si>
     <t>Abridged Forensic Medicine and Toxicology (3rd Edition)</t>
   </si>
   <si>
     <t>978-81-19613-24-3</t>
   </si>
   <si>
     <t>Dr. Vishal Garg</t>
   </si>
   <si>
     <t>Third</t>
   </si>
   <si>
     <t>Textbook</t>
   </si>
   <si>
     <t>Forensic Medicine and Toxicology</t>
   </si>
   <si>
     <t>25x18.5x1.4</t>
   </si>
@@ -296,1475 +311,1559 @@
   <si>
     <t>978-81-19613-42-7</t>
   </si>
   <si>
     <t>Dr. Ankit Gupta, Dr. Arunita T Jagzape, Dr. Meenakshi Sinha</t>
   </si>
   <si>
     <t>Physiology</t>
   </si>
   <si>
     <t>22x15.5x0.7</t>
   </si>
   <si>
     <t>Anaesthetic Pharmacology : Handbook for Allied Health Science Students</t>
   </si>
   <si>
     <t>978-93-88022-43-9</t>
   </si>
   <si>
     <t>Dr. Pradnya Deolekar, Dr. Pramila Yadav</t>
   </si>
   <si>
     <t>Reference Book/MCQs Book</t>
   </si>
   <si>
-    <t>Allied Health Science</t>
+    <t>Anaesthesia, Allied Health Science</t>
   </si>
   <si>
     <t>23x15x.0.5</t>
   </si>
   <si>
     <t>Anatomy Multiple-Choice Questions (MCQs) for NEXT/First Year MBBS Examinations</t>
   </si>
   <si>
     <t>978-93-91208-90-5</t>
   </si>
   <si>
     <t>Dr. A. Prasanna Veera Kumar</t>
   </si>
   <si>
     <t>Anatomy</t>
   </si>
   <si>
     <t>Answers to Viva Questions in Embryology</t>
   </si>
   <si>
     <t>978-81-962762-0-1</t>
   </si>
   <si>
     <t>Dr. Jyoti Pramod Kulkarni</t>
   </si>
   <si>
     <t>Viva</t>
   </si>
   <si>
     <t>Biology</t>
   </si>
   <si>
     <t>Answers to Viva Questions in Histology- 2nd Edition</t>
   </si>
   <si>
     <t>978-81-962762-1-8</t>
   </si>
   <si>
     <t>Dr. Jyoti Pramod Kulkarni, Dr. Vaishali Mohan Paranjpe, Dr. P. Vatsalaswamy</t>
   </si>
   <si>
     <t>22x15.5x0.8</t>
   </si>
   <si>
     <t>Applied Anatomy and Physiology for B.Sc. Nursing Course</t>
   </si>
   <si>
     <t>978-81-19613-63-2</t>
   </si>
   <si>
+    <t>Anatomy, Anatomy and Physiology, Physiology</t>
+  </si>
+  <si>
     <t>28x20.5x2</t>
   </si>
   <si>
     <t>Applied Microbiology for Medical Sciences, Life Sciences, Nursing and Pharmacy</t>
   </si>
   <si>
     <t>978-81-962762-6-3</t>
   </si>
   <si>
     <t>Dr. Rohit Shankar Mane</t>
   </si>
   <si>
+    <t>Microbiology, Allied Health Science</t>
+  </si>
+  <si>
     <t>28x20x3.5</t>
   </si>
   <si>
     <t>Basic Principles of Ilizarov Surgery (2e)</t>
   </si>
   <si>
     <t>978-93-91208-49-3</t>
   </si>
   <si>
     <t>Dr. Jayant Sharma</t>
   </si>
   <si>
+    <t>Orthopaedics, Surgery</t>
+  </si>
+  <si>
+    <t>25x18.5x1.5</t>
+  </si>
+  <si>
+    <t>Basics of Immunology</t>
+  </si>
+  <si>
+    <t>978-81-951750-5-5</t>
+  </si>
+  <si>
+    <t>Dr. Preeti Sharma, Dr. Pradeep Kumar</t>
+  </si>
+  <si>
+    <t>Textbook/Reference</t>
+  </si>
+  <si>
+    <t>Immunology</t>
+  </si>
+  <si>
+    <t>23x15x1.2</t>
+  </si>
+  <si>
+    <t>Bio-Medical Instruments and Its Applications</t>
+  </si>
+  <si>
+    <t>978-93-91208-96-7</t>
+  </si>
+  <si>
+    <t>Dr. Chetan D. M., Dr. Bommegowda K. B.</t>
+  </si>
+  <si>
+    <t>22x15.5x1</t>
+  </si>
+  <si>
+    <t>Case Oriented Approach in Biochemistry- 2nd Edition</t>
+  </si>
+  <si>
+    <t>978-81-962762-2-5</t>
+  </si>
+  <si>
+    <t>Dr. Rajesh Kawaduji Jambhulkar, Dr. Abhijit D. Ninghot</t>
+  </si>
+  <si>
+    <t>Chromotherapy</t>
+  </si>
+  <si>
+    <t>978-93-48565-46-4</t>
+  </si>
+  <si>
+    <t>Prof. Sunil Agarwal, Dr. Deepti Agarwal</t>
+  </si>
+  <si>
+    <t>Medicine, Color Medicine &amp; Acupressure &amp; Sujok Therapy &amp; TCM</t>
+  </si>
+  <si>
+    <t>Clinical Log Book Record Manual for Medical Laboratory Technology</t>
+  </si>
+  <si>
+    <t>978-81-19613-21-2</t>
+  </si>
+  <si>
+    <t>Akash Deep Singh</t>
+  </si>
+  <si>
+    <t>Reference Book</t>
+  </si>
+  <si>
+    <t>Medical Laboratory Technology</t>
+  </si>
+  <si>
+    <t>28x21.5x1</t>
+  </si>
+  <si>
+    <t>Clinics in Obstetrics and Gynaecology</t>
+  </si>
+  <si>
+    <t>978-93-91208-19-6</t>
+  </si>
+  <si>
+    <t>Dr. Anita Goura Konin</t>
+  </si>
+  <si>
+    <t>Gynaecology, Obstetrics and Gynaecology</t>
+  </si>
+  <si>
+    <t>25x18.5x2</t>
+  </si>
+  <si>
+    <t>Colors: Medicine of the Future</t>
+  </si>
+  <si>
+    <t>978-93-91208-45-5</t>
+  </si>
+  <si>
+    <t>Prof. Sunil Agarwal, Rupali Agarwal</t>
+  </si>
+  <si>
+    <t>Color Medicine &amp; Acupressure &amp; Sujok Therapy &amp; TCM, Medicine</t>
+  </si>
+  <si>
+    <t>22x15x0.5</t>
+  </si>
+  <si>
+    <t>Colors: Medicine of the Future Part-II</t>
+  </si>
+  <si>
+    <t>978-81-962763-0-0</t>
+  </si>
+  <si>
+    <t>Competency Based Clinical Biochemistry - A Practical Manual for First MBBS Students</t>
+  </si>
+  <si>
+    <t>978-93-91208-65-3</t>
+  </si>
+  <si>
+    <t>Dr. Aliya Nusrath, Dr. Rajeshwari A, Dr. Asharani N</t>
+  </si>
+  <si>
+    <t>Practical</t>
+  </si>
+  <si>
+    <t>22x15.5x1.5</t>
+  </si>
+  <si>
+    <t>Competency Based Human Anatomy Set of 3 Volumes (Second Edition)</t>
+  </si>
+  <si>
+    <t>978-81-19613-29-8</t>
+  </si>
+  <si>
+    <t>24x18.5x6.5</t>
+  </si>
+  <si>
+    <t>Competency Based Human Anatomy Volume - I</t>
+  </si>
+  <si>
+    <t>978-81-951750-0-0</t>
+  </si>
+  <si>
+    <t>23x15x2</t>
+  </si>
+  <si>
+    <t>Competency Based Human Anatomy Volume I (Second Edition)</t>
+  </si>
+  <si>
+    <t>978-81-19613-52-6</t>
+  </si>
+  <si>
+    <t>24x18.5x2.4</t>
+  </si>
+  <si>
+    <t>Competency Based Human Anatomy Volume II (Second Edition)</t>
+  </si>
+  <si>
+    <t>978-81-19613-22-9</t>
+  </si>
+  <si>
+    <t>24x18.5x2.2</t>
+  </si>
+  <si>
+    <t>Competency Based Human Anatomy Volume III (Second Edition)</t>
+  </si>
+  <si>
+    <t>978-81-19613-85-4</t>
+  </si>
+  <si>
+    <t>24x18.5x2</t>
+  </si>
+  <si>
+    <t>Competency Based Human Anatomy: Volume II</t>
+  </si>
+  <si>
+    <t>978-93-91208-29-5</t>
+  </si>
+  <si>
+    <t>Competency Based Human Anatomy: Volume III</t>
+  </si>
+  <si>
+    <t>978-93-91208-30-1</t>
+  </si>
+  <si>
+    <t>Competency Based Human Physiology</t>
+  </si>
+  <si>
+    <t>978-93-48565-44-0</t>
+  </si>
+  <si>
+    <t>28x21.5x2.9</t>
+  </si>
+  <si>
+    <t>Comprehensive Exploration of Mental Health in India</t>
+  </si>
+  <si>
+    <t>978-93-48565-92-1</t>
+  </si>
+  <si>
+    <t>Editor: Dr. Purushottam Giri, Co-Editor: Dr. Swati Shikha</t>
+  </si>
+  <si>
+    <t>Psychiatry</t>
+  </si>
+  <si>
+    <t>22x15.5x0.9</t>
+  </si>
+  <si>
+    <t>Comprehensive Manual of Resuscitation</t>
+  </si>
+  <si>
+    <t>978-93-91208-03-5</t>
+  </si>
+  <si>
+    <t>Dr. Anil Kumar</t>
+  </si>
+  <si>
+    <t>Anaesthesia, Critical Care Medicine, Emergency Medicine, Pulmonology</t>
+  </si>
+  <si>
+    <t>22x15x2</t>
+  </si>
+  <si>
+    <t>Comprehensive Science of Optometry</t>
+  </si>
+  <si>
+    <t>978-93-88022-83-5</t>
+  </si>
+  <si>
+    <t>Dr. Pooja Kanodia</t>
+  </si>
+  <si>
+    <t>Ophthalmology</t>
+  </si>
+  <si>
+    <t>28x22x3.5</t>
+  </si>
+  <si>
+    <t>Comprehensive Stroke Care: A Nursing Pathway Approach</t>
+  </si>
+  <si>
+    <t>978-93-48565-37-2</t>
+  </si>
+  <si>
+    <t>Dr. Settepalli Jasmin Debora, Ms. Divya. S, Ms. Tanya. Y</t>
+  </si>
+  <si>
+    <t>Neurology</t>
+  </si>
+  <si>
+    <t>Concepts in Paediatrics : Assorted Essays</t>
+  </si>
+  <si>
+    <t>978-93-88022-25-5</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Atul Choube MD</t>
+  </si>
+  <si>
+    <t>23x15x1.25</t>
+  </si>
+  <si>
+    <t>Concepts in Paediatrics : Endocrinology</t>
+  </si>
+  <si>
+    <t>978-93-88022-10-1</t>
+  </si>
+  <si>
+    <t>Prof. (Dr.) Atul Choube MD</t>
+  </si>
+  <si>
+    <t>Endocrinology, Paediatrics</t>
+  </si>
+  <si>
+    <t>Concepts in Paediatrics : Haematology</t>
+  </si>
+  <si>
+    <t>978-93-88022-19-4</t>
+  </si>
+  <si>
+    <t>Haematology, Paediatrics</t>
+  </si>
+  <si>
+    <t>Concepts in Paediatrics : Hepatology and Gastroenterology</t>
+  </si>
+  <si>
+    <t>978-93-88022-18-7</t>
+  </si>
+  <si>
+    <t>Gastroenterology, Paediatrics</t>
+  </si>
+  <si>
+    <t>Concepts In Paediatrics : Nephrology</t>
+  </si>
+  <si>
+    <t>978-93-88022-09-5</t>
+  </si>
+  <si>
+    <t>Dr. Atul Choube MD</t>
+  </si>
+  <si>
+    <t>First Edition</t>
+  </si>
+  <si>
+    <t>Textbook, Reference Book</t>
+  </si>
+  <si>
+    <t>Nephrology, Paediatrics</t>
+  </si>
+  <si>
+    <t>23x15x0.5</t>
+  </si>
+  <si>
+    <t>Concepts in Paediatrics : Nutrition</t>
+  </si>
+  <si>
+    <t>978-93-88022-08-8</t>
+  </si>
+  <si>
+    <t>Nutrition, Paediatrics</t>
+  </si>
+  <si>
+    <t>Concepts in Paediatrics : Pulmonology</t>
+  </si>
+  <si>
+    <t>978-93-88022-17-0</t>
+  </si>
+  <si>
+    <t>Paediatrics, Pulmonology</t>
+  </si>
+  <si>
+    <t>Concise Histopathology</t>
+  </si>
+  <si>
+    <t>978-93-91208-35-6</t>
+  </si>
+  <si>
+    <t>Brigadier (Dr.) Paramjit Singh Dhot, Dr. Seema Goel</t>
+  </si>
+  <si>
+    <t>Histopathology, Pathology</t>
+  </si>
+  <si>
+    <t>25x18.5x1.25</t>
+  </si>
+  <si>
+    <t>Concise Introduction to Human Psychology- For 1st Year B.A./B.Sc. (Psychology) Course</t>
+  </si>
+  <si>
+    <t>978-93-91208-97-4</t>
+  </si>
+  <si>
+    <t>Veena Marya, R. K. Marya</t>
+  </si>
+  <si>
+    <t>Psychiatric and Mental Health Nursing, Psychiatry, Psychology</t>
+  </si>
+  <si>
+    <t>Concise Text Book of Adolescent Health</t>
+  </si>
+  <si>
+    <t>978-93-88022-23-1</t>
+  </si>
+  <si>
+    <t>Dr. Syed Esam Mahmood</t>
+  </si>
+  <si>
+    <t>Adolescent Health</t>
+  </si>
+  <si>
+    <t>Cord Blood Stem Cell Banking and Transplantation</t>
+  </si>
+  <si>
+    <t>978-93-91208-36-3</t>
+  </si>
+  <si>
+    <t>Brigadier (Dr.) Paramjit Singh Dhot, Dr. Mayurika S Tyagi</t>
+  </si>
+  <si>
+    <t>Haematology</t>
+  </si>
+  <si>
+    <t>Current Concepts on Mental Health of Children and Adolescents (A Treatise on Psychiatric Disorders)</t>
+  </si>
+  <si>
+    <t>978-93-91208-13-4</t>
+  </si>
+  <si>
+    <t>Professor Dr. Atul Choube MD</t>
+  </si>
+  <si>
+    <t>Adolescent Health, Psychiatry</t>
+  </si>
+  <si>
+    <t>25x18x2</t>
+  </si>
+  <si>
+    <t>ELISA and Related Techniques</t>
+  </si>
+  <si>
+    <t>978-93-91208-33-2</t>
+  </si>
+  <si>
+    <t>R. S. Chauhan, Ankita Joshi</t>
+  </si>
+  <si>
+    <t>24x16x0.6</t>
+  </si>
+  <si>
+    <t>Emergencies in Ear Nose Throat : Management Pearls</t>
+  </si>
+  <si>
+    <t>978-93-88022-33-0</t>
+  </si>
+  <si>
+    <t>Dr. Sanjana Vijay Nemade, Dr. Kiran Jayawant Shinde</t>
+  </si>
+  <si>
+    <t>ENT &amp; Otorhinolaryngology</t>
+  </si>
+  <si>
+    <t>Essential Guide for Practical Orthopaedics - Set of 2 Volumes</t>
+  </si>
+  <si>
+    <t>978-93-88022-65-1</t>
+  </si>
+  <si>
+    <t>Jayant Sharma</t>
+  </si>
+  <si>
+    <t>Textbook/Reference/Guide</t>
+  </si>
+  <si>
     <t>Orthopaedics</t>
   </si>
   <si>
-    <t>25x18.5x1.5</t>
-[...206 lines deleted...]
-    <t>Dr. Anil Kumar</t>
+    <t>28x22x5</t>
+  </si>
+  <si>
+    <t>Essential Guide for Practical Orthopaedics - Set of 2 Volumes (Third Edition)</t>
+  </si>
+  <si>
+    <t>978-81-19613-43-4</t>
+  </si>
+  <si>
+    <t>28x21x6.5</t>
+  </si>
+  <si>
+    <t>Essential Guide for Practical Orthopaedics - Vol I</t>
+  </si>
+  <si>
+    <t>978-93-88022-63-7</t>
+  </si>
+  <si>
+    <t>28x22x2.5</t>
+  </si>
+  <si>
+    <t>Essential Guide for Practical Orthopaedics - Vol I (Third Edition)</t>
+  </si>
+  <si>
+    <t>978-81-19613-07-6</t>
+  </si>
+  <si>
+    <t>28x21x3.4</t>
+  </si>
+  <si>
+    <t>Essential Guide for Practical Orthopaedics - Vol II</t>
+  </si>
+  <si>
+    <t>978-93-88022-64-4</t>
+  </si>
+  <si>
+    <t>Essential Guide for Practical Orthopaedics - Vol II (Third Edition)</t>
+  </si>
+  <si>
+    <t>978-81-19613-82-3</t>
+  </si>
+  <si>
+    <t>28x21x3.2</t>
+  </si>
+  <si>
+    <t>Essential Guide of Anaesthesia - For Anaesthesia Technicians and Residents (Set of 2 Volumes)</t>
+  </si>
+  <si>
+    <t>978-81-19613-98-4</t>
+  </si>
+  <si>
+    <t>Dr. Amit Kumar Jain, Dr. Sonali Tripathi, Dr. Puja Singh</t>
   </si>
   <si>
     <t>Anaesthesia</t>
   </si>
   <si>
-    <t>22x15x2</t>
-[...83 lines deleted...]
-    <t>Textbook, Reference Book</t>
+    <t>28x21x4</t>
+  </si>
+  <si>
+    <t>Essential Guide of Anaesthesia - For Anaesthesia Technicians and Residents (Volume 1)</t>
+  </si>
+  <si>
+    <t>978-81-19613-32-8</t>
+  </si>
+  <si>
+    <t>28x21x1.4</t>
+  </si>
+  <si>
+    <t>Essential Guide of Anaesthesia - For Anaesthesia Technicians and Residents (Volume 2)</t>
+  </si>
+  <si>
+    <t>978-81-19613-78-6</t>
+  </si>
+  <si>
+    <t>28x21x2</t>
+  </si>
+  <si>
+    <t>Essentials of Geriatrics</t>
+  </si>
+  <si>
+    <t>978-93-48565-98-3</t>
+  </si>
+  <si>
+    <t>Editor: Dr. Purushottam Giri, Co-Editor: Dr. Vikas Kshirsagar, Dr. Bharti Koria</t>
+  </si>
+  <si>
+    <t>Geriatrics Medicine</t>
+  </si>
+  <si>
+    <t>Evidence Based Treatment Protocol (Evidence Based Education System)</t>
+  </si>
+  <si>
+    <t>978-93-91208-53-0</t>
+  </si>
+  <si>
+    <t>Dr. Nirali Chauhan, Dr. Dipika Baria</t>
+  </si>
+  <si>
+    <t>Reference/Textbook</t>
+  </si>
+  <si>
+    <t>24x18x1.5</t>
+  </si>
+  <si>
+    <t>Forensic Medicine and Toxicology- Mini Dictionary</t>
+  </si>
+  <si>
+    <t>978-93-48565-24-2</t>
+  </si>
+  <si>
+    <t>Dr. N. Srinivasa Reddy, M.D</t>
+  </si>
+  <si>
+    <t>Dictionary</t>
+  </si>
+  <si>
+    <t>22x15.5x0.6</t>
+  </si>
+  <si>
+    <t>Forensic Medicine and Toxicology-Quiz Book</t>
+  </si>
+  <si>
+    <t>978-81-19613-81-6</t>
+  </si>
+  <si>
+    <t>Fundamental Laboratory Guide Book- For University Students in Natural Sciences</t>
+  </si>
+  <si>
+    <t>978-81-19613-06-9</t>
+  </si>
+  <si>
+    <t>Prof. Bajarang Bali Lal Srivastava, Mr. Revelian Rusikile Tibyehabwa</t>
+  </si>
+  <si>
+    <t>Laboratory Guide</t>
+  </si>
+  <si>
+    <t>Natural Sciences, Laboratory, Lab Manual, Lab</t>
+  </si>
+  <si>
+    <t>22x15.5x1.3</t>
+  </si>
+  <si>
+    <t>Fundamental of Analytical Chemistry, Reprint 2020</t>
+  </si>
+  <si>
+    <t>978-81-932450-3-3</t>
+  </si>
+  <si>
+    <t>Dr. Bajarang Bali Lal Srivastava, Dr. Amarnath Mishra</t>
+  </si>
+  <si>
+    <t>Chemistry</t>
+  </si>
+  <si>
+    <t>25x18x0.75</t>
+  </si>
+  <si>
+    <t>Fundamentals of GATE Microbiology</t>
+  </si>
+  <si>
+    <t>978-93-91208-28-8</t>
+  </si>
+  <si>
+    <t>28x21x1.5</t>
+  </si>
+  <si>
+    <t>Fundamentals of Medical Physiology</t>
+  </si>
+  <si>
+    <t>978-93-91208-07-3</t>
+  </si>
+  <si>
+    <t>A. P. Krishna</t>
+  </si>
+  <si>
+    <t>28x22x3</t>
+  </si>
+  <si>
+    <t>Fundamentals of Medicinal Chemistry- For the Students of Medicinal Chemistry, Pharmaceutical Sciences, Pharmacology, and Biochemistry</t>
+  </si>
+  <si>
+    <t>978-81-962763-2-4</t>
+  </si>
+  <si>
+    <t>Rohini Kadam, Ashish Uke, Anurag Luharia, Manish Deshmukh, Gaurav Mishra, Monika Luharia</t>
+  </si>
+  <si>
+    <t>Pharmacy, Pharmacology, Medicinal Chemistry, Biochemistry</t>
+  </si>
+  <si>
+    <t>22x15.5x2.2</t>
+  </si>
+  <si>
+    <t>Fundamentals of Pharmacology For Allied Health Science With Multiple Choice Questions</t>
+  </si>
+  <si>
+    <t>978-93-88022-34-7</t>
+  </si>
+  <si>
+    <t>Pharmacology, Allied Health Science</t>
+  </si>
+  <si>
+    <t>Guidelines for Clinical Transfusion Practice</t>
+  </si>
+  <si>
+    <t>978-81-19613-05-2</t>
+  </si>
+  <si>
+    <t>Dr. Bharat Singh M.D., Dr. Anil K Singh M.D., Dr. Malvika Singh M.D.</t>
+  </si>
+  <si>
+    <t>Handbook of Benign Paroxysmal Positional Vertigo</t>
+  </si>
+  <si>
+    <t>978-81-951750-7-9</t>
+  </si>
+  <si>
+    <t>Dr. Sucheta Golhar, Dr. Kiran Jeswani, Dr. Mohammed Sheeba Kauser</t>
+  </si>
+  <si>
+    <t>Handbook of Biomedical Sciences</t>
+  </si>
+  <si>
+    <t>978-93-91208-81-3</t>
+  </si>
+  <si>
+    <t>Anurag Luharia, Gaurav Mishra, Vaibhav Choudhari, Mangesh Budhe, Chandrashekhar Mahakalkar, Ashish Uke</t>
+  </si>
+  <si>
+    <t>22x15.5x1.25</t>
+  </si>
+  <si>
+    <t>Handbook of Elements</t>
+  </si>
+  <si>
+    <t>978-93-88022-05-7</t>
+  </si>
+  <si>
+    <t>Dr. A. Nicholas Daniel, Dr. Jeyaraj Mani</t>
+  </si>
+  <si>
+    <t>28x22x1.2</t>
+  </si>
+  <si>
+    <t>Handbook of Essential Medicines in Geriatrics</t>
+  </si>
+  <si>
+    <t>978-93-91208-58-5</t>
+  </si>
+  <si>
+    <t>Dr. Jehath Syed, Dr. Sri Harsha Chalasani, Dr. Prathibha Pereira, Dr. M. Ramesh</t>
+  </si>
+  <si>
+    <t>22x15x1</t>
+  </si>
+  <si>
+    <t>Handbook of Gynaecpathology – A Simplified Approach in Nutshell</t>
+  </si>
+  <si>
+    <t>978-93-88022-53-8</t>
+  </si>
+  <si>
+    <t>Dr. Anandraj Vaithy. K, Dr. Rupal Samal</t>
+  </si>
+  <si>
+    <t>Gynaecology, Gynaecology and Midwifery</t>
+  </si>
+  <si>
+    <t>23x15x0.8</t>
+  </si>
+  <si>
+    <t>Handbook of Management and Rehabilitation of Spinal Cord Injuries</t>
+  </si>
+  <si>
+    <t>978-81-19613-35-9</t>
+  </si>
+  <si>
+    <t>Dr. V. V. Manjula Kumari, Dr. Mohammed Sheeba Kauser, Dr. Ananta Lakshmi Prasanna Syamala</t>
+  </si>
+  <si>
+    <t>Physiotherapy, Physical Medicine and Rehabilitation</t>
+  </si>
+  <si>
+    <t>Handbook on Evidence Based Education System (Module-Wise Approach)</t>
+  </si>
+  <si>
+    <t>978-93-91208-52-3</t>
+  </si>
+  <si>
+    <t>Handbook on Good Clinical Laboratory Practices (GCLP)</t>
+  </si>
+  <si>
+    <t>978-81-19613-33-5</t>
+  </si>
+  <si>
+    <t>Prof. Vishwajeet Rohil, Dr. Jayeeta Bhadra, Dr. Juhi Aggarwal</t>
+  </si>
+  <si>
+    <t>Lab, Laboratory</t>
+  </si>
+  <si>
+    <t>Handbook on Novel Coronavirus: What You Need to Know?</t>
+  </si>
+  <si>
+    <t>978-93-88022-49-1</t>
+  </si>
+  <si>
+    <t>Dr. Md. Khaleel, MD</t>
+  </si>
+  <si>
+    <t>COVID 19</t>
+  </si>
+  <si>
+    <t>History of Physiology – For Postgraduate Students</t>
+  </si>
+  <si>
+    <t>978-81-951750-4-8</t>
+  </si>
+  <si>
+    <t>R. K. Marya – M.D. (Physiology), Ph.D.</t>
+  </si>
+  <si>
+    <t>Reference</t>
+  </si>
+  <si>
+    <t>Human Anatomy Set of 3 Volumes</t>
+  </si>
+  <si>
+    <t>978-93-91208-47-9</t>
+  </si>
+  <si>
+    <t>22x15x5</t>
+  </si>
+  <si>
+    <t>Immunological Techniques: Interpretations, Validation and Safety Measures</t>
+  </si>
+  <si>
+    <t>978-93-91208-41-7</t>
+  </si>
+  <si>
+    <t>Ankita Joshi, Prof. R. S. Chauhan</t>
+  </si>
+  <si>
+    <t>Immunology, Microbiology</t>
+  </si>
+  <si>
+    <t>24x16x0.7</t>
+  </si>
+  <si>
+    <t>Immunology for Beginners</t>
+  </si>
+  <si>
+    <t>978-93-91208-25-7</t>
+  </si>
+  <si>
+    <t>Ankita Joshi, R. S. Chauhan</t>
+  </si>
+  <si>
+    <t>24x16x1</t>
+  </si>
+  <si>
+    <t>Laboratory Manual of Immunohistochemistry</t>
+  </si>
+  <si>
+    <t>978-81-19613-56-4</t>
+  </si>
+  <si>
+    <t>Dr. Gayatri Gogoi, MD</t>
+  </si>
+  <si>
+    <t>Lab Manual</t>
+  </si>
+  <si>
+    <t>Histopathology</t>
+  </si>
+  <si>
+    <t>25x18.5x0.7</t>
+  </si>
+  <si>
+    <t>Maternal Diet and Foetal Growth: A Bio-Cultural Exploration</t>
+  </si>
+  <si>
+    <t>978-81-19613-01-4</t>
+  </si>
+  <si>
+    <t>Dr. Aarti Prasanna Nawathe</t>
+  </si>
+  <si>
+    <t>Obstetrics and Gynaecology, Gynaecology</t>
+  </si>
+  <si>
+    <t>MCQs Guide for UG, PG and Superspeciality Medical Examinations</t>
+  </si>
+  <si>
+    <t>978-93-88022-26-2</t>
+  </si>
+  <si>
+    <t>MCQ with detailed analysis</t>
+  </si>
+  <si>
+    <t>28x22x1.5</t>
+  </si>
+  <si>
+    <t>MCQs in Medical Sciences : Obstetrics and Gynaecology</t>
+  </si>
+  <si>
+    <t>978-93-88022-46-0</t>
+  </si>
+  <si>
+    <t>Obstetrics and Gynaecology</t>
+  </si>
+  <si>
+    <t>Mechanical Circulatory Support Essentials</t>
+  </si>
+  <si>
+    <t>978-81-19613-34-2</t>
+  </si>
+  <si>
+    <t>Mohammed Affan Osman Khan, Joe Payyapilly Joseph, Halil Bulut</t>
+  </si>
+  <si>
+    <t>Cardiology</t>
+  </si>
+  <si>
+    <t>Medical Biochemistry: Key Concepts through MCQs</t>
+  </si>
+  <si>
+    <t>978-93-48565-53-2</t>
+  </si>
+  <si>
+    <t>Dr. Juhi Aggarwal, Dr. Pawan A Kulkarni</t>
+  </si>
+  <si>
+    <t>MCQs/Reference Book</t>
+  </si>
+  <si>
+    <t>24x18.5x0.9</t>
+  </si>
+  <si>
+    <t>Medical Knowledge and Education (A Book of Questions and Answers), 2020 Edition</t>
+  </si>
+  <si>
+    <t>978-93-88022-70-5</t>
+  </si>
+  <si>
+    <t>Reference/MCQs Guide</t>
+  </si>
+  <si>
+    <t>Medical Knowledge and Education - Set of Two Volumes (2e)</t>
+  </si>
+  <si>
+    <t>978-93-91208-70-7</t>
+  </si>
+  <si>
+    <t>MCQs Textbook</t>
+  </si>
+  <si>
+    <t>28x21x6</t>
+  </si>
+  <si>
+    <t>Medical Knowledge and Education - Volume I (2e)</t>
+  </si>
+  <si>
+    <t>978-93-91208-64-6</t>
+  </si>
+  <si>
+    <t>28x21x3</t>
+  </si>
+  <si>
+    <t>Medical Knowledge and Education - Volume II (2e)</t>
+  </si>
+  <si>
+    <t>978-93-91208-69-1</t>
+  </si>
+  <si>
+    <t>Medicolegal Mindbenders Forensic Medicine and Toxicology- Exclusive Question Archive</t>
+  </si>
+  <si>
+    <t>978-81-19613-87-8</t>
+  </si>
+  <si>
+    <t>Dr. Sahil Thakral</t>
+  </si>
+  <si>
+    <t>Reference Book/Questions Bank</t>
+  </si>
+  <si>
+    <t>Microbiology and Biochemistry MCQs</t>
+  </si>
+  <si>
+    <t>978-93-91208-56-1</t>
+  </si>
+  <si>
+    <t>Dr. Rohit Shankar Mane, Nandni Awadhiya</t>
+  </si>
+  <si>
+    <t>MCQs Book</t>
+  </si>
+  <si>
+    <t>Biochemistry, Microbiology</t>
+  </si>
+  <si>
+    <t>22x15x0.7</t>
+  </si>
+  <si>
+    <t>Microbiology Multiple-Choice Questions (MCQs) for NEET and NET Examinations</t>
+  </si>
+  <si>
+    <t>978-93-88022-87-3</t>
+  </si>
+  <si>
+    <t>Dr. Chetan D. M., Dr. S. Nanjunda Swamy, Dr. Harshini Ullal Devi, Dr. H. S. Ravikumar Patil</t>
+  </si>
+  <si>
+    <t>MCQ</t>
+  </si>
+  <si>
+    <t>Mindmaps in Biochemistry: A Notebook to Explore The Biochemistry</t>
+  </si>
+  <si>
+    <t>978-93-91208-98-1</t>
+  </si>
+  <si>
+    <t>Dr. Simmi Kharb</t>
+  </si>
+  <si>
+    <t>Notes on Medical Microbiology for BMLT</t>
+  </si>
+  <si>
+    <t>978-93-88022-75-0</t>
+  </si>
+  <si>
+    <t>Dr. Rajesh Bareja</t>
+  </si>
+  <si>
+    <t>BMLT, Microbiology</t>
+  </si>
+  <si>
+    <t>23x15x2.5</t>
+  </si>
+  <si>
+    <t>Notes on Medical Microbiology for BOTT</t>
+  </si>
+  <si>
+    <t>978-93-88022-80-4</t>
+  </si>
+  <si>
+    <t>BOTT, Microbiology</t>
+  </si>
+  <si>
+    <t>Notes on Medical Microbiology for BRIT</t>
+  </si>
+  <si>
+    <t>978-93-88022-81-1</t>
+  </si>
+  <si>
+    <t>BRIT, Microbiology</t>
+  </si>
+  <si>
+    <t>Notes on Medical Microbiology for Dental Students</t>
+  </si>
+  <si>
+    <t>978-93-88022-77-4</t>
+  </si>
+  <si>
+    <t>Notes on Medical Microbiology for Nursing</t>
+  </si>
+  <si>
+    <t>978-93-88022-79-8</t>
+  </si>
+  <si>
+    <t>Microbiology, Nursing</t>
+  </si>
+  <si>
+    <t>23x15x2.3</t>
+  </si>
+  <si>
+    <t>Notes on Medical Microbiology for Physiotherapy (BPT)</t>
+  </si>
+  <si>
+    <t>978-93-88022-78-1</t>
+  </si>
+  <si>
+    <t>Microbiology, Physiotherapy</t>
+  </si>
+  <si>
+    <t>Nursing Management</t>
+  </si>
+  <si>
+    <t>978-93-48565-32-7</t>
+  </si>
+  <si>
+    <t>Ranjana Verma, Dr. Krishna Kant Tyagi, Pawan Preet Kaur, Kirti Singh</t>
+  </si>
+  <si>
+    <t>24x18.5x1.7</t>
+  </si>
+  <si>
+    <t>Occupational and Environmental Health in India</t>
+  </si>
+  <si>
+    <t>978-93-48565-64-8</t>
+  </si>
+  <si>
+    <t>Dr. Purushottam Giri</t>
+  </si>
+  <si>
+    <t>Environmental Science</t>
+  </si>
+  <si>
+    <t>Oncology MCQs for the MBBS and NEET-PG Aspirants</t>
+  </si>
+  <si>
+    <t>978-93-48565-55-6</t>
+  </si>
+  <si>
+    <t>Dr. Tavseef Ahmad Tali, Dr. Fiza Amin</t>
+  </si>
+  <si>
+    <t>Oncology</t>
+  </si>
+  <si>
+    <t>Oncology MCQs: Organ-Specific and Advanced Concepts for MBBS and NEET-PG Students</t>
+  </si>
+  <si>
+    <t>978-93-48565-20-4</t>
+  </si>
+  <si>
+    <t>One Page One Chapter Pharmacology for Undergraduates in M.B.B.S.</t>
+  </si>
+  <si>
+    <t>978-93-88022-96-5</t>
+  </si>
+  <si>
+    <t>Dr. Chandrashekar R</t>
+  </si>
+  <si>
+    <t>Pharmacology</t>
+  </si>
+  <si>
+    <t>33x21x2</t>
+  </si>
+  <si>
+    <t>Opulent Memoirs</t>
+  </si>
+  <si>
+    <t>978-93-88022-94-1</t>
+  </si>
+  <si>
+    <t>Shiekh Aejaz Aziz</t>
+  </si>
+  <si>
+    <t>22x15x1.5</t>
+  </si>
+  <si>
+    <t>Orthopaedic Insight Series 1 : Principles of Fracture Treatment</t>
+  </si>
+  <si>
+    <t>978-93-88022-51-4</t>
+  </si>
+  <si>
+    <t>Arun Vashisht</t>
+  </si>
+  <si>
+    <t>25x18x1.1</t>
+  </si>
+  <si>
+    <t>Orthopaedic Insight Series 2: Complications of Fractures</t>
+  </si>
+  <si>
+    <t>978-81-19613-28-1</t>
+  </si>
+  <si>
+    <t>OSCE and OSPE in Forensic Medicine</t>
+  </si>
+  <si>
+    <t>978-93-91208-37-0</t>
+  </si>
+  <si>
+    <t>Dr. Ajay Kumar MD, Dr. Dasari Harish MD, Dr. Amandeep Singh MD</t>
+  </si>
+  <si>
+    <t>Reference Book/Practical/Manual</t>
+  </si>
+  <si>
+    <t>Forensic Medicine</t>
+  </si>
+  <si>
+    <t>OSCE and OSPE in Forensic Toxicology</t>
+  </si>
+  <si>
+    <t>978-81-19613-99-1</t>
+  </si>
+  <si>
+    <t>Dr. Ajay Kumar</t>
+  </si>
+  <si>
+    <t>Toxicology, Forensic Medicine and Toxicology</t>
+  </si>
+  <si>
+    <t>25x18.5x0.8</t>
+  </si>
+  <si>
+    <t>OSPE and OSCE in Practical Physiology</t>
+  </si>
+  <si>
+    <t>978-93-91208-62-2</t>
+  </si>
+  <si>
+    <t>Dr. Prafull Kamble, Dr. Vandana S. Daulatabad/Contributors: Dr. Kalpana M., Dr. Katta Roja, Dr. Nitin Ashok John, Dr. I.S. Vamshidhar</t>
+  </si>
+  <si>
+    <t>24x18x0.7</t>
+  </si>
+  <si>
+    <t>Pandemic Corona Virus vs. Epidemic, and Endemic Virus Diseases: Present, Past, and Future Directions</t>
+  </si>
+  <si>
+    <t>978-93-91208-61-5</t>
+  </si>
+  <si>
+    <t>Dr. Suryakanta Swain, Mr. Bikash Ranjan Jena, Mr. Debashis Ghose</t>
+  </si>
+  <si>
+    <t>22x15x0.6</t>
+  </si>
+  <si>
+    <t>Pathology MCQ for All India Postgraduate Medical Entrance Examination</t>
+  </si>
+  <si>
+    <t>978-81-933819-4-6</t>
+  </si>
+  <si>
+    <t>Dr. Chetan D.M., Dr. Raghavendra. H.L., Dr. Ramesh Babu, Dr. Rakesh. B.H</t>
+  </si>
+  <si>
+    <t>Pathology</t>
+  </si>
+  <si>
+    <t>PCOS: More Than Just a Hormone Disorder</t>
+  </si>
+  <si>
+    <t>978-81-19613-76-2</t>
+  </si>
+  <si>
+    <t>Dr. Rupita Kulshrestha</t>
+  </si>
+  <si>
+    <t>PG-CUET Fundamentals of Life Sciences</t>
+  </si>
+  <si>
+    <t>978-93-91208-08-0</t>
+  </si>
+  <si>
+    <t>Biology, Life Sciences, Microbiology</t>
+  </si>
+  <si>
+    <t>Pharmacology Log Book-cum-Practical Manual</t>
+  </si>
+  <si>
+    <t>978-93-91208-77-6</t>
+  </si>
+  <si>
+    <t>Razi Ahmad, Shamran Ahmad</t>
+  </si>
+  <si>
+    <t>Logbook</t>
+  </si>
+  <si>
+    <t>28x21x1.2</t>
+  </si>
+  <si>
+    <t>Pharmacology MCQ for All India Postgraduate Medical Entrance Examination</t>
+  </si>
+  <si>
+    <t>978-81-933819-5-3</t>
+  </si>
+  <si>
+    <t>Dr. Chetan D.M., Dr. Chandrasehkar V.M., Dr. Raghavendra H.L, Dr. Sujatha Barangi</t>
+  </si>
+  <si>
+    <t>Physiology MCQ for All India Postgraduate Medical Entrance Examinations</t>
+  </si>
+  <si>
+    <t>978-81-933819-6-0</t>
+  </si>
+  <si>
+    <t>Dr. Chetan D.M., Dr. Raghavendra H. L., Dr. Rachappa. M. Mallikarjuna, Dr. Triveni. M. Nalawade</t>
+  </si>
+  <si>
+    <t>23x15x0.4</t>
+  </si>
+  <si>
+    <t>Pictorial Forensic Pathology and Toxicology- A Colour Atlas</t>
+  </si>
+  <si>
+    <t>978-93-91208-46-2</t>
+  </si>
+  <si>
+    <t>Dr. Pannag S. Kumar</t>
+  </si>
+  <si>
+    <t>Glossy</t>
+  </si>
+  <si>
+    <t>Atlas</t>
+  </si>
+  <si>
+    <t>Pioneers of Forensics and Their Ground Breaking Inventions</t>
+  </si>
+  <si>
+    <t>978-93-48565-73-0</t>
+  </si>
+  <si>
+    <t>Dr. N. Srinivasa Reddy, M.D.</t>
+  </si>
+  <si>
+    <t>28x21.5x0.8</t>
+  </si>
+  <si>
+    <t>Pioneers of Medical Sciences and their inspiring Achievements</t>
+  </si>
+  <si>
+    <t>978-93-48565-43-3</t>
+  </si>
+  <si>
+    <t>28x21.5x1.5</t>
+  </si>
+  <si>
+    <t>Postgraduate Biochemistry Companion</t>
+  </si>
+  <si>
+    <t>978-81-932450-6-4</t>
+  </si>
+  <si>
+    <t>24x18x2.5</t>
+  </si>
+  <si>
+    <t>Potturi’s Comprehensive Physiotherapy-From Basic Sciences to Clinical Excellence</t>
+  </si>
+  <si>
+    <t>978-93-48565-97-6</t>
+  </si>
+  <si>
+    <t>Dr. Gowrishankar Potturi, Dr. Mayank Kumar, Dr. Krishna Reddy Vajrala</t>
+  </si>
+  <si>
+    <t>Physiotherapy</t>
+  </si>
+  <si>
+    <t>24x18.5x2.5</t>
+  </si>
+  <si>
+    <t>Practical Applications in Histopathology, Cytopathology and Autopsy: An MCQ/EMQ Resource</t>
+  </si>
+  <si>
+    <t>978-81-932450-2-6</t>
+  </si>
+  <si>
+    <t>Dr Limci Gupta, Dr Val Thomas, Dr Jayson Wang</t>
+  </si>
+  <si>
+    <t>Reprint 2024</t>
+  </si>
+  <si>
+    <t>28x22x1</t>
+  </si>
+  <si>
+    <t>Practical Experiments in Optometry: A Comprehensive Approach</t>
+  </si>
+  <si>
+    <t>978-81-19613-30-4</t>
+  </si>
+  <si>
+    <t>Ms Komal Sharma</t>
+  </si>
+  <si>
+    <t>Practical/Reference Book</t>
+  </si>
+  <si>
+    <t>Practical Handbook of Community Medicine (For the MBBS Students)</t>
+  </si>
+  <si>
+    <t>978-81-19613-20-5</t>
+  </si>
+  <si>
+    <t>Dr. Shital S. Dhoble</t>
+  </si>
+  <si>
+    <t>Community Medicine</t>
+  </si>
+  <si>
+    <t>Practical Instrumental Analysis</t>
+  </si>
+  <si>
+    <t>978-81-932450-7-1</t>
+  </si>
+  <si>
+    <t>Bajarang Bali Lal Srivastava, Amarnath Mishra, Girma Workeneh Woyessa</t>
+  </si>
+  <si>
+    <t>Laboratory, Lab Manual</t>
+  </si>
+  <si>
+    <t>25xx18x0.2</t>
+  </si>
+  <si>
+    <t>Practical Medical Microbiology for BMLT</t>
+  </si>
+  <si>
+    <t>978-93-88022-76-7</t>
+  </si>
+  <si>
+    <t>23x15x0.9</t>
+  </si>
+  <si>
+    <t>Previous Years Question Papers for Postgraduate Obstetrics and Gynaecology Examinations- 3rd Edition</t>
+  </si>
+  <si>
+    <t>978-81-962762-7-0</t>
+  </si>
+  <si>
+    <t>Dr. Madhu A Patil</t>
+  </si>
+  <si>
+    <t>Quality Assurance, Control and Artifacts Including in Field Training</t>
+  </si>
+  <si>
+    <t>978-81-19613-93-9</t>
+  </si>
+  <si>
+    <t>Mr. Rohit Bansal, Ms. Srishti</t>
+  </si>
+  <si>
+    <t>Radiology</t>
+  </si>
+  <si>
+    <t>Reasoning in Biochemistry for Biochemistry Enthusiasts</t>
+  </si>
+  <si>
+    <t>978-81-19613-14-4</t>
+  </si>
+  <si>
+    <t>Kiran Dahiya, Kumud Dhankhar</t>
+  </si>
+  <si>
+    <t>Reboot Your Joints: A Modern Rehabilitation Toolkit for the Students of BPT and MPT</t>
+  </si>
+  <si>
+    <t>978-93-48565-80-8</t>
+  </si>
+  <si>
+    <t>Dr. Sneha Hiren Bhalala, Dr. Merchant Hetvi Manishbhai, Dr. Prabhat Tamakuwala</t>
+  </si>
+  <si>
+    <t>Recent Advances in Medical Education, Knowledge and Research</t>
+  </si>
+  <si>
+    <t>978-93-91208-24-0</t>
+  </si>
+  <si>
+    <t>Reference/Questions-Answer Type</t>
+  </si>
+  <si>
+    <t>Regenerative Medicine, Cellular Therapy and Tissue Engineering</t>
+  </si>
+  <si>
+    <t>978-93-91208-42-4</t>
+  </si>
+  <si>
+    <t>Rehabilitation Medicine for Physiotherapy</t>
+  </si>
+  <si>
+    <t>978-93-91208-31-8</t>
+  </si>
+  <si>
+    <t>Dr. Suraj Kumar</t>
+  </si>
+  <si>
+    <t>Renal Physiology For MBBS Students</t>
+  </si>
+  <si>
+    <t>978-81-933819-7-7</t>
+  </si>
+  <si>
+    <t>Dr. Smita R. Sorte, Dr. Sachin B. Rathod</t>
   </si>
   <si>
     <t>Nephrology</t>
   </si>
   <si>
-    <t>23x15x0.5</t>
-[...1042 lines deleted...]
-  <si>
     <t>Review of Forensic Medicine and Toxicology</t>
   </si>
   <si>
     <t>978-93-91208-80-6</t>
   </si>
   <si>
     <t>Dr. Avinash H. Waghmode, Dr. Pravir Bodkha, Dr. Laxman G. Phad</t>
   </si>
   <si>
     <t>28x21x2.5</t>
   </si>
   <si>
     <t>Score High Dissection Hall Attendant Competitive Exam MCQ Guide</t>
   </si>
   <si>
     <t>978-93-48565-19-8</t>
   </si>
   <si>
     <t>Dr. Sahil Thakral, Dr. Richa Mishra</t>
   </si>
   <si>
     <t>Short Questions and Answers of Physiology</t>
   </si>
   <si>
     <t>978-93-88022-15-6</t>
@@ -1793,92 +1892,107 @@
   <si>
     <t>Dr. Kartik Chhonker, Dr. Namrata Srivastava, Dr. Kalpana Jain, Dr. Gunjan Shukla</t>
   </si>
   <si>
     <t>22x15.5x1.8</t>
   </si>
   <si>
     <t>Syndromes and Eponymous Signs in Ear Nose Throat</t>
   </si>
   <si>
     <t>978-93-88022-30-9</t>
   </si>
   <si>
     <t>Synopsis of Transfusion Medicine</t>
   </si>
   <si>
     <t>978-81-19613-54-0</t>
   </si>
   <si>
     <t>Textbook of Advanced Therapeutics</t>
   </si>
   <si>
     <t>978-93-88022-95-8</t>
   </si>
   <si>
+    <t>Medical, Paediatrics</t>
+  </si>
+  <si>
     <t>Textbook of Dermatology – with MCQs</t>
   </si>
   <si>
     <t>978-81-951750-3-1</t>
   </si>
   <si>
     <t>Ramji Gupta</t>
   </si>
   <si>
     <t>Fourth</t>
   </si>
   <si>
     <t>Dermatology</t>
   </si>
   <si>
     <t>25x18x1.5</t>
   </si>
   <si>
     <t>Textbook of Equipments in Anaesthesia</t>
   </si>
   <si>
     <t>978-93-91208-54-7</t>
   </si>
   <si>
     <t>Dr. Anuja Agrawal, Dr. Malini Mehta, Dr. Dinesh Chauhan</t>
   </si>
   <si>
+    <t>Anaesthesia, Nursing</t>
+  </si>
+  <si>
     <t>24x18x1.4</t>
   </si>
   <si>
     <t>Textbook of Health Management</t>
   </si>
   <si>
     <t>978-93-91208-67-7</t>
   </si>
   <si>
     <t>S C Mohapatra, Meghkanta Mohapatra, Vishwakant Mohapatra</t>
   </si>
   <si>
     <t>22x15x2.5</t>
   </si>
   <si>
+    <t>Textbook of Health Management (Second Edition)</t>
+  </si>
+  <si>
+    <t>978-93-48565-81-5</t>
+  </si>
+  <si>
+    <t>24x18.5x2.3</t>
+  </si>
+  <si>
     <t>Textbook of Medical Biochemistry</t>
   </si>
   <si>
     <t>978-81-19613-41-0</t>
   </si>
   <si>
     <t>Amit Kumar Singh</t>
   </si>
   <si>
     <t>22x15.5x1.4</t>
   </si>
   <si>
     <t>Textbook of Medical Science: Principles and Practice (Volume 1)</t>
   </si>
   <si>
     <t>978-93-48565-08-2</t>
   </si>
   <si>
     <t>28x21.6x1.4</t>
   </si>
   <si>
     <t>Textbook of Medical Science: Principles and Practice (Volume 2)</t>
   </si>
   <si>
     <t>978-93-48565-06-8</t>
@@ -1886,183 +2000,228 @@
   <si>
     <t>28x21.6x1</t>
   </si>
   <si>
     <t>Textbook of Medical Science: Principles and Practice (Volume 3)</t>
   </si>
   <si>
     <t>978-93-48565-93-8</t>
   </si>
   <si>
     <t>Textbook of Medical Science: Principles and Practice (Volume 4)</t>
   </si>
   <si>
     <t>978-93-48565-22-8</t>
   </si>
   <si>
     <t>28x22x1.1</t>
   </si>
   <si>
     <t>Textbook of Medical Science: Principles and Practice (Volume 5)</t>
   </si>
   <si>
     <t>978-93-48565-70-9</t>
   </si>
   <si>
+    <t>Textbook of Medical Science: Principles and Practice (Volume 6)</t>
+  </si>
+  <si>
+    <t>978-93-48565-69-3</t>
+  </si>
+  <si>
     <t>Textbook of Ophthalmic Pharmacology and Therapies</t>
   </si>
   <si>
     <t>978-93-88022-58-3</t>
   </si>
   <si>
     <t>Dr. R L Sharma, Dr. Kalpana Sharma, Dr. Kamlesh Sharma</t>
   </si>
   <si>
     <t>28x22x1.75</t>
   </si>
   <si>
     <t>Textbook of Procedures in Emergency Care</t>
   </si>
   <si>
     <t>978-93-91208-85-1</t>
   </si>
   <si>
     <t>Dr. Anuja Agrawal, Dr. Pooja Shah</t>
   </si>
   <si>
+    <t>Anaesthesia, Emergency Medicine, Nursing</t>
+  </si>
+  <si>
     <t>Textbook of Respiratory Medicine</t>
   </si>
   <si>
     <t>978-93-91208-84-4</t>
   </si>
   <si>
-    <t>Pulmonology</t>
+    <t>Pulmonology, Respiratory Medicine</t>
   </si>
   <si>
     <t>Textbook on Microbes and Disease</t>
   </si>
   <si>
     <t>978-93-91208-43-1</t>
   </si>
   <si>
     <t>Dr. Chetan D. M., Dr. Narendra Kumar S, Dr. Anil Kumar H. S.</t>
   </si>
   <si>
     <t>22x15x0.4</t>
   </si>
   <si>
     <t>Textbook on Naturopathy and Yoga Treatment</t>
   </si>
   <si>
     <t>978-81-19613-89-2</t>
   </si>
   <si>
     <t>Dr. Dinesh Kumar Shukla</t>
   </si>
   <si>
     <t>Naturopathy</t>
   </si>
   <si>
     <t>Textbook on Paracetamol: A Magic Drug but with Adversity</t>
   </si>
   <si>
     <t>978-93-91208-59-2</t>
   </si>
   <si>
     <t>Dr. Dheaa Shamikh Zageer, Dr. Sundus Fadhil Hantoosh</t>
   </si>
   <si>
+    <t>Medicine, Pharmacy</t>
+  </si>
+  <si>
     <t>The Healing Power of Plants: Immunomodulatory Wonders</t>
   </si>
   <si>
     <t>978-81-19613-71-7</t>
   </si>
   <si>
     <t>Dr. Abid Ali Sheikh, Dr. Vikas Chandra, Dr. Mansimran Kaur Randhawa, Kushal Kant Pant, Ravi Kiran Sriniwas Behera</t>
   </si>
   <si>
-    <t>Plant Sciences</t>
+    <t>Plant Sciences, Pharmacology, Immunology</t>
   </si>
   <si>
     <t>Transfusion Medicine Simplified: A Comprehensive Guide</t>
   </si>
   <si>
     <t>978-81-19613-26-7</t>
   </si>
   <si>
     <t>Brig. (Dr.) Paramjit Singh Dhot, Dr. Mayurika S. Tyagi, Dr. Swati Singh</t>
   </si>
   <si>
     <t>24x18.5x1.6</t>
   </si>
   <si>
     <t>Tuberculous Pleural Effusion (A Book of 100 Cases)</t>
   </si>
   <si>
     <t>978-93-91208-40-0</t>
   </si>
   <si>
     <t>Dr. Sankalp Yadav</t>
   </si>
   <si>
     <t>Infectious Diseases</t>
   </si>
   <si>
     <t>मर्म विज्ञान का चिकित्सीय उपयोग</t>
   </si>
   <si>
     <t>978-93-88022-24-8</t>
   </si>
   <si>
     <t>डाॅ. गौरव फुल्ल , डाॅ. रेखा फुल्ल</t>
   </si>
   <si>
     <t>Hindi</t>
   </si>
   <si>
     <t>Marma Science</t>
   </si>
   <si>
-    <t>Payment Details:-
-[...17 lines deleted...]
-Web:www.ipinnovative.com</t>
+    <t>Payment Details:-</t>
+  </si>
+  <si>
+    <t>Payment (India):100% Advance Payment Cheque / DD / RTGS / NEFT will be made in favour of"IP Innovative Publication Pvt. Ltd."</t>
+  </si>
+  <si>
+    <t>Payable at New Delhi, India</t>
+  </si>
+  <si>
+    <t>Bank Name: Axis Bank Ltd., Branch – Palam, New Delhi</t>
+  </si>
+  <si>
+    <t>Current Account No.:917020045271486</t>
+  </si>
+  <si>
+    <t>IFSC Code:UTIB0000102</t>
+  </si>
+  <si>
+    <t>Swift Code:AXISINBB132</t>
+  </si>
+  <si>
+    <t>PAN No.:AAECI4006K</t>
+  </si>
+  <si>
+    <t>Payment Option for Outside of India:</t>
+  </si>
+  <si>
+    <t>PayPal option is applicable only for outside India. Foreign/International Subscribers can send payment via PayPal.</t>
+  </si>
+  <si>
+    <t>PayPal Account:subscription@ipinnovative.com</t>
+  </si>
+  <si>
+    <t>Please send your payment details at Email ID:subscription@ipinnovative.com</t>
+  </si>
+  <si>
+    <t>Contact Details:</t>
+  </si>
+  <si>
+    <t>3rd Floor, A-2, Gulab Bagh, Nawada, Metro Pillar No. 733</t>
+  </si>
+  <si>
+    <t>Uttam Nagar, New Delhi – 110059, India</t>
+  </si>
+  <si>
+    <t>Phone: +91-11-61364114, 61364115, 405682495, Ext. 12 &amp; 21</t>
+  </si>
+  <si>
+    <t>Mail:subscription@ipinnovative.com, subscription1.ippl@gmail.com</t>
+  </si>
+  <si>
+    <t>Web:www.ipinnovative.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2073,60 +2232,60 @@
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b val="1"/>
+      <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b val="0"/>
+      <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
@@ -2158,53 +2317,51 @@
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -2464,62 +2621,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/201/a-brief-history-of-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-20-2" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/163/a-guide-for-basic-biomedical-research-course" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-38-7" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/387/a-handbook-on-marine-vertebrates-for-msc-marine-biology-sem-1" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-57-0" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/202/a-paediatricians-approach-to-a-child-with-special-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-11-0" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/162/a-textbook-of-medical-genetics-and-cancer-genetics" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-21-9" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/218/a-to-z-mcqs-in-microbiology-for-ugc-csir-net-life-sciences-exam" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-66-0" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/46/abortion-spontaneous-abortion-induced-abortion" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-01-9" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/302/abridged-forensic-medicine-and-toxicology-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-24-3" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/376/advanced-biochemistry-companion-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-72-3" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/391/advances-in-omics-bioinformatics-for-genomics-transcriptomics-and-beyond" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-26-6" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/295/amphibian-experiments-in-physiology-all-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-42-7" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/253/anatomy-multiple-choice-questions-mcqs-for-nextfirst-year-mbbs-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-90-5" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/234/answers-to-viva-questions-in-embryology" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-0-1" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/235/answers-to-viva-questions-in-histology-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-1-8" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/293/applied-anatomy-and-physiology-for-bsc-nursing-course" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-63-2" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/196/basic-principles-of-ilizarov-surgery-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-49-3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/260/bio-medical-instruments-and-its-applications" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-96-7" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/245/case-oriented-approach-in-biochemistry-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-2-5" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/67/case-oriented-approach-in-biochemistry-reprint-2022-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-21-7" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/408/chromotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-46-4" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/236/clinics-in-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-19-6" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/168/colors-medicine-of-the-future" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-45-5" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/262/colors-medicine-of-the-future-part-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/205/competency-based-clinical-biochemistry-a-practical-manual-for-first-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-65-3" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/139/competency-based-human-anatomy-volume-i" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/160/competency-based-human-anatomy-volume-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-29-5" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/161/competency-based-human-anatomy-volume-iii" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-30-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/390/comprehensive-exploration-of-mental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-92-1" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/214/comprehensive-manual-of-resuscitation" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-03-5" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/379/comprehensive-stroke-care-a-nursing-pathway-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-37-2" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/73/concepts-in-paediatrics-assorted-essays" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-25-5" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/56/concepts-in-paediatrics-endocrinology" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-10-1" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/64/concepts-in-paediatrics-haematology" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-19-4" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/65/concepts-in-paediatrics-hepatology-and-gastroenterology" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-18-7" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/55/concepts-in-paediatrics-nephrology" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-09-5" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/54/concepts-in-paediatrics-nutrition" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-08-8" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/63/concepts-in-paediatrics-pulmonology" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-17-0" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/208/concise-histopathology" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-35-6" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/263/concise-introduction-to-human-psychology-for-1st-year-babsc-psychology-course" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-97-4" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/68/concise-text-book-of-adolescent-health" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-23-1" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/209/cord-blood-stem-cell-banking-and-transplantation" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-36-3" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/164/current-concepts-on-mental-health-of-children-and-adolescents-a-treatise-on-psychiatric-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-13-4" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/189/elisa-and-related-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-33-2" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/79/emergencies-in-ear-nose-throat-management-pearls" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-33-0" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/112/essential-guide-for-practical-orthopaedics-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/326/essential-guide-for-practical-orthopaedics-set-of-2-volumes-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-43-4" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/110/essential-guide-for-practical-orthopaedics-vol-i" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-63-7" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/325/essential-guide-for-practical-orthopaedics-vol-i-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-07-6" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/111/essential-guide-for-practical-orthopaedics-vol-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-64-4" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/324/essential-guide-for-practical-orthopaedics-vol-ii-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-82-3" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/389/essentials-of-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-98-3" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/173/evidence-based-treatment-protocol-evidence-based-education-system" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-53-0" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/399/forensic-medicine-and-toxicology-mini-dictionary" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-24-2" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/314/forensic-medicine-and-toxicology-quiz-book" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-81-6" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/223/fundamentals-of-gate-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-28-8" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/151/fundamentals-of-medical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-07-3" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/357/guidelines-for-clinical-transfusion-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-05-2" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/142/handbook-of-benign-paroxysmal-positional-vertigo" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/250/handbook-of-biomedical-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-81-3" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/51/handbook-of-elements" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-05-7" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/99/handbook-of-gynaecpathology-a-simplified-approach-in-nutshell" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-53-8" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/220/handbook-on-evidence-based-education-system-40module-wise-approach41" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-52-3" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/95/handbook-on-novel-coronavirus-what-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-49-1" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/150/history-of-physiology-for-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-4-8" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/170/human-anatomy-set-of-3-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-47-9" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/190/immunological-techniques-interpretations-validation-and-safety-measures" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-41-7" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/188/immunology-for-beginners" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-25-7" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/339/laboratory-manual-of-immunohistochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-56-4" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/294/maternal-diet-and-foetal-growth-a-bio-cultural-exploration" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-01-4" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/72/mcqs-guide-for-ug-pg-and-superspeciality-medical-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-26-2" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/92/mcqs-in-medical-sciences-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-46-0" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/278/mechanical-circulatory-support-essentials" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-34-2" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/116/medical-knowledge-and-education-a-book-of-questions-and-answers-2020-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-70-5" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/183/medical-knowledge-and-education-set-of-two-volumes-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-70-7" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/181/medical-knowledge-and-education-volume-i-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-64-6" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/182/medical-knowledge-and-education-volume-ii-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-69-1" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/305/medicolegal-mindbenders-forensic-medicine-and-toxicology-exclusive-question-archive" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-87-8" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/133/microbiology-multiple-choice-questions-mcqs-for-neet-and-net-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-87-3" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/261/mindmaps-in-biochemistry-a-notebook-to-explore-the-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-98-1" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/410/nursing-management" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-32-7" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/404/oncology-mcqs-for-the-mbbs-and-neet-pg-aspirants" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-55-6" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/405/oncology-mcqs-organ-specific-and-advanced-concepts-for-mbbs-and-neet-pg-students" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-20-4" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/257/one-page-one-chapter-pharmacology-for-undergraduates-in-mbbs" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-96-5" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/225/opulent-memoirs" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-94-1" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/97/orthopaedic-insight-series-1-principles-of-fracture-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-51-4" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/353/orthopaedic-insight-series-2-complications-of-fractures" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-28-1" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/159/osce-and-ospe-in-forensic-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-37-0" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/309/osce-and-ospe-in-forensic-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-99-1" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/178/ospe-and-osce-in-practical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-62-2" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/177/pandemic-corona-virus-vs-epidemic-and-endemic-virus-diseases-present-past-and-future-directions" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-61-5" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/35/pathology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-4-6" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/288/pcos-more-than-just-a-hormone-disorder" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-76-2" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/34/physiology-mcq-for-all-india-postgraduate-medical-entrance-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-6-0" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/172/pictorial-forensic-pathology-and-toxicology-a-colour-atlas" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-46-2" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/369/pioneers-of-forensics-and-their-ground-breaking-inventions" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-73-0" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/368/pioneers-of-medical-sciences-and-their-inspiring-achievements" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-43-3" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/14/postgraduate-biochemistry-companion" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-6-4" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/7/practical-applications-in-histopathology-cytopathology-and-autopsy-an-mcqemq-resource" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-2-6" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/298/practical-handbook-of-community-medicine-for-the-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-20-5" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/317/previous-years-question-papers-for-postgraduate-obstetrics-and-gynaecology-examinations-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-7-0" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/367/reasoning-in-biochemistry-for-biochemistry-enthusiasts" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-14-4" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/155/recent-advances-in-medical-education-knowledge-and-research" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-24-0" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/210/regenerative-medicine-cellular-therapy-and-tissue-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-42-4" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/44/renal-physiology-for-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-7-7" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/246/review-of-forensic-medicine-and-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-80-6" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/402/score-high-dissection-hall-attendant-competitive-exam-mcq-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-19-8" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/62/short-questions-and-answers-of-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-15-6" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/138/short-textbook-in-orthopaedics-and-rehabilitation" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-66-8" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/304/spectrum-of-resilience-unravelling-the-threads-of-oncology" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-74-8" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/77/syndromes-and-eponymous-signs-in-ear-nose-throat" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-30-9" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/327/synopsis-of-transfusion-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-54-0" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/228/textbook-of-advanced-therapeutics" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-95-8" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/152/textbook-of-dermatology-with-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/221/textbook-of-health-management" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-67-7" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/373/textbook-of-medical-science-principles-and-practice-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-08-2" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/374/textbook-of-medical-science-principles-and-practice-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-06-8" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/393/textbook-of-medical-science-principles-and-practice-volume-3" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-93-8" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/394/textbook-of-medical-science-principles-and-practice-volume-4" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-22-8" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/411/textbook-of-medical-science-principles-and-practice-volume-5" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-70-9" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/259/textbook-of-respiratory-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-84-4" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/360/the-healing-power-of-plants-immunomodulatory-wonders" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-71-7" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/359/transfusion-medicine-simplified-a-comprehensive-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-26-7" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/166/tuberculous-pleural-effusion-a-book-of-100-cases" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-40-0" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/70/marma-vijnana-ka-cikitsiya-upayoga" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-24-8" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/201/a-brief-history-of-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-20-2" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/163/a-guide-for-basic-biomedical-research-course" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-38-7" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/387/a-handbook-on-marine-vertebrates-for-msc-marine-biology-sem-1" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-57-0" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/202/a-paediatricians-approach-to-a-child-with-special-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-11-0" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/162/a-textbook-of-medical-genetics-and-cancer-genetics" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-21-9" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/218/a-to-z-mcqs-in-microbiology-for-ugc-csir-net-life-sciences-exam" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-66-0" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/419/abnormal-psychology" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-14-3" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/46/abortion-spontaneous-abortion-induced-abortion" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-01-9" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/302/abridged-forensic-medicine-and-toxicology-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-24-3" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/376/advanced-biochemistry-companion-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-72-3" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/391/advances-in-omics-bioinformatics-for-genomics-transcriptomics-and-beyond" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-26-6" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/295/amphibian-experiments-in-physiology-all-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-42-7" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/253/anatomy-multiple-choice-questions-mcqs-for-nextfirst-year-mbbs-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-90-5" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/234/answers-to-viva-questions-in-embryology" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-0-1" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/235/answers-to-viva-questions-in-histology-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-1-8" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/293/applied-anatomy-and-physiology-for-bsc-nursing-course" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-63-2" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/196/basic-principles-of-ilizarov-surgery-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-49-3" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/260/bio-medical-instruments-and-its-applications" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-96-7" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/245/case-oriented-approach-in-biochemistry-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-2-5" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/408/chromotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-46-4" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/236/clinics-in-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-19-6" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/168/colors-medicine-of-the-future" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-45-5" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/262/colors-medicine-of-the-future-part-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/205/competency-based-clinical-biochemistry-a-practical-manual-for-first-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-65-3" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/139/competency-based-human-anatomy-volume-i" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/160/competency-based-human-anatomy-volume-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-29-5" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/161/competency-based-human-anatomy-volume-iii" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-30-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/420/competency-based-human-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-44-0" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/390/comprehensive-exploration-of-mental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-92-1" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/214/comprehensive-manual-of-resuscitation" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-03-5" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/379/comprehensive-stroke-care-a-nursing-pathway-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-37-2" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/73/concepts-in-paediatrics-assorted-essays" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-25-5" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/56/concepts-in-paediatrics-endocrinology" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-10-1" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/64/concepts-in-paediatrics-haematology" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-19-4" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/65/concepts-in-paediatrics-hepatology-and-gastroenterology" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-18-7" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/55/concepts-in-paediatrics-nephrology" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-09-5" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/54/concepts-in-paediatrics-nutrition" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-08-8" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/63/concepts-in-paediatrics-pulmonology" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-17-0" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/208/concise-histopathology" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-35-6" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/263/concise-introduction-to-human-psychology-for-1st-year-babsc-psychology-course" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-97-4" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/68/concise-text-book-of-adolescent-health" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-23-1" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/209/cord-blood-stem-cell-banking-and-transplantation" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-36-3" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/164/current-concepts-on-mental-health-of-children-and-adolescents-a-treatise-on-psychiatric-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-13-4" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/189/elisa-and-related-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-33-2" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/79/emergencies-in-ear-nose-throat-management-pearls" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-33-0" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/112/essential-guide-for-practical-orthopaedics-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/326/essential-guide-for-practical-orthopaedics-set-of-2-volumes-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-43-4" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/110/essential-guide-for-practical-orthopaedics-vol-i" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-63-7" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/325/essential-guide-for-practical-orthopaedics-vol-i-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-07-6" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/111/essential-guide-for-practical-orthopaedics-vol-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-64-4" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/324/essential-guide-for-practical-orthopaedics-vol-ii-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-82-3" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/389/essentials-of-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-98-3" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/173/evidence-based-treatment-protocol-evidence-based-education-system" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-53-0" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/399/forensic-medicine-and-toxicology-mini-dictionary" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-24-2" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/314/forensic-medicine-and-toxicology-quiz-book" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-81-6" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/223/fundamentals-of-gate-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-28-8" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/151/fundamentals-of-medical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-07-3" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/357/guidelines-for-clinical-transfusion-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-05-2" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/142/handbook-of-benign-paroxysmal-positional-vertigo" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/250/handbook-of-biomedical-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-81-3" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/51/handbook-of-elements" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-05-7" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/99/handbook-of-gynaecpathology-a-simplified-approach-in-nutshell" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-53-8" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/220/handbook-on-evidence-based-education-system-module-wise-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-52-3" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/95/handbook-on-novel-coronavirus-what-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-49-1" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/150/history-of-physiology-for-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-4-8" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/170/human-anatomy-set-of-3-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-47-9" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/190/immunological-techniques-interpretations-validation-and-safety-measures" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-41-7" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/188/immunology-for-beginners" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-25-7" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/339/laboratory-manual-of-immunohistochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-56-4" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/294/maternal-diet-and-foetal-growth-a-bio-cultural-exploration" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-01-4" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/72/mcqs-guide-for-ug-pg-and-superspeciality-medical-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-26-2" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/92/mcqs-in-medical-sciences-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-46-0" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/278/mechanical-circulatory-support-essentials" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-34-2" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/415/medical-biochemistry-key-concepts-through-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-53-2" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/116/medical-knowledge-and-education-a-book-of-questions-and-answers-2020-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-70-5" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/183/medical-knowledge-and-education-set-of-two-volumes-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-70-7" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/181/medical-knowledge-and-education-volume-i-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-64-6" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/182/medical-knowledge-and-education-volume-ii-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-69-1" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/305/medicolegal-mindbenders-forensic-medicine-and-toxicology-exclusive-question-archive" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-87-8" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/133/microbiology-multiple-choice-questions-mcqs-for-neet-and-net-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-87-3" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/261/mindmaps-in-biochemistry-a-notebook-to-explore-the-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-98-1" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/410/nursing-management" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-32-7" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/418/occupational-and-environmental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-64-8" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/404/oncology-mcqs-for-the-mbbs-and-neet-pg-aspirants" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-55-6" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/405/oncology-mcqs-organ-specific-and-advanced-concepts-for-mbbs-and-neet-pg-students" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-20-4" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/257/one-page-one-chapter-pharmacology-for-undergraduates-in-mbbs" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-96-5" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/225/opulent-memoirs" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-94-1" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/97/orthopaedic-insight-series-1-principles-of-fracture-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-51-4" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/353/orthopaedic-insight-series-2-complications-of-fractures" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-28-1" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/159/osce-and-ospe-in-forensic-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-37-0" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/309/osce-and-ospe-in-forensic-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-99-1" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/178/ospe-and-osce-in-practical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-62-2" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/177/pandemic-corona-virus-vs-epidemic-and-endemic-virus-diseases-present-past-and-future-directions" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-61-5" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/35/pathology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-4-6" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/288/pcos-more-than-just-a-hormone-disorder" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-76-2" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/34/physiology-mcq-for-all-india-postgraduate-medical-entrance-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-6-0" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/172/pictorial-forensic-pathology-and-toxicology-a-colour-atlas" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-46-2" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/369/pioneers-of-forensics-and-their-ground-breaking-inventions" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-73-0" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/368/pioneers-of-medical-sciences-and-their-inspiring-achievements" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-43-3" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/14/postgraduate-biochemistry-companion" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-6-4" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/7/practical-applications-in-histopathology-cytopathology-and-autopsy-an-mcqemq-resource" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-2-6" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/298/practical-handbook-of-community-medicine-for-the-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-20-5" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/317/previous-years-question-papers-for-postgraduate-obstetrics-and-gynaecology-examinations-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-7-0" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/367/reasoning-in-biochemistry-for-biochemistry-enthusiasts" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-14-4" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/155/recent-advances-in-medical-education-knowledge-and-research" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-24-0" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/210/regenerative-medicine-cellular-therapy-and-tissue-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-42-4" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/44/renal-physiology-for-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-7-7" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/246/review-of-forensic-medicine-and-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-80-6" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/402/score-high-dissection-hall-attendant-competitive-exam-mcq-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-19-8" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/62/short-questions-and-answers-of-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-15-6" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/138/short-textbook-in-orthopaedics-and-rehabilitation" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-66-8" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/304/spectrum-of-resilience-unravelling-the-threads-of-oncology" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-74-8" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/77/syndromes-and-eponymous-signs-in-ear-nose-throat" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-30-9" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/327/synopsis-of-transfusion-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-54-0" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/228/textbook-of-advanced-therapeutics" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-95-8" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/152/textbook-of-dermatology-with-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/221/textbook-of-health-management" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-67-7" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/421/textbook-of-health-management-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-81-5" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/373/textbook-of-medical-science-principles-and-practice-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-08-2" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/374/textbook-of-medical-science-principles-and-practice-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-06-8" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/393/textbook-of-medical-science-principles-and-practice-volume-3" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-93-8" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/394/textbook-of-medical-science-principles-and-practice-volume-4" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-22-8" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/411/textbook-of-medical-science-principles-and-practice-volume-5" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-70-9" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/417/textbook-of-medical-science-principles-and-practice-volume-6" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-69-3" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/259/textbook-of-respiratory-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-84-4" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/360/the-healing-power-of-plants-immunomodulatory-wonders" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-71-7" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/359/transfusion-medicine-simplified-a-comprehensive-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-26-7" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/166/tuberculous-pleural-effusion-a-book-of-100-cases" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-40-0" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/70/marma-vijnana-ka-cikitsiya-upayoga" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-24-8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q205"/>
+  <dimension ref="A1:Q199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B175" sqref="B175:H175"/>
+      <selection activeCell="B180" sqref="B180:H180"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.5645" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
     <col min="17" max="17" width="14.2822" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1"/>
@@ -2989,8881 +3146,9094 @@
       </c>
       <c r="P13" s="5" t="s">
         <v>62</v>
       </c>
       <c r="Q13" s="9" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14" s="5">
         <v>8</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>65</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>66</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="9">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="G14" s="9">
-        <v>138</v>
+        <v>350</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="9">
-        <v>475.0</v>
+        <v>850.0</v>
       </c>
       <c r="J14" s="9">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="K14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="9">
-        <v>280</v>
+        <v>600</v>
       </c>
       <c r="M14" s="10" t="s">
         <v>65</v>
       </c>
       <c r="N14" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O14" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P14" s="5" t="s">
         <v>67</v>
       </c>
       <c r="Q14" s="9" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15" s="5">
         <v>9</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>69</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>70</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>71</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="F15" s="9">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="G15" s="9">
-        <v>246</v>
+        <v>138</v>
       </c>
       <c r="H15" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="9">
-        <v>795.0</v>
+        <v>475.0</v>
       </c>
       <c r="J15" s="9">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="K15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="9">
-        <v>400</v>
+        <v>280</v>
       </c>
       <c r="M15" s="10" t="s">
         <v>70</v>
       </c>
       <c r="N15" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P15" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q15" s="9" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16" s="5">
         <v>10</v>
       </c>
       <c r="B16" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D16" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="C16" s="9" t="s">
+      <c r="E16" s="9" t="s">
         <v>77</v>
       </c>
-      <c r="D16" s="5" t="s">
+      <c r="F16" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G16" s="9">
+        <v>246</v>
+      </c>
+      <c r="H16" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I16" s="9">
+        <v>795.0</v>
+      </c>
+      <c r="J16" s="9">
+        <v>40</v>
+      </c>
+      <c r="K16" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L16" s="9">
+        <v>400</v>
+      </c>
+      <c r="M16" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N16" s="9" t="s">
         <v>78</v>
       </c>
-      <c r="E16" s="9" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O16" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P16" s="5" t="s">
-        <v>57</v>
+        <v>79</v>
       </c>
       <c r="Q16" s="9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17" s="5">
         <v>11</v>
       </c>
       <c r="B17" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F17" s="9">
         <v>2025</v>
       </c>
       <c r="G17" s="9">
-        <v>373</v>
+        <v>642</v>
       </c>
       <c r="H17" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="9">
-        <v>1395.0</v>
+        <v>1450.0</v>
       </c>
       <c r="J17" s="9">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="K17" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="9">
-        <v>900</v>
+        <v>1535</v>
       </c>
       <c r="M17" s="10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N17" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O17" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P17" s="5" t="s">
-        <v>83</v>
+        <v>57</v>
       </c>
       <c r="Q17" s="9" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18" s="5">
         <v>12</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>85</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>86</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>87</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F18" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G18" s="9">
-        <v>98</v>
+        <v>373</v>
       </c>
       <c r="H18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="9">
-        <v>375.0</v>
+        <v>1395.0</v>
       </c>
       <c r="J18" s="9">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="K18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="9">
-        <v>200</v>
+        <v>900</v>
       </c>
       <c r="M18" s="10" t="s">
         <v>86</v>
       </c>
       <c r="N18" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O18" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P18" s="5" t="s">
         <v>88</v>
       </c>
       <c r="Q18" s="9" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19" s="5">
         <v>13</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>90</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>91</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>92</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F19" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G19" s="9">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H19" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="9">
-        <v>350.0</v>
+        <v>375.0</v>
       </c>
       <c r="J19" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="9">
         <v>200</v>
       </c>
       <c r="M19" s="10" t="s">
         <v>91</v>
       </c>
       <c r="N19" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P19" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="O19" s="9" t="s">
-[...2 lines deleted...]
-      <c r="P19" s="5" t="s">
+      <c r="Q19" s="9" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20" s="5">
         <v>14</v>
       </c>
       <c r="B20" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="C20" s="9" t="s">
         <v>96</v>
       </c>
-      <c r="C20" s="9" t="s">
+      <c r="D20" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="D20" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F20" s="9">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="G20" s="9">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="H20" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="9">
-        <v>295.0</v>
+        <v>350.0</v>
       </c>
       <c r="J20" s="9">
         <v>20</v>
       </c>
       <c r="K20" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="9">
-        <v>170</v>
+        <v>200</v>
       </c>
       <c r="M20" s="10" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="N20" s="9" t="s">
-        <v>61</v>
+        <v>98</v>
       </c>
       <c r="O20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P20" s="5" t="s">
         <v>99</v>
       </c>
       <c r="Q20" s="9" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" s="5">
         <v>15</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F21" s="9">
         <v>2023</v>
       </c>
       <c r="G21" s="9">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="H21" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I21" s="9">
-        <v>300.0</v>
+        <v>295.0</v>
       </c>
       <c r="J21" s="9">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="K21" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="9">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="M21" s="10" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N21" s="9" t="s">
-        <v>103</v>
+        <v>61</v>
       </c>
       <c r="O21" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P21" s="5" t="s">
         <v>104</v>
       </c>
       <c r="Q21" s="9" t="s">
-        <v>41</v>
+        <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="5">
         <v>16</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>105</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>106</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>107</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F22" s="9">
         <v>2023</v>
       </c>
       <c r="G22" s="9">
-        <v>140</v>
+        <v>90</v>
       </c>
       <c r="H22" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="9">
-        <v>425.0</v>
+        <v>300.0</v>
       </c>
       <c r="J22" s="9">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K22" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="9">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="M22" s="10" t="s">
         <v>106</v>
       </c>
       <c r="N22" s="9" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="O22" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P22" s="5" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="Q22" s="9" t="s">
-        <v>108</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="5">
         <v>17</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F23" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G23" s="9">
-        <v>408</v>
+        <v>140</v>
       </c>
       <c r="H23" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="9">
-        <v>1250.0</v>
+        <v>425.0</v>
       </c>
       <c r="J23" s="9">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="K23" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="9">
-        <v>820</v>
+        <v>200</v>
       </c>
       <c r="M23" s="10" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N23" s="9" t="s">
-        <v>73</v>
+        <v>108</v>
       </c>
       <c r="O23" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P23" s="5" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="Q23" s="9" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="5">
         <v>18</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F24" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G24" s="9">
-        <v>674</v>
+        <v>408</v>
       </c>
       <c r="H24" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="9">
-        <v>1600.0</v>
+        <v>1250.0</v>
       </c>
       <c r="J24" s="9">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="K24" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="9">
-        <v>1400</v>
+        <v>820</v>
       </c>
       <c r="M24" s="10" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="N24" s="9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="O24" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P24" s="5" t="s">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="Q24" s="9" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25" s="5">
         <v>19</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F25" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G25" s="9">
-        <v>239</v>
+        <v>674</v>
       </c>
       <c r="H25" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="9">
-        <v>750.0</v>
+        <v>1600.0</v>
       </c>
       <c r="J25" s="9">
-        <v>40</v>
+        <v>75</v>
       </c>
       <c r="K25" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="9">
-        <v>430</v>
+        <v>1400</v>
       </c>
       <c r="M25" s="10" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="N25" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O25" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P25" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="Q25" s="9" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26" s="5">
         <v>20</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C26" s="9" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F26" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G26" s="9">
-        <v>266</v>
+        <v>239</v>
       </c>
       <c r="H26" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="9">
-        <v>995.0</v>
+        <v>750.0</v>
       </c>
       <c r="J26" s="9">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="K26" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="9">
         <v>430</v>
       </c>
       <c r="M26" s="10" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="N26" s="9" t="s">
-        <v>124</v>
+        <v>26</v>
       </c>
       <c r="O26" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P26" s="5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="Q26" s="9" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27" s="5">
         <v>21</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D27" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E27" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G27" s="9">
+        <v>266</v>
+      </c>
+      <c r="H27" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I27" s="9">
+        <v>995.0</v>
+      </c>
+      <c r="J27" s="9">
+        <v>45</v>
+      </c>
+      <c r="K27" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L27" s="9">
+        <v>430</v>
+      </c>
+      <c r="M27" s="10" t="s">
         <v>129</v>
       </c>
-      <c r="E27" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N27" s="9" t="s">
-        <v>26</v>
+        <v>131</v>
       </c>
       <c r="O27" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P27" s="5" t="s">
-        <v>35</v>
+        <v>132</v>
       </c>
       <c r="Q27" s="9" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28" s="5">
         <v>22</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F28" s="9">
         <v>2023</v>
       </c>
       <c r="G28" s="9">
+        <v>155</v>
+      </c>
+      <c r="H28" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I28" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J28" s="9">
+        <v>25</v>
+      </c>
+      <c r="K28" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L28" s="9">
+        <v>230</v>
+      </c>
+      <c r="M28" s="10" t="s">
         <v>135</v>
-      </c>
-[...16 lines deleted...]
-        <v>132</v>
       </c>
       <c r="N28" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O28" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P28" s="5" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="Q28" s="9" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29" s="5">
         <v>23</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="C29" s="9" t="s">
+        <v>139</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="E29" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F29" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G29" s="9">
         <v>135</v>
       </c>
-      <c r="D29" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H29" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="9">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="J29" s="9">
         <v>30</v>
       </c>
       <c r="K29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="9">
         <v>250</v>
       </c>
       <c r="M29" s="10" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="N29" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O29" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P29" s="5" t="s">
         <v>57</v>
       </c>
       <c r="Q29" s="9" t="s">
-        <v>68</v>
+        <v>137</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30" s="5">
         <v>24</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="C30" s="9" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F30" s="9">
         <v>2025</v>
       </c>
       <c r="G30" s="9">
         <v>141</v>
       </c>
       <c r="H30" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="9">
         <v>495.0</v>
       </c>
       <c r="J30" s="9">
         <v>30</v>
       </c>
       <c r="K30" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="9">
         <v>230</v>
       </c>
       <c r="M30" s="10" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="N30" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O30" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P30" s="5" t="s">
-        <v>28</v>
+        <v>144</v>
       </c>
       <c r="Q30" s="9" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31" s="5">
         <v>25</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C31" s="9" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F31" s="9">
         <v>2024</v>
       </c>
       <c r="G31" s="9">
         <v>153</v>
       </c>
       <c r="H31" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="9">
         <v>450.0</v>
       </c>
       <c r="J31" s="9">
         <v>25</v>
       </c>
       <c r="K31" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="9">
         <v>480</v>
       </c>
       <c r="M31" s="10" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="N31" s="9" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="O31" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P31" s="5" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="Q31" s="9" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32" s="5">
         <v>26</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F32" s="9">
         <v>2023</v>
       </c>
       <c r="G32" s="9">
         <v>392</v>
       </c>
       <c r="H32" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="9">
         <v>950.0</v>
       </c>
       <c r="J32" s="9">
         <v>40</v>
       </c>
       <c r="K32" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="9">
         <v>625</v>
       </c>
       <c r="M32" s="10" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="N32" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O32" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P32" s="5" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="Q32" s="9" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33" s="5">
         <v>27</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F33" s="9">
         <v>2021</v>
       </c>
       <c r="G33" s="9">
         <v>98</v>
       </c>
       <c r="H33" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="9">
         <v>395.0</v>
       </c>
       <c r="J33" s="9">
         <v>20</v>
       </c>
       <c r="K33" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="9">
         <v>200</v>
       </c>
       <c r="M33" s="10" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="N33" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O33" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P33" s="5" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="Q33" s="9" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34" s="5">
         <v>28</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F34" s="9">
         <v>2023</v>
       </c>
       <c r="G34" s="9">
         <v>159</v>
       </c>
       <c r="H34" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="9">
         <v>595.0</v>
       </c>
       <c r="J34" s="9">
         <v>35</v>
       </c>
       <c r="K34" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="9">
         <v>250</v>
       </c>
       <c r="M34" s="10" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="N34" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O34" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P34" s="5" t="s">
-        <v>28</v>
+        <v>144</v>
       </c>
       <c r="Q34" s="9" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35" s="5">
         <v>29</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F35" s="9">
         <v>2022</v>
       </c>
       <c r="G35" s="9">
         <v>305</v>
       </c>
       <c r="H35" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="9">
         <v>650.0</v>
       </c>
       <c r="J35" s="9">
         <v>35</v>
       </c>
       <c r="K35" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="9">
         <v>400</v>
       </c>
       <c r="M35" s="10" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="N35" s="9" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="O35" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P35" s="5" t="s">
         <v>57</v>
       </c>
       <c r="Q35" s="9" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36" s="5">
         <v>30</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="9">
         <v>2024</v>
       </c>
       <c r="G36" s="9">
         <v>1088</v>
       </c>
       <c r="H36" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="9">
         <v>2495.0</v>
       </c>
       <c r="J36" s="9">
         <v>105</v>
       </c>
       <c r="K36" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="9">
         <v>1920</v>
       </c>
       <c r="M36" s="10" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="N36" s="9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="O36" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P36" s="5" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="Q36" s="9" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37" s="5">
         <v>31</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F37" s="9">
         <v>2021</v>
       </c>
       <c r="G37" s="9">
         <v>345</v>
       </c>
       <c r="H37" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="9">
         <v>795.0</v>
       </c>
       <c r="J37" s="9">
         <v>35</v>
       </c>
       <c r="K37" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="9">
         <v>450</v>
       </c>
       <c r="M37" s="10" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="N37" s="9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="O37" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P37" s="5" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="Q37" s="9" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38" s="5">
         <v>32</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="9">
         <v>2024</v>
       </c>
       <c r="G38" s="9">
         <v>407</v>
       </c>
       <c r="H38" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="9">
         <v>925.0</v>
       </c>
       <c r="J38" s="9">
         <v>40</v>
       </c>
       <c r="K38" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="9">
         <v>700</v>
       </c>
       <c r="M38" s="10" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="N38" s="9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="O38" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P38" s="5" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="Q38" s="9" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39" s="5">
         <v>33</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="9">
         <v>2024</v>
       </c>
       <c r="G39" s="9">
         <v>380</v>
       </c>
       <c r="H39" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="9">
         <v>875.0</v>
       </c>
       <c r="J39" s="9">
         <v>40</v>
       </c>
       <c r="K39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="9">
         <v>680</v>
       </c>
       <c r="M39" s="10" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="N39" s="9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="O39" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P39" s="5" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="Q39" s="9" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40" s="5">
         <v>34</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="9">
         <v>2024</v>
       </c>
       <c r="G40" s="9">
         <v>301</v>
       </c>
       <c r="H40" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="9">
         <v>795.0</v>
       </c>
       <c r="J40" s="9">
         <v>35</v>
       </c>
       <c r="K40" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="9">
         <v>540</v>
       </c>
       <c r="M40" s="10" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="N40" s="9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="O40" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P40" s="5" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="Q40" s="9" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41" s="5">
         <v>35</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F41" s="9">
         <v>2021</v>
       </c>
       <c r="G41" s="9">
         <v>318</v>
       </c>
       <c r="H41" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="9">
         <v>725.0</v>
       </c>
       <c r="J41" s="9">
         <v>35</v>
       </c>
       <c r="K41" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="9">
         <v>350</v>
       </c>
       <c r="M41" s="10" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="N41" s="9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="O41" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P41" s="5" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="Q41" s="9" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42" s="5">
         <v>36</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F42" s="9">
         <v>2021</v>
       </c>
       <c r="G42" s="9">
         <v>263</v>
       </c>
       <c r="H42" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="9">
         <v>595.0</v>
       </c>
       <c r="J42" s="9">
         <v>30</v>
       </c>
       <c r="K42" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="9">
         <v>300</v>
       </c>
       <c r="M42" s="10" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="N42" s="9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="O42" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P42" s="5" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="Q42" s="9" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43" s="5">
         <v>37</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="C43" s="9" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>184</v>
+        <v>103</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F43" s="9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G43" s="9">
-        <v>144</v>
+        <v>407</v>
       </c>
       <c r="H43" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="9">
-        <v>450.0</v>
+        <v>1200.0</v>
       </c>
       <c r="J43" s="9">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="K43" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="9">
-        <v>260</v>
+        <v>1060</v>
       </c>
       <c r="M43" s="10" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="N43" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O43" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P43" s="5" t="s">
-        <v>185</v>
+        <v>93</v>
       </c>
       <c r="Q43" s="9" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44" s="5">
         <v>38</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F44" s="9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G44" s="9">
-        <v>416</v>
+        <v>144</v>
       </c>
       <c r="H44" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="9">
-        <v>900.0</v>
+        <v>450.0</v>
       </c>
       <c r="J44" s="9">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="K44" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="9">
-        <v>510</v>
+        <v>260</v>
       </c>
       <c r="M44" s="10" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="N44" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O44" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P44" s="5" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="Q44" s="9" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45" s="5">
         <v>39</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F45" s="9">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="G45" s="9">
-        <v>684</v>
+        <v>416</v>
       </c>
       <c r="H45" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="9">
-        <v>1950.0</v>
+        <v>900.0</v>
       </c>
       <c r="J45" s="9">
-        <v>75</v>
+        <v>45</v>
       </c>
       <c r="K45" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="9">
-        <v>1600</v>
+        <v>510</v>
       </c>
       <c r="M45" s="10" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="N45" s="9" t="s">
-        <v>124</v>
+        <v>26</v>
       </c>
       <c r="O45" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P45" s="5" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="Q45" s="9" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46" s="5">
         <v>40</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C46" s="9" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F46" s="9">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G46" s="9">
-        <v>353</v>
+        <v>684</v>
       </c>
       <c r="H46" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="9">
-        <v>996.0</v>
+        <v>1950.0</v>
       </c>
       <c r="J46" s="9">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="K46" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="9">
-        <v>640</v>
+        <v>1600</v>
       </c>
       <c r="M46" s="10" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="N46" s="9" t="s">
-        <v>26</v>
+        <v>131</v>
       </c>
       <c r="O46" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P46" s="5" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="Q46" s="9" t="s">
-        <v>177</v>
+        <v>204</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47" s="5">
         <v>41</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F47" s="9">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="G47" s="9">
-        <v>229</v>
+        <v>353</v>
       </c>
       <c r="H47" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="9">
-        <v>600.0</v>
+        <v>996.0</v>
       </c>
       <c r="J47" s="9">
         <v>45</v>
       </c>
       <c r="K47" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="9">
-        <v>400</v>
+        <v>640</v>
       </c>
       <c r="M47" s="10" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="N47" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="O47" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P47" s="5" t="s">
-        <v>45</v>
+        <v>208</v>
       </c>
       <c r="Q47" s="9" t="s">
-        <v>204</v>
+        <v>182</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48" s="5">
         <v>42</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C48" s="9" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F48" s="9">
         <v>2019</v>
       </c>
       <c r="G48" s="9">
-        <v>143</v>
+        <v>229</v>
       </c>
       <c r="H48" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="9">
-        <v>500.0</v>
+        <v>600.0</v>
       </c>
       <c r="J48" s="9">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K48" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="9">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="M48" s="10" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="N48" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O48" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P48" s="5" t="s">
-        <v>208</v>
+        <v>45</v>
       </c>
       <c r="Q48" s="9" t="s">
-        <v>51</v>
+        <v>212</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49" s="5">
         <v>43</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C49" s="9" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F49" s="9">
         <v>2019</v>
       </c>
       <c r="G49" s="9">
-        <v>211</v>
+        <v>143</v>
       </c>
       <c r="H49" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="9">
-        <v>600.0</v>
+        <v>500.0</v>
       </c>
       <c r="J49" s="9">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="K49" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L49" s="9">
-        <v>330</v>
+        <v>250</v>
       </c>
       <c r="M49" s="10" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="N49" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O49" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P49" s="5" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="Q49" s="9" t="s">
-        <v>204</v>
+        <v>51</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50" s="5">
         <v>44</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C50" s="9" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F50" s="9">
         <v>2019</v>
       </c>
       <c r="G50" s="9">
-        <v>220</v>
+        <v>211</v>
       </c>
       <c r="H50" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I50" s="9">
-        <v>650.0</v>
+        <v>600.0</v>
       </c>
       <c r="J50" s="9">
         <v>45</v>
       </c>
       <c r="K50" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L50" s="9">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="M50" s="10" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="N50" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O50" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P50" s="5" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="Q50" s="9" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51" s="5">
         <v>45</v>
       </c>
       <c r="B51" s="8" t="s">
+        <v>220</v>
+      </c>
+      <c r="C51" s="9" t="s">
+        <v>221</v>
+      </c>
+      <c r="D51" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="C51" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E51" s="9" t="s">
-        <v>218</v>
+        <v>33</v>
       </c>
       <c r="F51" s="9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G51" s="9">
-        <v>84</v>
+        <v>220</v>
       </c>
       <c r="H51" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="9">
-        <v>450.0</v>
+        <v>650.0</v>
       </c>
       <c r="J51" s="9">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K51" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="9">
-        <v>150</v>
+        <v>340</v>
       </c>
       <c r="M51" s="10" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="N51" s="9" t="s">
-        <v>219</v>
+        <v>26</v>
       </c>
       <c r="O51" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P51" s="5" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="Q51" s="9" t="s">
-        <v>221</v>
+        <v>212</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52" s="5">
         <v>46</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C52" s="9" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="F52" s="9">
         <v>2018</v>
       </c>
       <c r="G52" s="9">
-        <v>158</v>
+        <v>84</v>
       </c>
       <c r="H52" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I52" s="9">
-        <v>600.0</v>
+        <v>450.0</v>
       </c>
       <c r="J52" s="9">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="K52" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="9">
-        <v>270</v>
+        <v>150</v>
       </c>
       <c r="M52" s="10" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="N52" s="9" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="O52" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P52" s="5" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="Q52" s="9" t="s">
-        <v>51</v>
+        <v>229</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53" s="5">
         <v>47</v>
       </c>
       <c r="B53" s="8" t="s">
+        <v>230</v>
+      </c>
+      <c r="C53" s="9" t="s">
+        <v>231</v>
+      </c>
+      <c r="D53" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="C53" s="9" t="s">
+      <c r="E53" s="9" t="s">
         <v>226</v>
       </c>
-      <c r="D53" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F53" s="9">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="G53" s="9">
-        <v>332</v>
+        <v>158</v>
       </c>
       <c r="H53" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I53" s="9">
-        <v>850.0</v>
+        <v>600.0</v>
       </c>
       <c r="J53" s="9">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="K53" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="9">
-        <v>500</v>
+        <v>270</v>
       </c>
       <c r="M53" s="10" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="N53" s="9" t="s">
-        <v>26</v>
+        <v>227</v>
       </c>
       <c r="O53" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P53" s="5" t="s">
-        <v>45</v>
+        <v>232</v>
       </c>
       <c r="Q53" s="9" t="s">
-        <v>168</v>
+        <v>51</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54" s="5">
         <v>48</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="C54" s="9" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>229</v>
+        <v>215</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F54" s="9">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="G54" s="9">
-        <v>200</v>
+        <v>332</v>
       </c>
       <c r="H54" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="9">
-        <v>1200.0</v>
+        <v>850.0</v>
       </c>
       <c r="J54" s="9">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="K54" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="9">
-        <v>450</v>
+        <v>500</v>
       </c>
       <c r="M54" s="10" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="N54" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O54" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P54" s="5" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="Q54" s="9" t="s">
-        <v>231</v>
+        <v>173</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55" s="5">
         <v>49</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C55" s="9" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F55" s="9">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="G55" s="9">
-        <v>308</v>
+        <v>200</v>
       </c>
       <c r="H55" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="9">
-        <v>700.0</v>
+        <v>1200.0</v>
       </c>
       <c r="J55" s="9">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="K55" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="9">
-        <v>500</v>
+        <v>450</v>
       </c>
       <c r="M55" s="10" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="N55" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O55" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P55" s="5" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="Q55" s="9" t="s">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56" s="5">
         <v>50</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C56" s="9" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F56" s="9">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="G56" s="9">
-        <v>134</v>
+        <v>308</v>
       </c>
       <c r="H56" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="9">
-        <v>350.0</v>
+        <v>700.0</v>
       </c>
       <c r="J56" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K56" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L56" s="9">
-        <v>280</v>
+        <v>500</v>
       </c>
       <c r="M56" s="10" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="N56" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O56" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P56" s="5" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="Q56" s="9" t="s">
-        <v>51</v>
+        <v>127</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57" s="5">
         <v>51</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="C57" s="9" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="E57" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F57" s="9">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="G57" s="9">
-        <v>313</v>
+        <v>134</v>
       </c>
       <c r="H57" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="9">
-        <v>1250.0</v>
+        <v>350.0</v>
       </c>
       <c r="J57" s="9">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="K57" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L57" s="9">
-        <v>700</v>
+        <v>280</v>
       </c>
       <c r="M57" s="10" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="N57" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O57" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P57" s="5" t="s">
-        <v>211</v>
+        <v>248</v>
       </c>
       <c r="Q57" s="9" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58" s="5">
         <v>52</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="C58" s="9" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F58" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G58" s="9">
-        <v>325</v>
+        <v>313</v>
       </c>
       <c r="H58" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="9">
-        <v>995.0</v>
+        <v>1250.0</v>
       </c>
       <c r="J58" s="9">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="K58" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="9">
-        <v>670</v>
+        <v>700</v>
       </c>
       <c r="M58" s="10" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="N58" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="O58" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P58" s="5" t="s">
-        <v>239</v>
+        <v>252</v>
       </c>
       <c r="Q58" s="9" t="s">
-        <v>246</v>
+        <v>155</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59" s="5">
         <v>53</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="C59" s="9" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F59" s="9">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="G59" s="9">
-        <v>72</v>
+        <v>325</v>
       </c>
       <c r="H59" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="9">
-        <v>200.0</v>
+        <v>995.0</v>
       </c>
       <c r="J59" s="9">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="K59" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L59" s="9">
-        <v>130</v>
+        <v>670</v>
       </c>
       <c r="M59" s="10" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="N59" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O59" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P59" s="5" t="s">
-        <v>62</v>
+        <v>256</v>
       </c>
       <c r="Q59" s="9" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60" s="5">
         <v>54</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="C60" s="9" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F60" s="9">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="G60" s="9">
-        <v>142</v>
+        <v>72</v>
       </c>
       <c r="H60" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="9">
-        <v>425.0</v>
+        <v>200.0</v>
       </c>
       <c r="J60" s="9">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="K60" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L60" s="9">
-        <v>270</v>
+        <v>130</v>
       </c>
       <c r="M60" s="10" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="N60" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="O60" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P60" s="5" t="s">
-        <v>254</v>
+        <v>62</v>
       </c>
       <c r="Q60" s="9" t="s">
-        <v>51</v>
+        <v>261</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61" s="5">
         <v>55</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="C61" s="9" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F61" s="9">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="G61" s="9">
-        <v>906</v>
+        <v>142</v>
       </c>
       <c r="H61" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I61" s="9">
-        <v>3500.0</v>
+        <v>425.0</v>
       </c>
       <c r="J61" s="9">
-        <v>145</v>
+        <v>30</v>
       </c>
       <c r="K61" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="9">
-        <v>2300</v>
+        <v>270</v>
       </c>
       <c r="M61" s="10" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="N61" s="9" t="s">
-        <v>258</v>
+        <v>78</v>
       </c>
       <c r="O61" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P61" s="5" t="s">
-        <v>119</v>
+        <v>265</v>
       </c>
       <c r="Q61" s="9" t="s">
-        <v>259</v>
+        <v>51</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62" s="5">
         <v>56</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="C62" s="9" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="F62" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G62" s="9">
-        <v>1122</v>
+        <v>906</v>
       </c>
       <c r="H62" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I62" s="9">
-        <v>2599.0</v>
+        <v>3500.0</v>
       </c>
       <c r="J62" s="9">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="K62" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L62" s="9">
-        <v>2720</v>
+        <v>2300</v>
       </c>
       <c r="M62" s="10" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="N62" s="9" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="O62" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P62" s="5" t="s">
-        <v>119</v>
+        <v>270</v>
       </c>
       <c r="Q62" s="9" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63" s="5">
         <v>57</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="C63" s="9" t="s">
-        <v>264</v>
+        <v>273</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="F63" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G63" s="9">
-        <v>432</v>
+        <v>1122</v>
       </c>
       <c r="H63" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="9">
-        <v>1650.0</v>
+        <v>2599.0</v>
       </c>
       <c r="J63" s="9">
-        <v>70</v>
+        <v>140</v>
       </c>
       <c r="K63" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L63" s="9">
-        <v>1100</v>
+        <v>2720</v>
       </c>
       <c r="M63" s="10" t="s">
-        <v>264</v>
+        <v>273</v>
       </c>
       <c r="N63" s="9" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="O63" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P63" s="5" t="s">
-        <v>119</v>
+        <v>270</v>
       </c>
       <c r="Q63" s="9" t="s">
-        <v>265</v>
+        <v>274</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64" s="5">
         <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="C64" s="9" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="F64" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G64" s="9">
-        <v>598</v>
+        <v>432</v>
       </c>
       <c r="H64" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="9">
-        <v>1399.0</v>
+        <v>1650.0</v>
       </c>
       <c r="J64" s="9">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="K64" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="9">
-        <v>1420</v>
+        <v>1100</v>
       </c>
       <c r="M64" s="10" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
       <c r="N64" s="9" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="O64" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P64" s="5" t="s">
-        <v>119</v>
+        <v>270</v>
       </c>
       <c r="Q64" s="9" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65" s="5">
         <v>59</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="C65" s="9" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="F65" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G65" s="9">
-        <v>474</v>
+        <v>598</v>
       </c>
       <c r="H65" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="9">
-        <v>1850.0</v>
+        <v>1399.0</v>
       </c>
       <c r="J65" s="9">
         <v>75</v>
       </c>
       <c r="K65" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L65" s="9">
-        <v>1200</v>
+        <v>1420</v>
       </c>
       <c r="M65" s="10" t="s">
+        <v>279</v>
+      </c>
+      <c r="N65" s="9" t="s">
+        <v>269</v>
+      </c>
+      <c r="O65" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P65" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="N65" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q65" s="9" t="s">
-        <v>265</v>
+        <v>280</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66" s="5">
         <v>60</v>
       </c>
       <c r="B66" s="8" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="C66" s="9" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="E66" s="9" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="F66" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G66" s="9">
-        <v>524</v>
+        <v>474</v>
       </c>
       <c r="H66" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="9">
-        <v>1299.0</v>
+        <v>1850.0</v>
       </c>
       <c r="J66" s="9">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="K66" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L66" s="9">
-        <v>1300</v>
+        <v>1200</v>
       </c>
       <c r="M66" s="10" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="N66" s="9" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="O66" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P66" s="5" t="s">
-        <v>119</v>
+        <v>270</v>
       </c>
       <c r="Q66" s="9" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67" s="5">
         <v>61</v>
       </c>
       <c r="B67" s="8" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="C67" s="9" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="E67" s="9" t="s">
-        <v>33</v>
+        <v>77</v>
       </c>
       <c r="F67" s="9">
         <v>2024</v>
       </c>
       <c r="G67" s="9">
-        <v>549</v>
+        <v>524</v>
       </c>
       <c r="H67" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I67" s="9">
-        <v>1600.0</v>
+        <v>1299.0</v>
       </c>
       <c r="J67" s="9">
         <v>70</v>
       </c>
       <c r="K67" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L67" s="9">
-        <v>1400</v>
+        <v>1300</v>
       </c>
       <c r="M67" s="10" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="N67" s="9" t="s">
-        <v>26</v>
+        <v>269</v>
       </c>
       <c r="O67" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P67" s="5" t="s">
-        <v>190</v>
+        <v>270</v>
       </c>
       <c r="Q67" s="9" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68" s="5">
         <v>62</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>276</v>
+        <v>288</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F68" s="9">
         <v>2024</v>
       </c>
       <c r="G68" s="9">
-        <v>220</v>
+        <v>549</v>
       </c>
       <c r="H68" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="9">
-        <v>650.0</v>
+        <v>1600.0</v>
       </c>
       <c r="J68" s="9">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="K68" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="9">
-        <v>600</v>
+        <v>1400</v>
       </c>
       <c r="M68" s="10" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="N68" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O68" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P68" s="5" t="s">
-        <v>190</v>
+        <v>289</v>
       </c>
       <c r="Q68" s="9" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69" s="5">
         <v>63</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C69" s="9" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>276</v>
+        <v>288</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F69" s="9">
         <v>2024</v>
       </c>
       <c r="G69" s="9">
-        <v>329</v>
+        <v>220</v>
       </c>
       <c r="H69" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I69" s="9">
-        <v>975.0</v>
+        <v>650.0</v>
       </c>
       <c r="J69" s="9">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="K69" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="9">
-        <v>780</v>
+        <v>600</v>
       </c>
       <c r="M69" s="10" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="N69" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O69" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P69" s="5" t="s">
-        <v>190</v>
+        <v>289</v>
       </c>
       <c r="Q69" s="9" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70" s="5">
         <v>64</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="C70" s="9" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F70" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G70" s="9">
-        <v>252</v>
+        <v>329</v>
       </c>
       <c r="H70" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I70" s="9">
-        <v>575.0</v>
+        <v>975.0</v>
       </c>
       <c r="J70" s="9">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K70" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="9">
-        <v>400</v>
+        <v>780</v>
       </c>
       <c r="M70" s="10" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="N70" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O70" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P70" s="5" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="Q70" s="9" t="s">
-        <v>162</v>
+        <v>296</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71" s="5">
         <v>65</v>
       </c>
       <c r="B71" s="8" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
       <c r="C71" s="9" t="s">
-        <v>289</v>
+        <v>298</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F71" s="9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G71" s="9">
-        <v>303</v>
+        <v>252</v>
       </c>
       <c r="H71" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I71" s="9">
-        <v>950.0</v>
+        <v>575.0</v>
       </c>
       <c r="J71" s="9">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="K71" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L71" s="9">
-        <v>550</v>
+        <v>400</v>
       </c>
       <c r="M71" s="10" t="s">
-        <v>289</v>
+        <v>298</v>
       </c>
       <c r="N71" s="9" t="s">
-        <v>291</v>
+        <v>26</v>
       </c>
       <c r="O71" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P71" s="5" t="s">
-        <v>27</v>
+        <v>300</v>
       </c>
       <c r="Q71" s="9" t="s">
-        <v>292</v>
+        <v>167</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72" s="5">
         <v>66</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="C72" s="9" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F72" s="9">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="G72" s="9">
-        <v>119</v>
+        <v>303</v>
       </c>
       <c r="H72" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I72" s="9">
-        <v>395.0</v>
+        <v>950.0</v>
       </c>
       <c r="J72" s="9">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="K72" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L72" s="9">
-        <v>230</v>
+        <v>550</v>
       </c>
       <c r="M72" s="10" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="N72" s="9" t="s">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="O72" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P72" s="5" t="s">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="Q72" s="9" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73" s="5">
         <v>67</v>
       </c>
       <c r="B73" s="8" t="s">
-        <v>298</v>
+        <v>306</v>
       </c>
       <c r="C73" s="9" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>295</v>
+        <v>308</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F73" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G73" s="9">
-        <v>139</v>
+        <v>119</v>
       </c>
       <c r="H73" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I73" s="9">
-        <v>495.0</v>
+        <v>395.0</v>
       </c>
       <c r="J73" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K73" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L73" s="9">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="M73" s="10" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="N73" s="9" t="s">
-        <v>143</v>
+        <v>309</v>
       </c>
       <c r="O73" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P73" s="5" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="Q73" s="9" t="s">
-        <v>130</v>
+        <v>310</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74" s="5">
         <v>68</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="C74" s="9" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F74" s="9">
         <v>2024</v>
       </c>
       <c r="G74" s="9">
-        <v>215</v>
+        <v>139</v>
       </c>
       <c r="H74" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I74" s="9">
         <v>495.0</v>
       </c>
       <c r="J74" s="9">
         <v>30</v>
       </c>
       <c r="K74" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L74" s="9">
-        <v>320</v>
+        <v>225</v>
       </c>
       <c r="M74" s="10" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="N74" s="9" t="s">
-        <v>303</v>
+        <v>148</v>
       </c>
       <c r="O74" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P74" s="5" t="s">
-        <v>304</v>
+        <v>79</v>
       </c>
       <c r="Q74" s="9" t="s">
-        <v>305</v>
+        <v>137</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75" s="5">
         <v>69</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="C75" s="9" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="E75" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F75" s="9" t="s">
-        <v>55</v>
+      <c r="F75" s="9">
+        <v>2024</v>
       </c>
       <c r="G75" s="9">
-        <v>111</v>
+        <v>215</v>
       </c>
       <c r="H75" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I75" s="9">
-        <v>325.0</v>
+        <v>495.0</v>
       </c>
       <c r="J75" s="9">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="K75" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L75" s="9">
-        <v>250</v>
+        <v>320</v>
       </c>
       <c r="M75" s="10" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="N75" s="9" t="s">
-        <v>73</v>
+        <v>316</v>
       </c>
       <c r="O75" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P75" s="5" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="Q75" s="9" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76" s="5">
         <v>70</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
       <c r="C76" s="9" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>114</v>
+        <v>321</v>
       </c>
       <c r="E76" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F76" s="9">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="G76" s="9">
-        <v>292</v>
+        <v>111</v>
       </c>
       <c r="H76" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I76" s="9">
-        <v>950.0</v>
+        <v>325.0</v>
       </c>
       <c r="J76" s="9">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="K76" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L76" s="9">
-        <v>665</v>
+        <v>250</v>
       </c>
       <c r="M76" s="10" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="N76" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O76" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P76" s="5" t="s">
-        <v>62</v>
+        <v>322</v>
       </c>
       <c r="Q76" s="9" t="s">
-        <v>313</v>
+        <v>323</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77" s="5">
         <v>71</v>
       </c>
       <c r="B77" s="8" t="s">
-        <v>314</v>
+        <v>324</v>
       </c>
       <c r="C77" s="9" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>316</v>
+        <v>120</v>
       </c>
       <c r="E77" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F77" s="9">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G77" s="9">
-        <v>596</v>
+        <v>292</v>
       </c>
       <c r="H77" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I77" s="9">
-        <v>1850.0</v>
+        <v>950.0</v>
       </c>
       <c r="J77" s="9">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="K77" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L77" s="9">
-        <v>1500</v>
+        <v>665</v>
       </c>
       <c r="M77" s="10" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="N77" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="O77" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P77" s="5" t="s">
-        <v>88</v>
+        <v>62</v>
       </c>
       <c r="Q77" s="9" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78" s="5">
         <v>72</v>
       </c>
       <c r="B78" s="8" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
       <c r="C78" s="9" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="E78" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F78" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G78" s="9">
-        <v>417</v>
+        <v>596</v>
       </c>
       <c r="H78" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I78" s="9">
-        <v>995.0</v>
+        <v>1850.0</v>
       </c>
       <c r="J78" s="9">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="K78" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L78" s="9">
-        <v>525</v>
+        <v>1500</v>
       </c>
       <c r="M78" s="10" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="N78" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O78" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P78" s="5" t="s">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="Q78" s="9" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79" s="5">
         <v>73</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>322</v>
+        <v>331</v>
       </c>
       <c r="C79" s="9" t="s">
-        <v>323</v>
+        <v>332</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>92</v>
+        <v>333</v>
       </c>
       <c r="E79" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F79" s="9">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="G79" s="9">
-        <v>252</v>
+        <v>417</v>
       </c>
       <c r="H79" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I79" s="9">
-        <v>800.0</v>
+        <v>995.0</v>
       </c>
       <c r="J79" s="9">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="K79" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L79" s="9">
-        <v>430</v>
+        <v>525</v>
       </c>
       <c r="M79" s="10" t="s">
-        <v>323</v>
+        <v>332</v>
       </c>
       <c r="N79" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="O79" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P79" s="5" t="s">
-        <v>94</v>
+        <v>334</v>
       </c>
       <c r="Q79" s="9" t="s">
-        <v>36</v>
+        <v>335</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80" s="5">
         <v>74</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>324</v>
+        <v>336</v>
       </c>
       <c r="C80" s="9" t="s">
-        <v>325</v>
+        <v>337</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>326</v>
+        <v>97</v>
       </c>
       <c r="E80" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F80" s="9">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="G80" s="9">
-        <v>120</v>
+        <v>252</v>
       </c>
       <c r="H80" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I80" s="9">
-        <v>400.0</v>
+        <v>800.0</v>
       </c>
       <c r="J80" s="9">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K80" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L80" s="9">
-        <v>180</v>
+        <v>430</v>
       </c>
       <c r="M80" s="10" t="s">
-        <v>325</v>
+        <v>337</v>
       </c>
       <c r="N80" s="9" t="s">
-        <v>143</v>
+        <v>56</v>
       </c>
       <c r="O80" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P80" s="5" t="s">
-        <v>211</v>
+        <v>338</v>
       </c>
       <c r="Q80" s="9" t="s">
-        <v>89</v>
+        <v>36</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81" s="5">
         <v>75</v>
       </c>
       <c r="B81" s="8" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="C81" s="9" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="E81" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F81" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G81" s="9">
-        <v>174</v>
+        <v>120</v>
       </c>
       <c r="H81" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I81" s="9">
-        <v>500.0</v>
+        <v>400.0</v>
       </c>
       <c r="J81" s="9">
         <v>25</v>
       </c>
       <c r="K81" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L81" s="9">
-        <v>300</v>
+        <v>180</v>
       </c>
       <c r="M81" s="10" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="N81" s="9" t="s">
-        <v>124</v>
+        <v>148</v>
       </c>
       <c r="O81" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P81" s="5" t="s">
-        <v>200</v>
+        <v>252</v>
       </c>
       <c r="Q81" s="9" t="s">
-        <v>51</v>
+        <v>94</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82" s="5">
         <v>76</v>
       </c>
       <c r="B82" s="8" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="C82" s="9" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="E82" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F82" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G82" s="9">
-        <v>220</v>
+        <v>174</v>
       </c>
       <c r="H82" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I82" s="9">
-        <v>600.0</v>
+        <v>500.0</v>
       </c>
       <c r="J82" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K82" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L82" s="9">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="M82" s="10" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="N82" s="9" t="s">
-        <v>26</v>
+        <v>131</v>
       </c>
       <c r="O82" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P82" s="5" t="s">
-        <v>35</v>
+        <v>208</v>
       </c>
       <c r="Q82" s="9" t="s">
-        <v>333</v>
+        <v>51</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83" s="5">
         <v>77</v>
       </c>
       <c r="B83" s="8" t="s">
-        <v>334</v>
+        <v>345</v>
       </c>
       <c r="C83" s="9" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="E83" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F83" s="9">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="G83" s="9">
-        <v>189</v>
+        <v>220</v>
       </c>
       <c r="H83" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I83" s="9">
-        <v>675.0</v>
+        <v>600.0</v>
       </c>
       <c r="J83" s="9">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="K83" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L83" s="9">
-        <v>650</v>
+        <v>310</v>
       </c>
       <c r="M83" s="10" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="N83" s="9" t="s">
-        <v>219</v>
+        <v>26</v>
       </c>
       <c r="O83" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P83" s="5" t="s">
-        <v>309</v>
+        <v>35</v>
       </c>
       <c r="Q83" s="9" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84" s="5">
         <v>78</v>
       </c>
       <c r="B84" s="8" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="C84" s="9" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>340</v>
+        <v>351</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F84" s="9">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="G84" s="9">
-        <v>149</v>
+        <v>189</v>
       </c>
       <c r="H84" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I84" s="9">
-        <v>495.0</v>
+        <v>675.0</v>
       </c>
       <c r="J84" s="9">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="K84" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L84" s="9">
-        <v>230</v>
+        <v>650</v>
       </c>
       <c r="M84" s="10" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="N84" s="9" t="s">
-        <v>143</v>
+        <v>227</v>
       </c>
       <c r="O84" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P84" s="5" t="s">
-        <v>287</v>
+        <v>322</v>
       </c>
       <c r="Q84" s="9" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85" s="5">
         <v>79</v>
       </c>
       <c r="B85" s="8" t="s">
-        <v>342</v>
+        <v>353</v>
       </c>
       <c r="C85" s="9" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c r="E85" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F85" s="9">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="G85" s="9">
-        <v>132</v>
+        <v>149</v>
       </c>
       <c r="H85" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I85" s="9">
-        <v>550.0</v>
+        <v>495.0</v>
       </c>
       <c r="J85" s="9">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="K85" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L85" s="9">
-        <v>250</v>
+        <v>230</v>
       </c>
       <c r="M85" s="10" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="N85" s="9" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
       <c r="O85" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P85" s="5" t="s">
-        <v>149</v>
+        <v>300</v>
       </c>
       <c r="Q85" s="9" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86" s="5">
         <v>80</v>
       </c>
       <c r="B86" s="8" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="C86" s="9" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>348</v>
+        <v>359</v>
       </c>
       <c r="E86" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F86" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G86" s="9">
-        <v>96</v>
+        <v>132</v>
       </c>
       <c r="H86" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I86" s="9">
-        <v>400.0</v>
+        <v>550.0</v>
       </c>
       <c r="J86" s="9">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K86" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L86" s="9">
-        <v>175</v>
+        <v>250</v>
       </c>
       <c r="M86" s="10" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="N86" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O86" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P86" s="5" t="s">
-        <v>349</v>
+        <v>360</v>
       </c>
       <c r="Q86" s="9" t="s">
-        <v>89</v>
+        <v>361</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87" s="5">
         <v>81</v>
       </c>
       <c r="B87" s="8" t="s">
-        <v>350</v>
+        <v>362</v>
       </c>
       <c r="C87" s="9" t="s">
-        <v>351</v>
+        <v>363</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>290</v>
+        <v>364</v>
       </c>
       <c r="E87" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F87" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G87" s="9">
-        <v>240</v>
+        <v>96</v>
       </c>
       <c r="H87" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I87" s="9">
-        <v>750.0</v>
+        <v>400.0</v>
       </c>
       <c r="J87" s="9">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="K87" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L87" s="9">
-        <v>420</v>
+        <v>175</v>
       </c>
       <c r="M87" s="10" t="s">
-        <v>351</v>
+        <v>363</v>
       </c>
       <c r="N87" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O87" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P87" s="5" t="s">
-        <v>27</v>
+        <v>365</v>
       </c>
       <c r="Q87" s="9" t="s">
-        <v>120</v>
+        <v>94</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88" s="5">
         <v>82</v>
       </c>
       <c r="B88" s="8" t="s">
-        <v>352</v>
+        <v>366</v>
       </c>
       <c r="C88" s="9" t="s">
-        <v>353</v>
+        <v>367</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>354</v>
+        <v>303</v>
       </c>
       <c r="E88" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F88" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G88" s="9">
-        <v>111</v>
+        <v>240</v>
       </c>
       <c r="H88" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I88" s="9">
-        <v>400.0</v>
+        <v>750.0</v>
       </c>
       <c r="J88" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K88" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="9">
-        <v>180</v>
+        <v>420</v>
       </c>
       <c r="M88" s="10" t="s">
-        <v>353</v>
+        <v>367</v>
       </c>
       <c r="N88" s="9" t="s">
-        <v>143</v>
+        <v>26</v>
       </c>
       <c r="O88" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P88" s="5" t="s">
-        <v>355</v>
+        <v>27</v>
       </c>
       <c r="Q88" s="9" t="s">
-        <v>89</v>
+        <v>127</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89" s="5">
         <v>83</v>
       </c>
       <c r="B89" s="8" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="C89" s="9" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="E89" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F89" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G89" s="9">
-        <v>76</v>
+        <v>111</v>
       </c>
       <c r="H89" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I89" s="9">
-        <v>300.0</v>
+        <v>400.0</v>
       </c>
       <c r="J89" s="9">
         <v>20</v>
       </c>
       <c r="K89" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L89" s="9">
-        <v>160</v>
+        <v>180</v>
       </c>
       <c r="M89" s="10" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
       <c r="N89" s="9" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
       <c r="O89" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P89" s="5" t="s">
-        <v>359</v>
+        <v>371</v>
       </c>
       <c r="Q89" s="9" t="s">
-        <v>221</v>
+        <v>94</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90" s="5">
         <v>84</v>
       </c>
       <c r="B90" s="8" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="C90" s="9" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>362</v>
+        <v>374</v>
       </c>
       <c r="E90" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F90" s="9">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="G90" s="9">
-        <v>382</v>
+        <v>76</v>
       </c>
       <c r="H90" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I90" s="9">
-        <v>1450.0</v>
+        <v>300.0</v>
       </c>
       <c r="J90" s="9">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="K90" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L90" s="9">
-        <v>600</v>
+        <v>160</v>
       </c>
       <c r="M90" s="10" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="N90" s="9" t="s">
-        <v>363</v>
+        <v>26</v>
       </c>
       <c r="O90" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P90" s="5" t="s">
-        <v>88</v>
+        <v>375</v>
       </c>
       <c r="Q90" s="9" t="s">
-        <v>168</v>
+        <v>229</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91" s="5">
         <v>85</v>
       </c>
       <c r="B91" s="8" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="C91" s="9" t="s">
-        <v>365</v>
+        <v>377</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>98</v>
+        <v>378</v>
       </c>
       <c r="E91" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F91" s="9">
         <v>2021</v>
       </c>
       <c r="G91" s="9">
-        <v>926</v>
+        <v>382</v>
       </c>
       <c r="H91" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I91" s="9">
-        <v>2115.0</v>
+        <v>1450.0</v>
       </c>
       <c r="J91" s="9">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="K91" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L91" s="9">
-        <v>1200</v>
+        <v>600</v>
       </c>
       <c r="M91" s="10" t="s">
-        <v>365</v>
+        <v>377</v>
       </c>
       <c r="N91" s="9" t="s">
-        <v>73</v>
+        <v>379</v>
       </c>
       <c r="O91" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P91" s="5" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="Q91" s="9" t="s">
-        <v>366</v>
+        <v>173</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92" s="5">
         <v>86</v>
       </c>
       <c r="B92" s="8" t="s">
-        <v>367</v>
+        <v>380</v>
       </c>
       <c r="C92" s="9" t="s">
-        <v>368</v>
+        <v>381</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>369</v>
+        <v>103</v>
       </c>
       <c r="E92" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F92" s="9">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="G92" s="9">
-        <v>84</v>
+        <v>926</v>
       </c>
       <c r="H92" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I92" s="9">
-        <v>250.0</v>
+        <v>2115.0</v>
       </c>
       <c r="J92" s="9">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="K92" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L92" s="9">
-        <v>150</v>
+        <v>1200</v>
       </c>
       <c r="M92" s="10" t="s">
-        <v>368</v>
+        <v>381</v>
       </c>
       <c r="N92" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O92" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P92" s="5" t="s">
-        <v>125</v>
+        <v>104</v>
       </c>
       <c r="Q92" s="9" t="s">
-        <v>370</v>
+        <v>382</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93" s="5">
         <v>87</v>
       </c>
       <c r="B93" s="8" t="s">
-        <v>371</v>
+        <v>383</v>
       </c>
       <c r="C93" s="9" t="s">
-        <v>372</v>
+        <v>384</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>373</v>
+        <v>385</v>
       </c>
       <c r="E93" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F93" s="9">
         <v>2022</v>
       </c>
       <c r="G93" s="9">
-        <v>134</v>
+        <v>84</v>
       </c>
       <c r="H93" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I93" s="9">
-        <v>300.0</v>
+        <v>250.0</v>
       </c>
       <c r="J93" s="9">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="K93" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L93" s="9">
-        <v>250</v>
+        <v>150</v>
       </c>
       <c r="M93" s="10" t="s">
-        <v>372</v>
+        <v>384</v>
       </c>
       <c r="N93" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O93" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P93" s="5" t="s">
-        <v>125</v>
+        <v>386</v>
       </c>
       <c r="Q93" s="9" t="s">
-        <v>374</v>
+        <v>387</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94" s="5">
         <v>88</v>
       </c>
       <c r="B94" s="8" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="C94" s="9" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>377</v>
+        <v>390</v>
       </c>
       <c r="E94" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F94" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G94" s="9">
-        <v>103</v>
+        <v>134</v>
       </c>
       <c r="H94" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I94" s="9">
-        <v>625.0</v>
+        <v>300.0</v>
       </c>
       <c r="J94" s="9">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="K94" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L94" s="9">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="M94" s="10" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="N94" s="9" t="s">
-        <v>378</v>
+        <v>26</v>
       </c>
       <c r="O94" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P94" s="5" t="s">
-        <v>230</v>
+        <v>386</v>
       </c>
       <c r="Q94" s="9" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95" s="5">
         <v>89</v>
       </c>
       <c r="B95" s="8" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="C95" s="9" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="E95" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F95" s="9">
         <v>2024</v>
       </c>
       <c r="G95" s="9">
-        <v>145</v>
+        <v>103</v>
       </c>
       <c r="H95" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I95" s="9">
-        <v>400.0</v>
+        <v>625.0</v>
       </c>
       <c r="J95" s="9">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="K95" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L95" s="9">
-        <v>210</v>
+        <v>240</v>
       </c>
       <c r="M95" s="10" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="N95" s="9" t="s">
-        <v>26</v>
+        <v>395</v>
       </c>
       <c r="O95" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P95" s="5" t="s">
-        <v>149</v>
+        <v>396</v>
       </c>
       <c r="Q95" s="9" t="s">
-        <v>130</v>
+        <v>397</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96" s="5">
         <v>90</v>
       </c>
       <c r="B96" s="8" t="s">
-        <v>383</v>
+        <v>398</v>
       </c>
       <c r="C96" s="9" t="s">
-        <v>384</v>
+        <v>399</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>203</v>
+        <v>400</v>
       </c>
       <c r="E96" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F96" s="9">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="G96" s="9">
-        <v>270</v>
+        <v>145</v>
       </c>
       <c r="H96" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I96" s="9">
-        <v>1400.0</v>
+        <v>400.0</v>
       </c>
       <c r="J96" s="9">
-        <v>90</v>
+        <v>25</v>
       </c>
       <c r="K96" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L96" s="9">
-        <v>700</v>
+        <v>210</v>
       </c>
       <c r="M96" s="10" t="s">
-        <v>384</v>
+        <v>399</v>
       </c>
       <c r="N96" s="9" t="s">
-        <v>385</v>
+        <v>26</v>
       </c>
       <c r="O96" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P96" s="5" t="s">
-        <v>27</v>
+        <v>401</v>
       </c>
       <c r="Q96" s="9" t="s">
-        <v>386</v>
+        <v>137</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97" s="5">
         <v>91</v>
       </c>
       <c r="B97" s="8" t="s">
-        <v>387</v>
+        <v>402</v>
       </c>
       <c r="C97" s="9" t="s">
-        <v>388</v>
+        <v>403</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="E97" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F97" s="9">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="G97" s="9">
-        <v>237</v>
+        <v>270</v>
       </c>
       <c r="H97" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I97" s="9">
-        <v>1495.0</v>
+        <v>1400.0</v>
       </c>
       <c r="J97" s="9">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="K97" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L97" s="9">
-        <v>750</v>
+        <v>700</v>
       </c>
       <c r="M97" s="10" t="s">
-        <v>388</v>
+        <v>403</v>
       </c>
       <c r="N97" s="9" t="s">
-        <v>93</v>
+        <v>404</v>
       </c>
       <c r="O97" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P97" s="5" t="s">
-        <v>389</v>
+        <v>27</v>
       </c>
       <c r="Q97" s="9" t="s">
-        <v>386</v>
+        <v>405</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98" s="5">
         <v>92</v>
       </c>
       <c r="B98" s="8" t="s">
-        <v>390</v>
+        <v>406</v>
       </c>
       <c r="C98" s="9" t="s">
-        <v>391</v>
+        <v>407</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>392</v>
+        <v>211</v>
       </c>
       <c r="E98" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F98" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G98" s="9">
-        <v>110</v>
+        <v>237</v>
       </c>
       <c r="H98" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I98" s="9">
-        <v>350.0</v>
+        <v>1495.0</v>
       </c>
       <c r="J98" s="9">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="K98" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L98" s="9">
-        <v>190</v>
+        <v>750</v>
       </c>
       <c r="M98" s="10" t="s">
-        <v>391</v>
+        <v>407</v>
       </c>
       <c r="N98" s="9" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="O98" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P98" s="5" t="s">
-        <v>393</v>
+        <v>408</v>
       </c>
       <c r="Q98" s="9" t="s">
-        <v>108</v>
+        <v>405</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99" s="5">
         <v>93</v>
       </c>
       <c r="B99" s="8" t="s">
-        <v>394</v>
+        <v>409</v>
       </c>
       <c r="C99" s="9" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>203</v>
+        <v>411</v>
       </c>
       <c r="E99" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F99" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G99" s="9">
-        <v>571</v>
+        <v>110</v>
       </c>
       <c r="H99" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="9">
-        <v>1850.0</v>
+        <v>350.0</v>
       </c>
       <c r="J99" s="9">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="K99" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L99" s="9">
-        <v>1300</v>
+        <v>190</v>
       </c>
       <c r="M99" s="10" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="N99" s="9" t="s">
-        <v>396</v>
+        <v>26</v>
       </c>
       <c r="O99" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P99" s="5" t="s">
-        <v>27</v>
+        <v>412</v>
       </c>
       <c r="Q99" s="9" t="s">
-        <v>317</v>
+        <v>113</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100" s="5">
         <v>94</v>
       </c>
       <c r="B100" s="8" t="s">
-        <v>397</v>
+        <v>413</v>
       </c>
       <c r="C100" s="9" t="s">
-        <v>398</v>
+        <v>414</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>245</v>
+        <v>415</v>
       </c>
       <c r="E100" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F100" s="9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G100" s="9">
-        <v>1181</v>
+        <v>283</v>
       </c>
       <c r="H100" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="9">
-        <v>3495.0</v>
+        <v>550.0</v>
       </c>
       <c r="J100" s="9">
-        <v>170</v>
+        <v>30</v>
       </c>
       <c r="K100" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L100" s="9">
-        <v>2500</v>
+        <v>480</v>
       </c>
       <c r="M100" s="10" t="s">
-        <v>398</v>
+        <v>414</v>
       </c>
       <c r="N100" s="9" t="s">
-        <v>399</v>
+        <v>416</v>
       </c>
       <c r="O100" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P100" s="5" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="Q100" s="9" t="s">
-        <v>400</v>
+        <v>417</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101" s="5">
         <v>95</v>
       </c>
       <c r="B101" s="8" t="s">
-        <v>401</v>
+        <v>418</v>
       </c>
       <c r="C101" s="9" t="s">
-        <v>402</v>
+        <v>419</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>245</v>
+        <v>211</v>
       </c>
       <c r="E101" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F101" s="9">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="G101" s="9">
-        <v>614</v>
+        <v>571</v>
       </c>
       <c r="H101" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I101" s="9">
-        <v>1895.0</v>
+        <v>1850.0</v>
       </c>
       <c r="J101" s="9">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="K101" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L101" s="9">
         <v>1300</v>
       </c>
       <c r="M101" s="10" t="s">
-        <v>402</v>
+        <v>419</v>
       </c>
       <c r="N101" s="9" t="s">
-        <v>399</v>
+        <v>420</v>
       </c>
       <c r="O101" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P101" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q101" s="9" t="s">
-        <v>403</v>
+        <v>330</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102" s="5">
         <v>96</v>
       </c>
       <c r="B102" s="8" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="C102" s="9" t="s">
-        <v>405</v>
+        <v>422</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="E102" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F102" s="9">
         <v>2022</v>
       </c>
       <c r="G102" s="9">
-        <v>567</v>
+        <v>1181</v>
       </c>
       <c r="H102" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I102" s="9">
-        <v>1695.0</v>
+        <v>3495.0</v>
       </c>
       <c r="J102" s="9">
-        <v>85</v>
+        <v>170</v>
       </c>
       <c r="K102" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L102" s="9">
-        <v>1200</v>
+        <v>2500</v>
       </c>
       <c r="M102" s="10" t="s">
-        <v>405</v>
+        <v>422</v>
       </c>
       <c r="N102" s="9" t="s">
-        <v>399</v>
+        <v>423</v>
       </c>
       <c r="O102" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P102" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q102" s="9" t="s">
-        <v>403</v>
+        <v>424</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103" s="5">
         <v>97</v>
       </c>
       <c r="B103" s="8" t="s">
-        <v>406</v>
+        <v>425</v>
       </c>
       <c r="C103" s="9" t="s">
-        <v>407</v>
+        <v>426</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>408</v>
+        <v>255</v>
       </c>
       <c r="E103" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F103" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G103" s="9">
-        <v>164</v>
+        <v>614</v>
       </c>
       <c r="H103" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I103" s="9">
-        <v>495.0</v>
+        <v>1895.0</v>
       </c>
       <c r="J103" s="9">
-        <v>30</v>
+        <v>95</v>
       </c>
       <c r="K103" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L103" s="9">
-        <v>325</v>
+        <v>1300</v>
       </c>
       <c r="M103" s="10" t="s">
-        <v>407</v>
+        <v>426</v>
       </c>
       <c r="N103" s="9" t="s">
-        <v>409</v>
+        <v>423</v>
       </c>
       <c r="O103" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P103" s="5" t="s">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="Q103" s="9" t="s">
-        <v>46</v>
+        <v>427</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104" s="5">
         <v>98</v>
       </c>
       <c r="B104" s="8" t="s">
-        <v>410</v>
+        <v>428</v>
       </c>
       <c r="C104" s="9" t="s">
-        <v>411</v>
+        <v>429</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>412</v>
+        <v>255</v>
       </c>
       <c r="E104" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F104" s="9">
         <v>2022</v>
       </c>
       <c r="G104" s="9">
-        <v>151</v>
+        <v>567</v>
       </c>
       <c r="H104" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I104" s="9">
-        <v>375.0</v>
+        <v>1695.0</v>
       </c>
       <c r="J104" s="9">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="K104" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L104" s="9">
-        <v>220</v>
+        <v>1200</v>
       </c>
       <c r="M104" s="10" t="s">
-        <v>411</v>
+        <v>429</v>
       </c>
       <c r="N104" s="9" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
       <c r="O104" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P104" s="5" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="Q104" s="9" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105" s="5">
         <v>99</v>
       </c>
       <c r="B105" s="8" t="s">
-        <v>415</v>
+        <v>430</v>
       </c>
       <c r="C105" s="9" t="s">
-        <v>416</v>
+        <v>431</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>417</v>
+        <v>432</v>
       </c>
       <c r="E105" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F105" s="9">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="G105" s="9">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H105" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I105" s="9">
-        <v>375.0</v>
+        <v>495.0</v>
       </c>
       <c r="J105" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K105" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L105" s="9">
-        <v>275</v>
+        <v>325</v>
       </c>
       <c r="M105" s="10" t="s">
-        <v>416</v>
+        <v>431</v>
       </c>
       <c r="N105" s="9" t="s">
-        <v>418</v>
+        <v>433</v>
       </c>
       <c r="O105" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P105" s="5" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="Q105" s="9" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106" s="5">
         <v>100</v>
       </c>
       <c r="B106" s="8" t="s">
-        <v>419</v>
+        <v>434</v>
       </c>
       <c r="C106" s="9" t="s">
-        <v>420</v>
+        <v>435</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>421</v>
+        <v>436</v>
       </c>
       <c r="E106" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F106" s="9">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="G106" s="9">
-        <v>379</v>
+        <v>151</v>
       </c>
       <c r="H106" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I106" s="9">
-        <v>850.0</v>
+        <v>375.0</v>
       </c>
       <c r="J106" s="9">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="K106" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L106" s="9">
-        <v>835</v>
+        <v>220</v>
       </c>
       <c r="M106" s="10" t="s">
-        <v>420</v>
+        <v>435</v>
       </c>
       <c r="N106" s="9" t="s">
-        <v>143</v>
+        <v>437</v>
       </c>
       <c r="O106" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P106" s="5" t="s">
-        <v>57</v>
+        <v>438</v>
       </c>
       <c r="Q106" s="9" t="s">
-        <v>283</v>
+        <v>439</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107" s="5">
         <v>101</v>
       </c>
       <c r="B107" s="8" t="s">
-        <v>422</v>
+        <v>440</v>
       </c>
       <c r="C107" s="9" t="s">
-        <v>423</v>
+        <v>441</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>424</v>
+        <v>442</v>
       </c>
       <c r="E107" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F107" s="9">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G107" s="9">
-        <v>521</v>
+        <v>163</v>
       </c>
       <c r="H107" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I107" s="9">
-        <v>1050.0</v>
+        <v>375.0</v>
       </c>
       <c r="J107" s="9">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="K107" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L107" s="9">
-        <v>800</v>
+        <v>275</v>
       </c>
       <c r="M107" s="10" t="s">
-        <v>423</v>
+        <v>441</v>
       </c>
       <c r="N107" s="9" t="s">
-        <v>124</v>
+        <v>443</v>
       </c>
       <c r="O107" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P107" s="5" t="s">
-        <v>425</v>
+        <v>62</v>
       </c>
       <c r="Q107" s="9" t="s">
-        <v>426</v>
+        <v>51</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108" s="5">
         <v>102</v>
       </c>
       <c r="B108" s="8" t="s">
-        <v>427</v>
+        <v>444</v>
       </c>
       <c r="C108" s="9" t="s">
-        <v>428</v>
+        <v>445</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>424</v>
+        <v>446</v>
       </c>
       <c r="E108" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F108" s="9">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="G108" s="9">
-        <v>340</v>
+        <v>379</v>
       </c>
       <c r="H108" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I108" s="9">
-        <v>750.0</v>
+        <v>850.0</v>
       </c>
       <c r="J108" s="9">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="K108" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L108" s="9">
-        <v>550</v>
+        <v>835</v>
       </c>
       <c r="M108" s="10" t="s">
-        <v>428</v>
+        <v>445</v>
       </c>
       <c r="N108" s="9" t="s">
-        <v>124</v>
+        <v>148</v>
       </c>
       <c r="O108" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P108" s="5" t="s">
-        <v>429</v>
+        <v>57</v>
       </c>
       <c r="Q108" s="9" t="s">
-        <v>168</v>
+        <v>296</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109" s="5">
         <v>103</v>
       </c>
       <c r="B109" s="8" t="s">
-        <v>430</v>
+        <v>447</v>
       </c>
       <c r="C109" s="9" t="s">
-        <v>431</v>
+        <v>448</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>424</v>
+        <v>449</v>
       </c>
       <c r="E109" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F109" s="9">
         <v>2020</v>
       </c>
       <c r="G109" s="9">
-        <v>202</v>
+        <v>521</v>
       </c>
       <c r="H109" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I109" s="9">
-        <v>400.0</v>
+        <v>1050.0</v>
       </c>
       <c r="J109" s="9">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K109" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L109" s="9">
-        <v>300</v>
+        <v>800</v>
       </c>
       <c r="M109" s="10" t="s">
-        <v>431</v>
+        <v>448</v>
       </c>
       <c r="N109" s="9" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="O109" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P109" s="5" t="s">
-        <v>432</v>
+        <v>450</v>
       </c>
       <c r="Q109" s="9" t="s">
-        <v>51</v>
+        <v>451</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110" s="5">
         <v>104</v>
       </c>
       <c r="B110" s="8" t="s">
-        <v>433</v>
+        <v>452</v>
       </c>
       <c r="C110" s="9" t="s">
-        <v>434</v>
+        <v>453</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>424</v>
+        <v>449</v>
       </c>
       <c r="E110" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F110" s="9">
         <v>2020</v>
       </c>
       <c r="G110" s="9">
-        <v>376</v>
+        <v>340</v>
       </c>
       <c r="H110" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="9">
-        <v>850.0</v>
+        <v>750.0</v>
       </c>
       <c r="J110" s="9">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="K110" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L110" s="9">
-        <v>600</v>
+        <v>550</v>
       </c>
       <c r="M110" s="10" t="s">
-        <v>434</v>
+        <v>453</v>
       </c>
       <c r="N110" s="9" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="O110" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P110" s="5" t="s">
-        <v>62</v>
+        <v>454</v>
       </c>
       <c r="Q110" s="9" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111" s="5">
         <v>105</v>
       </c>
       <c r="B111" s="8" t="s">
-        <v>435</v>
+        <v>455</v>
       </c>
       <c r="C111" s="9" t="s">
-        <v>436</v>
+        <v>456</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>424</v>
+        <v>449</v>
       </c>
       <c r="E111" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F111" s="9">
         <v>2020</v>
       </c>
       <c r="G111" s="9">
-        <v>414</v>
+        <v>202</v>
       </c>
       <c r="H111" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I111" s="9">
-        <v>850.0</v>
+        <v>400.0</v>
       </c>
       <c r="J111" s="9">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="K111" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L111" s="9">
-        <v>650</v>
+        <v>300</v>
       </c>
       <c r="M111" s="10" t="s">
-        <v>436</v>
+        <v>456</v>
       </c>
       <c r="N111" s="9" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="O111" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P111" s="5" t="s">
-        <v>62</v>
+        <v>457</v>
       </c>
       <c r="Q111" s="9" t="s">
-        <v>437</v>
+        <v>51</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112" s="5">
         <v>106</v>
       </c>
       <c r="B112" s="8" t="s">
-        <v>438</v>
+        <v>458</v>
       </c>
       <c r="C112" s="9" t="s">
-        <v>439</v>
+        <v>459</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>424</v>
+        <v>449</v>
       </c>
       <c r="E112" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F112" s="9">
         <v>2020</v>
       </c>
       <c r="G112" s="9">
-        <v>362</v>
+        <v>376</v>
       </c>
       <c r="H112" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I112" s="9">
         <v>850.0</v>
       </c>
       <c r="J112" s="9">
         <v>40</v>
       </c>
       <c r="K112" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L112" s="9">
-        <v>650</v>
+        <v>600</v>
       </c>
       <c r="M112" s="10" t="s">
-        <v>439</v>
+        <v>459</v>
       </c>
       <c r="N112" s="9" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="O112" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P112" s="5" t="s">
         <v>62</v>
       </c>
       <c r="Q112" s="9" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113" s="5">
         <v>107</v>
       </c>
       <c r="B113" s="8" t="s">
-        <v>440</v>
+        <v>460</v>
       </c>
       <c r="C113" s="9" t="s">
-        <v>441</v>
+        <v>461</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="E113" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F113" s="9">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G113" s="9">
-        <v>326</v>
+        <v>414</v>
       </c>
       <c r="H113" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I113" s="9">
-        <v>675.0</v>
+        <v>850.0</v>
       </c>
       <c r="J113" s="9">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="K113" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L113" s="9">
-        <v>580</v>
+        <v>650</v>
       </c>
       <c r="M113" s="10" t="s">
-        <v>441</v>
+        <v>461</v>
       </c>
       <c r="N113" s="9" t="s">
-        <v>26</v>
+        <v>131</v>
       </c>
       <c r="O113" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P113" s="5" t="s">
-        <v>440</v>
+        <v>462</v>
       </c>
       <c r="Q113" s="9" t="s">
-        <v>443</v>
+        <v>463</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114" s="5">
         <v>108</v>
       </c>
       <c r="B114" s="8" t="s">
-        <v>444</v>
+        <v>464</v>
       </c>
       <c r="C114" s="9" t="s">
-        <v>445</v>
+        <v>465</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="E114" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F114" s="9">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G114" s="9">
-        <v>106</v>
+        <v>362</v>
       </c>
       <c r="H114" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I114" s="9">
-        <v>395.0</v>
+        <v>850.0</v>
       </c>
       <c r="J114" s="9">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K114" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L114" s="9">
-        <v>140</v>
+        <v>650</v>
       </c>
       <c r="M114" s="10" t="s">
-        <v>445</v>
+        <v>465</v>
       </c>
       <c r="N114" s="9" t="s">
-        <v>447</v>
+        <v>131</v>
       </c>
       <c r="O114" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P114" s="5" t="s">
-        <v>448</v>
+        <v>466</v>
       </c>
       <c r="Q114" s="9" t="s">
-        <v>297</v>
+        <v>173</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115" s="5">
         <v>109</v>
       </c>
       <c r="B115" s="8" t="s">
-        <v>449</v>
+        <v>467</v>
       </c>
       <c r="C115" s="9" t="s">
-        <v>450</v>
+        <v>468</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>446</v>
+        <v>469</v>
       </c>
       <c r="E115" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F115" s="9">
         <v>2025</v>
       </c>
       <c r="G115" s="9">
-        <v>142</v>
+        <v>326</v>
       </c>
       <c r="H115" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I115" s="9">
-        <v>450.0</v>
+        <v>675.0</v>
       </c>
       <c r="J115" s="9">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="K115" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L115" s="9">
-        <v>200</v>
+        <v>580</v>
       </c>
       <c r="M115" s="10" t="s">
-        <v>450</v>
+        <v>468</v>
       </c>
       <c r="N115" s="9" t="s">
-        <v>447</v>
+        <v>26</v>
       </c>
       <c r="O115" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P115" s="5" t="s">
-        <v>448</v>
+        <v>467</v>
       </c>
       <c r="Q115" s="9" t="s">
-        <v>108</v>
+        <v>470</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116" s="5">
         <v>110</v>
       </c>
       <c r="B116" s="8" t="s">
-        <v>451</v>
+        <v>471</v>
       </c>
       <c r="C116" s="9" t="s">
-        <v>452</v>
+        <v>472</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>453</v>
+        <v>473</v>
       </c>
       <c r="E116" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F116" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G116" s="9">
-        <v>362</v>
+        <v>290</v>
       </c>
       <c r="H116" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I116" s="9">
-        <v>1250.0</v>
+        <v>650.0</v>
       </c>
       <c r="J116" s="9">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="K116" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L116" s="9">
-        <v>975</v>
+        <v>420</v>
       </c>
       <c r="M116" s="10" t="s">
-        <v>452</v>
+        <v>472</v>
       </c>
       <c r="N116" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="O116" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P116" s="5" t="s">
-        <v>454</v>
+        <v>474</v>
       </c>
       <c r="Q116" s="9" t="s">
-        <v>455</v>
+        <v>318</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117" s="5">
         <v>111</v>
       </c>
       <c r="B117" s="8" t="s">
-        <v>456</v>
+        <v>475</v>
       </c>
       <c r="C117" s="9" t="s">
-        <v>457</v>
+        <v>476</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>458</v>
+        <v>477</v>
       </c>
       <c r="E117" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F117" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G117" s="9">
-        <v>256</v>
+        <v>106</v>
       </c>
       <c r="H117" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I117" s="9">
-        <v>595.0</v>
+        <v>395.0</v>
       </c>
       <c r="J117" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K117" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L117" s="9">
-        <v>335</v>
+        <v>140</v>
       </c>
       <c r="M117" s="10" t="s">
-        <v>457</v>
+        <v>476</v>
       </c>
       <c r="N117" s="9" t="s">
-        <v>143</v>
+        <v>416</v>
       </c>
       <c r="O117" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P117" s="5" t="s">
-        <v>448</v>
+        <v>478</v>
       </c>
       <c r="Q117" s="9" t="s">
-        <v>459</v>
+        <v>310</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118" s="5">
         <v>112</v>
       </c>
       <c r="B118" s="8" t="s">
-        <v>460</v>
+        <v>479</v>
       </c>
       <c r="C118" s="9" t="s">
-        <v>461</v>
+        <v>480</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>462</v>
+        <v>477</v>
       </c>
       <c r="E118" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F118" s="9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="G118" s="9">
-        <v>190</v>
+        <v>142</v>
       </c>
       <c r="H118" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I118" s="9">
-        <v>1250.0</v>
+        <v>450.0</v>
       </c>
       <c r="J118" s="9">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="K118" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L118" s="9">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="M118" s="10" t="s">
-        <v>461</v>
+        <v>480</v>
       </c>
       <c r="N118" s="9" t="s">
-        <v>73</v>
+        <v>416</v>
       </c>
       <c r="O118" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P118" s="5" t="s">
-        <v>119</v>
+        <v>478</v>
       </c>
       <c r="Q118" s="9" t="s">
-        <v>463</v>
+        <v>113</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="A119" s="5">
         <v>113</v>
       </c>
       <c r="B119" s="8" t="s">
-        <v>464</v>
+        <v>481</v>
       </c>
       <c r="C119" s="9" t="s">
-        <v>465</v>
+        <v>482</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>462</v>
+        <v>483</v>
       </c>
       <c r="E119" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F119" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G119" s="9">
-        <v>175</v>
+        <v>362</v>
       </c>
       <c r="H119" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I119" s="9">
-        <v>950.0</v>
+        <v>1250.0</v>
       </c>
       <c r="J119" s="9">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="K119" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L119" s="9">
-        <v>360</v>
+        <v>975</v>
       </c>
       <c r="M119" s="10" t="s">
-        <v>465</v>
+        <v>482</v>
       </c>
       <c r="N119" s="9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="O119" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P119" s="5" t="s">
-        <v>119</v>
+        <v>484</v>
       </c>
       <c r="Q119" s="9" t="s">
-        <v>466</v>
+        <v>485</v>
       </c>
     </row>
     <row r="120" spans="1:17">
       <c r="A120" s="5">
         <v>114</v>
       </c>
       <c r="B120" s="8" t="s">
-        <v>467</v>
+        <v>486</v>
       </c>
       <c r="C120" s="9" t="s">
-        <v>468</v>
+        <v>487</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>469</v>
+        <v>488</v>
       </c>
       <c r="E120" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F120" s="9">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G120" s="9">
-        <v>186</v>
+        <v>256</v>
       </c>
       <c r="H120" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I120" s="9">
-        <v>550.0</v>
+        <v>595.0</v>
       </c>
       <c r="J120" s="9">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="K120" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L120" s="9">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="M120" s="10" t="s">
-        <v>468</v>
+        <v>487</v>
       </c>
       <c r="N120" s="9" t="s">
-        <v>470</v>
+        <v>148</v>
       </c>
       <c r="O120" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P120" s="5" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="Q120" s="9" t="s">
-        <v>51</v>
+        <v>489</v>
       </c>
     </row>
     <row r="121" spans="1:17">
       <c r="A121" s="5">
         <v>115</v>
       </c>
       <c r="B121" s="8" t="s">
-        <v>472</v>
+        <v>490</v>
       </c>
       <c r="C121" s="9" t="s">
-        <v>473</v>
+        <v>491</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>474</v>
+        <v>492</v>
       </c>
       <c r="E121" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F121" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G121" s="9">
-        <v>145</v>
+        <v>190</v>
       </c>
       <c r="H121" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I121" s="9">
-        <v>575.0</v>
+        <v>1250.0</v>
       </c>
       <c r="J121" s="9">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="K121" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L121" s="9">
-        <v>315</v>
+        <v>350</v>
       </c>
       <c r="M121" s="10" t="s">
-        <v>473</v>
+        <v>491</v>
       </c>
       <c r="N121" s="9" t="s">
-        <v>143</v>
+        <v>78</v>
       </c>
       <c r="O121" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P121" s="5" t="s">
-        <v>74</v>
+        <v>270</v>
       </c>
       <c r="Q121" s="9" t="s">
-        <v>475</v>
+        <v>493</v>
       </c>
     </row>
     <row r="122" spans="1:17">
       <c r="A122" s="5">
         <v>116</v>
       </c>
       <c r="B122" s="8" t="s">
-        <v>476</v>
+        <v>494</v>
       </c>
       <c r="C122" s="9" t="s">
-        <v>477</v>
+        <v>495</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="E122" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F122" s="9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G122" s="9">
-        <v>103</v>
+        <v>175</v>
       </c>
       <c r="H122" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I122" s="9">
-        <v>395.0</v>
+        <v>950.0</v>
       </c>
       <c r="J122" s="9">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K122" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L122" s="9">
-        <v>250</v>
+        <v>360</v>
       </c>
       <c r="M122" s="10" t="s">
-        <v>477</v>
+        <v>495</v>
       </c>
       <c r="N122" s="9" t="s">
-        <v>143</v>
+        <v>78</v>
       </c>
       <c r="O122" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P122" s="5" t="s">
-        <v>88</v>
+        <v>270</v>
       </c>
       <c r="Q122" s="9" t="s">
-        <v>479</v>
+        <v>68</v>
       </c>
     </row>
     <row r="123" spans="1:17">
       <c r="A123" s="5">
         <v>117</v>
       </c>
       <c r="B123" s="8" t="s">
-        <v>480</v>
+        <v>496</v>
       </c>
       <c r="C123" s="9" t="s">
-        <v>481</v>
+        <v>497</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>482</v>
+        <v>498</v>
       </c>
       <c r="E123" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F123" s="9">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="G123" s="9">
-        <v>95</v>
+        <v>186</v>
       </c>
       <c r="H123" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I123" s="9">
-        <v>350.0</v>
+        <v>550.0</v>
       </c>
       <c r="J123" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K123" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L123" s="9">
-        <v>170</v>
+        <v>330</v>
       </c>
       <c r="M123" s="10" t="s">
-        <v>481</v>
+        <v>497</v>
       </c>
       <c r="N123" s="9" t="s">
-        <v>363</v>
+        <v>499</v>
       </c>
       <c r="O123" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P123" s="5" t="s">
-        <v>359</v>
+        <v>500</v>
       </c>
       <c r="Q123" s="9" t="s">
-        <v>483</v>
+        <v>51</v>
       </c>
     </row>
     <row r="124" spans="1:17">
       <c r="A124" s="5">
         <v>118</v>
       </c>
       <c r="B124" s="8" t="s">
-        <v>484</v>
+        <v>501</v>
       </c>
       <c r="C124" s="9" t="s">
-        <v>485</v>
+        <v>502</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>486</v>
+        <v>503</v>
       </c>
       <c r="E124" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F124" s="9">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="G124" s="9">
-        <v>87</v>
+        <v>145</v>
       </c>
       <c r="H124" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I124" s="9">
-        <v>400.0</v>
+        <v>575.0</v>
       </c>
       <c r="J124" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K124" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L124" s="9">
-        <v>150</v>
+        <v>315</v>
       </c>
       <c r="M124" s="10" t="s">
-        <v>485</v>
+        <v>502</v>
       </c>
       <c r="N124" s="9" t="s">
-        <v>56</v>
+        <v>148</v>
       </c>
       <c r="O124" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P124" s="5" t="s">
-        <v>487</v>
+        <v>504</v>
       </c>
       <c r="Q124" s="9" t="s">
-        <v>221</v>
+        <v>505</v>
       </c>
     </row>
     <row r="125" spans="1:17">
       <c r="A125" s="5">
         <v>119</v>
       </c>
       <c r="B125" s="8" t="s">
-        <v>488</v>
+        <v>506</v>
       </c>
       <c r="C125" s="9" t="s">
-        <v>489</v>
+        <v>507</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>490</v>
+        <v>508</v>
       </c>
       <c r="E125" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F125" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G125" s="9">
-        <v>78</v>
+        <v>103</v>
       </c>
       <c r="H125" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I125" s="9">
-        <v>300.0</v>
+        <v>395.0</v>
       </c>
       <c r="J125" s="9">
         <v>20</v>
       </c>
       <c r="K125" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L125" s="9">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="M125" s="10" t="s">
-        <v>489</v>
+        <v>507</v>
       </c>
       <c r="N125" s="9" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
       <c r="O125" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P125" s="5" t="s">
-        <v>149</v>
+        <v>93</v>
       </c>
       <c r="Q125" s="9" t="s">
-        <v>297</v>
+        <v>509</v>
       </c>
     </row>
     <row r="126" spans="1:17">
       <c r="A126" s="5">
         <v>120</v>
       </c>
       <c r="B126" s="8" t="s">
-        <v>491</v>
+        <v>510</v>
       </c>
       <c r="C126" s="9" t="s">
-        <v>492</v>
+        <v>511</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>114</v>
+        <v>512</v>
       </c>
       <c r="E126" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F126" s="9">
         <v>2022</v>
       </c>
       <c r="G126" s="9">
-        <v>424</v>
+        <v>95</v>
       </c>
       <c r="H126" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I126" s="9">
-        <v>995.0</v>
+        <v>350.0</v>
       </c>
       <c r="J126" s="9">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="K126" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L126" s="9">
-        <v>930</v>
+        <v>170</v>
       </c>
       <c r="M126" s="10" t="s">
-        <v>492</v>
+        <v>511</v>
       </c>
       <c r="N126" s="9" t="s">
-        <v>26</v>
+        <v>379</v>
       </c>
       <c r="O126" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P126" s="5" t="s">
-        <v>104</v>
+        <v>375</v>
       </c>
       <c r="Q126" s="9" t="s">
-        <v>283</v>
+        <v>513</v>
       </c>
     </row>
     <row r="127" spans="1:17">
       <c r="A127" s="5">
         <v>121</v>
       </c>
       <c r="B127" s="8" t="s">
-        <v>493</v>
+        <v>514</v>
       </c>
       <c r="C127" s="9" t="s">
-        <v>494</v>
+        <v>515</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>495</v>
+        <v>516</v>
       </c>
       <c r="E127" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F127" s="9">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="G127" s="9">
-        <v>194</v>
+        <v>87</v>
       </c>
       <c r="H127" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I127" s="9">
-        <v>495.0</v>
+        <v>400.0</v>
       </c>
       <c r="J127" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K127" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L127" s="9">
-        <v>485</v>
+        <v>150</v>
       </c>
       <c r="M127" s="10" t="s">
-        <v>494</v>
+        <v>515</v>
       </c>
       <c r="N127" s="9" t="s">
-        <v>496</v>
+        <v>56</v>
       </c>
       <c r="O127" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P127" s="5" t="s">
-        <v>454</v>
+        <v>517</v>
       </c>
       <c r="Q127" s="9" t="s">
-        <v>497</v>
+        <v>229</v>
       </c>
     </row>
     <row r="128" spans="1:17">
       <c r="A128" s="5">
         <v>122</v>
       </c>
       <c r="B128" s="8" t="s">
-        <v>498</v>
+        <v>518</v>
       </c>
       <c r="C128" s="9" t="s">
-        <v>499</v>
+        <v>519</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>500</v>
+        <v>520</v>
       </c>
       <c r="E128" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F128" s="9" t="s">
-        <v>55</v>
+      <c r="F128" s="9">
+        <v>2024</v>
       </c>
       <c r="G128" s="9">
-        <v>117</v>
+        <v>78</v>
       </c>
       <c r="H128" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I128" s="9">
-        <v>450.0</v>
+        <v>300.0</v>
       </c>
       <c r="J128" s="9">
         <v>20</v>
       </c>
       <c r="K128" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L128" s="9">
         <v>150</v>
       </c>
       <c r="M128" s="10" t="s">
-        <v>499</v>
+        <v>519</v>
       </c>
       <c r="N128" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="O128" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P128" s="5" t="s">
-        <v>454</v>
+        <v>154</v>
       </c>
       <c r="Q128" s="9" t="s">
-        <v>221</v>
+        <v>310</v>
       </c>
     </row>
     <row r="129" spans="1:17">
       <c r="A129" s="5">
         <v>123</v>
       </c>
       <c r="B129" s="8" t="s">
-        <v>501</v>
+        <v>521</v>
       </c>
       <c r="C129" s="9" t="s">
-        <v>502</v>
+        <v>522</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>503</v>
+        <v>120</v>
       </c>
       <c r="E129" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F129" s="9">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="G129" s="9">
-        <v>80</v>
+        <v>424</v>
       </c>
       <c r="H129" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I129" s="9">
-        <v>350.0</v>
+        <v>995.0</v>
       </c>
       <c r="J129" s="9">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K129" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L129" s="9">
-        <v>100</v>
+        <v>930</v>
       </c>
       <c r="M129" s="10" t="s">
-        <v>502</v>
+        <v>522</v>
       </c>
       <c r="N129" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="O129" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P129" s="5" t="s">
-        <v>88</v>
+        <v>523</v>
       </c>
       <c r="Q129" s="9" t="s">
-        <v>504</v>
+        <v>296</v>
       </c>
     </row>
     <row r="130" spans="1:17">
       <c r="A130" s="5">
         <v>124</v>
       </c>
       <c r="B130" s="8" t="s">
-        <v>505</v>
+        <v>524</v>
       </c>
       <c r="C130" s="9" t="s">
-        <v>506</v>
+        <v>525</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>507</v>
+        <v>526</v>
       </c>
       <c r="E130" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F130" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G130" s="9">
-        <v>329</v>
+        <v>194</v>
       </c>
       <c r="H130" s="9" t="s">
-        <v>508</v>
+        <v>24</v>
       </c>
       <c r="I130" s="9">
-        <v>2250.0</v>
+        <v>495.0</v>
       </c>
       <c r="J130" s="9">
-        <v>125</v>
+        <v>25</v>
       </c>
       <c r="K130" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L130" s="9">
-        <v>600</v>
+        <v>485</v>
       </c>
       <c r="M130" s="10" t="s">
-        <v>506</v>
+        <v>525</v>
       </c>
       <c r="N130" s="9" t="s">
-        <v>509</v>
+        <v>527</v>
       </c>
       <c r="O130" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P130" s="5" t="s">
-        <v>74</v>
+        <v>484</v>
       </c>
       <c r="Q130" s="9" t="s">
-        <v>150</v>
+        <v>528</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131" s="5">
         <v>125</v>
       </c>
       <c r="B131" s="8" t="s">
-        <v>510</v>
+        <v>529</v>
       </c>
       <c r="C131" s="9" t="s">
-        <v>511</v>
+        <v>530</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>512</v>
+        <v>531</v>
       </c>
       <c r="E131" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F131" s="9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G131" s="9">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="H131" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I131" s="9">
-        <v>425.0</v>
+        <v>450.0</v>
       </c>
       <c r="J131" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K131" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L131" s="9">
-        <v>380</v>
+        <v>150</v>
       </c>
       <c r="M131" s="10" t="s">
-        <v>511</v>
+        <v>530</v>
       </c>
       <c r="N131" s="9" t="s">
-        <v>143</v>
+        <v>56</v>
       </c>
       <c r="O131" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P131" s="5" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="Q131" s="9" t="s">
-        <v>513</v>
+        <v>229</v>
       </c>
     </row>
     <row r="132" spans="1:17">
       <c r="A132" s="5">
         <v>126</v>
       </c>
       <c r="B132" s="8" t="s">
-        <v>514</v>
+        <v>532</v>
       </c>
       <c r="C132" s="9" t="s">
-        <v>515</v>
+        <v>533</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>512</v>
+        <v>534</v>
       </c>
       <c r="E132" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F132" s="9">
-        <v>2025</v>
+        <v>2017</v>
       </c>
       <c r="G132" s="9">
-        <v>256</v>
+        <v>80</v>
       </c>
       <c r="H132" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I132" s="9">
-        <v>695.0</v>
+        <v>350.0</v>
       </c>
       <c r="J132" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K132" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L132" s="9">
-        <v>700</v>
+        <v>100</v>
       </c>
       <c r="M132" s="10" t="s">
-        <v>515</v>
+        <v>533</v>
       </c>
       <c r="N132" s="9" t="s">
-        <v>143</v>
+        <v>56</v>
       </c>
       <c r="O132" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P132" s="5" t="s">
-        <v>27</v>
+        <v>93</v>
       </c>
       <c r="Q132" s="9" t="s">
-        <v>516</v>
+        <v>535</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133" s="5">
         <v>127</v>
       </c>
       <c r="B133" s="8" t="s">
-        <v>517</v>
+        <v>536</v>
       </c>
       <c r="C133" s="9" t="s">
-        <v>518</v>
+        <v>537</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>78</v>
+        <v>538</v>
       </c>
       <c r="E133" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F133" s="9" t="s">
-        <v>55</v>
+      <c r="F133" s="9">
+        <v>2022</v>
       </c>
       <c r="G133" s="9">
-        <v>496</v>
+        <v>329</v>
       </c>
       <c r="H133" s="9" t="s">
-        <v>24</v>
+        <v>539</v>
       </c>
       <c r="I133" s="9">
-        <v>950.0</v>
+        <v>2250.0</v>
       </c>
       <c r="J133" s="9">
-        <v>40</v>
+        <v>125</v>
       </c>
       <c r="K133" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L133" s="9">
-        <v>750</v>
+        <v>600</v>
       </c>
       <c r="M133" s="10" t="s">
-        <v>518</v>
+        <v>537</v>
       </c>
       <c r="N133" s="9" t="s">
-        <v>73</v>
+        <v>540</v>
       </c>
       <c r="O133" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P133" s="5" t="s">
-        <v>57</v>
+        <v>79</v>
       </c>
       <c r="Q133" s="9" t="s">
-        <v>519</v>
+        <v>155</v>
       </c>
     </row>
     <row r="134" spans="1:17">
       <c r="A134" s="5">
         <v>128</v>
       </c>
       <c r="B134" s="8" t="s">
-        <v>520</v>
+        <v>541</v>
       </c>
       <c r="C134" s="9" t="s">
-        <v>521</v>
+        <v>542</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>522</v>
+        <v>543</v>
       </c>
       <c r="E134" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F134" s="9">
         <v>2025</v>
       </c>
       <c r="G134" s="9">
-        <v>502</v>
+        <v>126</v>
       </c>
       <c r="H134" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I134" s="9">
-        <v>1295.0</v>
+        <v>425.0</v>
       </c>
       <c r="J134" s="9">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="K134" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L134" s="9">
-        <v>860</v>
+        <v>380</v>
       </c>
       <c r="M134" s="10" t="s">
-        <v>521</v>
+        <v>542</v>
       </c>
       <c r="N134" s="9" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="O134" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P134" s="5" t="s">
-        <v>523</v>
+        <v>500</v>
       </c>
       <c r="Q134" s="9" t="s">
-        <v>524</v>
+        <v>544</v>
       </c>
     </row>
     <row r="135" spans="1:17">
       <c r="A135" s="5">
         <v>129</v>
       </c>
       <c r="B135" s="8" t="s">
-        <v>525</v>
+        <v>545</v>
       </c>
       <c r="C135" s="9" t="s">
-        <v>526</v>
+        <v>546</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>527</v>
+        <v>543</v>
       </c>
       <c r="E135" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F135" s="9" t="s">
-        <v>528</v>
+      <c r="F135" s="9">
+        <v>2025</v>
       </c>
       <c r="G135" s="9">
-        <v>273</v>
+        <v>256</v>
       </c>
       <c r="H135" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I135" s="9">
-        <v>1850.0</v>
+        <v>695.0</v>
       </c>
       <c r="J135" s="9">
-        <v>95</v>
+        <v>30</v>
       </c>
       <c r="K135" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L135" s="9">
-        <v>875</v>
+        <v>700</v>
       </c>
       <c r="M135" s="10" t="s">
-        <v>526</v>
+        <v>546</v>
       </c>
       <c r="N135" s="9" t="s">
-        <v>56</v>
+        <v>148</v>
       </c>
       <c r="O135" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P135" s="5" t="s">
-        <v>230</v>
+        <v>27</v>
       </c>
       <c r="Q135" s="9" t="s">
-        <v>529</v>
+        <v>547</v>
       </c>
     </row>
     <row r="136" spans="1:17">
       <c r="A136" s="5">
         <v>130</v>
       </c>
       <c r="B136" s="8" t="s">
-        <v>530</v>
+        <v>548</v>
       </c>
       <c r="C136" s="9" t="s">
-        <v>531</v>
+        <v>549</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>532</v>
+        <v>83</v>
       </c>
       <c r="E136" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F136" s="9">
-        <v>2024</v>
+      <c r="F136" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="G136" s="9">
-        <v>123</v>
+        <v>496</v>
       </c>
       <c r="H136" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I136" s="9">
-        <v>375.0</v>
+        <v>950.0</v>
       </c>
       <c r="J136" s="9">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K136" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L136" s="9">
-        <v>200</v>
+        <v>750</v>
       </c>
       <c r="M136" s="10" t="s">
-        <v>531</v>
+        <v>549</v>
       </c>
       <c r="N136" s="9" t="s">
-        <v>533</v>
+        <v>78</v>
       </c>
       <c r="O136" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P136" s="5" t="s">
-        <v>195</v>
+        <v>57</v>
       </c>
       <c r="Q136" s="9" t="s">
-        <v>108</v>
+        <v>550</v>
       </c>
     </row>
     <row r="137" spans="1:17">
       <c r="A137" s="5">
         <v>131</v>
       </c>
       <c r="B137" s="8" t="s">
-        <v>534</v>
+        <v>551</v>
       </c>
       <c r="C137" s="9" t="s">
-        <v>535</v>
+        <v>552</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>536</v>
+        <v>553</v>
       </c>
       <c r="E137" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F137" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G137" s="9">
-        <v>73</v>
+        <v>502</v>
       </c>
       <c r="H137" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I137" s="9">
-        <v>350.0</v>
+        <v>1295.0</v>
       </c>
       <c r="J137" s="9">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K137" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L137" s="9">
-        <v>150</v>
+        <v>860</v>
       </c>
       <c r="M137" s="10" t="s">
-        <v>535</v>
+        <v>552</v>
       </c>
       <c r="N137" s="9" t="s">
-        <v>533</v>
+        <v>148</v>
       </c>
       <c r="O137" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P137" s="5" t="s">
-        <v>537</v>
+        <v>554</v>
       </c>
       <c r="Q137" s="9" t="s">
-        <v>41</v>
+        <v>555</v>
       </c>
     </row>
     <row r="138" spans="1:17">
       <c r="A138" s="5">
         <v>132</v>
       </c>
       <c r="B138" s="8" t="s">
-        <v>538</v>
+        <v>556</v>
       </c>
       <c r="C138" s="9" t="s">
-        <v>539</v>
+        <v>557</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>540</v>
+        <v>558</v>
       </c>
       <c r="E138" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F138" s="9">
-        <v>2016</v>
+      <c r="F138" s="9" t="s">
+        <v>559</v>
       </c>
       <c r="G138" s="9">
-        <v>37</v>
+        <v>273</v>
       </c>
       <c r="H138" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I138" s="9">
-        <v>200.0</v>
+        <v>1850.0</v>
       </c>
       <c r="J138" s="9">
-        <v>15</v>
+        <v>95</v>
       </c>
       <c r="K138" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L138" s="9">
-        <v>100</v>
+        <v>875</v>
       </c>
       <c r="M138" s="10" t="s">
-        <v>539</v>
+        <v>557</v>
       </c>
       <c r="N138" s="9" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="O138" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P138" s="5" t="s">
-        <v>378</v>
+        <v>396</v>
       </c>
       <c r="Q138" s="9" t="s">
-        <v>541</v>
+        <v>560</v>
       </c>
     </row>
     <row r="139" spans="1:17">
       <c r="A139" s="5">
         <v>133</v>
       </c>
       <c r="B139" s="8" t="s">
-        <v>542</v>
+        <v>561</v>
       </c>
       <c r="C139" s="9" t="s">
-        <v>543</v>
+        <v>562</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>424</v>
+        <v>563</v>
       </c>
       <c r="E139" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F139" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G139" s="9">
-        <v>138</v>
+        <v>123</v>
       </c>
       <c r="H139" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I139" s="9">
-        <v>350.0</v>
+        <v>375.0</v>
       </c>
       <c r="J139" s="9">
         <v>20</v>
       </c>
       <c r="K139" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L139" s="9">
-        <v>275</v>
+        <v>200</v>
       </c>
       <c r="M139" s="10" t="s">
-        <v>543</v>
+        <v>562</v>
       </c>
       <c r="N139" s="9" t="s">
-        <v>161</v>
+        <v>564</v>
       </c>
       <c r="O139" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P139" s="5" t="s">
-        <v>425</v>
+        <v>203</v>
       </c>
       <c r="Q139" s="9" t="s">
-        <v>544</v>
+        <v>113</v>
       </c>
     </row>
     <row r="140" spans="1:17">
       <c r="A140" s="5">
         <v>134</v>
       </c>
       <c r="B140" s="8" t="s">
-        <v>545</v>
+        <v>565</v>
       </c>
       <c r="C140" s="9" t="s">
-        <v>546</v>
+        <v>566</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>547</v>
+        <v>567</v>
       </c>
       <c r="E140" s="9" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="F140" s="9">
         <v>2024</v>
       </c>
       <c r="G140" s="9">
-        <v>157</v>
+        <v>73</v>
       </c>
       <c r="H140" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I140" s="9">
-        <v>475.0</v>
+        <v>350.0</v>
       </c>
       <c r="J140" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K140" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L140" s="9">
-        <v>240</v>
+        <v>150</v>
       </c>
       <c r="M140" s="10" t="s">
-        <v>546</v>
+        <v>566</v>
       </c>
       <c r="N140" s="9" t="s">
-        <v>409</v>
+        <v>564</v>
       </c>
       <c r="O140" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P140" s="5" t="s">
-        <v>67</v>
+        <v>568</v>
       </c>
       <c r="Q140" s="9" t="s">
-        <v>130</v>
+        <v>41</v>
       </c>
     </row>
     <row r="141" spans="1:17">
       <c r="A141" s="5">
         <v>135</v>
       </c>
       <c r="B141" s="8" t="s">
-        <v>548</v>
+        <v>569</v>
       </c>
       <c r="C141" s="9" t="s">
-        <v>549</v>
+        <v>570</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>550</v>
+        <v>571</v>
       </c>
       <c r="E141" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F141" s="9">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="G141" s="9">
-        <v>155</v>
+        <v>37</v>
       </c>
       <c r="H141" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I141" s="9">
-        <v>425.0</v>
+        <v>200.0</v>
       </c>
       <c r="J141" s="9">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="K141" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L141" s="9">
-        <v>230</v>
+        <v>100</v>
       </c>
       <c r="M141" s="10" t="s">
-        <v>549</v>
+        <v>570</v>
       </c>
       <c r="N141" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O141" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P141" s="5" t="s">
-        <v>551</v>
+        <v>572</v>
       </c>
       <c r="Q141" s="9" t="s">
-        <v>130</v>
+        <v>573</v>
       </c>
     </row>
     <row r="142" spans="1:17">
       <c r="A142" s="5">
         <v>136</v>
       </c>
       <c r="B142" s="8" t="s">
-        <v>552</v>
+        <v>574</v>
       </c>
       <c r="C142" s="9" t="s">
-        <v>553</v>
+        <v>575</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>554</v>
+        <v>449</v>
       </c>
       <c r="E142" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F142" s="9">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G142" s="9">
-        <v>119</v>
+        <v>138</v>
       </c>
       <c r="H142" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I142" s="9">
-        <v>425.0</v>
+        <v>350.0</v>
       </c>
       <c r="J142" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K142" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L142" s="9">
-        <v>200</v>
+        <v>275</v>
       </c>
       <c r="M142" s="10" t="s">
-        <v>553</v>
+        <v>575</v>
       </c>
       <c r="N142" s="9" t="s">
-        <v>143</v>
+        <v>166</v>
       </c>
       <c r="O142" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P142" s="5" t="s">
-        <v>57</v>
+        <v>450</v>
       </c>
       <c r="Q142" s="9" t="s">
-        <v>108</v>
+        <v>576</v>
       </c>
     </row>
     <row r="143" spans="1:17">
       <c r="A143" s="5">
         <v>137</v>
       </c>
       <c r="B143" s="8" t="s">
-        <v>555</v>
+        <v>577</v>
       </c>
       <c r="C143" s="9" t="s">
-        <v>556</v>
+        <v>578</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>557</v>
+        <v>579</v>
       </c>
       <c r="E143" s="9" t="s">
-        <v>33</v>
+        <v>77</v>
       </c>
       <c r="F143" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G143" s="9">
-        <v>187</v>
+        <v>157</v>
       </c>
       <c r="H143" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I143" s="9">
-        <v>550.0</v>
+        <v>475.0</v>
       </c>
       <c r="J143" s="9">
         <v>30</v>
       </c>
       <c r="K143" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L143" s="9">
-        <v>420</v>
+        <v>240</v>
       </c>
       <c r="M143" s="10" t="s">
-        <v>556</v>
+        <v>578</v>
       </c>
       <c r="N143" s="9" t="s">
-        <v>26</v>
+        <v>433</v>
       </c>
       <c r="O143" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P143" s="5" t="s">
-        <v>523</v>
+        <v>72</v>
       </c>
       <c r="Q143" s="9" t="s">
-        <v>46</v>
+        <v>137</v>
       </c>
     </row>
     <row r="144" spans="1:17">
       <c r="A144" s="5">
         <v>138</v>
       </c>
       <c r="B144" s="8" t="s">
-        <v>558</v>
+        <v>580</v>
       </c>
       <c r="C144" s="9" t="s">
-        <v>559</v>
+        <v>581</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>203</v>
+        <v>582</v>
       </c>
       <c r="E144" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F144" s="9">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="G144" s="9">
-        <v>584</v>
+        <v>155</v>
       </c>
       <c r="H144" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I144" s="9">
-        <v>1495.0</v>
+        <v>425.0</v>
       </c>
       <c r="J144" s="9">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="K144" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L144" s="9">
-        <v>1500</v>
+        <v>230</v>
       </c>
       <c r="M144" s="10" t="s">
-        <v>559</v>
+        <v>581</v>
       </c>
       <c r="N144" s="9" t="s">
-        <v>560</v>
+        <v>26</v>
       </c>
       <c r="O144" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P144" s="5" t="s">
-        <v>27</v>
+        <v>583</v>
       </c>
       <c r="Q144" s="9" t="s">
-        <v>317</v>
+        <v>137</v>
       </c>
     </row>
     <row r="145" spans="1:17">
       <c r="A145" s="5">
         <v>139</v>
       </c>
       <c r="B145" s="8" t="s">
-        <v>561</v>
+        <v>584</v>
       </c>
       <c r="C145" s="9" t="s">
-        <v>562</v>
+        <v>585</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>242</v>
+        <v>586</v>
       </c>
       <c r="E145" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F145" s="9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G145" s="9">
-        <v>321</v>
+        <v>119</v>
       </c>
       <c r="H145" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I145" s="9">
-        <v>1895.0</v>
+        <v>425.0</v>
       </c>
       <c r="J145" s="9">
-        <v>90</v>
+        <v>25</v>
       </c>
       <c r="K145" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L145" s="9">
-        <v>750</v>
+        <v>200</v>
       </c>
       <c r="M145" s="10" t="s">
-        <v>562</v>
+        <v>585</v>
       </c>
       <c r="N145" s="9" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
       <c r="O145" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P145" s="5" t="s">
-        <v>211</v>
+        <v>57</v>
       </c>
       <c r="Q145" s="9" t="s">
-        <v>283</v>
+        <v>113</v>
       </c>
     </row>
     <row r="146" spans="1:17">
       <c r="A146" s="5">
         <v>140</v>
       </c>
       <c r="B146" s="8" t="s">
-        <v>563</v>
+        <v>587</v>
       </c>
       <c r="C146" s="9" t="s">
-        <v>564</v>
+        <v>588</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>565</v>
+        <v>589</v>
       </c>
       <c r="E146" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F146" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G146" s="9">
-        <v>173</v>
+        <v>187</v>
       </c>
       <c r="H146" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I146" s="9">
-        <v>475.0</v>
+        <v>550.0</v>
       </c>
       <c r="J146" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K146" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L146" s="9">
-        <v>290</v>
+        <v>420</v>
       </c>
       <c r="M146" s="10" t="s">
-        <v>564</v>
+        <v>588</v>
       </c>
       <c r="N146" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="O146" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P146" s="5" t="s">
-        <v>523</v>
+        <v>554</v>
       </c>
       <c r="Q146" s="9" t="s">
-        <v>341</v>
+        <v>46</v>
       </c>
     </row>
     <row r="147" spans="1:17">
       <c r="A147" s="5">
         <v>141</v>
       </c>
       <c r="B147" s="8" t="s">
-        <v>566</v>
+        <v>590</v>
       </c>
       <c r="C147" s="9" t="s">
-        <v>567</v>
+        <v>591</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>568</v>
+        <v>211</v>
       </c>
       <c r="E147" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F147" s="9" t="s">
-        <v>55</v>
+      <c r="F147" s="9">
+        <v>2021</v>
       </c>
       <c r="G147" s="9">
-        <v>93</v>
+        <v>584</v>
       </c>
       <c r="H147" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I147" s="9">
-        <v>350.0</v>
+        <v>1495.0</v>
       </c>
       <c r="J147" s="9">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="K147" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L147" s="9">
-        <v>170</v>
+        <v>1500</v>
       </c>
       <c r="M147" s="10" t="s">
-        <v>567</v>
+        <v>591</v>
       </c>
       <c r="N147" s="9" t="s">
-        <v>73</v>
+        <v>592</v>
       </c>
       <c r="O147" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P147" s="5" t="s">
-        <v>220</v>
+        <v>27</v>
       </c>
       <c r="Q147" s="9" t="s">
-        <v>221</v>
+        <v>330</v>
       </c>
     </row>
     <row r="148" spans="1:17">
       <c r="A148" s="5">
         <v>142</v>
       </c>
       <c r="B148" s="8" t="s">
-        <v>569</v>
+        <v>593</v>
       </c>
       <c r="C148" s="9" t="s">
-        <v>570</v>
+        <v>594</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>571</v>
+        <v>251</v>
       </c>
       <c r="E148" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F148" s="9">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="G148" s="9">
-        <v>513</v>
+        <v>321</v>
       </c>
       <c r="H148" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I148" s="9">
-        <v>1750.0</v>
+        <v>1895.0</v>
       </c>
       <c r="J148" s="9">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="K148" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L148" s="9">
-        <v>1150</v>
+        <v>750</v>
       </c>
       <c r="M148" s="10" t="s">
-        <v>570</v>
+        <v>594</v>
       </c>
       <c r="N148" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="O148" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P148" s="5" t="s">
-        <v>74</v>
+        <v>252</v>
       </c>
       <c r="Q148" s="9" t="s">
-        <v>572</v>
+        <v>296</v>
       </c>
     </row>
     <row r="149" spans="1:17">
       <c r="A149" s="5">
         <v>143</v>
       </c>
       <c r="B149" s="8" t="s">
-        <v>573</v>
+        <v>595</v>
       </c>
       <c r="C149" s="9" t="s">
-        <v>574</v>
+        <v>596</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>575</v>
+        <v>597</v>
       </c>
       <c r="E149" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F149" s="9">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="G149" s="9">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="H149" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I149" s="9">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="J149" s="9">
         <v>25</v>
       </c>
       <c r="K149" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L149" s="9">
-        <v>260</v>
+        <v>290</v>
       </c>
       <c r="M149" s="10" t="s">
-        <v>574</v>
+        <v>596</v>
       </c>
       <c r="N149" s="9" t="s">
-        <v>447</v>
+        <v>78</v>
       </c>
       <c r="O149" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P149" s="5" t="s">
-        <v>74</v>
+        <v>554</v>
       </c>
       <c r="Q149" s="9" t="s">
-        <v>130</v>
+        <v>356</v>
       </c>
     </row>
     <row r="150" spans="1:17">
       <c r="A150" s="5">
         <v>144</v>
       </c>
       <c r="B150" s="8" t="s">
-        <v>576</v>
+        <v>598</v>
       </c>
       <c r="C150" s="9" t="s">
-        <v>577</v>
+        <v>599</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>578</v>
+        <v>600</v>
       </c>
       <c r="E150" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F150" s="9">
-        <v>2019</v>
+      <c r="F150" s="9" t="s">
+        <v>55</v>
       </c>
       <c r="G150" s="9">
-        <v>173</v>
+        <v>93</v>
       </c>
       <c r="H150" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I150" s="9">
-        <v>425.0</v>
+        <v>350.0</v>
       </c>
       <c r="J150" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K150" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L150" s="9">
-        <v>300</v>
+        <v>170</v>
       </c>
       <c r="M150" s="10" t="s">
-        <v>577</v>
+        <v>599</v>
       </c>
       <c r="N150" s="9" t="s">
-        <v>579</v>
+        <v>78</v>
       </c>
       <c r="O150" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P150" s="5" t="s">
-        <v>88</v>
+        <v>601</v>
       </c>
       <c r="Q150" s="9" t="s">
-        <v>126</v>
+        <v>229</v>
       </c>
     </row>
     <row r="151" spans="1:17">
       <c r="A151" s="5">
         <v>145</v>
       </c>
       <c r="B151" s="8" t="s">
-        <v>580</v>
+        <v>602</v>
       </c>
       <c r="C151" s="9" t="s">
-        <v>581</v>
+        <v>603</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>582</v>
+        <v>604</v>
       </c>
       <c r="E151" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F151" s="9">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="G151" s="9">
-        <v>711</v>
+        <v>513</v>
       </c>
       <c r="H151" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I151" s="9">
-        <v>2000.0</v>
+        <v>1750.0</v>
       </c>
       <c r="J151" s="9">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="K151" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L151" s="9">
-        <v>1500</v>
+        <v>1150</v>
       </c>
       <c r="M151" s="10" t="s">
-        <v>581</v>
+        <v>603</v>
       </c>
       <c r="N151" s="9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="O151" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P151" s="5" t="s">
-        <v>119</v>
+        <v>79</v>
       </c>
       <c r="Q151" s="9" t="s">
-        <v>317</v>
+        <v>605</v>
       </c>
     </row>
     <row r="152" spans="1:17">
       <c r="A152" s="5">
         <v>146</v>
       </c>
       <c r="B152" s="8" t="s">
-        <v>583</v>
+        <v>606</v>
       </c>
       <c r="C152" s="9" t="s">
-        <v>584</v>
+        <v>607</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>585</v>
+        <v>608</v>
       </c>
       <c r="E152" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F152" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G152" s="9">
-        <v>269</v>
+        <v>176</v>
       </c>
       <c r="H152" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I152" s="9">
-        <v>795.0</v>
+        <v>450.0</v>
       </c>
       <c r="J152" s="9">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="K152" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L152" s="9">
-        <v>425</v>
+        <v>260</v>
       </c>
       <c r="M152" s="10" t="s">
-        <v>584</v>
+        <v>607</v>
       </c>
       <c r="N152" s="9" t="s">
-        <v>26</v>
+        <v>416</v>
       </c>
       <c r="O152" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P152" s="5" t="s">
-        <v>448</v>
+        <v>79</v>
       </c>
       <c r="Q152" s="9" t="s">
-        <v>586</v>
+        <v>137</v>
       </c>
     </row>
     <row r="153" spans="1:17">
       <c r="A153" s="5">
         <v>147</v>
       </c>
       <c r="B153" s="8" t="s">
-        <v>587</v>
+        <v>609</v>
       </c>
       <c r="C153" s="9" t="s">
-        <v>588</v>
+        <v>610</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>253</v>
+        <v>611</v>
       </c>
       <c r="E153" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F153" s="9">
         <v>2019</v>
       </c>
       <c r="G153" s="9">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="H153" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I153" s="9">
-        <v>595.0</v>
+        <v>425.0</v>
       </c>
       <c r="J153" s="9">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="K153" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L153" s="9">
         <v>300</v>
       </c>
       <c r="M153" s="10" t="s">
-        <v>588</v>
+        <v>610</v>
       </c>
       <c r="N153" s="9" t="s">
-        <v>73</v>
+        <v>612</v>
       </c>
       <c r="O153" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P153" s="5" t="s">
-        <v>254</v>
+        <v>93</v>
       </c>
       <c r="Q153" s="9" t="s">
-        <v>51</v>
+        <v>133</v>
       </c>
     </row>
     <row r="154" spans="1:17">
       <c r="A154" s="5">
         <v>148</v>
       </c>
       <c r="B154" s="8" t="s">
-        <v>589</v>
+        <v>613</v>
       </c>
       <c r="C154" s="9" t="s">
-        <v>590</v>
+        <v>614</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>326</v>
+        <v>615</v>
       </c>
       <c r="E154" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F154" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G154" s="9">
-        <v>106</v>
+        <v>711</v>
       </c>
       <c r="H154" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I154" s="9">
-        <v>350.0</v>
+        <v>2000.0</v>
       </c>
       <c r="J154" s="9">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="K154" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L154" s="9">
-        <v>160</v>
+        <v>1500</v>
       </c>
       <c r="M154" s="10" t="s">
-        <v>590</v>
+        <v>614</v>
       </c>
       <c r="N154" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O154" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P154" s="5" t="s">
-        <v>211</v>
+        <v>270</v>
       </c>
       <c r="Q154" s="9" t="s">
-        <v>89</v>
+        <v>330</v>
       </c>
     </row>
     <row r="155" spans="1:17">
       <c r="A155" s="5">
         <v>149</v>
       </c>
       <c r="B155" s="8" t="s">
-        <v>591</v>
+        <v>616</v>
       </c>
       <c r="C155" s="9" t="s">
-        <v>592</v>
+        <v>617</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>245</v>
+        <v>618</v>
       </c>
       <c r="E155" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F155" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G155" s="9">
-        <v>436</v>
+        <v>269</v>
       </c>
       <c r="H155" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I155" s="9">
-        <v>2195.0</v>
+        <v>795.0</v>
       </c>
       <c r="J155" s="9">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="K155" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L155" s="9">
-        <v>900</v>
+        <v>425</v>
       </c>
       <c r="M155" s="10" t="s">
-        <v>592</v>
+        <v>617</v>
       </c>
       <c r="N155" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="O155" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P155" s="5" t="s">
-        <v>27</v>
+        <v>478</v>
       </c>
       <c r="Q155" s="9" t="s">
-        <v>111</v>
+        <v>619</v>
       </c>
     </row>
     <row r="156" spans="1:17">
       <c r="A156" s="5">
         <v>150</v>
       </c>
       <c r="B156" s="8" t="s">
-        <v>593</v>
+        <v>620</v>
       </c>
       <c r="C156" s="9" t="s">
-        <v>594</v>
+        <v>621</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>595</v>
+        <v>264</v>
       </c>
       <c r="E156" s="9" t="s">
-        <v>596</v>
+        <v>33</v>
       </c>
       <c r="F156" s="9">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="G156" s="9">
-        <v>222</v>
+        <v>177</v>
       </c>
       <c r="H156" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I156" s="9">
-        <v>1250.0</v>
+        <v>595.0</v>
       </c>
       <c r="J156" s="9">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="K156" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L156" s="9">
-        <v>600</v>
+        <v>300</v>
       </c>
       <c r="M156" s="10" t="s">
-        <v>594</v>
+        <v>621</v>
       </c>
       <c r="N156" s="9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="O156" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P156" s="5" t="s">
-        <v>597</v>
+        <v>265</v>
       </c>
       <c r="Q156" s="9" t="s">
-        <v>598</v>
+        <v>51</v>
       </c>
     </row>
     <row r="157" spans="1:17">
       <c r="A157" s="5">
         <v>151</v>
       </c>
       <c r="B157" s="8" t="s">
-        <v>599</v>
+        <v>622</v>
       </c>
       <c r="C157" s="9" t="s">
-        <v>600</v>
+        <v>623</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>601</v>
+        <v>341</v>
       </c>
       <c r="E157" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F157" s="9">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G157" s="9">
-        <v>275</v>
+        <v>106</v>
       </c>
       <c r="H157" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I157" s="9">
-        <v>950.0</v>
+        <v>350.0</v>
       </c>
       <c r="J157" s="9">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="K157" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L157" s="9">
-        <v>470</v>
+        <v>160</v>
       </c>
       <c r="M157" s="10" t="s">
-        <v>600</v>
+        <v>623</v>
       </c>
       <c r="N157" s="9" t="s">
-        <v>124</v>
+        <v>26</v>
       </c>
       <c r="O157" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P157" s="5" t="s">
-        <v>190</v>
+        <v>252</v>
       </c>
       <c r="Q157" s="9" t="s">
-        <v>602</v>
+        <v>94</v>
       </c>
     </row>
     <row r="158" spans="1:17">
       <c r="A158" s="5">
         <v>152</v>
       </c>
       <c r="B158" s="8" t="s">
-        <v>603</v>
+        <v>624</v>
       </c>
       <c r="C158" s="9" t="s">
-        <v>604</v>
+        <v>625</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>605</v>
+        <v>255</v>
       </c>
       <c r="E158" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F158" s="9">
         <v>2023</v>
       </c>
       <c r="G158" s="9">
-        <v>480</v>
+        <v>436</v>
       </c>
       <c r="H158" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I158" s="9">
-        <v>895.0</v>
+        <v>2195.0</v>
       </c>
       <c r="J158" s="9">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="K158" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L158" s="9">
-        <v>575</v>
+        <v>900</v>
       </c>
       <c r="M158" s="10" t="s">
-        <v>604</v>
+        <v>625</v>
       </c>
       <c r="N158" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O158" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P158" s="5" t="s">
-        <v>537</v>
+        <v>626</v>
       </c>
       <c r="Q158" s="9" t="s">
-        <v>606</v>
+        <v>117</v>
       </c>
     </row>
     <row r="159" spans="1:17">
       <c r="A159" s="5">
         <v>153</v>
       </c>
       <c r="B159" s="8" t="s">
-        <v>607</v>
+        <v>627</v>
       </c>
       <c r="C159" s="9" t="s">
-        <v>608</v>
+        <v>628</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>609</v>
+        <v>629</v>
       </c>
       <c r="E159" s="9" t="s">
-        <v>33</v>
+        <v>630</v>
       </c>
       <c r="F159" s="9">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="G159" s="9">
-        <v>253</v>
+        <v>222</v>
       </c>
       <c r="H159" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I159" s="9">
-        <v>525.0</v>
+        <v>1250.0</v>
       </c>
       <c r="J159" s="9">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="K159" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L159" s="9">
-        <v>320</v>
+        <v>600</v>
       </c>
       <c r="M159" s="10" t="s">
-        <v>608</v>
+        <v>628</v>
       </c>
       <c r="N159" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O159" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P159" s="5" t="s">
-        <v>57</v>
+        <v>631</v>
       </c>
       <c r="Q159" s="9" t="s">
-        <v>610</v>
+        <v>632</v>
       </c>
     </row>
     <row r="160" spans="1:17">
       <c r="A160" s="5">
         <v>154</v>
       </c>
       <c r="B160" s="8" t="s">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="C160" s="9" t="s">
-        <v>612</v>
+        <v>634</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>245</v>
+        <v>635</v>
       </c>
       <c r="E160" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F160" s="9">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="G160" s="9">
-        <v>289</v>
+        <v>275</v>
       </c>
       <c r="H160" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I160" s="9">
-        <v>1200.0</v>
+        <v>950.0</v>
       </c>
       <c r="J160" s="9">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K160" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L160" s="9">
-        <v>660</v>
+        <v>470</v>
       </c>
       <c r="M160" s="10" t="s">
-        <v>612</v>
+        <v>634</v>
       </c>
       <c r="N160" s="9" t="s">
-        <v>26</v>
+        <v>131</v>
       </c>
       <c r="O160" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P160" s="5" t="s">
-        <v>27</v>
+        <v>636</v>
       </c>
       <c r="Q160" s="9" t="s">
-        <v>613</v>
+        <v>637</v>
       </c>
     </row>
     <row r="161" spans="1:17">
       <c r="A161" s="5">
         <v>155</v>
       </c>
       <c r="B161" s="8" t="s">
-        <v>614</v>
+        <v>638</v>
       </c>
       <c r="C161" s="9" t="s">
-        <v>615</v>
+        <v>639</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>245</v>
+        <v>640</v>
       </c>
       <c r="E161" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F161" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G161" s="9">
-        <v>205</v>
+        <v>480</v>
       </c>
       <c r="H161" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I161" s="9">
         <v>895.0</v>
       </c>
       <c r="J161" s="9">
         <v>40</v>
       </c>
       <c r="K161" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L161" s="9">
-        <v>480</v>
+        <v>575</v>
       </c>
       <c r="M161" s="10" t="s">
-        <v>615</v>
+        <v>639</v>
       </c>
       <c r="N161" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O161" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P161" s="5" t="s">
-        <v>27</v>
+        <v>568</v>
       </c>
       <c r="Q161" s="9" t="s">
-        <v>616</v>
+        <v>641</v>
       </c>
     </row>
     <row r="162" spans="1:17">
       <c r="A162" s="5">
         <v>156</v>
       </c>
       <c r="B162" s="8" t="s">
-        <v>617</v>
+        <v>642</v>
       </c>
       <c r="C162" s="9" t="s">
-        <v>618</v>
+        <v>643</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>245</v>
+        <v>640</v>
       </c>
       <c r="E162" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F162" s="9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G162" s="9">
-        <v>204</v>
+        <v>431</v>
       </c>
       <c r="H162" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I162" s="9">
-        <v>895.0</v>
+        <v>995.0</v>
       </c>
       <c r="J162" s="9">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="K162" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L162" s="9">
-        <v>480</v>
+        <v>760</v>
       </c>
       <c r="M162" s="10" t="s">
-        <v>618</v>
+        <v>643</v>
       </c>
       <c r="N162" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O162" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P162" s="5" t="s">
-        <v>27</v>
+        <v>568</v>
       </c>
       <c r="Q162" s="9" t="s">
-        <v>529</v>
+        <v>644</v>
       </c>
     </row>
     <row r="163" spans="1:17">
       <c r="A163" s="5">
         <v>157</v>
       </c>
       <c r="B163" s="8" t="s">
-        <v>619</v>
+        <v>645</v>
       </c>
       <c r="C163" s="9" t="s">
-        <v>620</v>
+        <v>646</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>245</v>
+        <v>647</v>
       </c>
       <c r="E163" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F163" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G163" s="9">
-        <v>220</v>
+        <v>253</v>
       </c>
       <c r="H163" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I163" s="9">
-        <v>945.0</v>
+        <v>525.0</v>
       </c>
       <c r="J163" s="9">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="K163" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L163" s="9">
-        <v>520</v>
+        <v>320</v>
       </c>
       <c r="M163" s="10" t="s">
-        <v>620</v>
+        <v>646</v>
       </c>
       <c r="N163" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O163" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P163" s="5" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="Q163" s="9" t="s">
-        <v>621</v>
+        <v>648</v>
       </c>
     </row>
     <row r="164" spans="1:17">
       <c r="A164" s="5">
         <v>158</v>
       </c>
       <c r="B164" s="8" t="s">
-        <v>622</v>
+        <v>649</v>
       </c>
       <c r="C164" s="9" t="s">
-        <v>623</v>
+        <v>650</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="E164" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F164" s="9">
         <v>2025</v>
       </c>
       <c r="G164" s="9">
-        <v>210</v>
+        <v>289</v>
       </c>
       <c r="H164" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I164" s="9">
-        <v>845.0</v>
+        <v>1200.0</v>
       </c>
       <c r="J164" s="9">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="K164" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L164" s="9"/>
+      <c r="L164" s="9">
+        <v>660</v>
+      </c>
       <c r="M164" s="10" t="s">
-        <v>623</v>
+        <v>650</v>
       </c>
       <c r="N164" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O164" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P164" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="Q164" s="9"/>
+      <c r="Q164" s="9" t="s">
+        <v>651</v>
+      </c>
     </row>
     <row r="165" spans="1:17">
       <c r="A165" s="5">
         <v>159</v>
       </c>
       <c r="B165" s="8" t="s">
-        <v>624</v>
+        <v>652</v>
       </c>
       <c r="C165" s="9" t="s">
-        <v>625</v>
+        <v>653</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>626</v>
+        <v>255</v>
       </c>
       <c r="E165" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F165" s="9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="G165" s="9">
-        <v>293</v>
+        <v>205</v>
       </c>
       <c r="H165" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I165" s="9">
-        <v>1350.0</v>
+        <v>895.0</v>
       </c>
       <c r="J165" s="9">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K165" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L165" s="9">
-        <v>800</v>
+        <v>480</v>
       </c>
       <c r="M165" s="10" t="s">
-        <v>625</v>
+        <v>653</v>
       </c>
       <c r="N165" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="O165" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P165" s="5" t="s">
-        <v>195</v>
+        <v>27</v>
       </c>
       <c r="Q165" s="9" t="s">
-        <v>627</v>
+        <v>654</v>
       </c>
     </row>
     <row r="166" spans="1:17">
       <c r="A166" s="5">
         <v>160</v>
       </c>
       <c r="B166" s="8" t="s">
-        <v>628</v>
+        <v>655</v>
       </c>
       <c r="C166" s="9" t="s">
-        <v>629</v>
+        <v>656</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>630</v>
+        <v>255</v>
       </c>
       <c r="E166" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F166" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G166" s="9">
-        <v>275</v>
+        <v>204</v>
       </c>
       <c r="H166" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I166" s="9">
-        <v>950.0</v>
+        <v>895.0</v>
       </c>
       <c r="J166" s="9">
         <v>40</v>
       </c>
       <c r="K166" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L166" s="9">
-        <v>450</v>
+        <v>480</v>
       </c>
       <c r="M166" s="10" t="s">
-        <v>629</v>
+        <v>656</v>
       </c>
       <c r="N166" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O166" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P166" s="5" t="s">
-        <v>190</v>
+        <v>27</v>
       </c>
       <c r="Q166" s="9" t="s">
-        <v>120</v>
+        <v>560</v>
       </c>
     </row>
     <row r="167" spans="1:17">
       <c r="A167" s="5">
         <v>161</v>
       </c>
       <c r="B167" s="8" t="s">
-        <v>631</v>
+        <v>657</v>
       </c>
       <c r="C167" s="9" t="s">
-        <v>632</v>
+        <v>658</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="E167" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F167" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G167" s="9">
-        <v>469</v>
+        <v>220</v>
       </c>
       <c r="H167" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I167" s="9">
-        <v>1595.0</v>
+        <v>945.0</v>
       </c>
       <c r="J167" s="9">
-        <v>75</v>
+        <v>45</v>
       </c>
       <c r="K167" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L167" s="9">
-        <v>1000</v>
+        <v>520</v>
       </c>
       <c r="M167" s="10" t="s">
-        <v>632</v>
+        <v>658</v>
       </c>
       <c r="N167" s="9" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="O167" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P167" s="5" t="s">
-        <v>633</v>
+        <v>27</v>
       </c>
       <c r="Q167" s="9" t="s">
-        <v>572</v>
+        <v>659</v>
       </c>
     </row>
     <row r="168" spans="1:17">
       <c r="A168" s="5">
         <v>162</v>
       </c>
       <c r="B168" s="8" t="s">
-        <v>634</v>
+        <v>660</v>
       </c>
       <c r="C168" s="9" t="s">
-        <v>635</v>
+        <v>661</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>636</v>
+        <v>255</v>
       </c>
       <c r="E168" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F168" s="9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G168" s="9">
-        <v>89</v>
+        <v>210</v>
       </c>
       <c r="H168" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I168" s="9">
-        <v>275.0</v>
+        <v>845.0</v>
       </c>
       <c r="J168" s="9">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="K168" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L168" s="9">
+        <v>580</v>
+      </c>
+      <c r="M168" s="10" t="s">
+        <v>661</v>
+      </c>
+      <c r="N168" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O168" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P168" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q168" s="9" t="s">
         <v>150</v>
-      </c>
-[...13 lines deleted...]
-        <v>637</v>
       </c>
     </row>
     <row r="169" spans="1:17">
       <c r="A169" s="5">
         <v>163</v>
       </c>
       <c r="B169" s="8" t="s">
-        <v>638</v>
+        <v>662</v>
       </c>
       <c r="C169" s="9" t="s">
-        <v>639</v>
+        <v>663</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>640</v>
+        <v>255</v>
       </c>
       <c r="E169" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F169" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G169" s="9">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="H169" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I169" s="9">
-        <v>195.0</v>
+        <v>900.0</v>
       </c>
       <c r="J169" s="9">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="K169" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L169" s="9">
-        <v>100</v>
+        <v>600</v>
       </c>
       <c r="M169" s="10" t="s">
-        <v>639</v>
+        <v>663</v>
       </c>
       <c r="N169" s="9" t="s">
-        <v>143</v>
+        <v>26</v>
       </c>
       <c r="O169" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P169" s="5" t="s">
-        <v>641</v>
+        <v>27</v>
       </c>
       <c r="Q169" s="9" t="s">
-        <v>41</v>
+        <v>547</v>
       </c>
     </row>
     <row r="170" spans="1:17">
       <c r="A170" s="5">
         <v>164</v>
       </c>
       <c r="B170" s="8" t="s">
-        <v>642</v>
+        <v>664</v>
       </c>
       <c r="C170" s="9" t="s">
-        <v>643</v>
+        <v>665</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>644</v>
+        <v>666</v>
       </c>
       <c r="E170" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F170" s="9">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="G170" s="9">
-        <v>195</v>
+        <v>293</v>
       </c>
       <c r="H170" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I170" s="9">
-        <v>450.0</v>
+        <v>1350.0</v>
       </c>
       <c r="J170" s="9">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="K170" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L170" s="9">
-        <v>275</v>
+        <v>800</v>
       </c>
       <c r="M170" s="10" t="s">
-        <v>643</v>
+        <v>665</v>
       </c>
       <c r="N170" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O170" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P170" s="5" t="s">
-        <v>28</v>
+        <v>203</v>
       </c>
       <c r="Q170" s="9" t="s">
-        <v>341</v>
+        <v>667</v>
       </c>
     </row>
     <row r="171" spans="1:17">
       <c r="A171" s="5">
         <v>165</v>
       </c>
       <c r="B171" s="8" t="s">
-        <v>645</v>
+        <v>668</v>
       </c>
       <c r="C171" s="9" t="s">
-        <v>646</v>
+        <v>669</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>647</v>
+        <v>670</v>
       </c>
       <c r="E171" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F171" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G171" s="9">
-        <v>110</v>
+        <v>275</v>
       </c>
       <c r="H171" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I171" s="9">
-        <v>450.0</v>
+        <v>950.0</v>
       </c>
       <c r="J171" s="9">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K171" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L171" s="9">
-        <v>200</v>
+        <v>450</v>
       </c>
       <c r="M171" s="10" t="s">
-        <v>646</v>
+        <v>669</v>
       </c>
       <c r="N171" s="9" t="s">
-        <v>143</v>
+        <v>26</v>
       </c>
       <c r="O171" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P171" s="5" t="s">
-        <v>648</v>
+        <v>671</v>
       </c>
       <c r="Q171" s="9" t="s">
-        <v>89</v>
+        <v>127</v>
       </c>
     </row>
     <row r="172" spans="1:17">
       <c r="A172" s="5">
         <v>166</v>
       </c>
       <c r="B172" s="8" t="s">
-        <v>649</v>
+        <v>672</v>
       </c>
       <c r="C172" s="9" t="s">
-        <v>650</v>
+        <v>673</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>651</v>
+        <v>255</v>
       </c>
       <c r="E172" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F172" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G172" s="9">
-        <v>274</v>
+        <v>469</v>
       </c>
       <c r="H172" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I172" s="9">
-        <v>995.0</v>
+        <v>1595.0</v>
       </c>
       <c r="J172" s="9">
-        <v>40</v>
+        <v>75</v>
       </c>
       <c r="K172" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L172" s="9">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="M172" s="10" t="s">
-        <v>650</v>
+        <v>673</v>
       </c>
       <c r="N172" s="9" t="s">
-        <v>143</v>
+        <v>78</v>
       </c>
       <c r="O172" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P172" s="5" t="s">
-        <v>211</v>
+        <v>674</v>
       </c>
       <c r="Q172" s="9" t="s">
-        <v>652</v>
+        <v>605</v>
       </c>
     </row>
     <row r="173" spans="1:17">
       <c r="A173" s="5">
         <v>167</v>
       </c>
       <c r="B173" s="8" t="s">
-        <v>653</v>
+        <v>675</v>
       </c>
       <c r="C173" s="9" t="s">
-        <v>654</v>
+        <v>676</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>655</v>
+        <v>677</v>
       </c>
       <c r="E173" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F173" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G173" s="9">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="H173" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I173" s="9">
-        <v>350.0</v>
+        <v>275.0</v>
       </c>
       <c r="J173" s="9">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K173" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L173" s="9">
         <v>150</v>
       </c>
       <c r="M173" s="10" t="s">
-        <v>654</v>
+        <v>676</v>
       </c>
       <c r="N173" s="9" t="s">
-        <v>143</v>
+        <v>78</v>
       </c>
       <c r="O173" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P173" s="5" t="s">
-        <v>656</v>
+        <v>62</v>
       </c>
       <c r="Q173" s="9" t="s">
-        <v>51</v>
+        <v>678</v>
       </c>
     </row>
     <row r="174" spans="1:17">
       <c r="A174" s="5">
         <v>168</v>
       </c>
       <c r="B174" s="8" t="s">
-        <v>657</v>
+        <v>679</v>
       </c>
       <c r="C174" s="9" t="s">
-        <v>658</v>
+        <v>680</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>659</v>
+        <v>681</v>
       </c>
       <c r="E174" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F174" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G174" s="9">
+        <v>51</v>
+      </c>
+      <c r="H174" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I174" s="9">
+        <v>195.0</v>
+      </c>
+      <c r="J174" s="9">
+        <v>15</v>
+      </c>
+      <c r="K174" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L174" s="9">
+        <v>100</v>
+      </c>
+      <c r="M174" s="10" t="s">
+        <v>680</v>
+      </c>
+      <c r="N174" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="O174" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P174" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="Q174" s="9" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="175" spans="1:17">
+      <c r="A175" s="5">
+        <v>169</v>
+      </c>
+      <c r="B175" s="8" t="s">
+        <v>683</v>
+      </c>
+      <c r="C175" s="9" t="s">
+        <v>684</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>685</v>
+      </c>
+      <c r="E175" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F175" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G175" s="9">
+        <v>195</v>
+      </c>
+      <c r="H175" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I175" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J175" s="9">
+        <v>30</v>
+      </c>
+      <c r="K175" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L175" s="9">
+        <v>275</v>
+      </c>
+      <c r="M175" s="10" t="s">
+        <v>684</v>
+      </c>
+      <c r="N175" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O175" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P175" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="Q175" s="9" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="176" spans="1:17">
+      <c r="A176" s="5">
+        <v>170</v>
+      </c>
+      <c r="B176" s="8" t="s">
+        <v>687</v>
+      </c>
+      <c r="C176" s="9" t="s">
+        <v>688</v>
+      </c>
+      <c r="D176" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="E176" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F176" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G176" s="9">
+        <v>110</v>
+      </c>
+      <c r="H176" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I176" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J176" s="9">
+        <v>25</v>
+      </c>
+      <c r="K176" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L176" s="9">
+        <v>200</v>
+      </c>
+      <c r="M176" s="10" t="s">
+        <v>688</v>
+      </c>
+      <c r="N176" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="O176" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P176" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="Q176" s="9" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="177" spans="1:17">
+      <c r="A177" s="5">
+        <v>171</v>
+      </c>
+      <c r="B177" s="8" t="s">
+        <v>691</v>
+      </c>
+      <c r="C177" s="9" t="s">
+        <v>692</v>
+      </c>
+      <c r="D177" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="E177" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F177" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G177" s="9">
+        <v>274</v>
+      </c>
+      <c r="H177" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I177" s="9">
+        <v>995.0</v>
+      </c>
+      <c r="J177" s="9">
+        <v>40</v>
+      </c>
+      <c r="K177" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L177" s="9">
+        <v>500</v>
+      </c>
+      <c r="M177" s="10" t="s">
+        <v>692</v>
+      </c>
+      <c r="N177" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="O177" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P177" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="Q177" s="9" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="178" spans="1:17">
+      <c r="A178" s="5">
+        <v>172</v>
+      </c>
+      <c r="B178" s="8" t="s">
+        <v>695</v>
+      </c>
+      <c r="C178" s="9" t="s">
+        <v>696</v>
+      </c>
+      <c r="D178" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="E178" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F178" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G178" s="9">
+        <v>100</v>
+      </c>
+      <c r="H178" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I178" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J178" s="9">
+        <v>20</v>
+      </c>
+      <c r="K178" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L178" s="9">
+        <v>150</v>
+      </c>
+      <c r="M178" s="10" t="s">
+        <v>696</v>
+      </c>
+      <c r="N178" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="O178" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P178" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="Q178" s="9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="179" spans="1:17">
+      <c r="A179" s="5">
+        <v>173</v>
+      </c>
+      <c r="B179" s="8" t="s">
+        <v>699</v>
+      </c>
+      <c r="C179" s="9" t="s">
+        <v>700</v>
+      </c>
+      <c r="D179" s="5" t="s">
+        <v>701</v>
+      </c>
+      <c r="E179" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F179" s="9">
         <v>2019</v>
       </c>
-      <c r="G174" s="9">
+      <c r="G179" s="9">
         <v>210</v>
       </c>
-      <c r="H174" s="9" t="s">
-[...2 lines deleted...]
-      <c r="I174" s="9">
+      <c r="H179" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I179" s="9">
         <v>650.0</v>
       </c>
-      <c r="J174" s="9">
+      <c r="J179" s="9">
         <v>30</v>
       </c>
-      <c r="K174" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L174" s="9">
+      <c r="K179" s="9" t="s">
+        <v>702</v>
+      </c>
+      <c r="L179" s="9">
         <v>500</v>
       </c>
-      <c r="M174" s="10" t="s">
-[...2 lines deleted...]
-      <c r="N174" s="9" t="s">
+      <c r="M179" s="10" t="s">
+        <v>700</v>
+      </c>
+      <c r="N179" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="O174" s="9" t="s">
-[...58 lines deleted...]
-      <c r="I179" s="12"/>
+      <c r="O179" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P179" s="5" t="s">
+        <v>703</v>
+      </c>
+      <c r="Q179" s="9" t="s">
+        <v>133</v>
+      </c>
     </row>
     <row r="180" spans="1:17">
-      <c r="B180" s="12"/>
-[...6 lines deleted...]
-      <c r="I180" s="12"/>
+      <c r="B180" s="13"/>
+      <c r="C180" s="13"/>
+      <c r="D180" s="13"/>
+      <c r="E180" s="13"/>
+      <c r="F180" s="13"/>
+      <c r="G180" s="13"/>
+      <c r="H180" s="13"/>
     </row>
     <row r="181" spans="1:17">
+      <c r="A181" s="12" t="s">
+        <v>704</v>
+      </c>
       <c r="B181" s="12"/>
       <c r="C181" s="12"/>
       <c r="D181" s="12"/>
       <c r="E181" s="12"/>
       <c r="F181" s="12"/>
       <c r="G181" s="12"/>
       <c r="H181" s="12"/>
-      <c r="I181" s="12"/>
     </row>
     <row r="182" spans="1:17">
-      <c r="B182" s="12"/>
-[...6 lines deleted...]
-      <c r="I182" s="12"/>
+      <c r="A182" s="12" t="s">
+        <v>705</v>
+      </c>
+      <c r="B182" s="11"/>
+      <c r="C182" s="11"/>
+      <c r="D182" s="11"/>
+      <c r="E182" s="11"/>
+      <c r="F182" s="11"/>
+      <c r="G182" s="11"/>
+      <c r="H182" s="11"/>
     </row>
     <row r="183" spans="1:17">
-      <c r="B183" s="12"/>
-[...6 lines deleted...]
-      <c r="I183" s="12"/>
+      <c r="A183" s="11" t="s">
+        <v>706</v>
+      </c>
+      <c r="B183" s="11"/>
+      <c r="C183" s="11"/>
+      <c r="D183" s="11"/>
+      <c r="E183" s="11"/>
+      <c r="F183" s="11"/>
+      <c r="G183" s="11"/>
+      <c r="H183" s="11"/>
     </row>
     <row r="184" spans="1:17">
-      <c r="B184" s="12"/>
-[...6 lines deleted...]
-      <c r="I184" s="12"/>
+      <c r="A184" s="11" t="s">
+        <v>707</v>
+      </c>
+      <c r="B184" s="11"/>
+      <c r="C184" s="11"/>
+      <c r="D184" s="11"/>
+      <c r="E184" s="11"/>
+      <c r="F184" s="11"/>
+      <c r="G184" s="11"/>
+      <c r="H184" s="11"/>
     </row>
     <row r="185" spans="1:17">
-      <c r="B185" s="12"/>
-[...6 lines deleted...]
-      <c r="I185" s="12"/>
+      <c r="A185" s="12" t="s">
+        <v>708</v>
+      </c>
+      <c r="B185" s="11"/>
+      <c r="C185" s="11"/>
+      <c r="D185" s="11"/>
+      <c r="E185" s="11"/>
+      <c r="F185" s="11"/>
+      <c r="G185" s="11"/>
+      <c r="H185" s="11"/>
     </row>
     <row r="186" spans="1:17">
-      <c r="B186" s="12"/>
-[...6 lines deleted...]
-      <c r="I186" s="12"/>
+      <c r="A186" s="12" t="s">
+        <v>709</v>
+      </c>
+      <c r="B186" s="11"/>
+      <c r="C186" s="11"/>
+      <c r="D186" s="11"/>
+      <c r="E186" s="11"/>
+      <c r="F186" s="11"/>
+      <c r="G186" s="11"/>
+      <c r="H186" s="11"/>
     </row>
     <row r="187" spans="1:17">
-      <c r="B187" s="12"/>
-[...6 lines deleted...]
-      <c r="I187" s="12"/>
+      <c r="A187" s="12" t="s">
+        <v>710</v>
+      </c>
+      <c r="B187" s="11"/>
+      <c r="C187" s="11"/>
+      <c r="D187" s="11"/>
+      <c r="E187" s="11"/>
+      <c r="F187" s="11"/>
+      <c r="G187" s="11"/>
+      <c r="H187" s="11"/>
     </row>
     <row r="188" spans="1:17">
-      <c r="B188" s="12"/>
-[...6 lines deleted...]
-      <c r="I188" s="12"/>
+      <c r="A188" s="12" t="s">
+        <v>711</v>
+      </c>
+      <c r="B188" s="11"/>
+      <c r="C188" s="11"/>
+      <c r="D188" s="11"/>
+      <c r="E188" s="11"/>
+      <c r="F188" s="11"/>
+      <c r="G188" s="11"/>
+      <c r="H188" s="11"/>
     </row>
     <row r="189" spans="1:17">
+      <c r="A189" s="12" t="s">
+        <v>712</v>
+      </c>
       <c r="B189" s="12"/>
       <c r="C189" s="12"/>
       <c r="D189" s="12"/>
       <c r="E189" s="12"/>
       <c r="F189" s="12"/>
       <c r="G189" s="12"/>
       <c r="H189" s="12"/>
-      <c r="I189" s="12"/>
     </row>
     <row r="190" spans="1:17">
-      <c r="B190" s="12"/>
-[...6 lines deleted...]
-      <c r="I190" s="12"/>
+      <c r="A190" s="11" t="s">
+        <v>713</v>
+      </c>
+      <c r="B190" s="11"/>
+      <c r="C190" s="11"/>
+      <c r="D190" s="11"/>
+      <c r="E190" s="11"/>
+      <c r="F190" s="11"/>
+      <c r="G190" s="11"/>
+      <c r="H190" s="11"/>
     </row>
     <row r="191" spans="1:17">
-      <c r="B191" s="12"/>
-[...6 lines deleted...]
-      <c r="I191" s="12"/>
+      <c r="A191" s="12" t="s">
+        <v>714</v>
+      </c>
+      <c r="B191" s="11"/>
+      <c r="C191" s="11"/>
+      <c r="D191" s="11"/>
+      <c r="E191" s="11"/>
+      <c r="F191" s="11"/>
+      <c r="G191" s="11"/>
+      <c r="H191" s="11"/>
     </row>
     <row r="192" spans="1:17">
-      <c r="B192" s="12"/>
-[...6 lines deleted...]
-      <c r="I192" s="12"/>
+      <c r="A192" s="12" t="s">
+        <v>715</v>
+      </c>
+      <c r="B192" s="11"/>
+      <c r="C192" s="11"/>
+      <c r="D192" s="11"/>
+      <c r="E192" s="11"/>
+      <c r="F192" s="11"/>
+      <c r="G192" s="11"/>
+      <c r="H192" s="11"/>
     </row>
     <row r="193" spans="1:17">
+      <c r="A193" s="12" t="s">
+        <v>716</v>
+      </c>
       <c r="B193" s="12"/>
       <c r="C193" s="12"/>
       <c r="D193" s="12"/>
       <c r="E193" s="12"/>
       <c r="F193" s="12"/>
       <c r="G193" s="12"/>
       <c r="H193" s="12"/>
-      <c r="I193" s="12"/>
     </row>
     <row r="194" spans="1:17">
-      <c r="B194" s="12"/>
-[...6 lines deleted...]
-      <c r="I194" s="12"/>
+      <c r="A194" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B194" s="11"/>
+      <c r="C194" s="11"/>
+      <c r="D194" s="11"/>
+      <c r="E194" s="11"/>
+      <c r="F194" s="11"/>
+      <c r="G194" s="11"/>
+      <c r="H194" s="11"/>
     </row>
     <row r="195" spans="1:17">
-      <c r="B195" s="12"/>
-[...6 lines deleted...]
-      <c r="I195" s="12"/>
+      <c r="A195" s="11" t="s">
+        <v>717</v>
+      </c>
+      <c r="B195" s="11"/>
+      <c r="C195" s="11"/>
+      <c r="D195" s="11"/>
+      <c r="E195" s="11"/>
+      <c r="F195" s="11"/>
+      <c r="G195" s="11"/>
+      <c r="H195" s="11"/>
     </row>
     <row r="196" spans="1:17">
-      <c r="B196" s="12"/>
-[...6 lines deleted...]
-      <c r="I196" s="12"/>
+      <c r="A196" s="11" t="s">
+        <v>718</v>
+      </c>
+      <c r="B196" s="11"/>
+      <c r="C196" s="11"/>
+      <c r="D196" s="11"/>
+      <c r="E196" s="11"/>
+      <c r="F196" s="11"/>
+      <c r="G196" s="11"/>
+      <c r="H196" s="11"/>
     </row>
     <row r="197" spans="1:17">
-      <c r="B197" s="12"/>
-[...6 lines deleted...]
-      <c r="I197" s="12"/>
+      <c r="A197" s="11" t="s">
+        <v>719</v>
+      </c>
+      <c r="B197" s="11"/>
+      <c r="C197" s="11"/>
+      <c r="D197" s="11"/>
+      <c r="E197" s="11"/>
+      <c r="F197" s="11"/>
+      <c r="G197" s="11"/>
+      <c r="H197" s="11"/>
     </row>
     <row r="198" spans="1:17">
-      <c r="B198" s="12"/>
-[...6 lines deleted...]
-      <c r="I198" s="12"/>
+      <c r="A198" s="12" t="s">
+        <v>720</v>
+      </c>
+      <c r="B198" s="11"/>
+      <c r="C198" s="11"/>
+      <c r="D198" s="11"/>
+      <c r="E198" s="11"/>
+      <c r="F198" s="11"/>
+      <c r="G198" s="11"/>
+      <c r="H198" s="11"/>
     </row>
     <row r="199" spans="1:17">
-      <c r="B199" s="12"/>
-[...66 lines deleted...]
-      <c r="I205" s="12"/>
+      <c r="A199" s="12" t="s">
+        <v>721</v>
+      </c>
+      <c r="B199" s="11"/>
+      <c r="C199" s="11"/>
+      <c r="D199" s="11"/>
+      <c r="E199" s="11"/>
+      <c r="F199" s="11"/>
+      <c r="G199" s="11"/>
+      <c r="H199" s="11"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
-    <mergeCell ref="B176:I205"/>
+    <mergeCell ref="A181:H181"/>
+    <mergeCell ref="A182:H182"/>
+    <mergeCell ref="A183:H183"/>
+    <mergeCell ref="A184:H184"/>
+    <mergeCell ref="A185:H185"/>
+    <mergeCell ref="A186:H186"/>
+    <mergeCell ref="A187:H187"/>
+    <mergeCell ref="A188:H188"/>
+    <mergeCell ref="A189:H189"/>
+    <mergeCell ref="A190:H190"/>
+    <mergeCell ref="A191:H191"/>
+    <mergeCell ref="A192:H192"/>
+    <mergeCell ref="A193:H193"/>
+    <mergeCell ref="A194:H194"/>
+    <mergeCell ref="A195:H195"/>
+    <mergeCell ref="A196:H196"/>
+    <mergeCell ref="A197:H197"/>
+    <mergeCell ref="A198:H198"/>
+    <mergeCell ref="A199:H199"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_16"/>
     <hyperlink ref="M14" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_18"/>
     <hyperlink ref="M15" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_20"/>
     <hyperlink ref="M16" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_22"/>
     <hyperlink ref="M17" r:id="rId_hyperlink_23"/>
@@ -12159,50 +12529,60 @@
     <hyperlink ref="M162" r:id="rId_hyperlink_313"/>
     <hyperlink ref="B163" r:id="rId_hyperlink_314"/>
     <hyperlink ref="M163" r:id="rId_hyperlink_315"/>
     <hyperlink ref="B164" r:id="rId_hyperlink_316"/>
     <hyperlink ref="M164" r:id="rId_hyperlink_317"/>
     <hyperlink ref="B165" r:id="rId_hyperlink_318"/>
     <hyperlink ref="M165" r:id="rId_hyperlink_319"/>
     <hyperlink ref="B166" r:id="rId_hyperlink_320"/>
     <hyperlink ref="M166" r:id="rId_hyperlink_321"/>
     <hyperlink ref="B167" r:id="rId_hyperlink_322"/>
     <hyperlink ref="M167" r:id="rId_hyperlink_323"/>
     <hyperlink ref="B168" r:id="rId_hyperlink_324"/>
     <hyperlink ref="M168" r:id="rId_hyperlink_325"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_326"/>
     <hyperlink ref="M169" r:id="rId_hyperlink_327"/>
     <hyperlink ref="B170" r:id="rId_hyperlink_328"/>
     <hyperlink ref="M170" r:id="rId_hyperlink_329"/>
     <hyperlink ref="B171" r:id="rId_hyperlink_330"/>
     <hyperlink ref="M171" r:id="rId_hyperlink_331"/>
     <hyperlink ref="B172" r:id="rId_hyperlink_332"/>
     <hyperlink ref="M172" r:id="rId_hyperlink_333"/>
     <hyperlink ref="B173" r:id="rId_hyperlink_334"/>
     <hyperlink ref="M173" r:id="rId_hyperlink_335"/>
     <hyperlink ref="B174" r:id="rId_hyperlink_336"/>
     <hyperlink ref="M174" r:id="rId_hyperlink_337"/>
+    <hyperlink ref="B175" r:id="rId_hyperlink_338"/>
+    <hyperlink ref="M175" r:id="rId_hyperlink_339"/>
+    <hyperlink ref="B176" r:id="rId_hyperlink_340"/>
+    <hyperlink ref="M176" r:id="rId_hyperlink_341"/>
+    <hyperlink ref="B177" r:id="rId_hyperlink_342"/>
+    <hyperlink ref="M177" r:id="rId_hyperlink_343"/>
+    <hyperlink ref="B178" r:id="rId_hyperlink_344"/>
+    <hyperlink ref="M178" r:id="rId_hyperlink_345"/>
+    <hyperlink ref="B179" r:id="rId_hyperlink_346"/>
+    <hyperlink ref="M179" r:id="rId_hyperlink_347"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>