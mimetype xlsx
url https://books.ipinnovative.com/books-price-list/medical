--- v3 (2026-01-21)
+++ v4 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="722">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="728">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
     <t>Medical BOOKS PRICE / CATALOGUE For Year - 2026</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
@@ -362,51 +362,51 @@
   <si>
     <t>Viva</t>
   </si>
   <si>
     <t>Biology</t>
   </si>
   <si>
     <t>Answers to Viva Questions in Histology- 2nd Edition</t>
   </si>
   <si>
     <t>978-81-962762-1-8</t>
   </si>
   <si>
     <t>Dr. Jyoti Pramod Kulkarni, Dr. Vaishali Mohan Paranjpe, Dr. P. Vatsalaswamy</t>
   </si>
   <si>
     <t>22x15.5x0.8</t>
   </si>
   <si>
     <t>Applied Anatomy and Physiology for B.Sc. Nursing Course</t>
   </si>
   <si>
     <t>978-81-19613-63-2</t>
   </si>
   <si>
-    <t>Anatomy, Anatomy and Physiology, Physiology</t>
+    <t>Physiology, Anatomy and Physiology, Anatomy</t>
   </si>
   <si>
     <t>28x20.5x2</t>
   </si>
   <si>
     <t>Applied Microbiology for Medical Sciences, Life Sciences, Nursing and Pharmacy</t>
   </si>
   <si>
     <t>978-81-962762-6-3</t>
   </si>
   <si>
     <t>Dr. Rohit Shankar Mane</t>
   </si>
   <si>
     <t>Microbiology, Allied Health Science</t>
   </si>
   <si>
     <t>28x20x3.5</t>
   </si>
   <si>
     <t>Basic Principles of Ilizarov Surgery (2e)</t>
   </si>
   <si>
     <t>978-93-91208-49-3</t>
   </si>
@@ -1745,50 +1745,65 @@
   <si>
     <t>Practical Instrumental Analysis</t>
   </si>
   <si>
     <t>978-81-932450-7-1</t>
   </si>
   <si>
     <t>Bajarang Bali Lal Srivastava, Amarnath Mishra, Girma Workeneh Woyessa</t>
   </si>
   <si>
     <t>Laboratory, Lab Manual</t>
   </si>
   <si>
     <t>25xx18x0.2</t>
   </si>
   <si>
     <t>Practical Medical Microbiology for BMLT</t>
   </si>
   <si>
     <t>978-93-88022-76-7</t>
   </si>
   <si>
     <t>23x15x0.9</t>
   </si>
   <si>
+    <t>Practical Medical Microbiology for BMLT (2nd Edition)</t>
+  </si>
+  <si>
+    <t>978-93-48565-27-3</t>
+  </si>
+  <si>
+    <t>Dr. Rajesh Bareja, Dr. Sumedha</t>
+  </si>
+  <si>
+    <t>Practical Book</t>
+  </si>
+  <si>
+    <t>Microbiology, BMLT</t>
+  </si>
+  <si>
     <t>Previous Years Question Papers for Postgraduate Obstetrics and Gynaecology Examinations- 3rd Edition</t>
   </si>
   <si>
     <t>978-81-962762-7-0</t>
   </si>
   <si>
     <t>Dr. Madhu A Patil</t>
   </si>
   <si>
     <t>Quality Assurance, Control and Artifacts Including in Field Training</t>
   </si>
   <si>
     <t>978-81-19613-93-9</t>
   </si>
   <si>
     <t>Mr. Rohit Bansal, Ms. Srishti</t>
   </si>
   <si>
     <t>Radiology</t>
   </si>
   <si>
     <t>Reasoning in Biochemistry for Biochemistry Enthusiasts</t>
   </si>
   <si>
     <t>978-81-19613-14-4</t>
@@ -1944,50 +1959,53 @@
     <t>Dr. Anuja Agrawal, Dr. Malini Mehta, Dr. Dinesh Chauhan</t>
   </si>
   <si>
     <t>Anaesthesia, Nursing</t>
   </si>
   <si>
     <t>24x18x1.4</t>
   </si>
   <si>
     <t>Textbook of Health Management</t>
   </si>
   <si>
     <t>978-93-91208-67-7</t>
   </si>
   <si>
     <t>S C Mohapatra, Meghkanta Mohapatra, Vishwakant Mohapatra</t>
   </si>
   <si>
     <t>22x15x2.5</t>
   </si>
   <si>
     <t>Textbook of Health Management (Second Edition)</t>
   </si>
   <si>
     <t>978-93-48565-81-5</t>
+  </si>
+  <si>
+    <t>Soft Bound/Hard Bound</t>
   </si>
   <si>
     <t>24x18.5x2.3</t>
   </si>
   <si>
     <t>Textbook of Medical Biochemistry</t>
   </si>
   <si>
     <t>978-81-19613-41-0</t>
   </si>
   <si>
     <t>Amit Kumar Singh</t>
   </si>
   <si>
     <t>22x15.5x1.4</t>
   </si>
   <si>
     <t>Textbook of Medical Science: Principles and Practice (Volume 1)</t>
   </si>
   <si>
     <t>978-93-48565-08-2</t>
   </si>
   <si>
     <t>28x21.6x1.4</t>
   </si>
@@ -2621,62 +2639,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/201/a-brief-history-of-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-20-2" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/163/a-guide-for-basic-biomedical-research-course" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-38-7" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/387/a-handbook-on-marine-vertebrates-for-msc-marine-biology-sem-1" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-57-0" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/202/a-paediatricians-approach-to-a-child-with-special-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-11-0" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/162/a-textbook-of-medical-genetics-and-cancer-genetics" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-21-9" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/218/a-to-z-mcqs-in-microbiology-for-ugc-csir-net-life-sciences-exam" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-66-0" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/419/abnormal-psychology" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-14-3" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/46/abortion-spontaneous-abortion-induced-abortion" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-01-9" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/302/abridged-forensic-medicine-and-toxicology-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-24-3" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/376/advanced-biochemistry-companion-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-72-3" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/391/advances-in-omics-bioinformatics-for-genomics-transcriptomics-and-beyond" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-26-6" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/295/amphibian-experiments-in-physiology-all-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-42-7" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/253/anatomy-multiple-choice-questions-mcqs-for-nextfirst-year-mbbs-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-90-5" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/234/answers-to-viva-questions-in-embryology" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-0-1" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/235/answers-to-viva-questions-in-histology-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-1-8" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/293/applied-anatomy-and-physiology-for-bsc-nursing-course" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-63-2" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/196/basic-principles-of-ilizarov-surgery-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-49-3" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/260/bio-medical-instruments-and-its-applications" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-96-7" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/245/case-oriented-approach-in-biochemistry-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-2-5" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/408/chromotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-46-4" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/236/clinics-in-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-19-6" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/168/colors-medicine-of-the-future" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-45-5" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/262/colors-medicine-of-the-future-part-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/205/competency-based-clinical-biochemistry-a-practical-manual-for-first-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-65-3" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/139/competency-based-human-anatomy-volume-i" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/160/competency-based-human-anatomy-volume-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-29-5" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/161/competency-based-human-anatomy-volume-iii" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-30-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/420/competency-based-human-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-44-0" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/390/comprehensive-exploration-of-mental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-92-1" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/214/comprehensive-manual-of-resuscitation" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-03-5" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/379/comprehensive-stroke-care-a-nursing-pathway-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-37-2" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/73/concepts-in-paediatrics-assorted-essays" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-25-5" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/56/concepts-in-paediatrics-endocrinology" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-10-1" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/64/concepts-in-paediatrics-haematology" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-19-4" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/65/concepts-in-paediatrics-hepatology-and-gastroenterology" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-18-7" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/55/concepts-in-paediatrics-nephrology" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-09-5" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/54/concepts-in-paediatrics-nutrition" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-08-8" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/63/concepts-in-paediatrics-pulmonology" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-17-0" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/208/concise-histopathology" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-35-6" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/263/concise-introduction-to-human-psychology-for-1st-year-babsc-psychology-course" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-97-4" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/68/concise-text-book-of-adolescent-health" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-23-1" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/209/cord-blood-stem-cell-banking-and-transplantation" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-36-3" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/164/current-concepts-on-mental-health-of-children-and-adolescents-a-treatise-on-psychiatric-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-13-4" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/189/elisa-and-related-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-33-2" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/79/emergencies-in-ear-nose-throat-management-pearls" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-33-0" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/112/essential-guide-for-practical-orthopaedics-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/326/essential-guide-for-practical-orthopaedics-set-of-2-volumes-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-43-4" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/110/essential-guide-for-practical-orthopaedics-vol-i" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-63-7" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/325/essential-guide-for-practical-orthopaedics-vol-i-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-07-6" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/111/essential-guide-for-practical-orthopaedics-vol-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-64-4" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/324/essential-guide-for-practical-orthopaedics-vol-ii-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-82-3" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/389/essentials-of-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-98-3" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/173/evidence-based-treatment-protocol-evidence-based-education-system" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-53-0" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/399/forensic-medicine-and-toxicology-mini-dictionary" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-24-2" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/314/forensic-medicine-and-toxicology-quiz-book" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-81-6" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/223/fundamentals-of-gate-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-28-8" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/151/fundamentals-of-medical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-07-3" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/357/guidelines-for-clinical-transfusion-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-05-2" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/142/handbook-of-benign-paroxysmal-positional-vertigo" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/250/handbook-of-biomedical-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-81-3" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/51/handbook-of-elements" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-05-7" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/99/handbook-of-gynaecpathology-a-simplified-approach-in-nutshell" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-53-8" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/220/handbook-on-evidence-based-education-system-module-wise-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-52-3" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/95/handbook-on-novel-coronavirus-what-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-49-1" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/150/history-of-physiology-for-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-4-8" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/170/human-anatomy-set-of-3-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-47-9" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/190/immunological-techniques-interpretations-validation-and-safety-measures" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-41-7" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/188/immunology-for-beginners" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-25-7" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/339/laboratory-manual-of-immunohistochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-56-4" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/294/maternal-diet-and-foetal-growth-a-bio-cultural-exploration" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-01-4" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/72/mcqs-guide-for-ug-pg-and-superspeciality-medical-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-26-2" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/92/mcqs-in-medical-sciences-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-46-0" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/278/mechanical-circulatory-support-essentials" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-34-2" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/415/medical-biochemistry-key-concepts-through-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-53-2" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/116/medical-knowledge-and-education-a-book-of-questions-and-answers-2020-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-70-5" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/183/medical-knowledge-and-education-set-of-two-volumes-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-70-7" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/181/medical-knowledge-and-education-volume-i-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-64-6" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/182/medical-knowledge-and-education-volume-ii-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-69-1" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/305/medicolegal-mindbenders-forensic-medicine-and-toxicology-exclusive-question-archive" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-87-8" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/133/microbiology-multiple-choice-questions-mcqs-for-neet-and-net-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-87-3" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/261/mindmaps-in-biochemistry-a-notebook-to-explore-the-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-98-1" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/410/nursing-management" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-32-7" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/418/occupational-and-environmental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-64-8" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/404/oncology-mcqs-for-the-mbbs-and-neet-pg-aspirants" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-55-6" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/405/oncology-mcqs-organ-specific-and-advanced-concepts-for-mbbs-and-neet-pg-students" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-20-4" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/257/one-page-one-chapter-pharmacology-for-undergraduates-in-mbbs" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-96-5" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/225/opulent-memoirs" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-94-1" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/97/orthopaedic-insight-series-1-principles-of-fracture-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-51-4" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/353/orthopaedic-insight-series-2-complications-of-fractures" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-28-1" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/159/osce-and-ospe-in-forensic-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-37-0" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/309/osce-and-ospe-in-forensic-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-99-1" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/178/ospe-and-osce-in-practical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-62-2" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/177/pandemic-corona-virus-vs-epidemic-and-endemic-virus-diseases-present-past-and-future-directions" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-61-5" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/35/pathology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-4-6" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/288/pcos-more-than-just-a-hormone-disorder" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-76-2" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/34/physiology-mcq-for-all-india-postgraduate-medical-entrance-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-6-0" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/172/pictorial-forensic-pathology-and-toxicology-a-colour-atlas" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-46-2" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/369/pioneers-of-forensics-and-their-ground-breaking-inventions" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-73-0" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/368/pioneers-of-medical-sciences-and-their-inspiring-achievements" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-43-3" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/14/postgraduate-biochemistry-companion" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-6-4" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/7/practical-applications-in-histopathology-cytopathology-and-autopsy-an-mcqemq-resource" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-2-6" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/298/practical-handbook-of-community-medicine-for-the-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-20-5" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/317/previous-years-question-papers-for-postgraduate-obstetrics-and-gynaecology-examinations-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-7-0" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/367/reasoning-in-biochemistry-for-biochemistry-enthusiasts" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-14-4" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/155/recent-advances-in-medical-education-knowledge-and-research" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-24-0" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/210/regenerative-medicine-cellular-therapy-and-tissue-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-42-4" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/44/renal-physiology-for-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-7-7" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/246/review-of-forensic-medicine-and-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-80-6" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/402/score-high-dissection-hall-attendant-competitive-exam-mcq-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-19-8" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/62/short-questions-and-answers-of-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-15-6" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/138/short-textbook-in-orthopaedics-and-rehabilitation" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-66-8" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/304/spectrum-of-resilience-unravelling-the-threads-of-oncology" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-74-8" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/77/syndromes-and-eponymous-signs-in-ear-nose-throat" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-30-9" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/327/synopsis-of-transfusion-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-54-0" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/228/textbook-of-advanced-therapeutics" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-95-8" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/152/textbook-of-dermatology-with-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/221/textbook-of-health-management" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-67-7" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/421/textbook-of-health-management-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-81-5" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/373/textbook-of-medical-science-principles-and-practice-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-08-2" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/374/textbook-of-medical-science-principles-and-practice-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-06-8" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/393/textbook-of-medical-science-principles-and-practice-volume-3" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-93-8" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/394/textbook-of-medical-science-principles-and-practice-volume-4" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-22-8" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/411/textbook-of-medical-science-principles-and-practice-volume-5" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-70-9" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/417/textbook-of-medical-science-principles-and-practice-volume-6" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-69-3" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/259/textbook-of-respiratory-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-84-4" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/360/the-healing-power-of-plants-immunomodulatory-wonders" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-71-7" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/359/transfusion-medicine-simplified-a-comprehensive-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-26-7" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/166/tuberculous-pleural-effusion-a-book-of-100-cases" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-40-0" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/70/marma-vijnana-ka-cikitsiya-upayoga" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-24-8" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/201/a-brief-history-of-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-20-2" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/163/a-guide-for-basic-biomedical-research-course" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-38-7" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/387/a-handbook-on-marine-vertebrates-for-msc-marine-biology-sem-1" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-57-0" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/202/a-paediatricians-approach-to-a-child-with-special-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-11-0" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/162/a-textbook-of-medical-genetics-and-cancer-genetics" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-21-9" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/218/a-to-z-mcqs-in-microbiology-for-ugc-csir-net-life-sciences-exam" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-66-0" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/419/abnormal-psychology" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-14-3" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/46/abortion-spontaneous-abortion-induced-abortion" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-01-9" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/302/abridged-forensic-medicine-and-toxicology-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-24-3" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/376/advanced-biochemistry-companion-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-72-3" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/391/advances-in-omics-bioinformatics-for-genomics-transcriptomics-and-beyond" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-26-6" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/295/amphibian-experiments-in-physiology-all-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-42-7" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/253/anatomy-multiple-choice-questions-mcqs-for-nextfirst-year-mbbs-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-90-5" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/234/answers-to-viva-questions-in-embryology" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-0-1" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/235/answers-to-viva-questions-in-histology-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-1-8" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/293/applied-anatomy-and-physiology-for-bsc-nursing-course" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-63-2" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/196/basic-principles-of-ilizarov-surgery-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-49-3" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/260/bio-medical-instruments-and-its-applications" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-96-7" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/245/case-oriented-approach-in-biochemistry-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-2-5" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/408/chromotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-46-4" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/236/clinics-in-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-19-6" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/168/colors-medicine-of-the-future" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-45-5" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/262/colors-medicine-of-the-future-part-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/205/competency-based-clinical-biochemistry-a-practical-manual-for-first-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-65-3" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/139/competency-based-human-anatomy-volume-i" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/160/competency-based-human-anatomy-volume-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-29-5" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/161/competency-based-human-anatomy-volume-iii" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-30-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/420/competency-based-human-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-44-0" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/390/comprehensive-exploration-of-mental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-92-1" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/214/comprehensive-manual-of-resuscitation" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-03-5" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/379/comprehensive-stroke-care-a-nursing-pathway-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-37-2" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/73/concepts-in-paediatrics-assorted-essays" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-25-5" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/56/concepts-in-paediatrics-endocrinology" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-10-1" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/64/concepts-in-paediatrics-haematology" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-19-4" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/65/concepts-in-paediatrics-hepatology-and-gastroenterology" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-18-7" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/55/concepts-in-paediatrics-nephrology" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-09-5" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/54/concepts-in-paediatrics-nutrition" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-08-8" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/63/concepts-in-paediatrics-pulmonology" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-17-0" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/208/concise-histopathology" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-35-6" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/263/concise-introduction-to-human-psychology-for-1st-year-babsc-psychology-course" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-97-4" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/68/concise-text-book-of-adolescent-health" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-23-1" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/209/cord-blood-stem-cell-banking-and-transplantation" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-36-3" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/164/current-concepts-on-mental-health-of-children-and-adolescents-a-treatise-on-psychiatric-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-13-4" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/189/elisa-and-related-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-33-2" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/79/emergencies-in-ear-nose-throat-management-pearls" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-33-0" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/112/essential-guide-for-practical-orthopaedics-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/326/essential-guide-for-practical-orthopaedics-set-of-2-volumes-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-43-4" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/110/essential-guide-for-practical-orthopaedics-vol-i" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-63-7" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/325/essential-guide-for-practical-orthopaedics-vol-i-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-07-6" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/111/essential-guide-for-practical-orthopaedics-vol-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-64-4" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/324/essential-guide-for-practical-orthopaedics-vol-ii-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-82-3" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/389/essentials-of-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-98-3" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/173/evidence-based-treatment-protocol-evidence-based-education-system" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-53-0" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/399/forensic-medicine-and-toxicology-mini-dictionary" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-24-2" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/314/forensic-medicine-and-toxicology-quiz-book" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-81-6" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/223/fundamentals-of-gate-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-28-8" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/151/fundamentals-of-medical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-07-3" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/357/guidelines-for-clinical-transfusion-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-05-2" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/142/handbook-of-benign-paroxysmal-positional-vertigo" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/250/handbook-of-biomedical-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-81-3" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/51/handbook-of-elements" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-05-7" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/99/handbook-of-gynaecpathology-a-simplified-approach-in-nutshell" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-53-8" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/220/handbook-on-evidence-based-education-system-module-wise-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-52-3" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/95/handbook-on-novel-coronavirus-what-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-49-1" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/150/history-of-physiology-for-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-4-8" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/170/human-anatomy-set-of-3-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-47-9" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/190/immunological-techniques-interpretations-validation-and-safety-measures" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-41-7" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/188/immunology-for-beginners" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-25-7" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/339/laboratory-manual-of-immunohistochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-56-4" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/294/maternal-diet-and-foetal-growth-a-bio-cultural-exploration" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-01-4" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/72/mcqs-guide-for-ug-pg-and-superspeciality-medical-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-26-2" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/92/mcqs-in-medical-sciences-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-46-0" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/278/mechanical-circulatory-support-essentials" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-34-2" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/415/medical-biochemistry-key-concepts-through-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-53-2" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/116/medical-knowledge-and-education-a-book-of-questions-and-answers-2020-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-70-5" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/183/medical-knowledge-and-education-set-of-two-volumes-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-70-7" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/181/medical-knowledge-and-education-volume-i-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-64-6" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/182/medical-knowledge-and-education-volume-ii-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-69-1" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/305/medicolegal-mindbenders-forensic-medicine-and-toxicology-exclusive-question-archive" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-87-8" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/133/microbiology-multiple-choice-questions-mcqs-for-neet-and-net-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-87-3" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/261/mindmaps-in-biochemistry-a-notebook-to-explore-the-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-98-1" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/410/nursing-management" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-32-7" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/418/occupational-and-environmental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-64-8" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/404/oncology-mcqs-for-the-mbbs-and-neet-pg-aspirants" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-55-6" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/405/oncology-mcqs-organ-specific-and-advanced-concepts-for-mbbs-and-neet-pg-students" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-20-4" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/257/one-page-one-chapter-pharmacology-for-undergraduates-in-mbbs" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-96-5" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/225/opulent-memoirs" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-94-1" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/97/orthopaedic-insight-series-1-principles-of-fracture-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-51-4" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/353/orthopaedic-insight-series-2-complications-of-fractures" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-28-1" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/159/osce-and-ospe-in-forensic-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-37-0" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/309/osce-and-ospe-in-forensic-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-99-1" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/178/ospe-and-osce-in-practical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-62-2" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/177/pandemic-corona-virus-vs-epidemic-and-endemic-virus-diseases-present-past-and-future-directions" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-61-5" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/35/pathology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-4-6" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/288/pcos-more-than-just-a-hormone-disorder" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-76-2" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/34/physiology-mcq-for-all-india-postgraduate-medical-entrance-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-6-0" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/172/pictorial-forensic-pathology-and-toxicology-a-colour-atlas" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-46-2" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/369/pioneers-of-forensics-and-their-ground-breaking-inventions" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-73-0" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/368/pioneers-of-medical-sciences-and-their-inspiring-achievements" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-43-3" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/14/postgraduate-biochemistry-companion" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-6-4" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/7/practical-applications-in-histopathology-cytopathology-and-autopsy-an-mcqemq-resource" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-2-6" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/298/practical-handbook-of-community-medicine-for-the-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-20-5" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/425/practical-medical-microbiology-for-bmlt-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-27-3" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/317/previous-years-question-papers-for-postgraduate-obstetrics-and-gynaecology-examinations-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-7-0" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/367/reasoning-in-biochemistry-for-biochemistry-enthusiasts" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-14-4" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/155/recent-advances-in-medical-education-knowledge-and-research" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-24-0" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/210/regenerative-medicine-cellular-therapy-and-tissue-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-42-4" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/44/renal-physiology-for-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-7-7" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/246/review-of-forensic-medicine-and-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-80-6" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/402/score-high-dissection-hall-attendant-competitive-exam-mcq-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-19-8" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/62/short-questions-and-answers-of-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-15-6" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/138/short-textbook-in-orthopaedics-and-rehabilitation" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-66-8" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/304/spectrum-of-resilience-unravelling-the-threads-of-oncology" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-74-8" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/77/syndromes-and-eponymous-signs-in-ear-nose-throat" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-30-9" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/327/synopsis-of-transfusion-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-54-0" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/228/textbook-of-advanced-therapeutics" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-95-8" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/152/textbook-of-dermatology-with-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/221/textbook-of-health-management" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-67-7" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/421/textbook-of-health-management-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-81-5" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/373/textbook-of-medical-science-principles-and-practice-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-08-2" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/374/textbook-of-medical-science-principles-and-practice-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-06-8" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/393/textbook-of-medical-science-principles-and-practice-volume-3" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-93-8" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/394/textbook-of-medical-science-principles-and-practice-volume-4" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-22-8" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/411/textbook-of-medical-science-principles-and-practice-volume-5" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-70-9" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/417/textbook-of-medical-science-principles-and-practice-volume-6" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-69-3" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/259/textbook-of-respiratory-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-84-4" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/360/the-healing-power-of-plants-immunomodulatory-wonders" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-71-7" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/359/transfusion-medicine-simplified-a-comprehensive-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-26-7" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/166/tuberculous-pleural-effusion-a-book-of-100-cases" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-40-0" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/70/marma-vijnana-ka-cikitsiya-upayoga" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-24-8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q199"/>
+  <dimension ref="A1:Q200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B180" sqref="B180:H180"/>
+      <selection activeCell="B181" sqref="B181:H181"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.5645" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
     <col min="17" max="17" width="14.2822" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1"/>
@@ -9980,2260 +9998,2313 @@
       </c>
       <c r="O142" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P142" s="5" t="s">
         <v>450</v>
       </c>
       <c r="Q142" s="9" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="143" spans="1:17">
       <c r="A143" s="5">
         <v>137</v>
       </c>
       <c r="B143" s="8" t="s">
         <v>577</v>
       </c>
       <c r="C143" s="9" t="s">
         <v>578</v>
       </c>
       <c r="D143" s="5" t="s">
         <v>579</v>
       </c>
       <c r="E143" s="9" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="F143" s="9">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="G143" s="9">
-        <v>157</v>
+        <v>200</v>
       </c>
       <c r="H143" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I143" s="9">
-        <v>475.0</v>
+        <v>450.0</v>
       </c>
       <c r="J143" s="9">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="K143" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L143" s="9">
-        <v>240</v>
+        <v>300</v>
       </c>
       <c r="M143" s="10" t="s">
         <v>578</v>
       </c>
       <c r="N143" s="9" t="s">
-        <v>433</v>
+        <v>580</v>
       </c>
       <c r="O143" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P143" s="5" t="s">
-        <v>72</v>
+        <v>581</v>
       </c>
       <c r="Q143" s="9" t="s">
-        <v>137</v>
+        <v>318</v>
       </c>
     </row>
     <row r="144" spans="1:17">
       <c r="A144" s="5">
         <v>138</v>
       </c>
       <c r="B144" s="8" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C144" s="9" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="E144" s="9" t="s">
-        <v>33</v>
+        <v>77</v>
       </c>
       <c r="F144" s="9">
         <v>2024</v>
       </c>
       <c r="G144" s="9">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H144" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I144" s="9">
-        <v>425.0</v>
+        <v>475.0</v>
       </c>
       <c r="J144" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K144" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L144" s="9">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="M144" s="10" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="N144" s="9" t="s">
-        <v>26</v>
+        <v>433</v>
       </c>
       <c r="O144" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P144" s="5" t="s">
-        <v>583</v>
+        <v>72</v>
       </c>
       <c r="Q144" s="9" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="145" spans="1:17">
       <c r="A145" s="5">
         <v>139</v>
       </c>
       <c r="B145" s="8" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C145" s="9" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="E145" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F145" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G145" s="9">
-        <v>119</v>
+        <v>155</v>
       </c>
       <c r="H145" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I145" s="9">
         <v>425.0</v>
       </c>
       <c r="J145" s="9">
         <v>25</v>
       </c>
       <c r="K145" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L145" s="9">
-        <v>200</v>
+        <v>230</v>
       </c>
       <c r="M145" s="10" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="N145" s="9" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
       <c r="O145" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P145" s="5" t="s">
-        <v>57</v>
+        <v>588</v>
       </c>
       <c r="Q145" s="9" t="s">
-        <v>113</v>
+        <v>137</v>
       </c>
     </row>
     <row r="146" spans="1:17">
       <c r="A146" s="5">
         <v>140</v>
       </c>
       <c r="B146" s="8" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="C146" s="9" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E146" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F146" s="9">
         <v>2025</v>
       </c>
       <c r="G146" s="9">
-        <v>187</v>
+        <v>119</v>
       </c>
       <c r="H146" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I146" s="9">
-        <v>550.0</v>
+        <v>425.0</v>
       </c>
       <c r="J146" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K146" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L146" s="9">
-        <v>420</v>
+        <v>200</v>
       </c>
       <c r="M146" s="10" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="N146" s="9" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
       <c r="O146" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P146" s="5" t="s">
-        <v>554</v>
+        <v>57</v>
       </c>
       <c r="Q146" s="9" t="s">
-        <v>46</v>
+        <v>113</v>
       </c>
     </row>
     <row r="147" spans="1:17">
       <c r="A147" s="5">
         <v>141</v>
       </c>
       <c r="B147" s="8" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="C147" s="9" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>211</v>
+        <v>594</v>
       </c>
       <c r="E147" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F147" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G147" s="9">
-        <v>584</v>
+        <v>187</v>
       </c>
       <c r="H147" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I147" s="9">
-        <v>1495.0</v>
+        <v>550.0</v>
       </c>
       <c r="J147" s="9">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="K147" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L147" s="9">
-        <v>1500</v>
+        <v>420</v>
       </c>
       <c r="M147" s="10" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="N147" s="9" t="s">
-        <v>592</v>
+        <v>26</v>
       </c>
       <c r="O147" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P147" s="5" t="s">
-        <v>27</v>
+        <v>554</v>
       </c>
       <c r="Q147" s="9" t="s">
-        <v>330</v>
+        <v>46</v>
       </c>
     </row>
     <row r="148" spans="1:17">
       <c r="A148" s="5">
         <v>142</v>
       </c>
       <c r="B148" s="8" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="C148" s="9" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>251</v>
+        <v>211</v>
       </c>
       <c r="E148" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F148" s="9">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="G148" s="9">
-        <v>321</v>
+        <v>584</v>
       </c>
       <c r="H148" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I148" s="9">
-        <v>1895.0</v>
+        <v>1495.0</v>
       </c>
       <c r="J148" s="9">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="K148" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L148" s="9">
-        <v>750</v>
+        <v>1500</v>
       </c>
       <c r="M148" s="10" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="N148" s="9" t="s">
-        <v>26</v>
+        <v>597</v>
       </c>
       <c r="O148" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P148" s="5" t="s">
-        <v>252</v>
+        <v>27</v>
       </c>
       <c r="Q148" s="9" t="s">
-        <v>296</v>
+        <v>330</v>
       </c>
     </row>
     <row r="149" spans="1:17">
       <c r="A149" s="5">
         <v>143</v>
       </c>
       <c r="B149" s="8" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="C149" s="9" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>597</v>
+        <v>251</v>
       </c>
       <c r="E149" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F149" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G149" s="9">
-        <v>173</v>
+        <v>321</v>
       </c>
       <c r="H149" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I149" s="9">
-        <v>475.0</v>
+        <v>1895.0</v>
       </c>
       <c r="J149" s="9">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="K149" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L149" s="9">
-        <v>290</v>
+        <v>750</v>
       </c>
       <c r="M149" s="10" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="N149" s="9" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="O149" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P149" s="5" t="s">
-        <v>554</v>
+        <v>252</v>
       </c>
       <c r="Q149" s="9" t="s">
-        <v>356</v>
+        <v>296</v>
       </c>
     </row>
     <row r="150" spans="1:17">
       <c r="A150" s="5">
         <v>144</v>
       </c>
       <c r="B150" s="8" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C150" s="9" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="E150" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F150" s="9" t="s">
-        <v>55</v>
+      <c r="F150" s="9">
+        <v>2021</v>
       </c>
       <c r="G150" s="9">
-        <v>93</v>
+        <v>173</v>
       </c>
       <c r="H150" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I150" s="9">
-        <v>350.0</v>
+        <v>475.0</v>
       </c>
       <c r="J150" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K150" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L150" s="9">
-        <v>170</v>
+        <v>290</v>
       </c>
       <c r="M150" s="10" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="N150" s="9" t="s">
         <v>78</v>
       </c>
       <c r="O150" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P150" s="5" t="s">
-        <v>601</v>
+        <v>554</v>
       </c>
       <c r="Q150" s="9" t="s">
-        <v>229</v>
+        <v>356</v>
       </c>
     </row>
     <row r="151" spans="1:17">
       <c r="A151" s="5">
         <v>145</v>
       </c>
       <c r="B151" s="8" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C151" s="9" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D151" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="E151" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F151" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="G151" s="9">
+        <v>93</v>
+      </c>
+      <c r="H151" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I151" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J151" s="9">
+        <v>20</v>
+      </c>
+      <c r="K151" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L151" s="9">
+        <v>170</v>
+      </c>
+      <c r="M151" s="10" t="s">
         <v>604</v>
-      </c>
-[...25 lines deleted...]
-        <v>603</v>
       </c>
       <c r="N151" s="9" t="s">
         <v>78</v>
       </c>
       <c r="O151" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P151" s="5" t="s">
-        <v>79</v>
+        <v>606</v>
       </c>
       <c r="Q151" s="9" t="s">
-        <v>605</v>
+        <v>229</v>
       </c>
     </row>
     <row r="152" spans="1:17">
       <c r="A152" s="5">
         <v>146</v>
       </c>
       <c r="B152" s="8" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C152" s="9" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D152" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="E152" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F152" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G152" s="9">
+        <v>513</v>
+      </c>
+      <c r="H152" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I152" s="9">
+        <v>1750.0</v>
+      </c>
+      <c r="J152" s="9">
+        <v>85</v>
+      </c>
+      <c r="K152" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L152" s="9">
+        <v>1150</v>
+      </c>
+      <c r="M152" s="10" t="s">
         <v>608</v>
       </c>
-      <c r="E152" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N152" s="9" t="s">
-        <v>416</v>
+        <v>78</v>
       </c>
       <c r="O152" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P152" s="5" t="s">
         <v>79</v>
       </c>
       <c r="Q152" s="9" t="s">
-        <v>137</v>
+        <v>610</v>
       </c>
     </row>
     <row r="153" spans="1:17">
       <c r="A153" s="5">
         <v>147</v>
       </c>
       <c r="B153" s="8" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C153" s="9" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="E153" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F153" s="9">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="G153" s="9">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="H153" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I153" s="9">
-        <v>425.0</v>
+        <v>450.0</v>
       </c>
       <c r="J153" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K153" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L153" s="9">
-        <v>300</v>
+        <v>260</v>
       </c>
       <c r="M153" s="10" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="N153" s="9" t="s">
-        <v>612</v>
+        <v>416</v>
       </c>
       <c r="O153" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P153" s="5" t="s">
-        <v>93</v>
+        <v>79</v>
       </c>
       <c r="Q153" s="9" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
     </row>
     <row r="154" spans="1:17">
       <c r="A154" s="5">
         <v>148</v>
       </c>
       <c r="B154" s="8" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C154" s="9" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D154" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="E154" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F154" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G154" s="9">
+        <v>173</v>
+      </c>
+      <c r="H154" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I154" s="9">
+        <v>425.0</v>
+      </c>
+      <c r="J154" s="9">
+        <v>30</v>
+      </c>
+      <c r="K154" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L154" s="9">
+        <v>300</v>
+      </c>
+      <c r="M154" s="10" t="s">
         <v>615</v>
       </c>
-      <c r="E154" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N154" s="9" t="s">
-        <v>78</v>
+        <v>617</v>
       </c>
       <c r="O154" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P154" s="5" t="s">
-        <v>270</v>
+        <v>93</v>
       </c>
       <c r="Q154" s="9" t="s">
-        <v>330</v>
+        <v>133</v>
       </c>
     </row>
     <row r="155" spans="1:17">
       <c r="A155" s="5">
         <v>149</v>
       </c>
       <c r="B155" s="8" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C155" s="9" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="E155" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F155" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G155" s="9">
-        <v>269</v>
+        <v>711</v>
       </c>
       <c r="H155" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I155" s="9">
-        <v>795.0</v>
+        <v>2000.0</v>
       </c>
       <c r="J155" s="9">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="K155" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L155" s="9">
-        <v>425</v>
+        <v>1500</v>
       </c>
       <c r="M155" s="10" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="N155" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O155" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P155" s="5" t="s">
-        <v>478</v>
+        <v>270</v>
       </c>
       <c r="Q155" s="9" t="s">
-        <v>619</v>
+        <v>330</v>
       </c>
     </row>
     <row r="156" spans="1:17">
       <c r="A156" s="5">
         <v>150</v>
       </c>
       <c r="B156" s="8" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C156" s="9" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>264</v>
+        <v>623</v>
       </c>
       <c r="E156" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F156" s="9">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="G156" s="9">
-        <v>177</v>
+        <v>269</v>
       </c>
       <c r="H156" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I156" s="9">
-        <v>595.0</v>
+        <v>795.0</v>
       </c>
       <c r="J156" s="9">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="K156" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L156" s="9">
-        <v>300</v>
+        <v>425</v>
       </c>
       <c r="M156" s="10" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="N156" s="9" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="O156" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P156" s="5" t="s">
-        <v>265</v>
+        <v>478</v>
       </c>
       <c r="Q156" s="9" t="s">
-        <v>51</v>
+        <v>624</v>
       </c>
     </row>
     <row r="157" spans="1:17">
       <c r="A157" s="5">
         <v>151</v>
       </c>
       <c r="B157" s="8" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="C157" s="9" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>341</v>
+        <v>264</v>
       </c>
       <c r="E157" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F157" s="9">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="G157" s="9">
-        <v>106</v>
+        <v>177</v>
       </c>
       <c r="H157" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I157" s="9">
-        <v>350.0</v>
+        <v>595.0</v>
       </c>
       <c r="J157" s="9">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K157" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L157" s="9">
-        <v>160</v>
+        <v>300</v>
       </c>
       <c r="M157" s="10" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="N157" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O157" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P157" s="5" t="s">
-        <v>252</v>
+        <v>265</v>
       </c>
       <c r="Q157" s="9" t="s">
-        <v>94</v>
+        <v>51</v>
       </c>
     </row>
     <row r="158" spans="1:17">
       <c r="A158" s="5">
         <v>152</v>
       </c>
       <c r="B158" s="8" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="C158" s="9" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>255</v>
+        <v>341</v>
       </c>
       <c r="E158" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F158" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G158" s="9">
-        <v>436</v>
+        <v>106</v>
       </c>
       <c r="H158" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I158" s="9">
-        <v>2195.0</v>
+        <v>350.0</v>
       </c>
       <c r="J158" s="9">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="K158" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L158" s="9">
-        <v>900</v>
+        <v>160</v>
       </c>
       <c r="M158" s="10" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="N158" s="9" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="O158" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P158" s="5" t="s">
-        <v>626</v>
+        <v>252</v>
       </c>
       <c r="Q158" s="9" t="s">
-        <v>117</v>
+        <v>94</v>
       </c>
     </row>
     <row r="159" spans="1:17">
       <c r="A159" s="5">
         <v>153</v>
       </c>
       <c r="B159" s="8" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C159" s="9" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>629</v>
+        <v>255</v>
       </c>
       <c r="E159" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F159" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G159" s="9">
+        <v>436</v>
+      </c>
+      <c r="H159" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I159" s="9">
+        <v>2195.0</v>
+      </c>
+      <c r="J159" s="9">
+        <v>100</v>
+      </c>
+      <c r="K159" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L159" s="9">
+        <v>900</v>
+      </c>
+      <c r="M159" s="10" t="s">
         <v>630</v>
-      </c>
-[...22 lines deleted...]
-        <v>628</v>
       </c>
       <c r="N159" s="9" t="s">
         <v>78</v>
       </c>
       <c r="O159" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P159" s="5" t="s">
         <v>631</v>
       </c>
       <c r="Q159" s="9" t="s">
-        <v>632</v>
+        <v>117</v>
       </c>
     </row>
     <row r="160" spans="1:17">
       <c r="A160" s="5">
         <v>154</v>
       </c>
       <c r="B160" s="8" t="s">
+        <v>632</v>
+      </c>
+      <c r="C160" s="9" t="s">
         <v>633</v>
       </c>
-      <c r="C160" s="9" t="s">
+      <c r="D160" s="5" t="s">
         <v>634</v>
       </c>
-      <c r="D160" s="5" t="s">
+      <c r="E160" s="9" t="s">
         <v>635</v>
       </c>
-      <c r="E160" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F160" s="9">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="G160" s="9">
-        <v>275</v>
+        <v>222</v>
       </c>
       <c r="H160" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I160" s="9">
-        <v>950.0</v>
+        <v>1250.0</v>
       </c>
       <c r="J160" s="9">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="K160" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L160" s="9">
-        <v>470</v>
+        <v>600</v>
       </c>
       <c r="M160" s="10" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="N160" s="9" t="s">
-        <v>131</v>
+        <v>78</v>
       </c>
       <c r="O160" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P160" s="5" t="s">
         <v>636</v>
       </c>
       <c r="Q160" s="9" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="161" spans="1:17">
       <c r="A161" s="5">
         <v>155</v>
       </c>
       <c r="B161" s="8" t="s">
         <v>638</v>
       </c>
       <c r="C161" s="9" t="s">
         <v>639</v>
       </c>
       <c r="D161" s="5" t="s">
         <v>640</v>
       </c>
       <c r="E161" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F161" s="9">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="G161" s="9">
-        <v>480</v>
+        <v>275</v>
       </c>
       <c r="H161" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I161" s="9">
-        <v>895.0</v>
+        <v>950.0</v>
       </c>
       <c r="J161" s="9">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="K161" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L161" s="9">
-        <v>575</v>
+        <v>470</v>
       </c>
       <c r="M161" s="10" t="s">
         <v>639</v>
       </c>
       <c r="N161" s="9" t="s">
-        <v>26</v>
+        <v>131</v>
       </c>
       <c r="O161" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P161" s="5" t="s">
-        <v>568</v>
+        <v>641</v>
       </c>
       <c r="Q161" s="9" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="162" spans="1:17">
       <c r="A162" s="5">
         <v>156</v>
       </c>
       <c r="B162" s="8" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C162" s="9" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="E162" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F162" s="9">
-        <v>2026</v>
+        <v>2023</v>
       </c>
       <c r="G162" s="9">
-        <v>431</v>
+        <v>480</v>
       </c>
       <c r="H162" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I162" s="9">
-        <v>995.0</v>
+        <v>895.0</v>
       </c>
       <c r="J162" s="9">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="K162" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L162" s="9">
-        <v>760</v>
+        <v>575</v>
       </c>
       <c r="M162" s="10" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="N162" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O162" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P162" s="5" t="s">
         <v>568</v>
       </c>
       <c r="Q162" s="9" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
     </row>
     <row r="163" spans="1:17">
       <c r="A163" s="5">
         <v>157</v>
       </c>
       <c r="B163" s="8" t="s">
+        <v>647</v>
+      </c>
+      <c r="C163" s="9" t="s">
+        <v>648</v>
+      </c>
+      <c r="D163" s="5" t="s">
         <v>645</v>
       </c>
-      <c r="C163" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E163" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F163" s="9">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="G163" s="9">
-        <v>253</v>
+        <v>431</v>
       </c>
       <c r="H163" s="9" t="s">
-        <v>24</v>
+        <v>649</v>
       </c>
       <c r="I163" s="9">
-        <v>525.0</v>
+        <v>995.0</v>
       </c>
       <c r="J163" s="9">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K163" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L163" s="9">
-        <v>320</v>
+        <v>760</v>
       </c>
       <c r="M163" s="10" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="N163" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O163" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P163" s="5" t="s">
-        <v>57</v>
+        <v>568</v>
       </c>
       <c r="Q163" s="9" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
     </row>
     <row r="164" spans="1:17">
       <c r="A164" s="5">
         <v>158</v>
       </c>
       <c r="B164" s="8" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C164" s="9" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>255</v>
+        <v>653</v>
       </c>
       <c r="E164" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F164" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G164" s="9">
-        <v>289</v>
+        <v>253</v>
       </c>
       <c r="H164" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I164" s="9">
-        <v>1200.0</v>
+        <v>525.0</v>
       </c>
       <c r="J164" s="9">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="K164" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L164" s="9">
-        <v>660</v>
+        <v>320</v>
       </c>
       <c r="M164" s="10" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="N164" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O164" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P164" s="5" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="Q164" s="9" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
     </row>
     <row r="165" spans="1:17">
       <c r="A165" s="5">
         <v>159</v>
       </c>
       <c r="B165" s="8" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C165" s="9" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D165" s="5" t="s">
         <v>255</v>
       </c>
       <c r="E165" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F165" s="9">
         <v>2025</v>
       </c>
       <c r="G165" s="9">
-        <v>205</v>
+        <v>289</v>
       </c>
       <c r="H165" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I165" s="9">
-        <v>895.0</v>
+        <v>1200.0</v>
       </c>
       <c r="J165" s="9">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="K165" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L165" s="9">
-        <v>480</v>
+        <v>660</v>
       </c>
       <c r="M165" s="10" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="N165" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O165" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P165" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q165" s="9" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
     </row>
     <row r="166" spans="1:17">
       <c r="A166" s="5">
         <v>160</v>
       </c>
       <c r="B166" s="8" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="C166" s="9" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="D166" s="5" t="s">
         <v>255</v>
       </c>
       <c r="E166" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F166" s="9">
         <v>2025</v>
       </c>
       <c r="G166" s="9">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H166" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I166" s="9">
         <v>895.0</v>
       </c>
       <c r="J166" s="9">
         <v>40</v>
       </c>
       <c r="K166" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L166" s="9">
         <v>480</v>
       </c>
       <c r="M166" s="10" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="N166" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O166" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P166" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q166" s="9" t="s">
-        <v>560</v>
+        <v>660</v>
       </c>
     </row>
     <row r="167" spans="1:17">
       <c r="A167" s="5">
         <v>161</v>
       </c>
       <c r="B167" s="8" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="C167" s="9" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="D167" s="5" t="s">
         <v>255</v>
       </c>
       <c r="E167" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F167" s="9">
         <v>2025</v>
       </c>
       <c r="G167" s="9">
-        <v>220</v>
+        <v>204</v>
       </c>
       <c r="H167" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I167" s="9">
-        <v>945.0</v>
+        <v>895.0</v>
       </c>
       <c r="J167" s="9">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="K167" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L167" s="9">
-        <v>520</v>
+        <v>480</v>
       </c>
       <c r="M167" s="10" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="N167" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O167" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P167" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q167" s="9" t="s">
-        <v>659</v>
+        <v>560</v>
       </c>
     </row>
     <row r="168" spans="1:17">
       <c r="A168" s="5">
         <v>162</v>
       </c>
       <c r="B168" s="8" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="C168" s="9" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="D168" s="5" t="s">
         <v>255</v>
       </c>
       <c r="E168" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F168" s="9">
         <v>2025</v>
       </c>
       <c r="G168" s="9">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="H168" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I168" s="9">
-        <v>845.0</v>
+        <v>945.0</v>
       </c>
       <c r="J168" s="9">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="K168" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L168" s="9">
-        <v>580</v>
+        <v>520</v>
       </c>
       <c r="M168" s="10" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="N168" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O168" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P168" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q168" s="9" t="s">
-        <v>150</v>
+        <v>665</v>
       </c>
     </row>
     <row r="169" spans="1:17">
       <c r="A169" s="5">
         <v>163</v>
       </c>
       <c r="B169" s="8" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="C169" s="9" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="D169" s="5" t="s">
         <v>255</v>
       </c>
       <c r="E169" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F169" s="9">
         <v>2025</v>
       </c>
       <c r="G169" s="9">
-        <v>257</v>
+        <v>210</v>
       </c>
       <c r="H169" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I169" s="9">
-        <v>900.0</v>
+        <v>845.0</v>
       </c>
       <c r="J169" s="9">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="K169" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L169" s="9">
-        <v>600</v>
+        <v>580</v>
       </c>
       <c r="M169" s="10" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="N169" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O169" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P169" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q169" s="9" t="s">
-        <v>547</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:17">
       <c r="A170" s="5">
         <v>164</v>
       </c>
       <c r="B170" s="8" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="C170" s="9" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>666</v>
+        <v>255</v>
       </c>
       <c r="E170" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F170" s="9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="G170" s="9">
-        <v>293</v>
+        <v>257</v>
       </c>
       <c r="H170" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I170" s="9">
-        <v>1350.0</v>
+        <v>900.0</v>
       </c>
       <c r="J170" s="9">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="K170" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L170" s="9">
-        <v>800</v>
+        <v>600</v>
       </c>
       <c r="M170" s="10" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="N170" s="9" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="O170" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P170" s="5" t="s">
-        <v>203</v>
+        <v>27</v>
       </c>
       <c r="Q170" s="9" t="s">
-        <v>667</v>
+        <v>547</v>
       </c>
     </row>
     <row r="171" spans="1:17">
       <c r="A171" s="5">
         <v>165</v>
       </c>
       <c r="B171" s="8" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C171" s="9" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="E171" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F171" s="9">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="G171" s="9">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="H171" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I171" s="9">
-        <v>950.0</v>
+        <v>1350.0</v>
       </c>
       <c r="J171" s="9">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="K171" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L171" s="9">
-        <v>450</v>
+        <v>800</v>
       </c>
       <c r="M171" s="10" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="N171" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O171" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P171" s="5" t="s">
-        <v>671</v>
+        <v>203</v>
       </c>
       <c r="Q171" s="9" t="s">
-        <v>127</v>
+        <v>673</v>
       </c>
     </row>
     <row r="172" spans="1:17">
       <c r="A172" s="5">
         <v>166</v>
       </c>
       <c r="B172" s="8" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C172" s="9" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>255</v>
+        <v>676</v>
       </c>
       <c r="E172" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F172" s="9">
         <v>2023</v>
       </c>
       <c r="G172" s="9">
-        <v>469</v>
+        <v>275</v>
       </c>
       <c r="H172" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I172" s="9">
-        <v>1595.0</v>
+        <v>950.0</v>
       </c>
       <c r="J172" s="9">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="K172" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L172" s="9">
-        <v>1000</v>
+        <v>450</v>
       </c>
       <c r="M172" s="10" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="N172" s="9" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="O172" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P172" s="5" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="Q172" s="9" t="s">
-        <v>605</v>
+        <v>127</v>
       </c>
     </row>
     <row r="173" spans="1:17">
       <c r="A173" s="5">
         <v>167</v>
       </c>
       <c r="B173" s="8" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="C173" s="9" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>677</v>
+        <v>255</v>
       </c>
       <c r="E173" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F173" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G173" s="9">
-        <v>89</v>
+        <v>469</v>
       </c>
       <c r="H173" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I173" s="9">
-        <v>275.0</v>
+        <v>1595.0</v>
       </c>
       <c r="J173" s="9">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="K173" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L173" s="9">
-        <v>150</v>
+        <v>1000</v>
       </c>
       <c r="M173" s="10" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="N173" s="9" t="s">
         <v>78</v>
       </c>
       <c r="O173" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P173" s="5" t="s">
-        <v>62</v>
+        <v>680</v>
       </c>
       <c r="Q173" s="9" t="s">
-        <v>678</v>
+        <v>610</v>
       </c>
     </row>
     <row r="174" spans="1:17">
       <c r="A174" s="5">
         <v>168</v>
       </c>
       <c r="B174" s="8" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C174" s="9" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="E174" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F174" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G174" s="9">
-        <v>51</v>
+        <v>89</v>
       </c>
       <c r="H174" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I174" s="9">
-        <v>195.0</v>
+        <v>275.0</v>
       </c>
       <c r="J174" s="9">
         <v>15</v>
       </c>
       <c r="K174" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L174" s="9">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="M174" s="10" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="N174" s="9" t="s">
-        <v>148</v>
+        <v>78</v>
       </c>
       <c r="O174" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P174" s="5" t="s">
-        <v>682</v>
+        <v>62</v>
       </c>
       <c r="Q174" s="9" t="s">
-        <v>41</v>
+        <v>684</v>
       </c>
     </row>
     <row r="175" spans="1:17">
       <c r="A175" s="5">
         <v>169</v>
       </c>
       <c r="B175" s="8" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="C175" s="9" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="E175" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F175" s="9">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G175" s="9">
-        <v>195</v>
+        <v>51</v>
       </c>
       <c r="H175" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I175" s="9">
-        <v>450.0</v>
+        <v>195.0</v>
       </c>
       <c r="J175" s="9">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="K175" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L175" s="9">
-        <v>275</v>
+        <v>100</v>
       </c>
       <c r="M175" s="10" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="N175" s="9" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
       <c r="O175" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P175" s="5" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="Q175" s="9" t="s">
-        <v>356</v>
+        <v>41</v>
       </c>
     </row>
     <row r="176" spans="1:17">
       <c r="A176" s="5">
         <v>170</v>
       </c>
       <c r="B176" s="8" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C176" s="9" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="E176" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F176" s="9">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="G176" s="9">
-        <v>110</v>
+        <v>195</v>
       </c>
       <c r="H176" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I176" s="9">
         <v>450.0</v>
       </c>
       <c r="J176" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K176" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L176" s="9">
-        <v>200</v>
+        <v>275</v>
       </c>
       <c r="M176" s="10" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="N176" s="9" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
       <c r="O176" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P176" s="5" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="Q176" s="9" t="s">
-        <v>94</v>
+        <v>356</v>
       </c>
     </row>
     <row r="177" spans="1:17">
       <c r="A177" s="5">
         <v>171</v>
       </c>
       <c r="B177" s="8" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="C177" s="9" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="E177" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F177" s="9">
         <v>2025</v>
       </c>
       <c r="G177" s="9">
-        <v>274</v>
+        <v>110</v>
       </c>
       <c r="H177" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I177" s="9">
-        <v>995.0</v>
+        <v>450.0</v>
       </c>
       <c r="J177" s="9">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="K177" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L177" s="9">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="M177" s="10" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N177" s="9" t="s">
         <v>148</v>
       </c>
       <c r="O177" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P177" s="5" t="s">
-        <v>252</v>
+        <v>696</v>
       </c>
       <c r="Q177" s="9" t="s">
-        <v>694</v>
+        <v>94</v>
       </c>
     </row>
     <row r="178" spans="1:17">
       <c r="A178" s="5">
         <v>172</v>
       </c>
       <c r="B178" s="8" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="C178" s="9" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="E178" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F178" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G178" s="9">
-        <v>100</v>
+        <v>274</v>
       </c>
       <c r="H178" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I178" s="9">
-        <v>350.0</v>
+        <v>995.0</v>
       </c>
       <c r="J178" s="9">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K178" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L178" s="9">
-        <v>150</v>
+        <v>500</v>
       </c>
       <c r="M178" s="10" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="N178" s="9" t="s">
         <v>148</v>
       </c>
       <c r="O178" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P178" s="5" t="s">
-        <v>698</v>
+        <v>252</v>
       </c>
       <c r="Q178" s="9" t="s">
-        <v>51</v>
+        <v>700</v>
       </c>
     </row>
     <row r="179" spans="1:17">
       <c r="A179" s="5">
         <v>173</v>
       </c>
       <c r="B179" s="8" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C179" s="9" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="E179" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F179" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G179" s="9">
+        <v>100</v>
+      </c>
+      <c r="H179" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I179" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J179" s="9">
+        <v>20</v>
+      </c>
+      <c r="K179" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L179" s="9">
+        <v>150</v>
+      </c>
+      <c r="M179" s="10" t="s">
+        <v>702</v>
+      </c>
+      <c r="N179" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="O179" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P179" s="5" t="s">
+        <v>704</v>
+      </c>
+      <c r="Q179" s="9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="180" spans="1:17">
+      <c r="A180" s="5">
+        <v>174</v>
+      </c>
+      <c r="B180" s="8" t="s">
+        <v>705</v>
+      </c>
+      <c r="C180" s="9" t="s">
+        <v>706</v>
+      </c>
+      <c r="D180" s="5" t="s">
+        <v>707</v>
+      </c>
+      <c r="E180" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F180" s="9">
         <v>2019</v>
       </c>
-      <c r="G179" s="9">
+      <c r="G180" s="9">
         <v>210</v>
       </c>
-      <c r="H179" s="9" t="s">
-[...2 lines deleted...]
-      <c r="I179" s="9">
+      <c r="H180" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I180" s="9">
         <v>650.0</v>
       </c>
-      <c r="J179" s="9">
+      <c r="J180" s="9">
         <v>30</v>
       </c>
-      <c r="K179" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L179" s="9">
+      <c r="K180" s="9" t="s">
+        <v>708</v>
+      </c>
+      <c r="L180" s="9">
         <v>500</v>
       </c>
-      <c r="M179" s="10" t="s">
-[...2 lines deleted...]
-      <c r="N179" s="9" t="s">
+      <c r="M180" s="10" t="s">
+        <v>706</v>
+      </c>
+      <c r="N180" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="O179" s="9" t="s">
-[...5 lines deleted...]
-      <c r="Q179" s="9" t="s">
+      <c r="O180" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P180" s="5" t="s">
+        <v>709</v>
+      </c>
+      <c r="Q180" s="9" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="180" spans="1:17">
-[...7 lines deleted...]
-    </row>
     <row r="181" spans="1:17">
-      <c r="A181" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H181" s="12"/>
+      <c r="B181" s="13"/>
+      <c r="C181" s="13"/>
+      <c r="D181" s="13"/>
+      <c r="E181" s="13"/>
+      <c r="F181" s="13"/>
+      <c r="G181" s="13"/>
+      <c r="H181" s="13"/>
     </row>
     <row r="182" spans="1:17">
       <c r="A182" s="12" t="s">
-        <v>705</v>
-[...7 lines deleted...]
-      <c r="H182" s="11"/>
+        <v>710</v>
+      </c>
+      <c r="B182" s="12"/>
+      <c r="C182" s="12"/>
+      <c r="D182" s="12"/>
+      <c r="E182" s="12"/>
+      <c r="F182" s="12"/>
+      <c r="G182" s="12"/>
+      <c r="H182" s="12"/>
     </row>
     <row r="183" spans="1:17">
-      <c r="A183" s="11" t="s">
-        <v>706</v>
+      <c r="A183" s="12" t="s">
+        <v>711</v>
       </c>
       <c r="B183" s="11"/>
       <c r="C183" s="11"/>
       <c r="D183" s="11"/>
       <c r="E183" s="11"/>
       <c r="F183" s="11"/>
       <c r="G183" s="11"/>
       <c r="H183" s="11"/>
     </row>
     <row r="184" spans="1:17">
       <c r="A184" s="11" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="B184" s="11"/>
       <c r="C184" s="11"/>
       <c r="D184" s="11"/>
       <c r="E184" s="11"/>
       <c r="F184" s="11"/>
       <c r="G184" s="11"/>
       <c r="H184" s="11"/>
     </row>
     <row r="185" spans="1:17">
-      <c r="A185" s="12" t="s">
-        <v>708</v>
+      <c r="A185" s="11" t="s">
+        <v>713</v>
       </c>
       <c r="B185" s="11"/>
       <c r="C185" s="11"/>
       <c r="D185" s="11"/>
       <c r="E185" s="11"/>
       <c r="F185" s="11"/>
       <c r="G185" s="11"/>
       <c r="H185" s="11"/>
     </row>
     <row r="186" spans="1:17">
       <c r="A186" s="12" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="B186" s="11"/>
       <c r="C186" s="11"/>
       <c r="D186" s="11"/>
       <c r="E186" s="11"/>
       <c r="F186" s="11"/>
       <c r="G186" s="11"/>
       <c r="H186" s="11"/>
     </row>
     <row r="187" spans="1:17">
       <c r="A187" s="12" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="B187" s="11"/>
       <c r="C187" s="11"/>
       <c r="D187" s="11"/>
       <c r="E187" s="11"/>
       <c r="F187" s="11"/>
       <c r="G187" s="11"/>
       <c r="H187" s="11"/>
     </row>
     <row r="188" spans="1:17">
       <c r="A188" s="12" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="B188" s="11"/>
       <c r="C188" s="11"/>
       <c r="D188" s="11"/>
       <c r="E188" s="11"/>
       <c r="F188" s="11"/>
       <c r="G188" s="11"/>
       <c r="H188" s="11"/>
     </row>
     <row r="189" spans="1:17">
       <c r="A189" s="12" t="s">
-        <v>712</v>
-[...7 lines deleted...]
-      <c r="H189" s="12"/>
+        <v>717</v>
+      </c>
+      <c r="B189" s="11"/>
+      <c r="C189" s="11"/>
+      <c r="D189" s="11"/>
+      <c r="E189" s="11"/>
+      <c r="F189" s="11"/>
+      <c r="G189" s="11"/>
+      <c r="H189" s="11"/>
     </row>
     <row r="190" spans="1:17">
-      <c r="A190" s="11" t="s">
-[...8 lines deleted...]
-      <c r="H190" s="11"/>
+      <c r="A190" s="12" t="s">
+        <v>718</v>
+      </c>
+      <c r="B190" s="12"/>
+      <c r="C190" s="12"/>
+      <c r="D190" s="12"/>
+      <c r="E190" s="12"/>
+      <c r="F190" s="12"/>
+      <c r="G190" s="12"/>
+      <c r="H190" s="12"/>
     </row>
     <row r="191" spans="1:17">
-      <c r="A191" s="12" t="s">
-        <v>714</v>
+      <c r="A191" s="11" t="s">
+        <v>719</v>
       </c>
       <c r="B191" s="11"/>
       <c r="C191" s="11"/>
       <c r="D191" s="11"/>
       <c r="E191" s="11"/>
       <c r="F191" s="11"/>
       <c r="G191" s="11"/>
       <c r="H191" s="11"/>
     </row>
     <row r="192" spans="1:17">
       <c r="A192" s="12" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="B192" s="11"/>
       <c r="C192" s="11"/>
       <c r="D192" s="11"/>
       <c r="E192" s="11"/>
       <c r="F192" s="11"/>
       <c r="G192" s="11"/>
       <c r="H192" s="11"/>
     </row>
     <row r="193" spans="1:17">
       <c r="A193" s="12" t="s">
-        <v>716</v>
-[...7 lines deleted...]
-      <c r="H193" s="12"/>
+        <v>721</v>
+      </c>
+      <c r="B193" s="11"/>
+      <c r="C193" s="11"/>
+      <c r="D193" s="11"/>
+      <c r="E193" s="11"/>
+      <c r="F193" s="11"/>
+      <c r="G193" s="11"/>
+      <c r="H193" s="11"/>
     </row>
     <row r="194" spans="1:17">
-      <c r="A194" s="11" t="s">
-[...8 lines deleted...]
-      <c r="H194" s="11"/>
+      <c r="A194" s="12" t="s">
+        <v>722</v>
+      </c>
+      <c r="B194" s="12"/>
+      <c r="C194" s="12"/>
+      <c r="D194" s="12"/>
+      <c r="E194" s="12"/>
+      <c r="F194" s="12"/>
+      <c r="G194" s="12"/>
+      <c r="H194" s="12"/>
     </row>
     <row r="195" spans="1:17">
       <c r="A195" s="11" t="s">
-        <v>717</v>
+        <v>0</v>
       </c>
       <c r="B195" s="11"/>
       <c r="C195" s="11"/>
       <c r="D195" s="11"/>
       <c r="E195" s="11"/>
       <c r="F195" s="11"/>
       <c r="G195" s="11"/>
       <c r="H195" s="11"/>
     </row>
     <row r="196" spans="1:17">
       <c r="A196" s="11" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="B196" s="11"/>
       <c r="C196" s="11"/>
       <c r="D196" s="11"/>
       <c r="E196" s="11"/>
       <c r="F196" s="11"/>
       <c r="G196" s="11"/>
       <c r="H196" s="11"/>
     </row>
     <row r="197" spans="1:17">
       <c r="A197" s="11" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="B197" s="11"/>
       <c r="C197" s="11"/>
       <c r="D197" s="11"/>
       <c r="E197" s="11"/>
       <c r="F197" s="11"/>
       <c r="G197" s="11"/>
       <c r="H197" s="11"/>
     </row>
     <row r="198" spans="1:17">
-      <c r="A198" s="12" t="s">
-        <v>720</v>
+      <c r="A198" s="11" t="s">
+        <v>725</v>
       </c>
       <c r="B198" s="11"/>
       <c r="C198" s="11"/>
       <c r="D198" s="11"/>
       <c r="E198" s="11"/>
       <c r="F198" s="11"/>
       <c r="G198" s="11"/>
       <c r="H198" s="11"/>
     </row>
     <row r="199" spans="1:17">
       <c r="A199" s="12" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="B199" s="11"/>
       <c r="C199" s="11"/>
       <c r="D199" s="11"/>
       <c r="E199" s="11"/>
       <c r="F199" s="11"/>
       <c r="G199" s="11"/>
       <c r="H199" s="11"/>
     </row>
+    <row r="200" spans="1:17">
+      <c r="A200" s="12" t="s">
+        <v>727</v>
+      </c>
+      <c r="B200" s="11"/>
+      <c r="C200" s="11"/>
+      <c r="D200" s="11"/>
+      <c r="E200" s="11"/>
+      <c r="F200" s="11"/>
+      <c r="G200" s="11"/>
+      <c r="H200" s="11"/>
+    </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
-    <mergeCell ref="A181:H181"/>
     <mergeCell ref="A182:H182"/>
     <mergeCell ref="A183:H183"/>
     <mergeCell ref="A184:H184"/>
     <mergeCell ref="A185:H185"/>
     <mergeCell ref="A186:H186"/>
     <mergeCell ref="A187:H187"/>
     <mergeCell ref="A188:H188"/>
     <mergeCell ref="A189:H189"/>
     <mergeCell ref="A190:H190"/>
     <mergeCell ref="A191:H191"/>
     <mergeCell ref="A192:H192"/>
     <mergeCell ref="A193:H193"/>
     <mergeCell ref="A194:H194"/>
     <mergeCell ref="A195:H195"/>
     <mergeCell ref="A196:H196"/>
     <mergeCell ref="A197:H197"/>
     <mergeCell ref="A198:H198"/>
     <mergeCell ref="A199:H199"/>
+    <mergeCell ref="A200:H200"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_16"/>
     <hyperlink ref="M14" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_18"/>
     <hyperlink ref="M15" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_20"/>
     <hyperlink ref="M16" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_22"/>
     <hyperlink ref="M17" r:id="rId_hyperlink_23"/>
@@ -12539,50 +12610,52 @@
     <hyperlink ref="M167" r:id="rId_hyperlink_323"/>
     <hyperlink ref="B168" r:id="rId_hyperlink_324"/>
     <hyperlink ref="M168" r:id="rId_hyperlink_325"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_326"/>
     <hyperlink ref="M169" r:id="rId_hyperlink_327"/>
     <hyperlink ref="B170" r:id="rId_hyperlink_328"/>
     <hyperlink ref="M170" r:id="rId_hyperlink_329"/>
     <hyperlink ref="B171" r:id="rId_hyperlink_330"/>
     <hyperlink ref="M171" r:id="rId_hyperlink_331"/>
     <hyperlink ref="B172" r:id="rId_hyperlink_332"/>
     <hyperlink ref="M172" r:id="rId_hyperlink_333"/>
     <hyperlink ref="B173" r:id="rId_hyperlink_334"/>
     <hyperlink ref="M173" r:id="rId_hyperlink_335"/>
     <hyperlink ref="B174" r:id="rId_hyperlink_336"/>
     <hyperlink ref="M174" r:id="rId_hyperlink_337"/>
     <hyperlink ref="B175" r:id="rId_hyperlink_338"/>
     <hyperlink ref="M175" r:id="rId_hyperlink_339"/>
     <hyperlink ref="B176" r:id="rId_hyperlink_340"/>
     <hyperlink ref="M176" r:id="rId_hyperlink_341"/>
     <hyperlink ref="B177" r:id="rId_hyperlink_342"/>
     <hyperlink ref="M177" r:id="rId_hyperlink_343"/>
     <hyperlink ref="B178" r:id="rId_hyperlink_344"/>
     <hyperlink ref="M178" r:id="rId_hyperlink_345"/>
     <hyperlink ref="B179" r:id="rId_hyperlink_346"/>
     <hyperlink ref="M179" r:id="rId_hyperlink_347"/>
+    <hyperlink ref="B180" r:id="rId_hyperlink_348"/>
+    <hyperlink ref="M180" r:id="rId_hyperlink_349"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>