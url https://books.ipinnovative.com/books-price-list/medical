--- v4 (2026-03-02)
+++ v5 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="728">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="734">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
     <t>Medical BOOKS PRICE / CATALOGUE For Year - 2026</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
@@ -584,50 +584,59 @@
   <si>
     <t>24x18.5x2</t>
   </si>
   <si>
     <t>Competency Based Human Anatomy: Volume II</t>
   </si>
   <si>
     <t>978-93-91208-29-5</t>
   </si>
   <si>
     <t>Competency Based Human Anatomy: Volume III</t>
   </si>
   <si>
     <t>978-93-91208-30-1</t>
   </si>
   <si>
     <t>Competency Based Human Physiology</t>
   </si>
   <si>
     <t>978-93-48565-44-0</t>
   </si>
   <si>
     <t>28x21.5x2.9</t>
   </si>
   <si>
+    <t>Competency Based Practical Manual in Medical Microbiology for MBBS Students</t>
+  </si>
+  <si>
+    <t>978-93-48565-75-4</t>
+  </si>
+  <si>
+    <t>Dr. M. Anuradha</t>
+  </si>
+  <si>
     <t>Comprehensive Exploration of Mental Health in India</t>
   </si>
   <si>
     <t>978-93-48565-92-1</t>
   </si>
   <si>
     <t>Editor: Dr. Purushottam Giri, Co-Editor: Dr. Swati Shikha</t>
   </si>
   <si>
     <t>Psychiatry</t>
   </si>
   <si>
     <t>22x15.5x0.9</t>
   </si>
   <si>
     <t>Comprehensive Manual of Resuscitation</t>
   </si>
   <si>
     <t>978-93-91208-03-5</t>
   </si>
   <si>
     <t>Dr. Anil Kumar</t>
   </si>
   <si>
     <t>Anaesthesia, Critical Care Medicine, Emergency Medicine, Pulmonology</t>
@@ -917,50 +926,62 @@
   <si>
     <t>28x21x1.4</t>
   </si>
   <si>
     <t>Essential Guide of Anaesthesia - For Anaesthesia Technicians and Residents (Volume 2)</t>
   </si>
   <si>
     <t>978-81-19613-78-6</t>
   </si>
   <si>
     <t>28x21x2</t>
   </si>
   <si>
     <t>Essentials of Geriatrics</t>
   </si>
   <si>
     <t>978-93-48565-98-3</t>
   </si>
   <si>
     <t>Editor: Dr. Purushottam Giri, Co-Editor: Dr. Vikas Kshirsagar, Dr. Bharti Koria</t>
   </si>
   <si>
     <t>Geriatrics Medicine</t>
   </si>
   <si>
+    <t>Essentials of Medical Microbiology for BMLT (2nd Edition)</t>
+  </si>
+  <si>
+    <t>978-93-48565-02-0</t>
+  </si>
+  <si>
+    <t>Dr. Rajesh Bareja, Dr. Sumedha</t>
+  </si>
+  <si>
+    <t>24x18.5x3.5</t>
+  </si>
+  <si>
     <t>Evidence Based Treatment Protocol (Evidence Based Education System)</t>
   </si>
   <si>
     <t>978-93-91208-53-0</t>
   </si>
   <si>
     <t>Dr. Nirali Chauhan, Dr. Dipika Baria</t>
   </si>
   <si>
     <t>Reference/Textbook</t>
   </si>
   <si>
     <t>24x18x1.5</t>
   </si>
   <si>
     <t>Forensic Medicine and Toxicology- Mini Dictionary</t>
   </si>
   <si>
     <t>978-93-48565-24-2</t>
   </si>
   <si>
     <t>Dr. N. Srinivasa Reddy, M.D</t>
   </si>
   <si>
     <t>Dictionary</t>
@@ -1749,53 +1770,50 @@
     <t>978-81-932450-7-1</t>
   </si>
   <si>
     <t>Bajarang Bali Lal Srivastava, Amarnath Mishra, Girma Workeneh Woyessa</t>
   </si>
   <si>
     <t>Laboratory, Lab Manual</t>
   </si>
   <si>
     <t>25xx18x0.2</t>
   </si>
   <si>
     <t>Practical Medical Microbiology for BMLT</t>
   </si>
   <si>
     <t>978-93-88022-76-7</t>
   </si>
   <si>
     <t>23x15x0.9</t>
   </si>
   <si>
     <t>Practical Medical Microbiology for BMLT (2nd Edition)</t>
   </si>
   <si>
     <t>978-93-48565-27-3</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dr. Rajesh Bareja, Dr. Sumedha</t>
   </si>
   <si>
     <t>Practical Book</t>
   </si>
   <si>
     <t>Microbiology, BMLT</t>
   </si>
   <si>
     <t>Previous Years Question Papers for Postgraduate Obstetrics and Gynaecology Examinations- 3rd Edition</t>
   </si>
   <si>
     <t>978-81-962762-7-0</t>
   </si>
   <si>
     <t>Dr. Madhu A Patil</t>
   </si>
   <si>
     <t>Quality Assurance, Control and Artifacts Including in Field Training</t>
   </si>
   <si>
     <t>978-81-19613-93-9</t>
   </si>
   <si>
     <t>Mr. Rohit Bansal, Ms. Srishti</t>
   </si>
@@ -2639,62 +2657,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/201/a-brief-history-of-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-20-2" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/163/a-guide-for-basic-biomedical-research-course" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-38-7" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/387/a-handbook-on-marine-vertebrates-for-msc-marine-biology-sem-1" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-57-0" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/202/a-paediatricians-approach-to-a-child-with-special-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-11-0" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/162/a-textbook-of-medical-genetics-and-cancer-genetics" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-21-9" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/218/a-to-z-mcqs-in-microbiology-for-ugc-csir-net-life-sciences-exam" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-66-0" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/419/abnormal-psychology" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-14-3" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/46/abortion-spontaneous-abortion-induced-abortion" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-01-9" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/302/abridged-forensic-medicine-and-toxicology-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-24-3" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/376/advanced-biochemistry-companion-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-72-3" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/391/advances-in-omics-bioinformatics-for-genomics-transcriptomics-and-beyond" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-26-6" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/295/amphibian-experiments-in-physiology-all-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-42-7" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/253/anatomy-multiple-choice-questions-mcqs-for-nextfirst-year-mbbs-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-90-5" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/234/answers-to-viva-questions-in-embryology" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-0-1" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/235/answers-to-viva-questions-in-histology-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-1-8" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/293/applied-anatomy-and-physiology-for-bsc-nursing-course" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-63-2" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/196/basic-principles-of-ilizarov-surgery-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-49-3" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/260/bio-medical-instruments-and-its-applications" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-96-7" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/245/case-oriented-approach-in-biochemistry-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-2-5" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/408/chromotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-46-4" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/236/clinics-in-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-19-6" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/168/colors-medicine-of-the-future" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-45-5" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/262/colors-medicine-of-the-future-part-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/205/competency-based-clinical-biochemistry-a-practical-manual-for-first-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-65-3" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/139/competency-based-human-anatomy-volume-i" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/160/competency-based-human-anatomy-volume-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-29-5" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/161/competency-based-human-anatomy-volume-iii" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-30-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/420/competency-based-human-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-44-0" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/390/comprehensive-exploration-of-mental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-92-1" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/214/comprehensive-manual-of-resuscitation" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-03-5" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/379/comprehensive-stroke-care-a-nursing-pathway-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-37-2" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/73/concepts-in-paediatrics-assorted-essays" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-25-5" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/56/concepts-in-paediatrics-endocrinology" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-10-1" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/64/concepts-in-paediatrics-haematology" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-19-4" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/65/concepts-in-paediatrics-hepatology-and-gastroenterology" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-18-7" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/55/concepts-in-paediatrics-nephrology" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-09-5" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/54/concepts-in-paediatrics-nutrition" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-08-8" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/63/concepts-in-paediatrics-pulmonology" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-17-0" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/208/concise-histopathology" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-35-6" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/263/concise-introduction-to-human-psychology-for-1st-year-babsc-psychology-course" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-97-4" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/68/concise-text-book-of-adolescent-health" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-23-1" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/209/cord-blood-stem-cell-banking-and-transplantation" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-36-3" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/164/current-concepts-on-mental-health-of-children-and-adolescents-a-treatise-on-psychiatric-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-13-4" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/189/elisa-and-related-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-33-2" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/79/emergencies-in-ear-nose-throat-management-pearls" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-33-0" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/112/essential-guide-for-practical-orthopaedics-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/326/essential-guide-for-practical-orthopaedics-set-of-2-volumes-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-43-4" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/110/essential-guide-for-practical-orthopaedics-vol-i" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-63-7" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/325/essential-guide-for-practical-orthopaedics-vol-i-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-07-6" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/111/essential-guide-for-practical-orthopaedics-vol-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-64-4" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/324/essential-guide-for-practical-orthopaedics-vol-ii-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-82-3" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/389/essentials-of-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-98-3" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/173/evidence-based-treatment-protocol-evidence-based-education-system" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-53-0" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/399/forensic-medicine-and-toxicology-mini-dictionary" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-24-2" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/314/forensic-medicine-and-toxicology-quiz-book" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-81-6" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/223/fundamentals-of-gate-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-28-8" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/151/fundamentals-of-medical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-07-3" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/357/guidelines-for-clinical-transfusion-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-05-2" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/142/handbook-of-benign-paroxysmal-positional-vertigo" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/250/handbook-of-biomedical-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-81-3" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/51/handbook-of-elements" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-05-7" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/99/handbook-of-gynaecpathology-a-simplified-approach-in-nutshell" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-53-8" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/220/handbook-on-evidence-based-education-system-module-wise-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-52-3" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/95/handbook-on-novel-coronavirus-what-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-49-1" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/150/history-of-physiology-for-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-4-8" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/170/human-anatomy-set-of-3-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-47-9" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/190/immunological-techniques-interpretations-validation-and-safety-measures" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-41-7" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/188/immunology-for-beginners" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-25-7" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/339/laboratory-manual-of-immunohistochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-56-4" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/294/maternal-diet-and-foetal-growth-a-bio-cultural-exploration" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-01-4" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/72/mcqs-guide-for-ug-pg-and-superspeciality-medical-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-26-2" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/92/mcqs-in-medical-sciences-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-46-0" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/278/mechanical-circulatory-support-essentials" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-34-2" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/415/medical-biochemistry-key-concepts-through-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-53-2" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/116/medical-knowledge-and-education-a-book-of-questions-and-answers-2020-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-70-5" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/183/medical-knowledge-and-education-set-of-two-volumes-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-70-7" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/181/medical-knowledge-and-education-volume-i-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-64-6" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/182/medical-knowledge-and-education-volume-ii-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-69-1" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/305/medicolegal-mindbenders-forensic-medicine-and-toxicology-exclusive-question-archive" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-87-8" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/133/microbiology-multiple-choice-questions-mcqs-for-neet-and-net-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-87-3" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/261/mindmaps-in-biochemistry-a-notebook-to-explore-the-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-98-1" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/410/nursing-management" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-32-7" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/418/occupational-and-environmental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-64-8" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/404/oncology-mcqs-for-the-mbbs-and-neet-pg-aspirants" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-55-6" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/405/oncology-mcqs-organ-specific-and-advanced-concepts-for-mbbs-and-neet-pg-students" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-20-4" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/257/one-page-one-chapter-pharmacology-for-undergraduates-in-mbbs" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-96-5" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/225/opulent-memoirs" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-94-1" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/97/orthopaedic-insight-series-1-principles-of-fracture-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-51-4" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/353/orthopaedic-insight-series-2-complications-of-fractures" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-28-1" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/159/osce-and-ospe-in-forensic-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-37-0" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/309/osce-and-ospe-in-forensic-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-99-1" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/178/ospe-and-osce-in-practical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-62-2" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/177/pandemic-corona-virus-vs-epidemic-and-endemic-virus-diseases-present-past-and-future-directions" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-61-5" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/35/pathology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-4-6" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/288/pcos-more-than-just-a-hormone-disorder" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-76-2" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/34/physiology-mcq-for-all-india-postgraduate-medical-entrance-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-6-0" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/172/pictorial-forensic-pathology-and-toxicology-a-colour-atlas" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-46-2" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/369/pioneers-of-forensics-and-their-ground-breaking-inventions" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-73-0" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/368/pioneers-of-medical-sciences-and-their-inspiring-achievements" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-43-3" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/14/postgraduate-biochemistry-companion" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-6-4" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/7/practical-applications-in-histopathology-cytopathology-and-autopsy-an-mcqemq-resource" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-2-6" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/298/practical-handbook-of-community-medicine-for-the-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-20-5" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/425/practical-medical-microbiology-for-bmlt-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-27-3" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/317/previous-years-question-papers-for-postgraduate-obstetrics-and-gynaecology-examinations-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-7-0" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/367/reasoning-in-biochemistry-for-biochemistry-enthusiasts" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-14-4" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/155/recent-advances-in-medical-education-knowledge-and-research" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-24-0" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/210/regenerative-medicine-cellular-therapy-and-tissue-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-42-4" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/44/renal-physiology-for-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-7-7" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/246/review-of-forensic-medicine-and-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-80-6" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/402/score-high-dissection-hall-attendant-competitive-exam-mcq-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-19-8" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/62/short-questions-and-answers-of-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-15-6" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/138/short-textbook-in-orthopaedics-and-rehabilitation" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-66-8" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/304/spectrum-of-resilience-unravelling-the-threads-of-oncology" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-74-8" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/77/syndromes-and-eponymous-signs-in-ear-nose-throat" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-30-9" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/327/synopsis-of-transfusion-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-54-0" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/228/textbook-of-advanced-therapeutics" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-95-8" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/152/textbook-of-dermatology-with-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/221/textbook-of-health-management" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-67-7" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/421/textbook-of-health-management-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-81-5" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/373/textbook-of-medical-science-principles-and-practice-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-08-2" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/374/textbook-of-medical-science-principles-and-practice-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-06-8" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/393/textbook-of-medical-science-principles-and-practice-volume-3" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-93-8" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/394/textbook-of-medical-science-principles-and-practice-volume-4" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-22-8" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/411/textbook-of-medical-science-principles-and-practice-volume-5" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-70-9" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/417/textbook-of-medical-science-principles-and-practice-volume-6" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-69-3" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/259/textbook-of-respiratory-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-84-4" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/360/the-healing-power-of-plants-immunomodulatory-wonders" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-71-7" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/359/transfusion-medicine-simplified-a-comprehensive-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-26-7" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/166/tuberculous-pleural-effusion-a-book-of-100-cases" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-40-0" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/70/marma-vijnana-ka-cikitsiya-upayoga" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-24-8" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/201/a-brief-history-of-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-20-2" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/163/a-guide-for-basic-biomedical-research-course" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-38-7" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/387/a-handbook-on-marine-vertebrates-for-msc-marine-biology-sem-1" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-57-0" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/202/a-paediatricians-approach-to-a-child-with-special-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-11-0" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/162/a-textbook-of-medical-genetics-and-cancer-genetics" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-21-9" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/218/a-to-z-mcqs-in-microbiology-for-ugc-csir-net-life-sciences-exam" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-66-0" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/419/abnormal-psychology" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-14-3" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/46/abortion-spontaneous-abortion-induced-abortion" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-01-9" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/302/abridged-forensic-medicine-and-toxicology-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-24-3" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/376/advanced-biochemistry-companion-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-72-3" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/391/advances-in-omics-bioinformatics-for-genomics-transcriptomics-and-beyond" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-26-6" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/295/amphibian-experiments-in-physiology-all-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-42-7" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/253/anatomy-multiple-choice-questions-mcqs-for-nextfirst-year-mbbs-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-90-5" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/234/answers-to-viva-questions-in-embryology" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-0-1" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/235/answers-to-viva-questions-in-histology-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-1-8" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/293/applied-anatomy-and-physiology-for-bsc-nursing-course" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-63-2" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/196/basic-principles-of-ilizarov-surgery-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-49-3" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/260/bio-medical-instruments-and-its-applications" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-96-7" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/245/case-oriented-approach-in-biochemistry-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-2-5" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/408/chromotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-46-4" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/236/clinics-in-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-19-6" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/168/colors-medicine-of-the-future" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-45-5" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/262/colors-medicine-of-the-future-part-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/205/competency-based-clinical-biochemistry-a-practical-manual-for-first-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-65-3" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/139/competency-based-human-anatomy-volume-i" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/160/competency-based-human-anatomy-volume-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-29-5" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/161/competency-based-human-anatomy-volume-iii" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-30-1" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/420/competency-based-human-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-44-0" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/427/competency-based-practical-manual-in-medical-microbiology-for-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-75-4" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/390/comprehensive-exploration-of-mental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-92-1" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/214/comprehensive-manual-of-resuscitation" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-03-5" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/379/comprehensive-stroke-care-a-nursing-pathway-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-37-2" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/73/concepts-in-paediatrics-assorted-essays" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-25-5" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/56/concepts-in-paediatrics-endocrinology" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-10-1" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/64/concepts-in-paediatrics-haematology" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-19-4" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/65/concepts-in-paediatrics-hepatology-and-gastroenterology" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-18-7" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/55/concepts-in-paediatrics-nephrology" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-09-5" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/54/concepts-in-paediatrics-nutrition" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-08-8" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/63/concepts-in-paediatrics-pulmonology" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-17-0" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/208/concise-histopathology" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-35-6" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/263/concise-introduction-to-human-psychology-for-1st-year-babsc-psychology-course" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-97-4" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/68/concise-text-book-of-adolescent-health" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-23-1" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/209/cord-blood-stem-cell-banking-and-transplantation" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-36-3" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/164/current-concepts-on-mental-health-of-children-and-adolescents-a-treatise-on-psychiatric-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-13-4" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/189/elisa-and-related-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-33-2" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/79/emergencies-in-ear-nose-throat-management-pearls" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-33-0" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/112/essential-guide-for-practical-orthopaedics-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/326/essential-guide-for-practical-orthopaedics-set-of-2-volumes-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-43-4" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/110/essential-guide-for-practical-orthopaedics-vol-i" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-63-7" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/325/essential-guide-for-practical-orthopaedics-vol-i-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-07-6" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/111/essential-guide-for-practical-orthopaedics-vol-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-64-4" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/324/essential-guide-for-practical-orthopaedics-vol-ii-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-82-3" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/389/essentials-of-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-98-3" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/426/essentials-of-medical-microbiology-for-bmlt-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-02-0" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/173/evidence-based-treatment-protocol-evidence-based-education-system" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-53-0" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/399/forensic-medicine-and-toxicology-mini-dictionary" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-24-2" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/314/forensic-medicine-and-toxicology-quiz-book" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-81-6" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/223/fundamentals-of-gate-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-28-8" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/151/fundamentals-of-medical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-07-3" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/357/guidelines-for-clinical-transfusion-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-05-2" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/142/handbook-of-benign-paroxysmal-positional-vertigo" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/250/handbook-of-biomedical-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-81-3" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/51/handbook-of-elements" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-05-7" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/99/handbook-of-gynaecpathology-a-simplified-approach-in-nutshell" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-53-8" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/220/handbook-on-evidence-based-education-system-module-wise-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-52-3" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/95/handbook-on-novel-coronavirus-what-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-49-1" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/150/history-of-physiology-for-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-4-8" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/170/human-anatomy-set-of-3-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-47-9" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/190/immunological-techniques-interpretations-validation-and-safety-measures" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-41-7" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/188/immunology-for-beginners" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-25-7" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/339/laboratory-manual-of-immunohistochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-56-4" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/294/maternal-diet-and-foetal-growth-a-bio-cultural-exploration" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-01-4" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/72/mcqs-guide-for-ug-pg-and-superspeciality-medical-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-26-2" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/92/mcqs-in-medical-sciences-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-46-0" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/278/mechanical-circulatory-support-essentials" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-34-2" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/415/medical-biochemistry-key-concepts-through-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-53-2" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/116/medical-knowledge-and-education-a-book-of-questions-and-answers-2020-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-70-5" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/183/medical-knowledge-and-education-set-of-two-volumes-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-70-7" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/181/medical-knowledge-and-education-volume-i-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-64-6" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/182/medical-knowledge-and-education-volume-ii-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-69-1" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/305/medicolegal-mindbenders-forensic-medicine-and-toxicology-exclusive-question-archive" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-87-8" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/133/microbiology-multiple-choice-questions-mcqs-for-neet-and-net-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-87-3" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/261/mindmaps-in-biochemistry-a-notebook-to-explore-the-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-98-1" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/410/nursing-management" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-32-7" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/418/occupational-and-environmental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-64-8" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/404/oncology-mcqs-for-the-mbbs-and-neet-pg-aspirants" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-55-6" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/405/oncology-mcqs-organ-specific-and-advanced-concepts-for-mbbs-and-neet-pg-students" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-20-4" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/257/one-page-one-chapter-pharmacology-for-undergraduates-in-mbbs" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-96-5" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/225/opulent-memoirs" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-94-1" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/97/orthopaedic-insight-series-1-principles-of-fracture-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-51-4" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/353/orthopaedic-insight-series-2-complications-of-fractures" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-28-1" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/159/osce-and-ospe-in-forensic-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-37-0" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/309/osce-and-ospe-in-forensic-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-99-1" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/178/ospe-and-osce-in-practical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-62-2" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/177/pandemic-corona-virus-vs-epidemic-and-endemic-virus-diseases-present-past-and-future-directions" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-61-5" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/35/pathology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-4-6" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/288/pcos-more-than-just-a-hormone-disorder" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-76-2" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/34/physiology-mcq-for-all-india-postgraduate-medical-entrance-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-6-0" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/172/pictorial-forensic-pathology-and-toxicology-a-colour-atlas" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-46-2" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/369/pioneers-of-forensics-and-their-ground-breaking-inventions" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-73-0" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/368/pioneers-of-medical-sciences-and-their-inspiring-achievements" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-43-3" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/14/postgraduate-biochemistry-companion" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-6-4" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/7/practical-applications-in-histopathology-cytopathology-and-autopsy-an-mcqemq-resource" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-2-6" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/298/practical-handbook-of-community-medicine-for-the-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-20-5" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/425/practical-medical-microbiology-for-bmlt-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-27-3" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/317/previous-years-question-papers-for-postgraduate-obstetrics-and-gynaecology-examinations-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-7-0" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/367/reasoning-in-biochemistry-for-biochemistry-enthusiasts" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-14-4" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/155/recent-advances-in-medical-education-knowledge-and-research" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-24-0" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/210/regenerative-medicine-cellular-therapy-and-tissue-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-42-4" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/44/renal-physiology-for-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-7-7" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/246/review-of-forensic-medicine-and-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-80-6" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/402/score-high-dissection-hall-attendant-competitive-exam-mcq-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-19-8" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/62/short-questions-and-answers-of-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-15-6" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/138/short-textbook-in-orthopaedics-and-rehabilitation" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-66-8" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/304/spectrum-of-resilience-unravelling-the-threads-of-oncology" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-74-8" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/77/syndromes-and-eponymous-signs-in-ear-nose-throat" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-30-9" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/327/synopsis-of-transfusion-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-54-0" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/228/textbook-of-advanced-therapeutics" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-95-8" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/152/textbook-of-dermatology-with-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/221/textbook-of-health-management" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-67-7" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/421/textbook-of-health-management-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-81-5" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/373/textbook-of-medical-science-principles-and-practice-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-08-2" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/374/textbook-of-medical-science-principles-and-practice-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-06-8" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/393/textbook-of-medical-science-principles-and-practice-volume-3" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-93-8" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/394/textbook-of-medical-science-principles-and-practice-volume-4" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-22-8" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/411/textbook-of-medical-science-principles-and-practice-volume-5" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-70-9" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/417/textbook-of-medical-science-principles-and-practice-volume-6" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-69-3" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/259/textbook-of-respiratory-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-84-4" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/360/the-healing-power-of-plants-immunomodulatory-wonders" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-71-7" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/359/transfusion-medicine-simplified-a-comprehensive-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-26-7" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/166/tuberculous-pleural-effusion-a-book-of-100-cases" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-40-0" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/70/marma-vijnana-ka-cikitsiya-upayoga" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-24-8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q200"/>
+  <dimension ref="A1:Q202"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B181" sqref="B181:H181"/>
+      <selection activeCell="B183" sqref="B183:H183"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.5645" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
     <col min="17" max="17" width="14.2822" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1"/>
@@ -4754,7557 +4772,7659 @@
       </c>
       <c r="P43" s="5" t="s">
         <v>93</v>
       </c>
       <c r="Q43" s="9" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44" s="5">
         <v>38</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>190</v>
       </c>
       <c r="C44" s="9" t="s">
         <v>191</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>192</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F44" s="9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G44" s="9">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="H44" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="9">
-        <v>450.0</v>
+        <v>650.0</v>
       </c>
       <c r="J44" s="9">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="K44" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L44" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="L44" s="9"/>
       <c r="M44" s="10" t="s">
         <v>191</v>
       </c>
       <c r="N44" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O44" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P44" s="5" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="Q44" s="9"/>
     </row>
     <row r="45" spans="1:17">
       <c r="A45" s="5">
         <v>39</v>
       </c>
       <c r="B45" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="C45" s="9" t="s">
+        <v>194</v>
+      </c>
+      <c r="D45" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="C45" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E45" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F45" s="9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G45" s="9">
-        <v>416</v>
+        <v>144</v>
       </c>
       <c r="H45" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="9">
-        <v>900.0</v>
+        <v>450.0</v>
       </c>
       <c r="J45" s="9">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="K45" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="9">
-        <v>510</v>
+        <v>260</v>
       </c>
       <c r="M45" s="10" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="N45" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O45" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P45" s="5" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="Q45" s="9" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46" s="5">
         <v>40</v>
       </c>
       <c r="B46" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="C46" s="9" t="s">
+        <v>199</v>
+      </c>
+      <c r="D46" s="5" t="s">
         <v>200</v>
       </c>
-      <c r="C46" s="9" t="s">
+      <c r="E46" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G46" s="9">
+        <v>416</v>
+      </c>
+      <c r="H46" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I46" s="9">
+        <v>900.0</v>
+      </c>
+      <c r="J46" s="9">
+        <v>45</v>
+      </c>
+      <c r="K46" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L46" s="9">
+        <v>510</v>
+      </c>
+      <c r="M46" s="10" t="s">
+        <v>199</v>
+      </c>
+      <c r="N46" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P46" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="D46" s="5" t="s">
+      <c r="Q46" s="9" t="s">
         <v>202</v>
-      </c>
-[...37 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47" s="5">
         <v>41</v>
       </c>
       <c r="B47" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="C47" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="D47" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="C47" s="9" t="s">
+      <c r="E47" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F47" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G47" s="9">
+        <v>684</v>
+      </c>
+      <c r="H47" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I47" s="9">
+        <v>1950.0</v>
+      </c>
+      <c r="J47" s="9">
+        <v>75</v>
+      </c>
+      <c r="K47" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L47" s="9">
+        <v>1600</v>
+      </c>
+      <c r="M47" s="10" t="s">
+        <v>204</v>
+      </c>
+      <c r="N47" s="9" t="s">
+        <v>131</v>
+      </c>
+      <c r="O47" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P47" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="D47" s="5" t="s">
+      <c r="Q47" s="9" t="s">
         <v>207</v>
-      </c>
-[...37 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48" s="5">
         <v>42</v>
       </c>
       <c r="B48" s="8" t="s">
+        <v>208</v>
+      </c>
+      <c r="C48" s="9" t="s">
         <v>209</v>
       </c>
-      <c r="C48" s="9" t="s">
+      <c r="D48" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="D48" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E48" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F48" s="9">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="G48" s="9">
-        <v>229</v>
+        <v>353</v>
       </c>
       <c r="H48" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="9">
-        <v>600.0</v>
+        <v>996.0</v>
       </c>
       <c r="J48" s="9">
         <v>45</v>
       </c>
       <c r="K48" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="9">
-        <v>400</v>
+        <v>640</v>
       </c>
       <c r="M48" s="10" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="N48" s="9" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="O48" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P48" s="5" t="s">
-        <v>45</v>
+        <v>211</v>
       </c>
       <c r="Q48" s="9" t="s">
-        <v>212</v>
+        <v>182</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49" s="5">
         <v>43</v>
       </c>
       <c r="B49" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="C49" s="9" t="s">
         <v>213</v>
       </c>
-      <c r="C49" s="9" t="s">
+      <c r="D49" s="5" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F49" s="9">
         <v>2019</v>
       </c>
       <c r="G49" s="9">
-        <v>143</v>
+        <v>229</v>
       </c>
       <c r="H49" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="9">
-        <v>500.0</v>
+        <v>600.0</v>
       </c>
       <c r="J49" s="9">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K49" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L49" s="9">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="M49" s="10" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="N49" s="9" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="O49" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P49" s="5" t="s">
-        <v>216</v>
+        <v>45</v>
       </c>
       <c r="Q49" s="9" t="s">
-        <v>51</v>
+        <v>215</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50" s="5">
         <v>44</v>
       </c>
       <c r="B50" s="8" t="s">
+        <v>216</v>
+      </c>
+      <c r="C50" s="9" t="s">
         <v>217</v>
       </c>
-      <c r="C50" s="9" t="s">
+      <c r="D50" s="5" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F50" s="9">
         <v>2019</v>
       </c>
       <c r="G50" s="9">
-        <v>211</v>
+        <v>143</v>
       </c>
       <c r="H50" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I50" s="9">
-        <v>600.0</v>
+        <v>500.0</v>
       </c>
       <c r="J50" s="9">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="K50" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L50" s="9">
-        <v>330</v>
+        <v>250</v>
       </c>
       <c r="M50" s="10" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="N50" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O50" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P50" s="5" t="s">
         <v>219</v>
       </c>
       <c r="Q50" s="9" t="s">
-        <v>212</v>
+        <v>51</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51" s="5">
         <v>45</v>
       </c>
       <c r="B51" s="8" t="s">
         <v>220</v>
       </c>
       <c r="C51" s="9" t="s">
         <v>221</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F51" s="9">
         <v>2019</v>
       </c>
       <c r="G51" s="9">
-        <v>220</v>
+        <v>211</v>
       </c>
       <c r="H51" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="9">
-        <v>650.0</v>
+        <v>600.0</v>
       </c>
       <c r="J51" s="9">
         <v>45</v>
       </c>
       <c r="K51" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="9">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="M51" s="10" t="s">
         <v>221</v>
       </c>
       <c r="N51" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O51" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P51" s="5" t="s">
         <v>222</v>
       </c>
       <c r="Q51" s="9" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52" s="5">
         <v>46</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>223</v>
       </c>
       <c r="C52" s="9" t="s">
         <v>224</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>226</v>
+        <v>33</v>
       </c>
       <c r="F52" s="9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G52" s="9">
-        <v>84</v>
+        <v>220</v>
       </c>
       <c r="H52" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I52" s="9">
-        <v>450.0</v>
+        <v>650.0</v>
       </c>
       <c r="J52" s="9">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K52" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="9">
-        <v>150</v>
+        <v>340</v>
       </c>
       <c r="M52" s="10" t="s">
         <v>224</v>
       </c>
       <c r="N52" s="9" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="O52" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P52" s="5" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="Q52" s="9" t="s">
-        <v>229</v>
+        <v>215</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53" s="5">
         <v>47</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="C53" s="9" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="E53" s="9" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="F53" s="9">
         <v>2018</v>
       </c>
       <c r="G53" s="9">
-        <v>158</v>
+        <v>84</v>
       </c>
       <c r="H53" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I53" s="9">
-        <v>600.0</v>
+        <v>450.0</v>
       </c>
       <c r="J53" s="9">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="K53" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="9">
-        <v>270</v>
+        <v>150</v>
       </c>
       <c r="M53" s="10" t="s">
+        <v>227</v>
+      </c>
+      <c r="N53" s="9" t="s">
+        <v>230</v>
+      </c>
+      <c r="O53" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P53" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="N53" s="9" t="s">
-[...5 lines deleted...]
-      <c r="P53" s="5" t="s">
+      <c r="Q53" s="9" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54" s="5">
         <v>48</v>
       </c>
       <c r="B54" s="8" t="s">
         <v>233</v>
       </c>
       <c r="C54" s="9" t="s">
         <v>234</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>215</v>
+        <v>228</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>33</v>
+        <v>229</v>
       </c>
       <c r="F54" s="9">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="G54" s="9">
-        <v>332</v>
+        <v>158</v>
       </c>
       <c r="H54" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="9">
-        <v>850.0</v>
+        <v>600.0</v>
       </c>
       <c r="J54" s="9">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="K54" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="9">
-        <v>500</v>
+        <v>270</v>
       </c>
       <c r="M54" s="10" t="s">
         <v>234</v>
       </c>
       <c r="N54" s="9" t="s">
-        <v>26</v>
+        <v>230</v>
       </c>
       <c r="O54" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P54" s="5" t="s">
         <v>235</v>
       </c>
       <c r="Q54" s="9" t="s">
-        <v>173</v>
+        <v>51</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55" s="5">
         <v>49</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>236</v>
       </c>
       <c r="C55" s="9" t="s">
         <v>237</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F55" s="9">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="G55" s="9">
-        <v>200</v>
+        <v>332</v>
       </c>
       <c r="H55" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="9">
-        <v>1200.0</v>
+        <v>850.0</v>
       </c>
       <c r="J55" s="9">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="K55" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="9">
-        <v>450</v>
+        <v>500</v>
       </c>
       <c r="M55" s="10" t="s">
         <v>237</v>
       </c>
       <c r="N55" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O55" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P55" s="5" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="Q55" s="9" t="s">
-        <v>240</v>
+        <v>173</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56" s="5">
         <v>50</v>
       </c>
       <c r="B56" s="8" t="s">
+        <v>239</v>
+      </c>
+      <c r="C56" s="9" t="s">
+        <v>240</v>
+      </c>
+      <c r="D56" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="C56" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E56" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F56" s="9">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="G56" s="9">
-        <v>308</v>
+        <v>200</v>
       </c>
       <c r="H56" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="9">
-        <v>700.0</v>
+        <v>1200.0</v>
       </c>
       <c r="J56" s="9">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="K56" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L56" s="9">
-        <v>500</v>
+        <v>450</v>
       </c>
       <c r="M56" s="10" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="N56" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O56" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P56" s="5" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="Q56" s="9" t="s">
-        <v>127</v>
+        <v>243</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57" s="5">
         <v>51</v>
       </c>
       <c r="B57" s="8" t="s">
+        <v>244</v>
+      </c>
+      <c r="C57" s="9" t="s">
         <v>245</v>
       </c>
-      <c r="C57" s="9" t="s">
+      <c r="D57" s="5" t="s">
         <v>246</v>
       </c>
-      <c r="D57" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E57" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F57" s="9">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="G57" s="9">
-        <v>134</v>
+        <v>308</v>
       </c>
       <c r="H57" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="9">
-        <v>350.0</v>
+        <v>700.0</v>
       </c>
       <c r="J57" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K57" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L57" s="9">
-        <v>280</v>
+        <v>500</v>
       </c>
       <c r="M57" s="10" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="N57" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O57" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P57" s="5" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="Q57" s="9" t="s">
-        <v>51</v>
+        <v>127</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58" s="5">
         <v>52</v>
       </c>
       <c r="B58" s="8" t="s">
+        <v>248</v>
+      </c>
+      <c r="C58" s="9" t="s">
         <v>249</v>
       </c>
-      <c r="C58" s="9" t="s">
+      <c r="D58" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="D58" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F58" s="9">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="G58" s="9">
-        <v>313</v>
+        <v>134</v>
       </c>
       <c r="H58" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="9">
-        <v>1250.0</v>
+        <v>350.0</v>
       </c>
       <c r="J58" s="9">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="K58" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="9">
-        <v>700</v>
+        <v>280</v>
       </c>
       <c r="M58" s="10" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="N58" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O58" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P58" s="5" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="Q58" s="9" t="s">
-        <v>155</v>
+        <v>51</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59" s="5">
         <v>53</v>
       </c>
       <c r="B59" s="8" t="s">
+        <v>252</v>
+      </c>
+      <c r="C59" s="9" t="s">
         <v>253</v>
       </c>
-      <c r="C59" s="9" t="s">
+      <c r="D59" s="5" t="s">
         <v>254</v>
       </c>
-      <c r="D59" s="5" t="s">
+      <c r="E59" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F59" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G59" s="9">
+        <v>313</v>
+      </c>
+      <c r="H59" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I59" s="9">
+        <v>1250.0</v>
+      </c>
+      <c r="J59" s="9">
+        <v>70</v>
+      </c>
+      <c r="K59" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L59" s="9">
+        <v>700</v>
+      </c>
+      <c r="M59" s="10" t="s">
+        <v>253</v>
+      </c>
+      <c r="N59" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P59" s="5" t="s">
         <v>255</v>
       </c>
-      <c r="E59" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q59" s="9" t="s">
-        <v>257</v>
+        <v>155</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60" s="5">
         <v>54</v>
       </c>
       <c r="B60" s="8" t="s">
+        <v>256</v>
+      </c>
+      <c r="C60" s="9" t="s">
+        <v>257</v>
+      </c>
+      <c r="D60" s="5" t="s">
         <v>258</v>
       </c>
-      <c r="C60" s="9" t="s">
+      <c r="E60" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F60" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G60" s="9">
+        <v>325</v>
+      </c>
+      <c r="H60" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I60" s="9">
+        <v>995.0</v>
+      </c>
+      <c r="J60" s="9">
+        <v>45</v>
+      </c>
+      <c r="K60" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L60" s="9">
+        <v>670</v>
+      </c>
+      <c r="M60" s="10" t="s">
+        <v>257</v>
+      </c>
+      <c r="N60" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="O60" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P60" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="D60" s="5" t="s">
+      <c r="Q60" s="9" t="s">
         <v>260</v>
-      </c>
-[...37 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61" s="5">
         <v>55</v>
       </c>
       <c r="B61" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="C61" s="9" t="s">
         <v>262</v>
       </c>
-      <c r="C61" s="9" t="s">
+      <c r="D61" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="D61" s="5" t="s">
+      <c r="E61" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F61" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G61" s="9">
+        <v>72</v>
+      </c>
+      <c r="H61" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I61" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="J61" s="9">
+        <v>10</v>
+      </c>
+      <c r="K61" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L61" s="9">
+        <v>130</v>
+      </c>
+      <c r="M61" s="10" t="s">
+        <v>262</v>
+      </c>
+      <c r="N61" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P61" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q61" s="9" t="s">
         <v>264</v>
-      </c>
-[...37 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62" s="5">
         <v>56</v>
       </c>
       <c r="B62" s="8" t="s">
+        <v>265</v>
+      </c>
+      <c r="C62" s="9" t="s">
         <v>266</v>
       </c>
-      <c r="C62" s="9" t="s">
+      <c r="D62" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="D62" s="5" t="s">
+      <c r="E62" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F62" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G62" s="9">
+        <v>142</v>
+      </c>
+      <c r="H62" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I62" s="9">
+        <v>425.0</v>
+      </c>
+      <c r="J62" s="9">
+        <v>30</v>
+      </c>
+      <c r="K62" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L62" s="9">
+        <v>270</v>
+      </c>
+      <c r="M62" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="N62" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="O62" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P62" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="E62" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q62" s="9" t="s">
-        <v>271</v>
+        <v>51</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63" s="5">
         <v>57</v>
       </c>
       <c r="B63" s="8" t="s">
+        <v>269</v>
+      </c>
+      <c r="C63" s="9" t="s">
+        <v>270</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="E63" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F63" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G63" s="9">
+        <v>906</v>
+      </c>
+      <c r="H63" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I63" s="9">
+        <v>3500.0</v>
+      </c>
+      <c r="J63" s="9">
+        <v>145</v>
+      </c>
+      <c r="K63" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L63" s="9">
+        <v>2300</v>
+      </c>
+      <c r="M63" s="10" t="s">
+        <v>270</v>
+      </c>
+      <c r="N63" s="9" t="s">
         <v>272</v>
       </c>
-      <c r="C63" s="9" t="s">
+      <c r="O63" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P63" s="5" t="s">
         <v>273</v>
-      </c>
-[...37 lines deleted...]
-        <v>270</v>
       </c>
       <c r="Q63" s="9" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64" s="5">
         <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
         <v>275</v>
       </c>
       <c r="C64" s="9" t="s">
         <v>276</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="F64" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G64" s="9">
-        <v>432</v>
+        <v>1122</v>
       </c>
       <c r="H64" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="9">
-        <v>1650.0</v>
+        <v>2599.0</v>
       </c>
       <c r="J64" s="9">
-        <v>70</v>
+        <v>140</v>
       </c>
       <c r="K64" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="9">
-        <v>1100</v>
+        <v>2720</v>
       </c>
       <c r="M64" s="10" t="s">
         <v>276</v>
       </c>
       <c r="N64" s="9" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="O64" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P64" s="5" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="Q64" s="9" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65" s="5">
         <v>59</v>
       </c>
       <c r="B65" s="8" t="s">
         <v>278</v>
       </c>
       <c r="C65" s="9" t="s">
         <v>279</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="F65" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G65" s="9">
-        <v>598</v>
+        <v>432</v>
       </c>
       <c r="H65" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="9">
-        <v>1399.0</v>
+        <v>1650.0</v>
       </c>
       <c r="J65" s="9">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="K65" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L65" s="9">
-        <v>1420</v>
+        <v>1100</v>
       </c>
       <c r="M65" s="10" t="s">
         <v>279</v>
       </c>
       <c r="N65" s="9" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="O65" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P65" s="5" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="Q65" s="9" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66" s="5">
         <v>60</v>
       </c>
       <c r="B66" s="8" t="s">
         <v>281</v>
       </c>
       <c r="C66" s="9" t="s">
         <v>282</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="E66" s="9" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="F66" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G66" s="9">
-        <v>474</v>
+        <v>598</v>
       </c>
       <c r="H66" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="9">
-        <v>1850.0</v>
+        <v>1399.0</v>
       </c>
       <c r="J66" s="9">
         <v>75</v>
       </c>
       <c r="K66" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L66" s="9">
-        <v>1200</v>
+        <v>1420</v>
       </c>
       <c r="M66" s="10" t="s">
         <v>282</v>
       </c>
       <c r="N66" s="9" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="O66" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P66" s="5" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="Q66" s="9" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67" s="5">
         <v>61</v>
       </c>
       <c r="B67" s="8" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C67" s="9" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="E67" s="9" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="F67" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G67" s="9">
-        <v>524</v>
+        <v>474</v>
       </c>
       <c r="H67" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I67" s="9">
-        <v>1299.0</v>
+        <v>1850.0</v>
       </c>
       <c r="J67" s="9">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="K67" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L67" s="9">
-        <v>1300</v>
+        <v>1200</v>
       </c>
       <c r="M67" s="10" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="N67" s="9" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="O67" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P67" s="5" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="Q67" s="9" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68" s="5">
         <v>62</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>286</v>
       </c>
       <c r="C68" s="9" t="s">
         <v>287</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>288</v>
+        <v>271</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>33</v>
+        <v>77</v>
       </c>
       <c r="F68" s="9">
         <v>2024</v>
       </c>
       <c r="G68" s="9">
-        <v>549</v>
+        <v>524</v>
       </c>
       <c r="H68" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="9">
-        <v>1600.0</v>
+        <v>1299.0</v>
       </c>
       <c r="J68" s="9">
         <v>70</v>
       </c>
       <c r="K68" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="9">
-        <v>1400</v>
+        <v>1300</v>
       </c>
       <c r="M68" s="10" t="s">
         <v>287</v>
       </c>
       <c r="N68" s="9" t="s">
-        <v>26</v>
+        <v>272</v>
       </c>
       <c r="O68" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P68" s="5" t="s">
-        <v>289</v>
+        <v>273</v>
       </c>
       <c r="Q68" s="9" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69" s="5">
         <v>63</v>
       </c>
       <c r="B69" s="8" t="s">
+        <v>289</v>
+      </c>
+      <c r="C69" s="9" t="s">
+        <v>290</v>
+      </c>
+      <c r="D69" s="5" t="s">
         <v>291</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F69" s="9">
         <v>2024</v>
       </c>
       <c r="G69" s="9">
-        <v>220</v>
+        <v>549</v>
       </c>
       <c r="H69" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I69" s="9">
-        <v>650.0</v>
+        <v>1600.0</v>
       </c>
       <c r="J69" s="9">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="K69" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="9">
-        <v>600</v>
+        <v>1400</v>
       </c>
       <c r="M69" s="10" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="N69" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O69" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P69" s="5" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="Q69" s="9" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70" s="5">
         <v>64</v>
       </c>
       <c r="B70" s="8" t="s">
         <v>294</v>
       </c>
       <c r="C70" s="9" t="s">
         <v>295</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F70" s="9">
         <v>2024</v>
       </c>
       <c r="G70" s="9">
-        <v>329</v>
+        <v>220</v>
       </c>
       <c r="H70" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I70" s="9">
-        <v>975.0</v>
+        <v>650.0</v>
       </c>
       <c r="J70" s="9">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="K70" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="9">
-        <v>780</v>
+        <v>600</v>
       </c>
       <c r="M70" s="10" t="s">
         <v>295</v>
       </c>
       <c r="N70" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O70" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P70" s="5" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="Q70" s="9" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71" s="5">
         <v>65</v>
       </c>
       <c r="B71" s="8" t="s">
         <v>297</v>
       </c>
       <c r="C71" s="9" t="s">
         <v>298</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F71" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G71" s="9">
-        <v>252</v>
+        <v>329</v>
       </c>
       <c r="H71" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I71" s="9">
-        <v>575.0</v>
+        <v>975.0</v>
       </c>
       <c r="J71" s="9">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K71" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L71" s="9">
-        <v>400</v>
+        <v>780</v>
       </c>
       <c r="M71" s="10" t="s">
         <v>298</v>
       </c>
       <c r="N71" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O71" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P71" s="5" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="Q71" s="9" t="s">
-        <v>167</v>
+        <v>299</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72" s="5">
         <v>66</v>
       </c>
       <c r="B72" s="8" t="s">
+        <v>300</v>
+      </c>
+      <c r="C72" s="9" t="s">
         <v>301</v>
       </c>
-      <c r="C72" s="9" t="s">
+      <c r="D72" s="5" t="s">
         <v>302</v>
       </c>
-      <c r="D72" s="5" t="s">
+      <c r="E72" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F72" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G72" s="9">
+        <v>252</v>
+      </c>
+      <c r="H72" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I72" s="9">
+        <v>575.0</v>
+      </c>
+      <c r="J72" s="9">
+        <v>30</v>
+      </c>
+      <c r="K72" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L72" s="9">
+        <v>400</v>
+      </c>
+      <c r="M72" s="10" t="s">
+        <v>301</v>
+      </c>
+      <c r="N72" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O72" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P72" s="5" t="s">
         <v>303</v>
       </c>
-      <c r="E72" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q72" s="9" t="s">
-        <v>305</v>
+        <v>167</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73" s="5">
         <v>67</v>
       </c>
       <c r="B73" s="8" t="s">
+        <v>304</v>
+      </c>
+      <c r="C73" s="9" t="s">
+        <v>305</v>
+      </c>
+      <c r="D73" s="5" t="s">
         <v>306</v>
       </c>
-      <c r="C73" s="9" t="s">
+      <c r="E73" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F73" s="9">
+        <v>2026</v>
+      </c>
+      <c r="G73" s="9">
+        <v>665</v>
+      </c>
+      <c r="H73" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I73" s="9">
+        <v>1500.0</v>
+      </c>
+      <c r="J73" s="9">
+        <v>100</v>
+      </c>
+      <c r="K73" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L73" s="9">
+        <v>1140</v>
+      </c>
+      <c r="M73" s="10" t="s">
+        <v>305</v>
+      </c>
+      <c r="N73" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="O73" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P73" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q73" s="9" t="s">
         <v>307</v>
-      </c>
-[...40 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74" s="5">
         <v>68</v>
       </c>
       <c r="B74" s="8" t="s">
+        <v>308</v>
+      </c>
+      <c r="C74" s="9" t="s">
+        <v>309</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="E74" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F74" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G74" s="9">
+        <v>303</v>
+      </c>
+      <c r="H74" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I74" s="9">
+        <v>950.0</v>
+      </c>
+      <c r="J74" s="9">
+        <v>60</v>
+      </c>
+      <c r="K74" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L74" s="9">
+        <v>550</v>
+      </c>
+      <c r="M74" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="N74" s="9" t="s">
         <v>311</v>
       </c>
-      <c r="C74" s="9" t="s">
+      <c r="O74" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P74" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q74" s="9" t="s">
         <v>312</v>
-      </c>
-[...40 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75" s="5">
         <v>69</v>
       </c>
       <c r="B75" s="8" t="s">
         <v>313</v>
       </c>
       <c r="C75" s="9" t="s">
         <v>314</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>315</v>
       </c>
       <c r="E75" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F75" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G75" s="9">
-        <v>215</v>
+        <v>119</v>
       </c>
       <c r="H75" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I75" s="9">
-        <v>495.0</v>
+        <v>395.0</v>
       </c>
       <c r="J75" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K75" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L75" s="9">
-        <v>320</v>
+        <v>230</v>
       </c>
       <c r="M75" s="10" t="s">
         <v>314</v>
       </c>
       <c r="N75" s="9" t="s">
         <v>316</v>
       </c>
       <c r="O75" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P75" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q75" s="9" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76" s="5">
         <v>70</v>
       </c>
       <c r="B76" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="C76" s="9" t="s">
         <v>319</v>
       </c>
-      <c r="C76" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D76" s="5" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="E76" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F76" s="9">
-        <v>2026</v>
+        <v>2024</v>
       </c>
       <c r="G76" s="9">
-        <v>111</v>
+        <v>139</v>
       </c>
       <c r="H76" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I76" s="9">
-        <v>325.0</v>
+        <v>495.0</v>
       </c>
       <c r="J76" s="9">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="K76" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L76" s="9">
-        <v>250</v>
+        <v>225</v>
       </c>
       <c r="M76" s="10" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="N76" s="9" t="s">
-        <v>78</v>
+        <v>148</v>
       </c>
       <c r="O76" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P76" s="5" t="s">
-        <v>322</v>
+        <v>79</v>
       </c>
       <c r="Q76" s="9" t="s">
-        <v>323</v>
+        <v>137</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77" s="5">
         <v>71</v>
       </c>
       <c r="B77" s="8" t="s">
+        <v>320</v>
+      </c>
+      <c r="C77" s="9" t="s">
+        <v>321</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="E77" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F77" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G77" s="9">
+        <v>215</v>
+      </c>
+      <c r="H77" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I77" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J77" s="9">
+        <v>30</v>
+      </c>
+      <c r="K77" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L77" s="9">
+        <v>320</v>
+      </c>
+      <c r="M77" s="10" t="s">
+        <v>321</v>
+      </c>
+      <c r="N77" s="9" t="s">
+        <v>323</v>
+      </c>
+      <c r="O77" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P77" s="5" t="s">
         <v>324</v>
       </c>
-      <c r="C77" s="9" t="s">
+      <c r="Q77" s="9" t="s">
         <v>325</v>
-      </c>
-[...40 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78" s="5">
         <v>72</v>
       </c>
       <c r="B78" s="8" t="s">
+        <v>326</v>
+      </c>
+      <c r="C78" s="9" t="s">
         <v>327</v>
       </c>
-      <c r="C78" s="9" t="s">
+      <c r="D78" s="5" t="s">
         <v>328</v>
       </c>
-      <c r="D78" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F78" s="9">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="G78" s="9">
-        <v>596</v>
+        <v>111</v>
       </c>
       <c r="H78" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I78" s="9">
-        <v>1850.0</v>
+        <v>325.0</v>
       </c>
       <c r="J78" s="9">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="K78" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L78" s="9">
-        <v>1500</v>
+        <v>250</v>
       </c>
       <c r="M78" s="10" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="N78" s="9" t="s">
         <v>78</v>
       </c>
       <c r="O78" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P78" s="5" t="s">
-        <v>93</v>
+        <v>329</v>
       </c>
       <c r="Q78" s="9" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79" s="5">
         <v>73</v>
       </c>
       <c r="B79" s="8" t="s">
         <v>331</v>
       </c>
       <c r="C79" s="9" t="s">
         <v>332</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>333</v>
+        <v>120</v>
       </c>
       <c r="E79" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F79" s="9">
         <v>2023</v>
       </c>
       <c r="G79" s="9">
-        <v>417</v>
+        <v>292</v>
       </c>
       <c r="H79" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I79" s="9">
-        <v>995.0</v>
+        <v>950.0</v>
       </c>
       <c r="J79" s="9">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="K79" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L79" s="9">
-        <v>525</v>
+        <v>665</v>
       </c>
       <c r="M79" s="10" t="s">
         <v>332</v>
       </c>
       <c r="N79" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O79" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P79" s="5" t="s">
-        <v>334</v>
+        <v>62</v>
       </c>
       <c r="Q79" s="9" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80" s="5">
         <v>74</v>
       </c>
       <c r="B80" s="8" t="s">
+        <v>334</v>
+      </c>
+      <c r="C80" s="9" t="s">
+        <v>335</v>
+      </c>
+      <c r="D80" s="5" t="s">
         <v>336</v>
       </c>
-      <c r="C80" s="9" t="s">
+      <c r="E80" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F80" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G80" s="9">
+        <v>596</v>
+      </c>
+      <c r="H80" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I80" s="9">
+        <v>1850.0</v>
+      </c>
+      <c r="J80" s="9">
+        <v>70</v>
+      </c>
+      <c r="K80" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L80" s="9">
+        <v>1500</v>
+      </c>
+      <c r="M80" s="10" t="s">
+        <v>335</v>
+      </c>
+      <c r="N80" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="O80" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P80" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q80" s="9" t="s">
         <v>337</v>
-      </c>
-[...40 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81" s="5">
         <v>75</v>
       </c>
       <c r="B81" s="8" t="s">
+        <v>338</v>
+      </c>
+      <c r="C81" s="9" t="s">
         <v>339</v>
       </c>
-      <c r="C81" s="9" t="s">
+      <c r="D81" s="5" t="s">
         <v>340</v>
       </c>
-      <c r="D81" s="5" t="s">
+      <c r="E81" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F81" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G81" s="9">
+        <v>417</v>
+      </c>
+      <c r="H81" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I81" s="9">
+        <v>995.0</v>
+      </c>
+      <c r="J81" s="9">
+        <v>45</v>
+      </c>
+      <c r="K81" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L81" s="9">
+        <v>525</v>
+      </c>
+      <c r="M81" s="10" t="s">
+        <v>339</v>
+      </c>
+      <c r="N81" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O81" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P81" s="5" t="s">
         <v>341</v>
       </c>
-      <c r="E81" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q81" s="9" t="s">
-        <v>94</v>
+        <v>342</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82" s="5">
         <v>76</v>
       </c>
       <c r="B82" s="8" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C82" s="9" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D82" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="E82" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F82" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G82" s="9">
+        <v>252</v>
+      </c>
+      <c r="H82" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I82" s="9">
+        <v>800.0</v>
+      </c>
+      <c r="J82" s="9">
+        <v>40</v>
+      </c>
+      <c r="K82" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L82" s="9">
+        <v>430</v>
+      </c>
+      <c r="M82" s="10" t="s">
         <v>344</v>
       </c>
-      <c r="E82" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N82" s="9" t="s">
-        <v>131</v>
+        <v>56</v>
       </c>
       <c r="O82" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P82" s="5" t="s">
-        <v>208</v>
+        <v>345</v>
       </c>
       <c r="Q82" s="9" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83" s="5">
         <v>77</v>
       </c>
       <c r="B83" s="8" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C83" s="9" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D83" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="E83" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F83" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G83" s="9">
+        <v>120</v>
+      </c>
+      <c r="H83" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I83" s="9">
+        <v>400.0</v>
+      </c>
+      <c r="J83" s="9">
+        <v>25</v>
+      </c>
+      <c r="K83" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L83" s="9">
+        <v>180</v>
+      </c>
+      <c r="M83" s="10" t="s">
         <v>347</v>
       </c>
-      <c r="E83" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N83" s="9" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
       <c r="O83" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P83" s="5" t="s">
-        <v>35</v>
+        <v>255</v>
       </c>
       <c r="Q83" s="9" t="s">
-        <v>348</v>
+        <v>94</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84" s="5">
         <v>78</v>
       </c>
       <c r="B84" s="8" t="s">
         <v>349</v>
       </c>
       <c r="C84" s="9" t="s">
         <v>350</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>351</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F84" s="9">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="G84" s="9">
-        <v>189</v>
+        <v>174</v>
       </c>
       <c r="H84" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I84" s="9">
-        <v>675.0</v>
+        <v>500.0</v>
       </c>
       <c r="J84" s="9">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="K84" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L84" s="9">
-        <v>650</v>
+        <v>300</v>
       </c>
       <c r="M84" s="10" t="s">
         <v>350</v>
       </c>
       <c r="N84" s="9" t="s">
-        <v>227</v>
+        <v>131</v>
       </c>
       <c r="O84" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P84" s="5" t="s">
-        <v>322</v>
+        <v>211</v>
       </c>
       <c r="Q84" s="9" t="s">
-        <v>352</v>
+        <v>51</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85" s="5">
         <v>79</v>
       </c>
       <c r="B85" s="8" t="s">
+        <v>352</v>
+      </c>
+      <c r="C85" s="9" t="s">
         <v>353</v>
       </c>
-      <c r="C85" s="9" t="s">
+      <c r="D85" s="5" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="E85" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F85" s="9">
         <v>2023</v>
       </c>
       <c r="G85" s="9">
-        <v>149</v>
+        <v>220</v>
       </c>
       <c r="H85" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I85" s="9">
-        <v>495.0</v>
+        <v>600.0</v>
       </c>
       <c r="J85" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K85" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L85" s="9">
-        <v>230</v>
+        <v>310</v>
       </c>
       <c r="M85" s="10" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="N85" s="9" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
       <c r="O85" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P85" s="5" t="s">
-        <v>300</v>
+        <v>35</v>
       </c>
       <c r="Q85" s="9" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86" s="5">
         <v>80</v>
       </c>
       <c r="B86" s="8" t="s">
+        <v>356</v>
+      </c>
+      <c r="C86" s="9" t="s">
         <v>357</v>
       </c>
-      <c r="C86" s="9" t="s">
+      <c r="D86" s="5" t="s">
         <v>358</v>
       </c>
-      <c r="D86" s="5" t="s">
+      <c r="E86" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F86" s="9">
+        <v>2018</v>
+      </c>
+      <c r="G86" s="9">
+        <v>189</v>
+      </c>
+      <c r="H86" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I86" s="9">
+        <v>675.0</v>
+      </c>
+      <c r="J86" s="9">
+        <v>50</v>
+      </c>
+      <c r="K86" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L86" s="9">
+        <v>650</v>
+      </c>
+      <c r="M86" s="10" t="s">
+        <v>357</v>
+      </c>
+      <c r="N86" s="9" t="s">
+        <v>230</v>
+      </c>
+      <c r="O86" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P86" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="Q86" s="9" t="s">
         <v>359</v>
-      </c>
-[...37 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87" s="5">
         <v>81</v>
       </c>
       <c r="B87" s="8" t="s">
+        <v>360</v>
+      </c>
+      <c r="C87" s="9" t="s">
+        <v>361</v>
+      </c>
+      <c r="D87" s="5" t="s">
         <v>362</v>
       </c>
-      <c r="C87" s="9" t="s">
+      <c r="E87" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F87" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G87" s="9">
+        <v>149</v>
+      </c>
+      <c r="H87" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I87" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J87" s="9">
+        <v>25</v>
+      </c>
+      <c r="K87" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L87" s="9">
+        <v>230</v>
+      </c>
+      <c r="M87" s="10" t="s">
+        <v>361</v>
+      </c>
+      <c r="N87" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="O87" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P87" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="Q87" s="9" t="s">
         <v>363</v>
-      </c>
-[...40 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88" s="5">
         <v>82</v>
       </c>
       <c r="B88" s="8" t="s">
+        <v>364</v>
+      </c>
+      <c r="C88" s="9" t="s">
+        <v>365</v>
+      </c>
+      <c r="D88" s="5" t="s">
         <v>366</v>
       </c>
-      <c r="C88" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E88" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F88" s="9">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="G88" s="9">
-        <v>240</v>
+        <v>132</v>
       </c>
       <c r="H88" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I88" s="9">
-        <v>750.0</v>
+        <v>550.0</v>
       </c>
       <c r="J88" s="9">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K88" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="9">
-        <v>420</v>
+        <v>250</v>
       </c>
       <c r="M88" s="10" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="N88" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O88" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P88" s="5" t="s">
-        <v>27</v>
+        <v>367</v>
       </c>
       <c r="Q88" s="9" t="s">
-        <v>127</v>
+        <v>368</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89" s="5">
         <v>83</v>
       </c>
       <c r="B89" s="8" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C89" s="9" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E89" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F89" s="9">
         <v>2024</v>
       </c>
       <c r="G89" s="9">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="H89" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I89" s="9">
         <v>400.0</v>
       </c>
       <c r="J89" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K89" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L89" s="9">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="M89" s="10" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="N89" s="9" t="s">
-        <v>148</v>
+        <v>26</v>
       </c>
       <c r="O89" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P89" s="5" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="Q89" s="9" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90" s="5">
         <v>84</v>
       </c>
       <c r="B90" s="8" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C90" s="9" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D90" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="E90" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F90" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G90" s="9">
+        <v>240</v>
+      </c>
+      <c r="H90" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I90" s="9">
+        <v>750.0</v>
+      </c>
+      <c r="J90" s="9">
+        <v>35</v>
+      </c>
+      <c r="K90" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L90" s="9">
+        <v>420</v>
+      </c>
+      <c r="M90" s="10" t="s">
         <v>374</v>
-      </c>
-[...25 lines deleted...]
-        <v>373</v>
       </c>
       <c r="N90" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O90" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P90" s="5" t="s">
-        <v>375</v>
+        <v>27</v>
       </c>
       <c r="Q90" s="9" t="s">
-        <v>229</v>
+        <v>127</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91" s="5">
         <v>85</v>
       </c>
       <c r="B91" s="8" t="s">
+        <v>375</v>
+      </c>
+      <c r="C91" s="9" t="s">
         <v>376</v>
       </c>
-      <c r="C91" s="9" t="s">
+      <c r="D91" s="5" t="s">
         <v>377</v>
       </c>
-      <c r="D91" s="5" t="s">
+      <c r="E91" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F91" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G91" s="9">
+        <v>111</v>
+      </c>
+      <c r="H91" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I91" s="9">
+        <v>400.0</v>
+      </c>
+      <c r="J91" s="9">
+        <v>20</v>
+      </c>
+      <c r="K91" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L91" s="9">
+        <v>180</v>
+      </c>
+      <c r="M91" s="10" t="s">
+        <v>376</v>
+      </c>
+      <c r="N91" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="O91" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P91" s="5" t="s">
         <v>378</v>
       </c>
-      <c r="E91" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q91" s="9" t="s">
-        <v>173</v>
+        <v>94</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92" s="5">
         <v>86</v>
       </c>
       <c r="B92" s="8" t="s">
+        <v>379</v>
+      </c>
+      <c r="C92" s="9" t="s">
         <v>380</v>
       </c>
-      <c r="C92" s="9" t="s">
+      <c r="D92" s="5" t="s">
         <v>381</v>
       </c>
-      <c r="D92" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E92" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F92" s="9">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="G92" s="9">
-        <v>926</v>
+        <v>76</v>
       </c>
       <c r="H92" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I92" s="9">
-        <v>2115.0</v>
+        <v>300.0</v>
       </c>
       <c r="J92" s="9">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="K92" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L92" s="9">
-        <v>1200</v>
+        <v>160</v>
       </c>
       <c r="M92" s="10" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="N92" s="9" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="O92" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P92" s="5" t="s">
-        <v>104</v>
+        <v>382</v>
       </c>
       <c r="Q92" s="9" t="s">
-        <v>382</v>
+        <v>232</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93" s="5">
         <v>87</v>
       </c>
       <c r="B93" s="8" t="s">
         <v>383</v>
       </c>
       <c r="C93" s="9" t="s">
         <v>384</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>385</v>
       </c>
       <c r="E93" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F93" s="9">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="G93" s="9">
-        <v>84</v>
+        <v>382</v>
       </c>
       <c r="H93" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I93" s="9">
-        <v>250.0</v>
+        <v>1450.0</v>
       </c>
       <c r="J93" s="9">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="K93" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L93" s="9">
-        <v>150</v>
+        <v>600</v>
       </c>
       <c r="M93" s="10" t="s">
         <v>384</v>
       </c>
       <c r="N93" s="9" t="s">
-        <v>26</v>
+        <v>386</v>
       </c>
       <c r="O93" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P93" s="5" t="s">
-        <v>386</v>
+        <v>93</v>
       </c>
       <c r="Q93" s="9" t="s">
-        <v>387</v>
+        <v>173</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94" s="5">
         <v>88</v>
       </c>
       <c r="B94" s="8" t="s">
+        <v>387</v>
+      </c>
+      <c r="C94" s="9" t="s">
         <v>388</v>
       </c>
-      <c r="C94" s="9" t="s">
+      <c r="D94" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E94" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F94" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G94" s="9">
+        <v>926</v>
+      </c>
+      <c r="H94" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I94" s="9">
+        <v>2115.0</v>
+      </c>
+      <c r="J94" s="9">
+        <v>100</v>
+      </c>
+      <c r="K94" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L94" s="9">
+        <v>1200</v>
+      </c>
+      <c r="M94" s="10" t="s">
+        <v>388</v>
+      </c>
+      <c r="N94" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="O94" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P94" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q94" s="9" t="s">
         <v>389</v>
-      </c>
-[...40 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95" s="5">
         <v>89</v>
       </c>
       <c r="B95" s="8" t="s">
+        <v>390</v>
+      </c>
+      <c r="C95" s="9" t="s">
+        <v>391</v>
+      </c>
+      <c r="D95" s="5" t="s">
         <v>392</v>
       </c>
-      <c r="C95" s="9" t="s">
+      <c r="E95" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F95" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G95" s="9">
+        <v>84</v>
+      </c>
+      <c r="H95" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I95" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="J95" s="9">
+        <v>12</v>
+      </c>
+      <c r="K95" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L95" s="9">
+        <v>150</v>
+      </c>
+      <c r="M95" s="10" t="s">
+        <v>391</v>
+      </c>
+      <c r="N95" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O95" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P95" s="5" t="s">
         <v>393</v>
       </c>
-      <c r="D95" s="5" t="s">
+      <c r="Q95" s="9" t="s">
         <v>394</v>
-      </c>
-[...37 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96" s="5">
         <v>90</v>
       </c>
       <c r="B96" s="8" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="C96" s="9" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="E96" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F96" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G96" s="9">
-        <v>145</v>
+        <v>134</v>
       </c>
       <c r="H96" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I96" s="9">
-        <v>400.0</v>
+        <v>300.0</v>
       </c>
       <c r="J96" s="9">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="K96" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L96" s="9">
-        <v>210</v>
+        <v>250</v>
       </c>
       <c r="M96" s="10" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="N96" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O96" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P96" s="5" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="Q96" s="9" t="s">
-        <v>137</v>
+        <v>398</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97" s="5">
         <v>91</v>
       </c>
       <c r="B97" s="8" t="s">
+        <v>399</v>
+      </c>
+      <c r="C97" s="9" t="s">
+        <v>400</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="E97" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F97" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G97" s="9">
+        <v>103</v>
+      </c>
+      <c r="H97" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I97" s="9">
+        <v>625.0</v>
+      </c>
+      <c r="J97" s="9">
+        <v>35</v>
+      </c>
+      <c r="K97" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L97" s="9">
+        <v>240</v>
+      </c>
+      <c r="M97" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="N97" s="9" t="s">
         <v>402</v>
       </c>
-      <c r="C97" s="9" t="s">
+      <c r="O97" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P97" s="5" t="s">
         <v>403</v>
       </c>
-      <c r="D97" s="5" t="s">
-[...29 lines deleted...]
-      <c r="N97" s="9" t="s">
+      <c r="Q97" s="9" t="s">
         <v>404</v>
-      </c>
-[...7 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98" s="5">
         <v>92</v>
       </c>
       <c r="B98" s="8" t="s">
+        <v>405</v>
+      </c>
+      <c r="C98" s="9" t="s">
         <v>406</v>
       </c>
-      <c r="C98" s="9" t="s">
+      <c r="D98" s="5" t="s">
         <v>407</v>
       </c>
-      <c r="D98" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E98" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F98" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G98" s="9">
-        <v>237</v>
+        <v>145</v>
       </c>
       <c r="H98" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I98" s="9">
-        <v>1495.0</v>
+        <v>400.0</v>
       </c>
       <c r="J98" s="9">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="K98" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L98" s="9">
-        <v>750</v>
+        <v>210</v>
       </c>
       <c r="M98" s="10" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="N98" s="9" t="s">
-        <v>98</v>
+        <v>26</v>
       </c>
       <c r="O98" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P98" s="5" t="s">
         <v>408</v>
       </c>
       <c r="Q98" s="9" t="s">
-        <v>405</v>
+        <v>137</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99" s="5">
         <v>93</v>
       </c>
       <c r="B99" s="8" t="s">
         <v>409</v>
       </c>
       <c r="C99" s="9" t="s">
         <v>410</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>411</v>
+        <v>214</v>
       </c>
       <c r="E99" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F99" s="9">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="G99" s="9">
-        <v>110</v>
+        <v>270</v>
       </c>
       <c r="H99" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="9">
-        <v>350.0</v>
+        <v>1400.0</v>
       </c>
       <c r="J99" s="9">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="K99" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L99" s="9">
-        <v>190</v>
+        <v>700</v>
       </c>
       <c r="M99" s="10" t="s">
         <v>410</v>
       </c>
       <c r="N99" s="9" t="s">
-        <v>26</v>
+        <v>411</v>
       </c>
       <c r="O99" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P99" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q99" s="9" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100" s="5">
         <v>94</v>
       </c>
       <c r="B100" s="8" t="s">
         <v>413</v>
       </c>
       <c r="C100" s="9" t="s">
         <v>414</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>415</v>
+        <v>214</v>
       </c>
       <c r="E100" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F100" s="9">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G100" s="9">
-        <v>283</v>
+        <v>237</v>
       </c>
       <c r="H100" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="9">
-        <v>550.0</v>
+        <v>1495.0</v>
       </c>
       <c r="J100" s="9">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="K100" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L100" s="9">
-        <v>480</v>
+        <v>750</v>
       </c>
       <c r="M100" s="10" t="s">
         <v>414</v>
       </c>
       <c r="N100" s="9" t="s">
-        <v>416</v>
+        <v>98</v>
       </c>
       <c r="O100" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P100" s="5" t="s">
-        <v>57</v>
+        <v>415</v>
       </c>
       <c r="Q100" s="9" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101" s="5">
         <v>95</v>
       </c>
       <c r="B101" s="8" t="s">
+        <v>416</v>
+      </c>
+      <c r="C101" s="9" t="s">
+        <v>417</v>
+      </c>
+      <c r="D101" s="5" t="s">
         <v>418</v>
       </c>
-      <c r="C101" s="9" t="s">
+      <c r="E101" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F101" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G101" s="9">
+        <v>110</v>
+      </c>
+      <c r="H101" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I101" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J101" s="9">
+        <v>25</v>
+      </c>
+      <c r="K101" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L101" s="9">
+        <v>190</v>
+      </c>
+      <c r="M101" s="10" t="s">
+        <v>417</v>
+      </c>
+      <c r="N101" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O101" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P101" s="5" t="s">
         <v>419</v>
       </c>
-      <c r="D101" s="5" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q101" s="9" t="s">
-        <v>330</v>
+        <v>113</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102" s="5">
         <v>96</v>
       </c>
       <c r="B102" s="8" t="s">
+        <v>420</v>
+      </c>
+      <c r="C102" s="9" t="s">
         <v>421</v>
       </c>
-      <c r="C102" s="9" t="s">
+      <c r="D102" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="D102" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E102" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F102" s="9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G102" s="9">
-        <v>1181</v>
+        <v>283</v>
       </c>
       <c r="H102" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I102" s="9">
-        <v>3495.0</v>
+        <v>550.0</v>
       </c>
       <c r="J102" s="9">
-        <v>170</v>
+        <v>30</v>
       </c>
       <c r="K102" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L102" s="9">
-        <v>2500</v>
+        <v>480</v>
       </c>
       <c r="M102" s="10" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="N102" s="9" t="s">
         <v>423</v>
       </c>
       <c r="O102" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P102" s="5" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="Q102" s="9" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103" s="5">
         <v>97</v>
       </c>
       <c r="B103" s="8" t="s">
         <v>425</v>
       </c>
       <c r="C103" s="9" t="s">
         <v>426</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>255</v>
+        <v>214</v>
       </c>
       <c r="E103" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F103" s="9">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="G103" s="9">
-        <v>614</v>
+        <v>571</v>
       </c>
       <c r="H103" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I103" s="9">
-        <v>1895.0</v>
+        <v>1850.0</v>
       </c>
       <c r="J103" s="9">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="K103" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L103" s="9">
         <v>1300</v>
       </c>
       <c r="M103" s="10" t="s">
         <v>426</v>
       </c>
       <c r="N103" s="9" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="O103" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P103" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q103" s="9" t="s">
-        <v>427</v>
+        <v>337</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104" s="5">
         <v>98</v>
       </c>
       <c r="B104" s="8" t="s">
         <v>428</v>
       </c>
       <c r="C104" s="9" t="s">
         <v>429</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="E104" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F104" s="9">
         <v>2022</v>
       </c>
       <c r="G104" s="9">
-        <v>567</v>
+        <v>1181</v>
       </c>
       <c r="H104" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I104" s="9">
-        <v>1695.0</v>
+        <v>3495.0</v>
       </c>
       <c r="J104" s="9">
-        <v>85</v>
+        <v>170</v>
       </c>
       <c r="K104" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L104" s="9">
-        <v>1200</v>
+        <v>2500</v>
       </c>
       <c r="M104" s="10" t="s">
         <v>429</v>
       </c>
       <c r="N104" s="9" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="O104" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P104" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q104" s="9" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105" s="5">
         <v>99</v>
       </c>
       <c r="B105" s="8" t="s">
+        <v>432</v>
+      </c>
+      <c r="C105" s="9" t="s">
+        <v>433</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="E105" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F105" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G105" s="9">
+        <v>614</v>
+      </c>
+      <c r="H105" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I105" s="9">
+        <v>1895.0</v>
+      </c>
+      <c r="J105" s="9">
+        <v>95</v>
+      </c>
+      <c r="K105" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L105" s="9">
+        <v>1300</v>
+      </c>
+      <c r="M105" s="10" t="s">
+        <v>433</v>
+      </c>
+      <c r="N105" s="9" t="s">
         <v>430</v>
       </c>
-      <c r="C105" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="O105" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P105" s="5" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="Q105" s="9" t="s">
-        <v>46</v>
+        <v>434</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106" s="5">
         <v>100</v>
       </c>
       <c r="B106" s="8" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C106" s="9" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>436</v>
+        <v>258</v>
       </c>
       <c r="E106" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F106" s="9">
         <v>2022</v>
       </c>
       <c r="G106" s="9">
-        <v>151</v>
+        <v>567</v>
       </c>
       <c r="H106" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I106" s="9">
-        <v>375.0</v>
+        <v>1695.0</v>
       </c>
       <c r="J106" s="9">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="K106" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L106" s="9">
-        <v>220</v>
+        <v>1200</v>
       </c>
       <c r="M106" s="10" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="N106" s="9" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="O106" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P106" s="5" t="s">
-        <v>438</v>
+        <v>27</v>
       </c>
       <c r="Q106" s="9" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107" s="5">
         <v>101</v>
       </c>
       <c r="B107" s="8" t="s">
+        <v>437</v>
+      </c>
+      <c r="C107" s="9" t="s">
+        <v>438</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E107" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F107" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G107" s="9">
+        <v>164</v>
+      </c>
+      <c r="H107" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I107" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J107" s="9">
+        <v>30</v>
+      </c>
+      <c r="K107" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L107" s="9">
+        <v>325</v>
+      </c>
+      <c r="M107" s="10" t="s">
+        <v>438</v>
+      </c>
+      <c r="N107" s="9" t="s">
         <v>440</v>
       </c>
-      <c r="C107" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="O107" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P107" s="5" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="Q107" s="9" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108" s="5">
         <v>102</v>
       </c>
       <c r="B108" s="8" t="s">
+        <v>441</v>
+      </c>
+      <c r="C108" s="9" t="s">
+        <v>442</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="E108" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F108" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G108" s="9">
+        <v>151</v>
+      </c>
+      <c r="H108" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I108" s="9">
+        <v>375.0</v>
+      </c>
+      <c r="J108" s="9">
+        <v>20</v>
+      </c>
+      <c r="K108" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L108" s="9">
+        <v>220</v>
+      </c>
+      <c r="M108" s="10" t="s">
+        <v>442</v>
+      </c>
+      <c r="N108" s="9" t="s">
         <v>444</v>
       </c>
-      <c r="C108" s="9" t="s">
+      <c r="O108" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P108" s="5" t="s">
         <v>445</v>
       </c>
-      <c r="D108" s="5" t="s">
+      <c r="Q108" s="9" t="s">
         <v>446</v>
-      </c>
-[...37 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109" s="5">
         <v>103</v>
       </c>
       <c r="B109" s="8" t="s">
         <v>447</v>
       </c>
       <c r="C109" s="9" t="s">
         <v>448</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>449</v>
       </c>
       <c r="E109" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F109" s="9">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G109" s="9">
-        <v>521</v>
+        <v>163</v>
       </c>
       <c r="H109" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I109" s="9">
-        <v>1050.0</v>
+        <v>375.0</v>
       </c>
       <c r="J109" s="9">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="K109" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L109" s="9">
-        <v>800</v>
+        <v>275</v>
       </c>
       <c r="M109" s="10" t="s">
         <v>448</v>
       </c>
       <c r="N109" s="9" t="s">
-        <v>131</v>
+        <v>450</v>
       </c>
       <c r="O109" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P109" s="5" t="s">
-        <v>450</v>
+        <v>62</v>
       </c>
       <c r="Q109" s="9" t="s">
-        <v>451</v>
+        <v>51</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110" s="5">
         <v>104</v>
       </c>
       <c r="B110" s="8" t="s">
+        <v>451</v>
+      </c>
+      <c r="C110" s="9" t="s">
         <v>452</v>
       </c>
-      <c r="C110" s="9" t="s">
+      <c r="D110" s="5" t="s">
         <v>453</v>
       </c>
-      <c r="D110" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E110" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F110" s="9">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="G110" s="9">
-        <v>340</v>
+        <v>379</v>
       </c>
       <c r="H110" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="9">
-        <v>750.0</v>
+        <v>850.0</v>
       </c>
       <c r="J110" s="9">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="K110" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L110" s="9">
-        <v>550</v>
+        <v>835</v>
       </c>
       <c r="M110" s="10" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="N110" s="9" t="s">
-        <v>131</v>
+        <v>148</v>
       </c>
       <c r="O110" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P110" s="5" t="s">
-        <v>454</v>
+        <v>57</v>
       </c>
       <c r="Q110" s="9" t="s">
-        <v>173</v>
+        <v>299</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111" s="5">
         <v>105</v>
       </c>
       <c r="B111" s="8" t="s">
+        <v>454</v>
+      </c>
+      <c r="C111" s="9" t="s">
         <v>455</v>
       </c>
-      <c r="C111" s="9" t="s">
+      <c r="D111" s="5" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
       <c r="E111" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F111" s="9">
         <v>2020</v>
       </c>
       <c r="G111" s="9">
-        <v>202</v>
+        <v>521</v>
       </c>
       <c r="H111" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I111" s="9">
-        <v>400.0</v>
+        <v>1050.0</v>
       </c>
       <c r="J111" s="9">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K111" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L111" s="9">
-        <v>300</v>
+        <v>800</v>
       </c>
       <c r="M111" s="10" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="N111" s="9" t="s">
         <v>131</v>
       </c>
       <c r="O111" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P111" s="5" t="s">
         <v>457</v>
       </c>
       <c r="Q111" s="9" t="s">
-        <v>51</v>
+        <v>458</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112" s="5">
         <v>106</v>
       </c>
       <c r="B112" s="8" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C112" s="9" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="E112" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F112" s="9">
         <v>2020</v>
       </c>
       <c r="G112" s="9">
-        <v>376</v>
+        <v>340</v>
       </c>
       <c r="H112" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I112" s="9">
-        <v>850.0</v>
+        <v>750.0</v>
       </c>
       <c r="J112" s="9">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="K112" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L112" s="9">
-        <v>600</v>
+        <v>550</v>
       </c>
       <c r="M112" s="10" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="N112" s="9" t="s">
         <v>131</v>
       </c>
       <c r="O112" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P112" s="5" t="s">
-        <v>62</v>
+        <v>461</v>
       </c>
       <c r="Q112" s="9" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113" s="5">
         <v>107</v>
       </c>
       <c r="B113" s="8" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C113" s="9" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="E113" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F113" s="9">
         <v>2020</v>
       </c>
       <c r="G113" s="9">
-        <v>414</v>
+        <v>202</v>
       </c>
       <c r="H113" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I113" s="9">
-        <v>850.0</v>
+        <v>400.0</v>
       </c>
       <c r="J113" s="9">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="K113" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L113" s="9">
-        <v>650</v>
+        <v>300</v>
       </c>
       <c r="M113" s="10" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="N113" s="9" t="s">
         <v>131</v>
       </c>
       <c r="O113" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P113" s="5" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="Q113" s="9" t="s">
-        <v>463</v>
+        <v>51</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114" s="5">
         <v>108</v>
       </c>
       <c r="B114" s="8" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C114" s="9" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="E114" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F114" s="9">
         <v>2020</v>
       </c>
       <c r="G114" s="9">
-        <v>362</v>
+        <v>376</v>
       </c>
       <c r="H114" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I114" s="9">
         <v>850.0</v>
       </c>
       <c r="J114" s="9">
         <v>40</v>
       </c>
       <c r="K114" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L114" s="9">
-        <v>650</v>
+        <v>600</v>
       </c>
       <c r="M114" s="10" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="N114" s="9" t="s">
         <v>131</v>
       </c>
       <c r="O114" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P114" s="5" t="s">
-        <v>466</v>
+        <v>62</v>
       </c>
       <c r="Q114" s="9" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115" s="5">
         <v>109</v>
       </c>
       <c r="B115" s="8" t="s">
         <v>467</v>
       </c>
       <c r="C115" s="9" t="s">
         <v>468</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>469</v>
+        <v>456</v>
       </c>
       <c r="E115" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F115" s="9">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G115" s="9">
-        <v>326</v>
+        <v>414</v>
       </c>
       <c r="H115" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I115" s="9">
-        <v>675.0</v>
+        <v>850.0</v>
       </c>
       <c r="J115" s="9">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="K115" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L115" s="9">
-        <v>580</v>
+        <v>650</v>
       </c>
       <c r="M115" s="10" t="s">
         <v>468</v>
       </c>
       <c r="N115" s="9" t="s">
-        <v>26</v>
+        <v>131</v>
       </c>
       <c r="O115" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P115" s="5" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="Q115" s="9" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116" s="5">
         <v>110</v>
       </c>
       <c r="B116" s="8" t="s">
         <v>471</v>
       </c>
       <c r="C116" s="9" t="s">
         <v>472</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>473</v>
+        <v>456</v>
       </c>
       <c r="E116" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F116" s="9">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G116" s="9">
-        <v>290</v>
+        <v>362</v>
       </c>
       <c r="H116" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I116" s="9">
-        <v>650.0</v>
+        <v>850.0</v>
       </c>
       <c r="J116" s="9">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="K116" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L116" s="9">
-        <v>420</v>
+        <v>650</v>
       </c>
       <c r="M116" s="10" t="s">
         <v>472</v>
       </c>
       <c r="N116" s="9" t="s">
-        <v>26</v>
+        <v>131</v>
       </c>
       <c r="O116" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P116" s="5" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="Q116" s="9" t="s">
-        <v>318</v>
+        <v>173</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117" s="5">
         <v>111</v>
       </c>
       <c r="B117" s="8" t="s">
+        <v>474</v>
+      </c>
+      <c r="C117" s="9" t="s">
         <v>475</v>
       </c>
-      <c r="C117" s="9" t="s">
+      <c r="D117" s="5" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
       <c r="E117" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F117" s="9">
         <v>2025</v>
       </c>
       <c r="G117" s="9">
-        <v>106</v>
+        <v>326</v>
       </c>
       <c r="H117" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I117" s="9">
-        <v>395.0</v>
+        <v>675.0</v>
       </c>
       <c r="J117" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K117" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L117" s="9">
-        <v>140</v>
+        <v>580</v>
       </c>
       <c r="M117" s="10" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="N117" s="9" t="s">
-        <v>416</v>
+        <v>26</v>
       </c>
       <c r="O117" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P117" s="5" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="Q117" s="9" t="s">
-        <v>310</v>
+        <v>477</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118" s="5">
         <v>112</v>
       </c>
       <c r="B118" s="8" t="s">
+        <v>478</v>
+      </c>
+      <c r="C118" s="9" t="s">
         <v>479</v>
       </c>
-      <c r="C118" s="9" t="s">
+      <c r="D118" s="5" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
       <c r="E118" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F118" s="9">
         <v>2025</v>
       </c>
       <c r="G118" s="9">
-        <v>142</v>
+        <v>290</v>
       </c>
       <c r="H118" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I118" s="9">
-        <v>450.0</v>
+        <v>650.0</v>
       </c>
       <c r="J118" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K118" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L118" s="9">
-        <v>200</v>
+        <v>420</v>
       </c>
       <c r="M118" s="10" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="N118" s="9" t="s">
-        <v>416</v>
+        <v>26</v>
       </c>
       <c r="O118" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P118" s="5" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="Q118" s="9" t="s">
-        <v>113</v>
+        <v>325</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="A119" s="5">
         <v>113</v>
       </c>
       <c r="B119" s="8" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C119" s="9" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D119" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="E119" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F119" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G119" s="9">
+        <v>106</v>
+      </c>
+      <c r="H119" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I119" s="9">
+        <v>395.0</v>
+      </c>
+      <c r="J119" s="9">
+        <v>20</v>
+      </c>
+      <c r="K119" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L119" s="9">
+        <v>140</v>
+      </c>
+      <c r="M119" s="10" t="s">
         <v>483</v>
       </c>
-      <c r="E119" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N119" s="9" t="s">
-        <v>78</v>
+        <v>423</v>
       </c>
       <c r="O119" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P119" s="5" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="Q119" s="9" t="s">
-        <v>485</v>
+        <v>317</v>
       </c>
     </row>
     <row r="120" spans="1:17">
       <c r="A120" s="5">
         <v>114</v>
       </c>
       <c r="B120" s="8" t="s">
         <v>486</v>
       </c>
       <c r="C120" s="9" t="s">
         <v>487</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="E120" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F120" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G120" s="9">
-        <v>256</v>
+        <v>142</v>
       </c>
       <c r="H120" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I120" s="9">
-        <v>595.0</v>
+        <v>450.0</v>
       </c>
       <c r="J120" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K120" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L120" s="9">
-        <v>335</v>
+        <v>200</v>
       </c>
       <c r="M120" s="10" t="s">
         <v>487</v>
       </c>
       <c r="N120" s="9" t="s">
-        <v>148</v>
+        <v>423</v>
       </c>
       <c r="O120" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P120" s="5" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="Q120" s="9" t="s">
-        <v>489</v>
+        <v>113</v>
       </c>
     </row>
     <row r="121" spans="1:17">
       <c r="A121" s="5">
         <v>115</v>
       </c>
       <c r="B121" s="8" t="s">
+        <v>488</v>
+      </c>
+      <c r="C121" s="9" t="s">
+        <v>489</v>
+      </c>
+      <c r="D121" s="5" t="s">
         <v>490</v>
       </c>
-      <c r="C121" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E121" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F121" s="9">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="G121" s="9">
-        <v>190</v>
+        <v>362</v>
       </c>
       <c r="H121" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I121" s="9">
         <v>1250.0</v>
       </c>
       <c r="J121" s="9">
         <v>60</v>
       </c>
       <c r="K121" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L121" s="9">
-        <v>350</v>
+        <v>975</v>
       </c>
       <c r="M121" s="10" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="N121" s="9" t="s">
         <v>78</v>
       </c>
       <c r="O121" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P121" s="5" t="s">
-        <v>270</v>
+        <v>491</v>
       </c>
       <c r="Q121" s="9" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
     </row>
     <row r="122" spans="1:17">
       <c r="A122" s="5">
         <v>116</v>
       </c>
       <c r="B122" s="8" t="s">
+        <v>493</v>
+      </c>
+      <c r="C122" s="9" t="s">
         <v>494</v>
       </c>
-      <c r="C122" s="9" t="s">
+      <c r="D122" s="5" t="s">
         <v>495</v>
       </c>
-      <c r="D122" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E122" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F122" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G122" s="9">
-        <v>175</v>
+        <v>256</v>
       </c>
       <c r="H122" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I122" s="9">
-        <v>950.0</v>
+        <v>595.0</v>
       </c>
       <c r="J122" s="9">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="K122" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L122" s="9">
-        <v>360</v>
+        <v>335</v>
       </c>
       <c r="M122" s="10" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="N122" s="9" t="s">
-        <v>78</v>
+        <v>148</v>
       </c>
       <c r="O122" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P122" s="5" t="s">
-        <v>270</v>
+        <v>485</v>
       </c>
       <c r="Q122" s="9" t="s">
-        <v>68</v>
+        <v>496</v>
       </c>
     </row>
     <row r="123" spans="1:17">
       <c r="A123" s="5">
         <v>117</v>
       </c>
       <c r="B123" s="8" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C123" s="9" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D123" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="E123" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F123" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G123" s="9">
+        <v>190</v>
+      </c>
+      <c r="H123" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I123" s="9">
+        <v>1250.0</v>
+      </c>
+      <c r="J123" s="9">
+        <v>60</v>
+      </c>
+      <c r="K123" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L123" s="9">
+        <v>350</v>
+      </c>
+      <c r="M123" s="10" t="s">
         <v>498</v>
       </c>
-      <c r="E123" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N123" s="9" t="s">
-        <v>499</v>
+        <v>78</v>
       </c>
       <c r="O123" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P123" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="Q123" s="9" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="124" spans="1:17">
       <c r="A124" s="5">
         <v>118</v>
       </c>
       <c r="B124" s="8" t="s">
         <v>501</v>
       </c>
       <c r="C124" s="9" t="s">
         <v>502</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="E124" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F124" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G124" s="9">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="H124" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I124" s="9">
-        <v>575.0</v>
+        <v>950.0</v>
       </c>
       <c r="J124" s="9">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="K124" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L124" s="9">
-        <v>315</v>
+        <v>360</v>
       </c>
       <c r="M124" s="10" t="s">
         <v>502</v>
       </c>
       <c r="N124" s="9" t="s">
-        <v>148</v>
+        <v>78</v>
       </c>
       <c r="O124" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P124" s="5" t="s">
-        <v>504</v>
+        <v>273</v>
       </c>
       <c r="Q124" s="9" t="s">
-        <v>505</v>
+        <v>68</v>
       </c>
     </row>
     <row r="125" spans="1:17">
       <c r="A125" s="5">
         <v>119</v>
       </c>
       <c r="B125" s="8" t="s">
+        <v>503</v>
+      </c>
+      <c r="C125" s="9" t="s">
+        <v>504</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="E125" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F125" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G125" s="9">
+        <v>186</v>
+      </c>
+      <c r="H125" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I125" s="9">
+        <v>550.0</v>
+      </c>
+      <c r="J125" s="9">
+        <v>35</v>
+      </c>
+      <c r="K125" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L125" s="9">
+        <v>330</v>
+      </c>
+      <c r="M125" s="10" t="s">
+        <v>504</v>
+      </c>
+      <c r="N125" s="9" t="s">
         <v>506</v>
       </c>
-      <c r="C125" s="9" t="s">
+      <c r="O125" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P125" s="5" t="s">
         <v>507</v>
       </c>
-      <c r="D125" s="5" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q125" s="9" t="s">
-        <v>509</v>
+        <v>51</v>
       </c>
     </row>
     <row r="126" spans="1:17">
       <c r="A126" s="5">
         <v>120</v>
       </c>
       <c r="B126" s="8" t="s">
+        <v>508</v>
+      </c>
+      <c r="C126" s="9" t="s">
+        <v>509</v>
+      </c>
+      <c r="D126" s="5" t="s">
         <v>510</v>
       </c>
-      <c r="C126" s="9" t="s">
+      <c r="E126" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F126" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G126" s="9">
+        <v>145</v>
+      </c>
+      <c r="H126" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I126" s="9">
+        <v>575.0</v>
+      </c>
+      <c r="J126" s="9">
+        <v>35</v>
+      </c>
+      <c r="K126" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L126" s="9">
+        <v>315</v>
+      </c>
+      <c r="M126" s="10" t="s">
+        <v>509</v>
+      </c>
+      <c r="N126" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="O126" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P126" s="5" t="s">
         <v>511</v>
       </c>
-      <c r="D126" s="5" t="s">
+      <c r="Q126" s="9" t="s">
         <v>512</v>
-      </c>
-[...37 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="127" spans="1:17">
       <c r="A127" s="5">
         <v>121</v>
       </c>
       <c r="B127" s="8" t="s">
+        <v>513</v>
+      </c>
+      <c r="C127" s="9" t="s">
         <v>514</v>
       </c>
-      <c r="C127" s="9" t="s">
+      <c r="D127" s="5" t="s">
         <v>515</v>
       </c>
-      <c r="D127" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E127" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F127" s="9">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="G127" s="9">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="H127" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I127" s="9">
-        <v>400.0</v>
+        <v>395.0</v>
       </c>
       <c r="J127" s="9">
         <v>20</v>
       </c>
       <c r="K127" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L127" s="9">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="M127" s="10" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="N127" s="9" t="s">
-        <v>56</v>
+        <v>148</v>
       </c>
       <c r="O127" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P127" s="5" t="s">
-        <v>517</v>
+        <v>93</v>
       </c>
       <c r="Q127" s="9" t="s">
-        <v>229</v>
+        <v>516</v>
       </c>
     </row>
     <row r="128" spans="1:17">
       <c r="A128" s="5">
         <v>122</v>
       </c>
       <c r="B128" s="8" t="s">
+        <v>517</v>
+      </c>
+      <c r="C128" s="9" t="s">
         <v>518</v>
       </c>
-      <c r="C128" s="9" t="s">
+      <c r="D128" s="5" t="s">
         <v>519</v>
       </c>
-      <c r="D128" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E128" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F128" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G128" s="9">
-        <v>78</v>
+        <v>95</v>
       </c>
       <c r="H128" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I128" s="9">
-        <v>300.0</v>
+        <v>350.0</v>
       </c>
       <c r="J128" s="9">
         <v>20</v>
       </c>
       <c r="K128" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L128" s="9">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="M128" s="10" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="N128" s="9" t="s">
-        <v>26</v>
+        <v>386</v>
       </c>
       <c r="O128" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P128" s="5" t="s">
-        <v>154</v>
+        <v>382</v>
       </c>
       <c r="Q128" s="9" t="s">
-        <v>310</v>
+        <v>520</v>
       </c>
     </row>
     <row r="129" spans="1:17">
       <c r="A129" s="5">
         <v>123</v>
       </c>
       <c r="B129" s="8" t="s">
         <v>521</v>
       </c>
       <c r="C129" s="9" t="s">
         <v>522</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>120</v>
+        <v>523</v>
       </c>
       <c r="E129" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F129" s="9">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="G129" s="9">
-        <v>424</v>
+        <v>87</v>
       </c>
       <c r="H129" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I129" s="9">
-        <v>995.0</v>
+        <v>400.0</v>
       </c>
       <c r="J129" s="9">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="K129" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L129" s="9">
-        <v>930</v>
+        <v>150</v>
       </c>
       <c r="M129" s="10" t="s">
         <v>522</v>
       </c>
       <c r="N129" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="O129" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P129" s="5" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="Q129" s="9" t="s">
-        <v>296</v>
+        <v>232</v>
       </c>
     </row>
     <row r="130" spans="1:17">
       <c r="A130" s="5">
         <v>124</v>
       </c>
       <c r="B130" s="8" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C130" s="9" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D130" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="E130" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F130" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G130" s="9">
+        <v>78</v>
+      </c>
+      <c r="H130" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I130" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="J130" s="9">
+        <v>20</v>
+      </c>
+      <c r="K130" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L130" s="9">
+        <v>150</v>
+      </c>
+      <c r="M130" s="10" t="s">
         <v>526</v>
       </c>
-      <c r="E130" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N130" s="9" t="s">
-        <v>527</v>
+        <v>26</v>
       </c>
       <c r="O130" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P130" s="5" t="s">
-        <v>484</v>
+        <v>154</v>
       </c>
       <c r="Q130" s="9" t="s">
-        <v>528</v>
+        <v>317</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131" s="5">
         <v>125</v>
       </c>
       <c r="B131" s="8" t="s">
+        <v>528</v>
+      </c>
+      <c r="C131" s="9" t="s">
         <v>529</v>
       </c>
-      <c r="C131" s="9" t="s">
+      <c r="D131" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E131" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F131" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G131" s="9">
+        <v>424</v>
+      </c>
+      <c r="H131" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I131" s="9">
+        <v>995.0</v>
+      </c>
+      <c r="J131" s="9">
+        <v>40</v>
+      </c>
+      <c r="K131" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L131" s="9">
+        <v>930</v>
+      </c>
+      <c r="M131" s="10" t="s">
+        <v>529</v>
+      </c>
+      <c r="N131" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O131" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P131" s="5" t="s">
         <v>530</v>
       </c>
-      <c r="D131" s="5" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q131" s="9" t="s">
-        <v>229</v>
+        <v>299</v>
       </c>
     </row>
     <row r="132" spans="1:17">
       <c r="A132" s="5">
         <v>126</v>
       </c>
       <c r="B132" s="8" t="s">
+        <v>531</v>
+      </c>
+      <c r="C132" s="9" t="s">
         <v>532</v>
       </c>
-      <c r="C132" s="9" t="s">
+      <c r="D132" s="5" t="s">
         <v>533</v>
       </c>
-      <c r="D132" s="5" t="s">
+      <c r="E132" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F132" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G132" s="9">
+        <v>194</v>
+      </c>
+      <c r="H132" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I132" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J132" s="9">
+        <v>25</v>
+      </c>
+      <c r="K132" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L132" s="9">
+        <v>485</v>
+      </c>
+      <c r="M132" s="10" t="s">
+        <v>532</v>
+      </c>
+      <c r="N132" s="9" t="s">
         <v>534</v>
       </c>
-      <c r="E132" s="9" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O132" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P132" s="5" t="s">
-        <v>93</v>
+        <v>491</v>
       </c>
       <c r="Q132" s="9" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133" s="5">
         <v>127</v>
       </c>
       <c r="B133" s="8" t="s">
         <v>536</v>
       </c>
       <c r="C133" s="9" t="s">
         <v>537</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>538</v>
       </c>
       <c r="E133" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F133" s="9">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="G133" s="9">
-        <v>329</v>
+        <v>117</v>
       </c>
       <c r="H133" s="9" t="s">
-        <v>539</v>
+        <v>24</v>
       </c>
       <c r="I133" s="9">
-        <v>2250.0</v>
+        <v>450.0</v>
       </c>
       <c r="J133" s="9">
-        <v>125</v>
+        <v>20</v>
       </c>
       <c r="K133" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L133" s="9">
-        <v>600</v>
+        <v>150</v>
       </c>
       <c r="M133" s="10" t="s">
         <v>537</v>
       </c>
       <c r="N133" s="9" t="s">
-        <v>540</v>
+        <v>56</v>
       </c>
       <c r="O133" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P133" s="5" t="s">
-        <v>79</v>
+        <v>491</v>
       </c>
       <c r="Q133" s="9" t="s">
-        <v>155</v>
+        <v>232</v>
       </c>
     </row>
     <row r="134" spans="1:17">
       <c r="A134" s="5">
         <v>128</v>
       </c>
       <c r="B134" s="8" t="s">
+        <v>539</v>
+      </c>
+      <c r="C134" s="9" t="s">
+        <v>540</v>
+      </c>
+      <c r="D134" s="5" t="s">
         <v>541</v>
       </c>
-      <c r="C134" s="9" t="s">
+      <c r="E134" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F134" s="9">
+        <v>2017</v>
+      </c>
+      <c r="G134" s="9">
+        <v>80</v>
+      </c>
+      <c r="H134" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I134" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J134" s="9">
+        <v>20</v>
+      </c>
+      <c r="K134" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L134" s="9">
+        <v>100</v>
+      </c>
+      <c r="M134" s="10" t="s">
+        <v>540</v>
+      </c>
+      <c r="N134" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="O134" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P134" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q134" s="9" t="s">
         <v>542</v>
-      </c>
-[...40 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="135" spans="1:17">
       <c r="A135" s="5">
         <v>129</v>
       </c>
       <c r="B135" s="8" t="s">
+        <v>543</v>
+      </c>
+      <c r="C135" s="9" t="s">
+        <v>544</v>
+      </c>
+      <c r="D135" s="5" t="s">
         <v>545</v>
       </c>
-      <c r="C135" s="9" t="s">
+      <c r="E135" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F135" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G135" s="9">
+        <v>329</v>
+      </c>
+      <c r="H135" s="9" t="s">
         <v>546</v>
       </c>
-      <c r="D135" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I135" s="9">
-        <v>695.0</v>
+        <v>2250.0</v>
       </c>
       <c r="J135" s="9">
-        <v>30</v>
+        <v>125</v>
       </c>
       <c r="K135" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L135" s="9">
-        <v>700</v>
+        <v>600</v>
       </c>
       <c r="M135" s="10" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="N135" s="9" t="s">
-        <v>148</v>
+        <v>547</v>
       </c>
       <c r="O135" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P135" s="5" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
       <c r="Q135" s="9" t="s">
-        <v>547</v>
+        <v>155</v>
       </c>
     </row>
     <row r="136" spans="1:17">
       <c r="A136" s="5">
         <v>130</v>
       </c>
       <c r="B136" s="8" t="s">
         <v>548</v>
       </c>
       <c r="C136" s="9" t="s">
         <v>549</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>83</v>
+        <v>550</v>
       </c>
       <c r="E136" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F136" s="9" t="s">
-        <v>55</v>
+      <c r="F136" s="9">
+        <v>2025</v>
       </c>
       <c r="G136" s="9">
-        <v>496</v>
+        <v>126</v>
       </c>
       <c r="H136" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I136" s="9">
-        <v>950.0</v>
+        <v>425.0</v>
       </c>
       <c r="J136" s="9">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="K136" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L136" s="9">
-        <v>750</v>
+        <v>380</v>
       </c>
       <c r="M136" s="10" t="s">
         <v>549</v>
       </c>
       <c r="N136" s="9" t="s">
-        <v>78</v>
+        <v>148</v>
       </c>
       <c r="O136" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P136" s="5" t="s">
-        <v>57</v>
+        <v>507</v>
       </c>
       <c r="Q136" s="9" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="137" spans="1:17">
       <c r="A137" s="5">
         <v>131</v>
       </c>
       <c r="B137" s="8" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C137" s="9" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="E137" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F137" s="9">
         <v>2025</v>
       </c>
       <c r="G137" s="9">
-        <v>502</v>
+        <v>256</v>
       </c>
       <c r="H137" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I137" s="9">
-        <v>1295.0</v>
+        <v>695.0</v>
       </c>
       <c r="J137" s="9">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="K137" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L137" s="9">
-        <v>860</v>
+        <v>700</v>
       </c>
       <c r="M137" s="10" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="N137" s="9" t="s">
         <v>148</v>
       </c>
       <c r="O137" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P137" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q137" s="9" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="138" spans="1:17">
       <c r="A138" s="5">
         <v>132</v>
       </c>
       <c r="B138" s="8" t="s">
+        <v>555</v>
+      </c>
+      <c r="C138" s="9" t="s">
         <v>556</v>
       </c>
-      <c r="C138" s="9" t="s">
+      <c r="D138" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="E138" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F138" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="G138" s="9">
+        <v>496</v>
+      </c>
+      <c r="H138" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I138" s="9">
+        <v>950.0</v>
+      </c>
+      <c r="J138" s="9">
+        <v>40</v>
+      </c>
+      <c r="K138" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L138" s="9">
+        <v>750</v>
+      </c>
+      <c r="M138" s="10" t="s">
+        <v>556</v>
+      </c>
+      <c r="N138" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="O138" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P138" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q138" s="9" t="s">
         <v>557</v>
-      </c>
-[...40 lines deleted...]
-        <v>560</v>
       </c>
     </row>
     <row r="139" spans="1:17">
       <c r="A139" s="5">
         <v>133</v>
       </c>
       <c r="B139" s="8" t="s">
+        <v>558</v>
+      </c>
+      <c r="C139" s="9" t="s">
+        <v>559</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="E139" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F139" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G139" s="9">
+        <v>502</v>
+      </c>
+      <c r="H139" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I139" s="9">
+        <v>1295.0</v>
+      </c>
+      <c r="J139" s="9">
+        <v>50</v>
+      </c>
+      <c r="K139" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L139" s="9">
+        <v>860</v>
+      </c>
+      <c r="M139" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="N139" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="O139" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P139" s="5" t="s">
         <v>561</v>
       </c>
-      <c r="C139" s="9" t="s">
+      <c r="Q139" s="9" t="s">
         <v>562</v>
-      </c>
-[...40 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="140" spans="1:17">
       <c r="A140" s="5">
         <v>134</v>
       </c>
       <c r="B140" s="8" t="s">
+        <v>563</v>
+      </c>
+      <c r="C140" s="9" t="s">
+        <v>564</v>
+      </c>
+      <c r="D140" s="5" t="s">
         <v>565</v>
       </c>
-      <c r="C140" s="9" t="s">
+      <c r="E140" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F140" s="9" t="s">
         <v>566</v>
       </c>
-      <c r="D140" s="5" t="s">
+      <c r="G140" s="9">
+        <v>273</v>
+      </c>
+      <c r="H140" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I140" s="9">
+        <v>1850.0</v>
+      </c>
+      <c r="J140" s="9">
+        <v>95</v>
+      </c>
+      <c r="K140" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L140" s="9">
+        <v>875</v>
+      </c>
+      <c r="M140" s="10" t="s">
+        <v>564</v>
+      </c>
+      <c r="N140" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="O140" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P140" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="Q140" s="9" t="s">
         <v>567</v>
-      </c>
-[...37 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="141" spans="1:17">
       <c r="A141" s="5">
         <v>135</v>
       </c>
       <c r="B141" s="8" t="s">
+        <v>568</v>
+      </c>
+      <c r="C141" s="9" t="s">
         <v>569</v>
       </c>
-      <c r="C141" s="9" t="s">
+      <c r="D141" s="5" t="s">
         <v>570</v>
       </c>
-      <c r="D141" s="5" t="s">
+      <c r="E141" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F141" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G141" s="9">
+        <v>123</v>
+      </c>
+      <c r="H141" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I141" s="9">
+        <v>375.0</v>
+      </c>
+      <c r="J141" s="9">
+        <v>20</v>
+      </c>
+      <c r="K141" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L141" s="9">
+        <v>200</v>
+      </c>
+      <c r="M141" s="10" t="s">
+        <v>569</v>
+      </c>
+      <c r="N141" s="9" t="s">
         <v>571</v>
       </c>
-      <c r="E141" s="9" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O141" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P141" s="5" t="s">
-        <v>572</v>
+        <v>206</v>
       </c>
       <c r="Q141" s="9" t="s">
-        <v>573</v>
+        <v>113</v>
       </c>
     </row>
     <row r="142" spans="1:17">
       <c r="A142" s="5">
         <v>136</v>
       </c>
       <c r="B142" s="8" t="s">
+        <v>572</v>
+      </c>
+      <c r="C142" s="9" t="s">
+        <v>573</v>
+      </c>
+      <c r="D142" s="5" t="s">
         <v>574</v>
       </c>
-      <c r="C142" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E142" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F142" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G142" s="9">
-        <v>138</v>
+        <v>73</v>
       </c>
       <c r="H142" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I142" s="9">
         <v>350.0</v>
       </c>
       <c r="J142" s="9">
         <v>20</v>
       </c>
       <c r="K142" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L142" s="9">
-        <v>275</v>
+        <v>150</v>
       </c>
       <c r="M142" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="N142" s="9" t="s">
+        <v>571</v>
+      </c>
+      <c r="O142" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P142" s="5" t="s">
         <v>575</v>
       </c>
-      <c r="N142" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q142" s="9" t="s">
-        <v>576</v>
+        <v>41</v>
       </c>
     </row>
     <row r="143" spans="1:17">
       <c r="A143" s="5">
         <v>137</v>
       </c>
       <c r="B143" s="8" t="s">
+        <v>576</v>
+      </c>
+      <c r="C143" s="9" t="s">
         <v>577</v>
       </c>
-      <c r="C143" s="9" t="s">
+      <c r="D143" s="5" t="s">
         <v>578</v>
       </c>
-      <c r="D143" s="5" t="s">
+      <c r="E143" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F143" s="9">
+        <v>2016</v>
+      </c>
+      <c r="G143" s="9">
+        <v>37</v>
+      </c>
+      <c r="H143" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I143" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="J143" s="9">
+        <v>15</v>
+      </c>
+      <c r="K143" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L143" s="9">
+        <v>100</v>
+      </c>
+      <c r="M143" s="10" t="s">
+        <v>577</v>
+      </c>
+      <c r="N143" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="O143" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P143" s="5" t="s">
         <v>579</v>
       </c>
-      <c r="E143" s="9" t="s">
-[...26 lines deleted...]
-      <c r="N143" s="9" t="s">
+      <c r="Q143" s="9" t="s">
         <v>580</v>
-      </c>
-[...7 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="144" spans="1:17">
       <c r="A144" s="5">
         <v>138</v>
       </c>
       <c r="B144" s="8" t="s">
+        <v>581</v>
+      </c>
+      <c r="C144" s="9" t="s">
         <v>582</v>
       </c>
-      <c r="C144" s="9" t="s">
+      <c r="D144" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="E144" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F144" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G144" s="9">
+        <v>138</v>
+      </c>
+      <c r="H144" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I144" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J144" s="9">
+        <v>20</v>
+      </c>
+      <c r="K144" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L144" s="9">
+        <v>275</v>
+      </c>
+      <c r="M144" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="N144" s="9" t="s">
+        <v>166</v>
+      </c>
+      <c r="O144" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P144" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="Q144" s="9" t="s">
         <v>583</v>
-      </c>
-[...40 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="145" spans="1:17">
       <c r="A145" s="5">
         <v>139</v>
       </c>
       <c r="B145" s="8" t="s">
+        <v>584</v>
+      </c>
+      <c r="C145" s="9" t="s">
         <v>585</v>
       </c>
-      <c r="C145" s="9" t="s">
+      <c r="D145" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="E145" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F145" s="9">
+        <v>2026</v>
+      </c>
+      <c r="G145" s="9">
+        <v>200</v>
+      </c>
+      <c r="H145" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I145" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J145" s="9">
+        <v>40</v>
+      </c>
+      <c r="K145" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L145" s="9">
+        <v>300</v>
+      </c>
+      <c r="M145" s="10" t="s">
+        <v>585</v>
+      </c>
+      <c r="N145" s="9" t="s">
         <v>586</v>
       </c>
-      <c r="D145" s="5" t="s">
+      <c r="O145" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P145" s="5" t="s">
         <v>587</v>
       </c>
-      <c r="E145" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q145" s="9" t="s">
-        <v>137</v>
+        <v>325</v>
       </c>
     </row>
     <row r="146" spans="1:17">
       <c r="A146" s="5">
         <v>140</v>
       </c>
       <c r="B146" s="8" t="s">
+        <v>588</v>
+      </c>
+      <c r="C146" s="9" t="s">
         <v>589</v>
       </c>
-      <c r="C146" s="9" t="s">
+      <c r="D146" s="5" t="s">
         <v>590</v>
       </c>
-      <c r="D146" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E146" s="9" t="s">
-        <v>33</v>
+        <v>77</v>
       </c>
       <c r="F146" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G146" s="9">
-        <v>119</v>
+        <v>157</v>
       </c>
       <c r="H146" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I146" s="9">
-        <v>425.0</v>
+        <v>475.0</v>
       </c>
       <c r="J146" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K146" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L146" s="9">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="M146" s="10" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="N146" s="9" t="s">
-        <v>148</v>
+        <v>440</v>
       </c>
       <c r="O146" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P146" s="5" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="Q146" s="9" t="s">
-        <v>113</v>
+        <v>137</v>
       </c>
     </row>
     <row r="147" spans="1:17">
       <c r="A147" s="5">
         <v>141</v>
       </c>
       <c r="B147" s="8" t="s">
+        <v>591</v>
+      </c>
+      <c r="C147" s="9" t="s">
         <v>592</v>
       </c>
-      <c r="C147" s="9" t="s">
+      <c r="D147" s="5" t="s">
         <v>593</v>
       </c>
-      <c r="D147" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E147" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F147" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G147" s="9">
-        <v>187</v>
+        <v>155</v>
       </c>
       <c r="H147" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I147" s="9">
-        <v>550.0</v>
+        <v>425.0</v>
       </c>
       <c r="J147" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K147" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L147" s="9">
-        <v>420</v>
+        <v>230</v>
       </c>
       <c r="M147" s="10" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="N147" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O147" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P147" s="5" t="s">
-        <v>554</v>
+        <v>594</v>
       </c>
       <c r="Q147" s="9" t="s">
-        <v>46</v>
+        <v>137</v>
       </c>
     </row>
     <row r="148" spans="1:17">
       <c r="A148" s="5">
         <v>142</v>
       </c>
       <c r="B148" s="8" t="s">
         <v>595</v>
       </c>
       <c r="C148" s="9" t="s">
         <v>596</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>211</v>
+        <v>597</v>
       </c>
       <c r="E148" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F148" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G148" s="9">
-        <v>584</v>
+        <v>119</v>
       </c>
       <c r="H148" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I148" s="9">
-        <v>1495.0</v>
+        <v>425.0</v>
       </c>
       <c r="J148" s="9">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="K148" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L148" s="9">
-        <v>1500</v>
+        <v>200</v>
       </c>
       <c r="M148" s="10" t="s">
         <v>596</v>
       </c>
       <c r="N148" s="9" t="s">
-        <v>597</v>
+        <v>148</v>
       </c>
       <c r="O148" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P148" s="5" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="Q148" s="9" t="s">
-        <v>330</v>
+        <v>113</v>
       </c>
     </row>
     <row r="149" spans="1:17">
       <c r="A149" s="5">
         <v>143</v>
       </c>
       <c r="B149" s="8" t="s">
         <v>598</v>
       </c>
       <c r="C149" s="9" t="s">
         <v>599</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>251</v>
+        <v>600</v>
       </c>
       <c r="E149" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F149" s="9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G149" s="9">
-        <v>321</v>
+        <v>187</v>
       </c>
       <c r="H149" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I149" s="9">
-        <v>1895.0</v>
+        <v>550.0</v>
       </c>
       <c r="J149" s="9">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="K149" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L149" s="9">
-        <v>750</v>
+        <v>420</v>
       </c>
       <c r="M149" s="10" t="s">
         <v>599</v>
       </c>
       <c r="N149" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O149" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P149" s="5" t="s">
-        <v>252</v>
+        <v>561</v>
       </c>
       <c r="Q149" s="9" t="s">
-        <v>296</v>
+        <v>46</v>
       </c>
     </row>
     <row r="150" spans="1:17">
       <c r="A150" s="5">
         <v>144</v>
       </c>
       <c r="B150" s="8" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C150" s="9" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>602</v>
+        <v>214</v>
       </c>
       <c r="E150" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F150" s="9">
         <v>2021</v>
       </c>
       <c r="G150" s="9">
-        <v>173</v>
+        <v>584</v>
       </c>
       <c r="H150" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I150" s="9">
-        <v>475.0</v>
+        <v>1495.0</v>
       </c>
       <c r="J150" s="9">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="K150" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L150" s="9">
-        <v>290</v>
+        <v>1500</v>
       </c>
       <c r="M150" s="10" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="N150" s="9" t="s">
-        <v>78</v>
+        <v>603</v>
       </c>
       <c r="O150" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P150" s="5" t="s">
-        <v>554</v>
+        <v>27</v>
       </c>
       <c r="Q150" s="9" t="s">
-        <v>356</v>
+        <v>337</v>
       </c>
     </row>
     <row r="151" spans="1:17">
       <c r="A151" s="5">
         <v>145</v>
       </c>
       <c r="B151" s="8" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C151" s="9" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D151" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="E151" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F151" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G151" s="9">
+        <v>321</v>
+      </c>
+      <c r="H151" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I151" s="9">
+        <v>1895.0</v>
+      </c>
+      <c r="J151" s="9">
+        <v>90</v>
+      </c>
+      <c r="K151" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L151" s="9">
+        <v>750</v>
+      </c>
+      <c r="M151" s="10" t="s">
         <v>605</v>
       </c>
-      <c r="E151" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N151" s="9" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="O151" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P151" s="5" t="s">
-        <v>606</v>
+        <v>255</v>
       </c>
       <c r="Q151" s="9" t="s">
-        <v>229</v>
+        <v>299</v>
       </c>
     </row>
     <row r="152" spans="1:17">
       <c r="A152" s="5">
         <v>146</v>
       </c>
       <c r="B152" s="8" t="s">
+        <v>606</v>
+      </c>
+      <c r="C152" s="9" t="s">
         <v>607</v>
       </c>
-      <c r="C152" s="9" t="s">
+      <c r="D152" s="5" t="s">
         <v>608</v>
       </c>
-      <c r="D152" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E152" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F152" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G152" s="9">
-        <v>513</v>
+        <v>173</v>
       </c>
       <c r="H152" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I152" s="9">
-        <v>1750.0</v>
+        <v>475.0</v>
       </c>
       <c r="J152" s="9">
-        <v>85</v>
+        <v>25</v>
       </c>
       <c r="K152" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L152" s="9">
-        <v>1150</v>
+        <v>290</v>
       </c>
       <c r="M152" s="10" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="N152" s="9" t="s">
         <v>78</v>
       </c>
       <c r="O152" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P152" s="5" t="s">
-        <v>79</v>
+        <v>561</v>
       </c>
       <c r="Q152" s="9" t="s">
-        <v>610</v>
+        <v>363</v>
       </c>
     </row>
     <row r="153" spans="1:17">
       <c r="A153" s="5">
         <v>147</v>
       </c>
       <c r="B153" s="8" t="s">
+        <v>609</v>
+      </c>
+      <c r="C153" s="9" t="s">
+        <v>610</v>
+      </c>
+      <c r="D153" s="5" t="s">
         <v>611</v>
       </c>
-      <c r="C153" s="9" t="s">
+      <c r="E153" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F153" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="G153" s="9">
+        <v>93</v>
+      </c>
+      <c r="H153" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I153" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J153" s="9">
+        <v>20</v>
+      </c>
+      <c r="K153" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L153" s="9">
+        <v>170</v>
+      </c>
+      <c r="M153" s="10" t="s">
+        <v>610</v>
+      </c>
+      <c r="N153" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="O153" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P153" s="5" t="s">
         <v>612</v>
       </c>
-      <c r="D153" s="5" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q153" s="9" t="s">
-        <v>137</v>
+        <v>232</v>
       </c>
     </row>
     <row r="154" spans="1:17">
       <c r="A154" s="5">
         <v>148</v>
       </c>
       <c r="B154" s="8" t="s">
+        <v>613</v>
+      </c>
+      <c r="C154" s="9" t="s">
         <v>614</v>
       </c>
-      <c r="C154" s="9" t="s">
+      <c r="D154" s="5" t="s">
         <v>615</v>
       </c>
-      <c r="D154" s="5" t="s">
+      <c r="E154" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F154" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G154" s="9">
+        <v>513</v>
+      </c>
+      <c r="H154" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I154" s="9">
+        <v>1750.0</v>
+      </c>
+      <c r="J154" s="9">
+        <v>85</v>
+      </c>
+      <c r="K154" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L154" s="9">
+        <v>1150</v>
+      </c>
+      <c r="M154" s="10" t="s">
+        <v>614</v>
+      </c>
+      <c r="N154" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="O154" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P154" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q154" s="9" t="s">
         <v>616</v>
-      </c>
-[...37 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="155" spans="1:17">
       <c r="A155" s="5">
         <v>149</v>
       </c>
       <c r="B155" s="8" t="s">
+        <v>617</v>
+      </c>
+      <c r="C155" s="9" t="s">
         <v>618</v>
       </c>
-      <c r="C155" s="9" t="s">
+      <c r="D155" s="5" t="s">
         <v>619</v>
       </c>
-      <c r="D155" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E155" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F155" s="9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="G155" s="9">
-        <v>711</v>
+        <v>176</v>
       </c>
       <c r="H155" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I155" s="9">
-        <v>2000.0</v>
+        <v>450.0</v>
       </c>
       <c r="J155" s="9">
-        <v>95</v>
+        <v>25</v>
       </c>
       <c r="K155" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L155" s="9">
-        <v>1500</v>
+        <v>260</v>
       </c>
       <c r="M155" s="10" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="N155" s="9" t="s">
-        <v>78</v>
+        <v>423</v>
       </c>
       <c r="O155" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P155" s="5" t="s">
-        <v>270</v>
+        <v>79</v>
       </c>
       <c r="Q155" s="9" t="s">
-        <v>330</v>
+        <v>137</v>
       </c>
     </row>
     <row r="156" spans="1:17">
       <c r="A156" s="5">
         <v>150</v>
       </c>
       <c r="B156" s="8" t="s">
+        <v>620</v>
+      </c>
+      <c r="C156" s="9" t="s">
         <v>621</v>
       </c>
-      <c r="C156" s="9" t="s">
+      <c r="D156" s="5" t="s">
         <v>622</v>
       </c>
-      <c r="D156" s="5" t="s">
+      <c r="E156" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F156" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G156" s="9">
+        <v>173</v>
+      </c>
+      <c r="H156" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I156" s="9">
+        <v>425.0</v>
+      </c>
+      <c r="J156" s="9">
+        <v>30</v>
+      </c>
+      <c r="K156" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L156" s="9">
+        <v>300</v>
+      </c>
+      <c r="M156" s="10" t="s">
+        <v>621</v>
+      </c>
+      <c r="N156" s="9" t="s">
         <v>623</v>
       </c>
-      <c r="E156" s="9" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O156" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P156" s="5" t="s">
-        <v>478</v>
+        <v>93</v>
       </c>
       <c r="Q156" s="9" t="s">
-        <v>624</v>
+        <v>133</v>
       </c>
     </row>
     <row r="157" spans="1:17">
       <c r="A157" s="5">
         <v>151</v>
       </c>
       <c r="B157" s="8" t="s">
+        <v>624</v>
+      </c>
+      <c r="C157" s="9" t="s">
         <v>625</v>
       </c>
-      <c r="C157" s="9" t="s">
+      <c r="D157" s="5" t="s">
         <v>626</v>
       </c>
-      <c r="D157" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E157" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F157" s="9">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G157" s="9">
-        <v>177</v>
+        <v>711</v>
       </c>
       <c r="H157" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I157" s="9">
-        <v>595.0</v>
+        <v>2000.0</v>
       </c>
       <c r="J157" s="9">
-        <v>40</v>
+        <v>95</v>
       </c>
       <c r="K157" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L157" s="9">
-        <v>300</v>
+        <v>1500</v>
       </c>
       <c r="M157" s="10" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="N157" s="9" t="s">
         <v>78</v>
       </c>
       <c r="O157" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P157" s="5" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="Q157" s="9" t="s">
-        <v>51</v>
+        <v>337</v>
       </c>
     </row>
     <row r="158" spans="1:17">
       <c r="A158" s="5">
         <v>152</v>
       </c>
       <c r="B158" s="8" t="s">
         <v>627</v>
       </c>
       <c r="C158" s="9" t="s">
         <v>628</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>341</v>
+        <v>629</v>
       </c>
       <c r="E158" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F158" s="9">
         <v>2024</v>
       </c>
       <c r="G158" s="9">
-        <v>106</v>
+        <v>269</v>
       </c>
       <c r="H158" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I158" s="9">
-        <v>350.0</v>
+        <v>795.0</v>
       </c>
       <c r="J158" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K158" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L158" s="9">
-        <v>160</v>
+        <v>425</v>
       </c>
       <c r="M158" s="10" t="s">
         <v>628</v>
       </c>
       <c r="N158" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O158" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P158" s="5" t="s">
-        <v>252</v>
+        <v>485</v>
       </c>
       <c r="Q158" s="9" t="s">
-        <v>94</v>
+        <v>630</v>
       </c>
     </row>
     <row r="159" spans="1:17">
       <c r="A159" s="5">
         <v>153</v>
       </c>
       <c r="B159" s="8" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="C159" s="9" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>255</v>
+        <v>267</v>
       </c>
       <c r="E159" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F159" s="9">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="G159" s="9">
-        <v>436</v>
+        <v>177</v>
       </c>
       <c r="H159" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I159" s="9">
-        <v>2195.0</v>
+        <v>595.0</v>
       </c>
       <c r="J159" s="9">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="K159" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L159" s="9">
-        <v>900</v>
+        <v>300</v>
       </c>
       <c r="M159" s="10" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="N159" s="9" t="s">
         <v>78</v>
       </c>
       <c r="O159" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P159" s="5" t="s">
-        <v>631</v>
+        <v>268</v>
       </c>
       <c r="Q159" s="9" t="s">
-        <v>117</v>
+        <v>51</v>
       </c>
     </row>
     <row r="160" spans="1:17">
       <c r="A160" s="5">
         <v>154</v>
       </c>
       <c r="B160" s="8" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C160" s="9" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D160" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="E160" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F160" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G160" s="9">
+        <v>106</v>
+      </c>
+      <c r="H160" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I160" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J160" s="9">
+        <v>20</v>
+      </c>
+      <c r="K160" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L160" s="9">
+        <v>160</v>
+      </c>
+      <c r="M160" s="10" t="s">
         <v>634</v>
       </c>
-      <c r="E160" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N160" s="9" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="O160" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P160" s="5" t="s">
-        <v>636</v>
+        <v>255</v>
       </c>
       <c r="Q160" s="9" t="s">
-        <v>637</v>
+        <v>94</v>
       </c>
     </row>
     <row r="161" spans="1:17">
       <c r="A161" s="5">
         <v>155</v>
       </c>
       <c r="B161" s="8" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="C161" s="9" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>640</v>
+        <v>258</v>
       </c>
       <c r="E161" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F161" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G161" s="9">
-        <v>275</v>
+        <v>436</v>
       </c>
       <c r="H161" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I161" s="9">
-        <v>950.0</v>
+        <v>2195.0</v>
       </c>
       <c r="J161" s="9">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="K161" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L161" s="9">
-        <v>470</v>
+        <v>900</v>
       </c>
       <c r="M161" s="10" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="N161" s="9" t="s">
-        <v>131</v>
+        <v>78</v>
       </c>
       <c r="O161" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P161" s="5" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="Q161" s="9" t="s">
-        <v>642</v>
+        <v>117</v>
       </c>
     </row>
     <row r="162" spans="1:17">
       <c r="A162" s="5">
         <v>156</v>
       </c>
       <c r="B162" s="8" t="s">
+        <v>638</v>
+      </c>
+      <c r="C162" s="9" t="s">
+        <v>639</v>
+      </c>
+      <c r="D162" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="E162" s="9" t="s">
+        <v>641</v>
+      </c>
+      <c r="F162" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G162" s="9">
+        <v>222</v>
+      </c>
+      <c r="H162" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I162" s="9">
+        <v>1250.0</v>
+      </c>
+      <c r="J162" s="9">
+        <v>50</v>
+      </c>
+      <c r="K162" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L162" s="9">
+        <v>600</v>
+      </c>
+      <c r="M162" s="10" t="s">
+        <v>639</v>
+      </c>
+      <c r="N162" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="O162" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P162" s="5" t="s">
+        <v>642</v>
+      </c>
+      <c r="Q162" s="9" t="s">
         <v>643</v>
-      </c>
-[...43 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="163" spans="1:17">
       <c r="A163" s="5">
         <v>157</v>
       </c>
       <c r="B163" s="8" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="C163" s="9" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="E163" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F163" s="9">
-        <v>2026</v>
+        <v>2022</v>
       </c>
       <c r="G163" s="9">
-        <v>431</v>
+        <v>275</v>
       </c>
       <c r="H163" s="9" t="s">
-        <v>649</v>
+        <v>24</v>
       </c>
       <c r="I163" s="9">
-        <v>995.0</v>
+        <v>950.0</v>
       </c>
       <c r="J163" s="9">
         <v>45</v>
       </c>
       <c r="K163" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L163" s="9">
-        <v>760</v>
+        <v>470</v>
       </c>
       <c r="M163" s="10" t="s">
+        <v>645</v>
+      </c>
+      <c r="N163" s="9" t="s">
+        <v>131</v>
+      </c>
+      <c r="O163" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P163" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="Q163" s="9" t="s">
         <v>648</v>
-      </c>
-[...10 lines deleted...]
-        <v>650</v>
       </c>
     </row>
     <row r="164" spans="1:17">
       <c r="A164" s="5">
         <v>158</v>
       </c>
       <c r="B164" s="8" t="s">
+        <v>649</v>
+      </c>
+      <c r="C164" s="9" t="s">
+        <v>650</v>
+      </c>
+      <c r="D164" s="5" t="s">
         <v>651</v>
       </c>
-      <c r="C164" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E164" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F164" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G164" s="9">
-        <v>253</v>
+        <v>480</v>
       </c>
       <c r="H164" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I164" s="9">
-        <v>525.0</v>
+        <v>895.0</v>
       </c>
       <c r="J164" s="9">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="K164" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L164" s="9">
-        <v>320</v>
+        <v>575</v>
       </c>
       <c r="M164" s="10" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="N164" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O164" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P164" s="5" t="s">
-        <v>57</v>
+        <v>575</v>
       </c>
       <c r="Q164" s="9" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
     </row>
     <row r="165" spans="1:17">
       <c r="A165" s="5">
         <v>159</v>
       </c>
       <c r="B165" s="8" t="s">
+        <v>653</v>
+      </c>
+      <c r="C165" s="9" t="s">
+        <v>654</v>
+      </c>
+      <c r="D165" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="E165" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F165" s="9">
+        <v>2026</v>
+      </c>
+      <c r="G165" s="9">
+        <v>431</v>
+      </c>
+      <c r="H165" s="9" t="s">
         <v>655</v>
       </c>
-      <c r="C165" s="9" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I165" s="9">
-        <v>1200.0</v>
+        <v>995.0</v>
       </c>
       <c r="J165" s="9">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K165" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L165" s="9">
-        <v>660</v>
+        <v>760</v>
       </c>
       <c r="M165" s="10" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="N165" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O165" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P165" s="5" t="s">
-        <v>27</v>
+        <v>575</v>
       </c>
       <c r="Q165" s="9" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
     </row>
     <row r="166" spans="1:17">
       <c r="A166" s="5">
         <v>160</v>
       </c>
       <c r="B166" s="8" t="s">
+        <v>657</v>
+      </c>
+      <c r="C166" s="9" t="s">
         <v>658</v>
       </c>
-      <c r="C166" s="9" t="s">
+      <c r="D166" s="5" t="s">
         <v>659</v>
       </c>
-      <c r="D166" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E166" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F166" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G166" s="9">
-        <v>205</v>
+        <v>253</v>
       </c>
       <c r="H166" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I166" s="9">
-        <v>895.0</v>
+        <v>525.0</v>
       </c>
       <c r="J166" s="9">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="K166" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L166" s="9">
-        <v>480</v>
+        <v>320</v>
       </c>
       <c r="M166" s="10" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="N166" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O166" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P166" s="5" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="Q166" s="9" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="167" spans="1:17">
       <c r="A167" s="5">
         <v>161</v>
       </c>
       <c r="B167" s="8" t="s">
         <v>661</v>
       </c>
       <c r="C167" s="9" t="s">
         <v>662</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="E167" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F167" s="9">
         <v>2025</v>
       </c>
       <c r="G167" s="9">
-        <v>204</v>
+        <v>289</v>
       </c>
       <c r="H167" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I167" s="9">
-        <v>895.0</v>
+        <v>1200.0</v>
       </c>
       <c r="J167" s="9">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="K167" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L167" s="9">
-        <v>480</v>
+        <v>660</v>
       </c>
       <c r="M167" s="10" t="s">
         <v>662</v>
       </c>
       <c r="N167" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O167" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P167" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q167" s="9" t="s">
-        <v>560</v>
+        <v>663</v>
       </c>
     </row>
     <row r="168" spans="1:17">
       <c r="A168" s="5">
         <v>162</v>
       </c>
       <c r="B168" s="8" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C168" s="9" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="E168" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F168" s="9">
         <v>2025</v>
       </c>
       <c r="G168" s="9">
-        <v>220</v>
+        <v>205</v>
       </c>
       <c r="H168" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I168" s="9">
-        <v>945.0</v>
+        <v>895.0</v>
       </c>
       <c r="J168" s="9">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="K168" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L168" s="9">
-        <v>520</v>
+        <v>480</v>
       </c>
       <c r="M168" s="10" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="N168" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O168" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P168" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q168" s="9" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
     </row>
     <row r="169" spans="1:17">
       <c r="A169" s="5">
         <v>163</v>
       </c>
       <c r="B169" s="8" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C169" s="9" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="E169" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F169" s="9">
         <v>2025</v>
       </c>
       <c r="G169" s="9">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="H169" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I169" s="9">
-        <v>845.0</v>
+        <v>895.0</v>
       </c>
       <c r="J169" s="9">
         <v>40</v>
       </c>
       <c r="K169" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L169" s="9">
-        <v>580</v>
+        <v>480</v>
       </c>
       <c r="M169" s="10" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="N169" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O169" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P169" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q169" s="9" t="s">
-        <v>150</v>
+        <v>567</v>
       </c>
     </row>
     <row r="170" spans="1:17">
       <c r="A170" s="5">
         <v>164</v>
       </c>
       <c r="B170" s="8" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C170" s="9" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="E170" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F170" s="9">
         <v>2025</v>
       </c>
       <c r="G170" s="9">
-        <v>257</v>
+        <v>220</v>
       </c>
       <c r="H170" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I170" s="9">
-        <v>900.0</v>
+        <v>945.0</v>
       </c>
       <c r="J170" s="9">
         <v>45</v>
       </c>
       <c r="K170" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L170" s="9">
-        <v>600</v>
+        <v>520</v>
       </c>
       <c r="M170" s="10" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="N170" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O170" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P170" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q170" s="9" t="s">
-        <v>547</v>
+        <v>671</v>
       </c>
     </row>
     <row r="171" spans="1:17">
       <c r="A171" s="5">
         <v>165</v>
       </c>
       <c r="B171" s="8" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C171" s="9" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>672</v>
+        <v>258</v>
       </c>
       <c r="E171" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F171" s="9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="G171" s="9">
-        <v>293</v>
+        <v>210</v>
       </c>
       <c r="H171" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I171" s="9">
-        <v>1350.0</v>
+        <v>845.0</v>
       </c>
       <c r="J171" s="9">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K171" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L171" s="9">
-        <v>800</v>
+        <v>580</v>
       </c>
       <c r="M171" s="10" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="N171" s="9" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="O171" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P171" s="5" t="s">
-        <v>203</v>
+        <v>27</v>
       </c>
       <c r="Q171" s="9" t="s">
-        <v>673</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:17">
       <c r="A172" s="5">
         <v>166</v>
       </c>
       <c r="B172" s="8" t="s">
         <v>674</v>
       </c>
       <c r="C172" s="9" t="s">
         <v>675</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>676</v>
+        <v>258</v>
       </c>
       <c r="E172" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F172" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G172" s="9">
-        <v>275</v>
+        <v>257</v>
       </c>
       <c r="H172" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I172" s="9">
-        <v>950.0</v>
+        <v>900.0</v>
       </c>
       <c r="J172" s="9">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="K172" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L172" s="9">
-        <v>450</v>
+        <v>600</v>
       </c>
       <c r="M172" s="10" t="s">
         <v>675</v>
       </c>
       <c r="N172" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O172" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P172" s="5" t="s">
-        <v>677</v>
+        <v>27</v>
       </c>
       <c r="Q172" s="9" t="s">
-        <v>127</v>
+        <v>554</v>
       </c>
     </row>
     <row r="173" spans="1:17">
       <c r="A173" s="5">
         <v>167</v>
       </c>
       <c r="B173" s="8" t="s">
+        <v>676</v>
+      </c>
+      <c r="C173" s="9" t="s">
+        <v>677</v>
+      </c>
+      <c r="D173" s="5" t="s">
         <v>678</v>
       </c>
-      <c r="C173" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E173" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F173" s="9">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="G173" s="9">
-        <v>469</v>
+        <v>293</v>
       </c>
       <c r="H173" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I173" s="9">
-        <v>1595.0</v>
+        <v>1350.0</v>
       </c>
       <c r="J173" s="9">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="K173" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L173" s="9">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="M173" s="10" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="N173" s="9" t="s">
         <v>78</v>
       </c>
       <c r="O173" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P173" s="5" t="s">
-        <v>680</v>
+        <v>206</v>
       </c>
       <c r="Q173" s="9" t="s">
-        <v>610</v>
+        <v>679</v>
       </c>
     </row>
     <row r="174" spans="1:17">
       <c r="A174" s="5">
         <v>168</v>
       </c>
       <c r="B174" s="8" t="s">
+        <v>680</v>
+      </c>
+      <c r="C174" s="9" t="s">
         <v>681</v>
       </c>
-      <c r="C174" s="9" t="s">
+      <c r="D174" s="5" t="s">
         <v>682</v>
       </c>
-      <c r="D174" s="5" t="s">
+      <c r="E174" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F174" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G174" s="9">
+        <v>275</v>
+      </c>
+      <c r="H174" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I174" s="9">
+        <v>950.0</v>
+      </c>
+      <c r="J174" s="9">
+        <v>40</v>
+      </c>
+      <c r="K174" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L174" s="9">
+        <v>450</v>
+      </c>
+      <c r="M174" s="10" t="s">
+        <v>681</v>
+      </c>
+      <c r="N174" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O174" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P174" s="5" t="s">
         <v>683</v>
       </c>
-      <c r="E174" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q174" s="9" t="s">
-        <v>684</v>
+        <v>127</v>
       </c>
     </row>
     <row r="175" spans="1:17">
       <c r="A175" s="5">
         <v>169</v>
       </c>
       <c r="B175" s="8" t="s">
+        <v>684</v>
+      </c>
+      <c r="C175" s="9" t="s">
         <v>685</v>
       </c>
-      <c r="C175" s="9" t="s">
+      <c r="D175" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="E175" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F175" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G175" s="9">
+        <v>469</v>
+      </c>
+      <c r="H175" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I175" s="9">
+        <v>1595.0</v>
+      </c>
+      <c r="J175" s="9">
+        <v>75</v>
+      </c>
+      <c r="K175" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L175" s="9">
+        <v>1000</v>
+      </c>
+      <c r="M175" s="10" t="s">
+        <v>685</v>
+      </c>
+      <c r="N175" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="O175" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P175" s="5" t="s">
         <v>686</v>
       </c>
-      <c r="D175" s="5" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q175" s="9" t="s">
-        <v>41</v>
+        <v>616</v>
       </c>
     </row>
     <row r="176" spans="1:17">
       <c r="A176" s="5">
         <v>170</v>
       </c>
       <c r="B176" s="8" t="s">
+        <v>687</v>
+      </c>
+      <c r="C176" s="9" t="s">
+        <v>688</v>
+      </c>
+      <c r="D176" s="5" t="s">
         <v>689</v>
-      </c>
-[...4 lines deleted...]
-        <v>691</v>
       </c>
       <c r="E176" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F176" s="9">
         <v>2022</v>
       </c>
       <c r="G176" s="9">
-        <v>195</v>
+        <v>89</v>
       </c>
       <c r="H176" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I176" s="9">
-        <v>450.0</v>
+        <v>275.0</v>
       </c>
       <c r="J176" s="9">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="K176" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L176" s="9">
-        <v>275</v>
+        <v>150</v>
       </c>
       <c r="M176" s="10" t="s">
+        <v>688</v>
+      </c>
+      <c r="N176" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="O176" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P176" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q176" s="9" t="s">
         <v>690</v>
-      </c>
-[...10 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="177" spans="1:17">
       <c r="A177" s="5">
         <v>171</v>
       </c>
       <c r="B177" s="8" t="s">
+        <v>691</v>
+      </c>
+      <c r="C177" s="9" t="s">
+        <v>692</v>
+      </c>
+      <c r="D177" s="5" t="s">
         <v>693</v>
       </c>
-      <c r="C177" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E177" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F177" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G177" s="9">
-        <v>110</v>
+        <v>51</v>
       </c>
       <c r="H177" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I177" s="9">
-        <v>450.0</v>
+        <v>195.0</v>
       </c>
       <c r="J177" s="9">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="K177" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L177" s="9">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="M177" s="10" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="N177" s="9" t="s">
         <v>148</v>
       </c>
       <c r="O177" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P177" s="5" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="Q177" s="9" t="s">
-        <v>94</v>
+        <v>41</v>
       </c>
     </row>
     <row r="178" spans="1:17">
       <c r="A178" s="5">
         <v>172</v>
       </c>
       <c r="B178" s="8" t="s">
+        <v>695</v>
+      </c>
+      <c r="C178" s="9" t="s">
+        <v>696</v>
+      </c>
+      <c r="D178" s="5" t="s">
         <v>697</v>
       </c>
-      <c r="C178" s="9" t="s">
+      <c r="E178" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F178" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G178" s="9">
+        <v>195</v>
+      </c>
+      <c r="H178" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I178" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J178" s="9">
+        <v>30</v>
+      </c>
+      <c r="K178" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L178" s="9">
+        <v>275</v>
+      </c>
+      <c r="M178" s="10" t="s">
+        <v>696</v>
+      </c>
+      <c r="N178" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O178" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P178" s="5" t="s">
         <v>698</v>
       </c>
-      <c r="D178" s="5" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q178" s="9" t="s">
-        <v>700</v>
+        <v>363</v>
       </c>
     </row>
     <row r="179" spans="1:17">
       <c r="A179" s="5">
         <v>173</v>
       </c>
       <c r="B179" s="8" t="s">
+        <v>699</v>
+      </c>
+      <c r="C179" s="9" t="s">
+        <v>700</v>
+      </c>
+      <c r="D179" s="5" t="s">
         <v>701</v>
       </c>
-      <c r="C179" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E179" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F179" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G179" s="9">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="H179" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I179" s="9">
-        <v>350.0</v>
+        <v>450.0</v>
       </c>
       <c r="J179" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K179" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L179" s="9">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="M179" s="10" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="N179" s="9" t="s">
         <v>148</v>
       </c>
       <c r="O179" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P179" s="5" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="Q179" s="9" t="s">
-        <v>51</v>
+        <v>94</v>
       </c>
     </row>
     <row r="180" spans="1:17">
       <c r="A180" s="5">
         <v>174</v>
       </c>
       <c r="B180" s="8" t="s">
+        <v>703</v>
+      </c>
+      <c r="C180" s="9" t="s">
+        <v>704</v>
+      </c>
+      <c r="D180" s="5" t="s">
         <v>705</v>
       </c>
-      <c r="C180" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E180" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F180" s="9">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="G180" s="9">
-        <v>210</v>
+        <v>274</v>
       </c>
       <c r="H180" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I180" s="9">
-        <v>650.0</v>
+        <v>995.0</v>
       </c>
       <c r="J180" s="9">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="K180" s="9" t="s">
-        <v>708</v>
+        <v>25</v>
       </c>
       <c r="L180" s="9">
         <v>500</v>
       </c>
       <c r="M180" s="10" t="s">
+        <v>704</v>
+      </c>
+      <c r="N180" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="O180" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P180" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="Q180" s="9" t="s">
         <v>706</v>
       </c>
-      <c r="N180" s="9" t="s">
+    </row>
+    <row r="181" spans="1:17">
+      <c r="A181" s="5">
+        <v>175</v>
+      </c>
+      <c r="B181" s="8" t="s">
+        <v>707</v>
+      </c>
+      <c r="C181" s="9" t="s">
+        <v>708</v>
+      </c>
+      <c r="D181" s="5" t="s">
+        <v>709</v>
+      </c>
+      <c r="E181" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F181" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G181" s="9">
+        <v>100</v>
+      </c>
+      <c r="H181" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I181" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J181" s="9">
+        <v>20</v>
+      </c>
+      <c r="K181" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L181" s="9">
+        <v>150</v>
+      </c>
+      <c r="M181" s="10" t="s">
+        <v>708</v>
+      </c>
+      <c r="N181" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="O181" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P181" s="5" t="s">
+        <v>710</v>
+      </c>
+      <c r="Q181" s="9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="182" spans="1:17">
+      <c r="A182" s="5">
+        <v>176</v>
+      </c>
+      <c r="B182" s="8" t="s">
+        <v>711</v>
+      </c>
+      <c r="C182" s="9" t="s">
+        <v>712</v>
+      </c>
+      <c r="D182" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="E182" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F182" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G182" s="9">
+        <v>210</v>
+      </c>
+      <c r="H182" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I182" s="9">
+        <v>650.0</v>
+      </c>
+      <c r="J182" s="9">
+        <v>30</v>
+      </c>
+      <c r="K182" s="9" t="s">
+        <v>714</v>
+      </c>
+      <c r="L182" s="9">
+        <v>500</v>
+      </c>
+      <c r="M182" s="10" t="s">
+        <v>712</v>
+      </c>
+      <c r="N182" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="O180" s="9" t="s">
-[...5 lines deleted...]
-      <c r="Q180" s="9" t="s">
+      <c r="O182" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P182" s="5" t="s">
+        <v>715</v>
+      </c>
+      <c r="Q182" s="9" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="181" spans="1:17">
-[...19 lines deleted...]
-    </row>
     <row r="183" spans="1:17">
-      <c r="A183" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H183" s="11"/>
+      <c r="B183" s="13"/>
+      <c r="C183" s="13"/>
+      <c r="D183" s="13"/>
+      <c r="E183" s="13"/>
+      <c r="F183" s="13"/>
+      <c r="G183" s="13"/>
+      <c r="H183" s="13"/>
     </row>
     <row r="184" spans="1:17">
-      <c r="A184" s="11" t="s">
-[...8 lines deleted...]
-      <c r="H184" s="11"/>
+      <c r="A184" s="12" t="s">
+        <v>716</v>
+      </c>
+      <c r="B184" s="12"/>
+      <c r="C184" s="12"/>
+      <c r="D184" s="12"/>
+      <c r="E184" s="12"/>
+      <c r="F184" s="12"/>
+      <c r="G184" s="12"/>
+      <c r="H184" s="12"/>
     </row>
     <row r="185" spans="1:17">
-      <c r="A185" s="11" t="s">
-        <v>713</v>
+      <c r="A185" s="12" t="s">
+        <v>717</v>
       </c>
       <c r="B185" s="11"/>
       <c r="C185" s="11"/>
       <c r="D185" s="11"/>
       <c r="E185" s="11"/>
       <c r="F185" s="11"/>
       <c r="G185" s="11"/>
       <c r="H185" s="11"/>
     </row>
     <row r="186" spans="1:17">
-      <c r="A186" s="12" t="s">
-        <v>714</v>
+      <c r="A186" s="11" t="s">
+        <v>718</v>
       </c>
       <c r="B186" s="11"/>
       <c r="C186" s="11"/>
       <c r="D186" s="11"/>
       <c r="E186" s="11"/>
       <c r="F186" s="11"/>
       <c r="G186" s="11"/>
       <c r="H186" s="11"/>
     </row>
     <row r="187" spans="1:17">
-      <c r="A187" s="12" t="s">
-        <v>715</v>
+      <c r="A187" s="11" t="s">
+        <v>719</v>
       </c>
       <c r="B187" s="11"/>
       <c r="C187" s="11"/>
       <c r="D187" s="11"/>
       <c r="E187" s="11"/>
       <c r="F187" s="11"/>
       <c r="G187" s="11"/>
       <c r="H187" s="11"/>
     </row>
     <row r="188" spans="1:17">
       <c r="A188" s="12" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="B188" s="11"/>
       <c r="C188" s="11"/>
       <c r="D188" s="11"/>
       <c r="E188" s="11"/>
       <c r="F188" s="11"/>
       <c r="G188" s="11"/>
       <c r="H188" s="11"/>
     </row>
     <row r="189" spans="1:17">
       <c r="A189" s="12" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B189" s="11"/>
       <c r="C189" s="11"/>
       <c r="D189" s="11"/>
       <c r="E189" s="11"/>
       <c r="F189" s="11"/>
       <c r="G189" s="11"/>
       <c r="H189" s="11"/>
     </row>
     <row r="190" spans="1:17">
       <c r="A190" s="12" t="s">
-        <v>718</v>
-[...7 lines deleted...]
-      <c r="H190" s="12"/>
+        <v>722</v>
+      </c>
+      <c r="B190" s="11"/>
+      <c r="C190" s="11"/>
+      <c r="D190" s="11"/>
+      <c r="E190" s="11"/>
+      <c r="F190" s="11"/>
+      <c r="G190" s="11"/>
+      <c r="H190" s="11"/>
     </row>
     <row r="191" spans="1:17">
-      <c r="A191" s="11" t="s">
-        <v>719</v>
+      <c r="A191" s="12" t="s">
+        <v>723</v>
       </c>
       <c r="B191" s="11"/>
       <c r="C191" s="11"/>
       <c r="D191" s="11"/>
       <c r="E191" s="11"/>
       <c r="F191" s="11"/>
       <c r="G191" s="11"/>
       <c r="H191" s="11"/>
     </row>
     <row r="192" spans="1:17">
       <c r="A192" s="12" t="s">
-        <v>720</v>
-[...7 lines deleted...]
-      <c r="H192" s="11"/>
+        <v>724</v>
+      </c>
+      <c r="B192" s="12"/>
+      <c r="C192" s="12"/>
+      <c r="D192" s="12"/>
+      <c r="E192" s="12"/>
+      <c r="F192" s="12"/>
+      <c r="G192" s="12"/>
+      <c r="H192" s="12"/>
     </row>
     <row r="193" spans="1:17">
-      <c r="A193" s="12" t="s">
-        <v>721</v>
+      <c r="A193" s="11" t="s">
+        <v>725</v>
       </c>
       <c r="B193" s="11"/>
       <c r="C193" s="11"/>
       <c r="D193" s="11"/>
       <c r="E193" s="11"/>
       <c r="F193" s="11"/>
       <c r="G193" s="11"/>
       <c r="H193" s="11"/>
     </row>
     <row r="194" spans="1:17">
       <c r="A194" s="12" t="s">
-        <v>722</v>
-[...7 lines deleted...]
-      <c r="H194" s="12"/>
+        <v>726</v>
+      </c>
+      <c r="B194" s="11"/>
+      <c r="C194" s="11"/>
+      <c r="D194" s="11"/>
+      <c r="E194" s="11"/>
+      <c r="F194" s="11"/>
+      <c r="G194" s="11"/>
+      <c r="H194" s="11"/>
     </row>
     <row r="195" spans="1:17">
-      <c r="A195" s="11" t="s">
-        <v>0</v>
+      <c r="A195" s="12" t="s">
+        <v>727</v>
       </c>
       <c r="B195" s="11"/>
       <c r="C195" s="11"/>
       <c r="D195" s="11"/>
       <c r="E195" s="11"/>
       <c r="F195" s="11"/>
       <c r="G195" s="11"/>
       <c r="H195" s="11"/>
     </row>
     <row r="196" spans="1:17">
-      <c r="A196" s="11" t="s">
-[...8 lines deleted...]
-      <c r="H196" s="11"/>
+      <c r="A196" s="12" t="s">
+        <v>728</v>
+      </c>
+      <c r="B196" s="12"/>
+      <c r="C196" s="12"/>
+      <c r="D196" s="12"/>
+      <c r="E196" s="12"/>
+      <c r="F196" s="12"/>
+      <c r="G196" s="12"/>
+      <c r="H196" s="12"/>
     </row>
     <row r="197" spans="1:17">
       <c r="A197" s="11" t="s">
-        <v>724</v>
+        <v>0</v>
       </c>
       <c r="B197" s="11"/>
       <c r="C197" s="11"/>
       <c r="D197" s="11"/>
       <c r="E197" s="11"/>
       <c r="F197" s="11"/>
       <c r="G197" s="11"/>
       <c r="H197" s="11"/>
     </row>
     <row r="198" spans="1:17">
       <c r="A198" s="11" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="B198" s="11"/>
       <c r="C198" s="11"/>
       <c r="D198" s="11"/>
       <c r="E198" s="11"/>
       <c r="F198" s="11"/>
       <c r="G198" s="11"/>
       <c r="H198" s="11"/>
     </row>
     <row r="199" spans="1:17">
-      <c r="A199" s="12" t="s">
-        <v>726</v>
+      <c r="A199" s="11" t="s">
+        <v>730</v>
       </c>
       <c r="B199" s="11"/>
       <c r="C199" s="11"/>
       <c r="D199" s="11"/>
       <c r="E199" s="11"/>
       <c r="F199" s="11"/>
       <c r="G199" s="11"/>
       <c r="H199" s="11"/>
     </row>
     <row r="200" spans="1:17">
-      <c r="A200" s="12" t="s">
-        <v>727</v>
+      <c r="A200" s="11" t="s">
+        <v>731</v>
       </c>
       <c r="B200" s="11"/>
       <c r="C200" s="11"/>
       <c r="D200" s="11"/>
       <c r="E200" s="11"/>
       <c r="F200" s="11"/>
       <c r="G200" s="11"/>
       <c r="H200" s="11"/>
     </row>
+    <row r="201" spans="1:17">
+      <c r="A201" s="12" t="s">
+        <v>732</v>
+      </c>
+      <c r="B201" s="11"/>
+      <c r="C201" s="11"/>
+      <c r="D201" s="11"/>
+      <c r="E201" s="11"/>
+      <c r="F201" s="11"/>
+      <c r="G201" s="11"/>
+      <c r="H201" s="11"/>
+    </row>
+    <row r="202" spans="1:17">
+      <c r="A202" s="12" t="s">
+        <v>733</v>
+      </c>
+      <c r="B202" s="11"/>
+      <c r="C202" s="11"/>
+      <c r="D202" s="11"/>
+      <c r="E202" s="11"/>
+      <c r="F202" s="11"/>
+      <c r="G202" s="11"/>
+      <c r="H202" s="11"/>
+    </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
-    <mergeCell ref="A182:H182"/>
-    <mergeCell ref="A183:H183"/>
     <mergeCell ref="A184:H184"/>
     <mergeCell ref="A185:H185"/>
     <mergeCell ref="A186:H186"/>
     <mergeCell ref="A187:H187"/>
     <mergeCell ref="A188:H188"/>
     <mergeCell ref="A189:H189"/>
     <mergeCell ref="A190:H190"/>
     <mergeCell ref="A191:H191"/>
     <mergeCell ref="A192:H192"/>
     <mergeCell ref="A193:H193"/>
     <mergeCell ref="A194:H194"/>
     <mergeCell ref="A195:H195"/>
     <mergeCell ref="A196:H196"/>
     <mergeCell ref="A197:H197"/>
     <mergeCell ref="A198:H198"/>
     <mergeCell ref="A199:H199"/>
     <mergeCell ref="A200:H200"/>
+    <mergeCell ref="A201:H201"/>
+    <mergeCell ref="A202:H202"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_16"/>
     <hyperlink ref="M14" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_18"/>
     <hyperlink ref="M15" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_20"/>
     <hyperlink ref="M16" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_22"/>
     <hyperlink ref="M17" r:id="rId_hyperlink_23"/>
@@ -12612,50 +12732,54 @@
     <hyperlink ref="M168" r:id="rId_hyperlink_325"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_326"/>
     <hyperlink ref="M169" r:id="rId_hyperlink_327"/>
     <hyperlink ref="B170" r:id="rId_hyperlink_328"/>
     <hyperlink ref="M170" r:id="rId_hyperlink_329"/>
     <hyperlink ref="B171" r:id="rId_hyperlink_330"/>
     <hyperlink ref="M171" r:id="rId_hyperlink_331"/>
     <hyperlink ref="B172" r:id="rId_hyperlink_332"/>
     <hyperlink ref="M172" r:id="rId_hyperlink_333"/>
     <hyperlink ref="B173" r:id="rId_hyperlink_334"/>
     <hyperlink ref="M173" r:id="rId_hyperlink_335"/>
     <hyperlink ref="B174" r:id="rId_hyperlink_336"/>
     <hyperlink ref="M174" r:id="rId_hyperlink_337"/>
     <hyperlink ref="B175" r:id="rId_hyperlink_338"/>
     <hyperlink ref="M175" r:id="rId_hyperlink_339"/>
     <hyperlink ref="B176" r:id="rId_hyperlink_340"/>
     <hyperlink ref="M176" r:id="rId_hyperlink_341"/>
     <hyperlink ref="B177" r:id="rId_hyperlink_342"/>
     <hyperlink ref="M177" r:id="rId_hyperlink_343"/>
     <hyperlink ref="B178" r:id="rId_hyperlink_344"/>
     <hyperlink ref="M178" r:id="rId_hyperlink_345"/>
     <hyperlink ref="B179" r:id="rId_hyperlink_346"/>
     <hyperlink ref="M179" r:id="rId_hyperlink_347"/>
     <hyperlink ref="B180" r:id="rId_hyperlink_348"/>
     <hyperlink ref="M180" r:id="rId_hyperlink_349"/>
+    <hyperlink ref="B181" r:id="rId_hyperlink_350"/>
+    <hyperlink ref="M181" r:id="rId_hyperlink_351"/>
+    <hyperlink ref="B182" r:id="rId_hyperlink_352"/>
+    <hyperlink ref="M182" r:id="rId_hyperlink_353"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>