--- v0 (2025-10-09)
+++ v1 (2025-12-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="300">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
     <t>Dental BOOKS PRICE / CATALOGUE For Year - 2025</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
@@ -912,171 +912,214 @@
     <t>978-93-91208-79-0</t>
   </si>
   <si>
     <t>Dr. Aayushi Bhardwaj, Dr. Monika Rathore, Dr. Sharlin Ahmad</t>
   </si>
   <si>
     <t>22x15.5x0.75</t>
   </si>
   <si>
     <t>Understanding Lasers and it's Application in Oral Medicine</t>
   </si>
   <si>
     <t>978-81-19613-57-1</t>
   </si>
   <si>
     <t>Dr. Tannishtha, Prof (Dr.) G Subhas Babu, Prof (Dr.) Vidya Ajila</t>
   </si>
   <si>
     <t>Viva Voce in Oral Histology for BDS 1st Year</t>
   </si>
   <si>
     <t>978-93-88022-85-9</t>
   </si>
   <si>
     <t>Dr. Himanshu Singh</t>
+  </si>
+  <si>
+    <t>Payment Details:-
+Payment (India):100% Advance Payment Cheque / DD / RTGS / NEFT will be made in favour of"IP Innovative Publication Pvt. Ltd."
+Payable at New Delhi, India
+Bank Name: Axis Bank Ltd., Branch – Palam, New Delhi
+Current Account No.:917020045271486
+IFSC Code:UTIB0000102
+Swift Code:AXISINBB132
+PAN No.:AAECI4006K
+Payment Option for Outside of India:
+PayPal option is applicable only for outside India. Foreign/International Subscribers can send payment via PayPal.
+PayPal Account:subscription@ipinnovative.com
+Please send your payment details at Email ID:subscription@ipinnovative.com
+Contact Details:
+IP Innovative Publication Pvt. Ltd.
+3rd Floor, A-2, Gulab Bagh, Nawada, Metro Pillar No. 733
+Uttam Nagar, New Delhi – 110059, India
+Phone: +91-11-61364114, 61364115, 405682495, Ext. 12 &amp; 21
+Mail:subscription@ipinnovative.com, subscription1.ippl@gmail.com
+Web:www.ipinnovative.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="5">
+  <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
+    <font>
+      <b val="1"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="14">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1343,4007 +1386,4102 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/272/a-concise-handbook-of-instruments-used-in-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-13-7" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/106/a-concise-textbook-on-forensic-odontology" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-60-6" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/365/a-guide-to-minimally-invasive-paediatric-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-92-2" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/254/a-textbook-of-biochemistry-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-91-2" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/171/advanced-diagnostic-techniques-for-oral-cancer-detection" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-48-6" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/371/anaesthesia-in-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-58-7" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/213/artificial-intelligence-redefining-new-age-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-51-6" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/84/autogenous-maxillofacial-bone-grafting" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-38-5" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/175/autogenous-maxillofacial-bone-grafting-bone-graft-sites-and-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-55-4" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/119/behavioral-sciences-in-dentistry-the-link-between-oral-and-emotional-well-being" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-73-6" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/206/clinical-application-of-lasers-in-dental-implants-and-periodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-27-1" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/231/coagulopathy-in-oral-and-maxillofacial-surgery" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-75-2" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/52/corticosteroid-in-mucosal-lesions" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-06-4" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/41/dental-caries" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-9-1" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/144/dental-caries-its-understanding-and-management-then-now" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-00-4" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/226/dental-caries-in-children-with-special-health-care-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-93-4" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/193/digitalization-in-conservative-dentistry-and-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-73-8" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/149/disease-of-maxillary-sinus-a-comprehensive-textbook" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-9-3" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/94/drugs-used-in-dental-emergencies" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-48-4" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/192/endodontology-the-art-and-science" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-5457-681-2" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/69/essentials-of-dental-anatomy-histology-and-oral-physiology-with-short-questions-and-answers" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-22-4" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/337/essentials-of-esthetic-dentistry-principles-practice-and-progress" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-11-3" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/101/essentials-of-interceptive-orthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-55-2" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/39/etiopathogenesis-of-autoimmune-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-4-0" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/48/etiopathogenesis-of-oral-submucous-fibrosis" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-04-0" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/53/etiopathogenesis-of-vesiculobullous-lesions" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-07-1" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/336/forensic-odontology-path-to-discovery" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-03-8" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/289/functional-rehabilitation-of-endodontically-treated-teeth-a-perspective-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-90-8" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/91/fundamentals-of-maxillofacial-laser" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-45-3" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/81/gingival-tissue-management-emphasis-on-operative-and-prosthodontic-aspect" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-31-6" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/349/guided-endodontics-path-to-precision" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-79-3" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/301/gyrated-intervention-in-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-69-4" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/312/handbook-of-chemotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-46-5" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/184/handbook-of-diagnosis-for-oral-cancer-basics-to-advanced" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-71-4" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/59/implants-a-total-anchorage-device" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-13-2" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/356/inspired-from-nature-biomimetics-in-paediatric-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-19-9" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/401/lasers-in-dentistry-an-insight" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-42-6" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/136/lingual-orthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-91-0" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/154/made-easy-for-mds-paper-i-examination-questions-answers-based-reference-book" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-16-5" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/140/management-guide-in-oral-medicine-a-concise-review" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-1-7" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/40/mcqs-for-pgs-in-prosthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-9-5" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/153/metabolic-disorders-of-jaws" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-8-6" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/351/modern-multiple-choice-questions-mcqs-in-paediatric-dentistry-with-explanatory-answers" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-83-0" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/270/multiple-choice-questions-book-of-pharmacology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/45/oral-mycoses" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-02-6" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/271/paediatric-dentistry-a-concise-textbook-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-6-2" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/280/paediatric-laser-dentistry-advancements-applications-and-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-37-3" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/98/pain-in-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-52-1" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/135/periodontal-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-89-7" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/100/pleomorphic-adenoma" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-54-5" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/238/pulp-capping-materials-in-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-5-6" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/352/revolutionizing-restorative-dentistry-smart-materials-a-breakthrough" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-97-7" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/256/role-of-ergonomics-in-dental-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-93-6" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/87/self-ligation-the-magic-bracket-in-orthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-40-8" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/118/sports-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-72-9" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/50/staging-and-grading-of-oral-squamous-cell-carcinoma" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-8-8" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/331/supportive-periodontal-therapy" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-04-5" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/76/supportive-periodontal-therapy-a-comprehensive-review" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-29-3" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/108/temporomandibular-joint-ankylosis-a-review" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-62-0" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/362/textbook-of-anatomy-for-bds" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-51-9" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/88/textbook-of-complete-denture-impressions" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-42-2" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/395/textbook-of-complete-denture-impressions-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-54-9" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/86/textbook-on-forensic-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-41-5" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/47/textbook-on-odontogenic-tumors" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-03-3" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/244/understanding-early-childhood-caries" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-79-0" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/297/understanding-lasers-and-its-application-in-oral-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-57-1" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/131/viva-voce-in-oral-histology-for-bds-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-85-9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R75"/>
+  <dimension ref="A1:Q105"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B75" sqref="B75:H75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
-    <col min="14" max="14" width="14.2822" customWidth="true" style="0"/>
+    <col min="14" max="14" width="28.5645" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
-    <col min="17" max="17" width="28.5645" customWidth="true" style="0"/>
-    <col min="18" max="18" width="14.2822" customWidth="true" style="0"/>
+    <col min="17" max="17" width="14.2822" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18">
+    <row r="1" spans="1:17">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
     </row>
-    <row r="2" spans="1:18">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
-    <row r="3" spans="1:18">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
     </row>
-    <row r="4" spans="1:18">
+    <row r="4" spans="1:17">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
     </row>
-    <row r="5" spans="1:18">
+    <row r="5" spans="1:17">
       <c r="A5"/>
     </row>
-    <row r="6" spans="1:18">
+    <row r="6" spans="1:17">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>7</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H6" s="7" t="s">
         <v>10</v>
       </c>
       <c r="I6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="J6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="K6" s="7" t="s">
         <v>13</v>
       </c>
       <c r="L6" s="7" t="s">
         <v>14</v>
       </c>
       <c r="M6" s="7" t="s">
         <v>15</v>
       </c>
       <c r="N6" s="7" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="O6" s="7" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="P6" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="Q6" s="6" t="s">
+      <c r="P6" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="R6" s="7" t="s">
+      <c r="Q6" s="7" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="7" spans="1:18">
+    <row r="7" spans="1:17">
       <c r="A7" s="5">
         <v>1</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="9">
         <v>2023</v>
       </c>
       <c r="G7" s="9">
         <v>115</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I7" s="9">
         <v>350.0</v>
       </c>
       <c r="J7" s="9">
         <v>20</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="9">
         <v>200</v>
       </c>
       <c r="M7" s="10" t="s">
         <v>21</v>
       </c>
       <c r="N7" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O7" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q7" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P7" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R7" s="9" t="s">
+      <c r="Q7" s="9" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="8" spans="1:18">
+    <row r="8" spans="1:17">
       <c r="A8" s="5">
         <v>2</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>31</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="9">
         <v>2020</v>
       </c>
       <c r="G8" s="9">
         <v>74</v>
       </c>
       <c r="H8" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I8" s="9">
         <v>350.0</v>
       </c>
       <c r="J8" s="9">
         <v>20</v>
       </c>
       <c r="K8" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="9">
         <v>100</v>
       </c>
       <c r="M8" s="10" t="s">
         <v>31</v>
       </c>
       <c r="N8" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O8" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q8" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P8" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="R8" s="9" t="s">
+      <c r="Q8" s="9" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="9" spans="1:18">
+    <row r="9" spans="1:17">
       <c r="A9" s="5">
         <v>3</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>38</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="9">
         <v>2025</v>
       </c>
       <c r="G9" s="9">
         <v>213</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I9" s="9">
         <v>450.0</v>
       </c>
       <c r="J9" s="9">
         <v>25</v>
       </c>
       <c r="K9" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="9">
         <v>320</v>
       </c>
       <c r="M9" s="10" t="s">
         <v>37</v>
       </c>
       <c r="N9" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O9" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q9" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P9" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="R9" s="9" t="s">
+      <c r="Q9" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="10" spans="1:18">
+    <row r="10" spans="1:17">
       <c r="A10" s="5">
         <v>4</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>42</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>43</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="9">
         <v>2023</v>
       </c>
       <c r="G10" s="9">
         <v>242</v>
       </c>
       <c r="H10" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="9">
         <v>550.0</v>
       </c>
       <c r="J10" s="9">
         <v>25</v>
       </c>
       <c r="K10" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="9">
         <v>560</v>
       </c>
       <c r="M10" s="10" t="s">
         <v>42</v>
       </c>
       <c r="N10" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O10" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q10" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P10" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="R10" s="9" t="s">
+      <c r="Q10" s="9" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="11" spans="1:18">
+    <row r="11" spans="1:17">
       <c r="A11" s="5">
         <v>5</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>47</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>48</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="9">
         <v>2022</v>
       </c>
       <c r="G11" s="9">
         <v>90</v>
       </c>
       <c r="H11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="9">
         <v>300.0</v>
       </c>
       <c r="J11" s="9">
         <v>20</v>
       </c>
       <c r="K11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L11" s="9">
         <v>180</v>
       </c>
       <c r="M11" s="10" t="s">
         <v>47</v>
       </c>
       <c r="N11" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O11" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q11" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P11" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="R11" s="9" t="s">
+      <c r="Q11" s="9" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="12" spans="1:18">
+    <row r="12" spans="1:17">
       <c r="A12" s="5">
         <v>6</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>52</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>53</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="9">
         <v>2025</v>
       </c>
       <c r="G12" s="9">
         <v>201</v>
       </c>
       <c r="H12" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="9">
         <v>425.0</v>
       </c>
       <c r="J12" s="9">
         <v>25</v>
       </c>
       <c r="K12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="9">
         <v>300</v>
       </c>
       <c r="M12" s="10" t="s">
         <v>52</v>
       </c>
       <c r="N12" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O12" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q12" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P12" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="R12" s="9" t="s">
+      <c r="Q12" s="9" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="13" spans="1:18">
+    <row r="13" spans="1:17">
       <c r="A13" s="5">
         <v>7</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>57</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>58</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>59</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="9">
         <v>2022</v>
       </c>
       <c r="G13" s="9">
         <v>113</v>
       </c>
       <c r="H13" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="9">
         <v>375.0</v>
       </c>
       <c r="J13" s="9">
         <v>25</v>
       </c>
       <c r="K13" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="9">
         <v>200</v>
       </c>
       <c r="M13" s="10" t="s">
         <v>58</v>
       </c>
       <c r="N13" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O13" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q13" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P13" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="R13" s="9" t="s">
+      <c r="Q13" s="9" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="14" spans="1:18">
+    <row r="14" spans="1:17">
       <c r="A14" s="5">
         <v>8</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>62</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>63</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="9">
         <v>2020</v>
       </c>
       <c r="G14" s="9">
         <v>85</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="9">
         <v>350.0</v>
       </c>
       <c r="J14" s="9">
         <v>25</v>
       </c>
       <c r="K14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="9">
         <v>180</v>
       </c>
       <c r="M14" s="10" t="s">
         <v>62</v>
       </c>
       <c r="N14" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O14" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q14" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P14" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="R14" s="9" t="s">
+      <c r="Q14" s="9" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="15" spans="1:18">
+    <row r="15" spans="1:17">
       <c r="A15" s="5">
         <v>9</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>65</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>67</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F15" s="9">
         <v>2022</v>
       </c>
       <c r="G15" s="9">
         <v>186</v>
       </c>
       <c r="H15" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="9">
         <v>450.0</v>
       </c>
       <c r="J15" s="9">
         <v>35</v>
       </c>
       <c r="K15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="9">
         <v>250</v>
       </c>
       <c r="M15" s="10" t="s">
         <v>66</v>
       </c>
       <c r="N15" s="9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="O15" s="9" t="s">
-        <v>69</v>
-[...4 lines deleted...]
-      <c r="Q15" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P15" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="R15" s="9" t="s">
+      <c r="Q15" s="9" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="16" spans="1:18">
+    <row r="16" spans="1:17">
       <c r="A16" s="5">
         <v>10</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>71</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>72</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>73</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="9">
         <v>2020</v>
       </c>
       <c r="G16" s="9">
         <v>113</v>
       </c>
       <c r="H16" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I16" s="9">
         <v>300.0</v>
       </c>
       <c r="J16" s="9">
         <v>15</v>
       </c>
       <c r="K16" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="9">
         <v>250</v>
       </c>
       <c r="M16" s="10" t="s">
         <v>72</v>
       </c>
       <c r="N16" s="9" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="O16" s="9" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      <c r="Q16" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P16" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="R16" s="9" t="s">
+      <c r="Q16" s="9" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="17" spans="1:18">
+    <row r="17" spans="1:17">
       <c r="A17" s="5">
         <v>11</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>77</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>78</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>79</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="9">
         <v>2022</v>
       </c>
       <c r="G17" s="9">
         <v>197</v>
       </c>
       <c r="H17" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="9">
         <v>550.0</v>
       </c>
       <c r="J17" s="9">
         <v>30</v>
       </c>
       <c r="K17" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="9">
         <v>300</v>
       </c>
       <c r="M17" s="10" t="s">
         <v>78</v>
       </c>
       <c r="N17" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O17" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q17" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P17" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="R17" s="9" t="s">
+      <c r="Q17" s="9" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="18" spans="1:18">
+    <row r="18" spans="1:17">
       <c r="A18" s="5">
         <v>12</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>83</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>84</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="9">
         <v>2023</v>
       </c>
       <c r="G18" s="9">
         <v>116</v>
       </c>
       <c r="H18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="9">
         <v>350.0</v>
       </c>
       <c r="J18" s="9">
         <v>15</v>
       </c>
       <c r="K18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="9">
         <v>200</v>
       </c>
       <c r="M18" s="10" t="s">
         <v>83</v>
       </c>
       <c r="N18" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O18" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q18" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P18" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="R18" s="9" t="s">
+      <c r="Q18" s="9" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="19" spans="1:18">
+    <row r="19" spans="1:17">
       <c r="A19" s="5">
         <v>13</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>86</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>88</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>89</v>
       </c>
       <c r="F19" s="9">
         <v>2018</v>
       </c>
       <c r="G19" s="9">
         <v>62</v>
       </c>
       <c r="H19" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="9">
         <v>250.0</v>
       </c>
       <c r="J19" s="9">
         <v>15</v>
       </c>
       <c r="K19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="9">
         <v>100</v>
       </c>
       <c r="M19" s="10" t="s">
         <v>87</v>
       </c>
       <c r="N19" s="9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="O19" s="9" t="s">
-        <v>90</v>
-[...4 lines deleted...]
-      <c r="Q19" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P19" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="R19" s="9" t="s">
+      <c r="Q19" s="9" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="20" spans="1:18">
+    <row r="20" spans="1:17">
       <c r="A20" s="5">
         <v>14</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>93</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>94</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>95</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>96</v>
       </c>
       <c r="G20" s="9">
         <v>73</v>
       </c>
       <c r="H20" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="9">
         <v>300.0</v>
       </c>
       <c r="J20" s="9">
         <v>20</v>
       </c>
       <c r="K20" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="9">
         <v>170</v>
       </c>
       <c r="M20" s="10" t="s">
         <v>94</v>
       </c>
       <c r="N20" s="9" t="s">
-        <v>23</v>
+        <v>97</v>
       </c>
       <c r="O20" s="9" t="s">
-        <v>97</v>
-[...4 lines deleted...]
-      <c r="Q20" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P20" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="R20" s="9" t="s">
+      <c r="Q20" s="9" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="21" spans="1:18">
+    <row r="21" spans="1:17">
       <c r="A21" s="5">
         <v>15</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>98</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>99</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>100</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F21" s="9">
         <v>2021</v>
       </c>
       <c r="G21" s="9">
         <v>157</v>
       </c>
       <c r="H21" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I21" s="9">
         <v>550.0</v>
       </c>
       <c r="J21" s="9">
         <v>30</v>
       </c>
       <c r="K21" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="9">
         <v>250</v>
       </c>
       <c r="M21" s="10" t="s">
         <v>99</v>
       </c>
       <c r="N21" s="9" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="O21" s="9" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      <c r="Q21" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P21" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="R21" s="9" t="s">
+      <c r="Q21" s="9" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="22" spans="1:18">
+    <row r="22" spans="1:17">
       <c r="A22" s="5">
         <v>16</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>101</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>102</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>103</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="9">
         <v>2023</v>
       </c>
       <c r="G22" s="9">
         <v>146</v>
       </c>
       <c r="H22" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="9">
         <v>450.0</v>
       </c>
       <c r="J22" s="9">
         <v>25</v>
       </c>
       <c r="K22" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="9">
         <v>250</v>
       </c>
       <c r="M22" s="10" t="s">
         <v>102</v>
       </c>
       <c r="N22" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O22" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q22" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P22" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="R22" s="9" t="s">
+      <c r="Q22" s="9" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="23" spans="1:18">
+    <row r="23" spans="1:17">
       <c r="A23" s="5">
         <v>17</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>104</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>105</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>106</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="9">
         <v>2022</v>
       </c>
       <c r="G23" s="9">
         <v>140</v>
       </c>
       <c r="H23" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="9">
         <v>395.0</v>
       </c>
       <c r="J23" s="9">
         <v>25</v>
       </c>
       <c r="K23" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="9">
         <v>250</v>
       </c>
       <c r="M23" s="10" t="s">
         <v>105</v>
       </c>
       <c r="N23" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O23" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q23" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P23" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R23" s="9" t="s">
+      <c r="Q23" s="9" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="24" spans="1:18">
+    <row r="24" spans="1:17">
       <c r="A24" s="5">
         <v>18</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>108</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>109</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>110</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="9">
         <v>2021</v>
       </c>
       <c r="G24" s="9">
         <v>104</v>
       </c>
       <c r="H24" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="9">
         <v>300.0</v>
       </c>
       <c r="J24" s="9">
         <v>15</v>
       </c>
       <c r="K24" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="9">
         <v>130</v>
       </c>
       <c r="M24" s="10" t="s">
         <v>109</v>
       </c>
       <c r="N24" s="9" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="O24" s="9" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      <c r="Q24" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P24" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="R24" s="9" t="s">
+      <c r="Q24" s="9" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="25" spans="1:18">
+    <row r="25" spans="1:17">
       <c r="A25" s="5">
         <v>19</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>112</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>113</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>114</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="9">
         <v>2020</v>
       </c>
       <c r="G25" s="9">
         <v>91</v>
       </c>
       <c r="H25" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="9">
         <v>400.0</v>
       </c>
       <c r="J25" s="9">
         <v>25</v>
       </c>
       <c r="K25" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="9">
         <v>180</v>
       </c>
       <c r="M25" s="10" t="s">
         <v>113</v>
       </c>
       <c r="N25" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O25" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q25" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P25" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="R25" s="9" t="s">
+      <c r="Q25" s="9" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="26" spans="1:18">
+    <row r="26" spans="1:17">
       <c r="A26" s="5">
         <v>20</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>116</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>117</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>118</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="9">
         <v>2022</v>
       </c>
       <c r="G26" s="9">
         <v>303</v>
       </c>
       <c r="H26" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="9">
         <v>995.0</v>
       </c>
       <c r="J26" s="9">
         <v>45</v>
       </c>
       <c r="K26" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="9">
         <v>560</v>
       </c>
       <c r="M26" s="10" t="s">
         <v>117</v>
       </c>
       <c r="N26" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O26" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q26" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P26" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R26" s="9" t="s">
+      <c r="Q26" s="9" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="27" spans="1:18">
+    <row r="27" spans="1:17">
       <c r="A27" s="5">
         <v>21</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>120</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>121</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>122</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F27" s="9">
         <v>2019</v>
       </c>
       <c r="G27" s="9">
         <v>283</v>
       </c>
       <c r="H27" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="9">
         <v>700.0</v>
       </c>
       <c r="J27" s="9">
         <v>50</v>
       </c>
       <c r="K27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="9">
         <v>400</v>
       </c>
       <c r="M27" s="10" t="s">
         <v>121</v>
       </c>
       <c r="N27" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O27" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q27" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P27" s="5" t="s">
         <v>123</v>
       </c>
-      <c r="R27" s="9" t="s">
+      <c r="Q27" s="9" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="28" spans="1:18">
+    <row r="28" spans="1:17">
       <c r="A28" s="5">
         <v>22</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>125</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>126</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>127</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F28" s="9">
         <v>2024</v>
       </c>
       <c r="G28" s="9">
         <v>85</v>
       </c>
       <c r="H28" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="9">
         <v>350.0</v>
       </c>
       <c r="J28" s="9">
         <v>20</v>
       </c>
       <c r="K28" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="9">
         <v>120</v>
       </c>
       <c r="M28" s="10" t="s">
         <v>126</v>
       </c>
       <c r="N28" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O28" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q28" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P28" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="R28" s="9" t="s">
+      <c r="Q28" s="9" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="29" spans="1:18">
+    <row r="29" spans="1:17">
       <c r="A29" s="5">
         <v>23</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>130</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>131</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>132</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F29" s="9">
         <v>2020</v>
       </c>
       <c r="G29" s="9">
         <v>154</v>
       </c>
       <c r="H29" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="9">
         <v>400.0</v>
       </c>
       <c r="J29" s="9">
         <v>30</v>
       </c>
       <c r="K29" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="9">
         <v>250</v>
       </c>
       <c r="M29" s="10" t="s">
         <v>131</v>
       </c>
       <c r="N29" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O29" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q29" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P29" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="R29" s="9" t="s">
+      <c r="Q29" s="9" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="30" spans="1:18">
+    <row r="30" spans="1:17">
       <c r="A30" s="5">
         <v>24</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>135</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>136</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>137</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="9">
         <v>2018</v>
       </c>
       <c r="G30" s="9">
         <v>175</v>
       </c>
       <c r="H30" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="9">
         <v>400.0</v>
       </c>
       <c r="J30" s="9">
         <v>25</v>
       </c>
       <c r="K30" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="9">
         <v>310</v>
       </c>
       <c r="M30" s="10" t="s">
         <v>136</v>
       </c>
       <c r="N30" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O30" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q30" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P30" s="5" t="s">
         <v>138</v>
       </c>
-      <c r="R30" s="9" t="s">
+      <c r="Q30" s="9" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="31" spans="1:18">
+    <row r="31" spans="1:17">
       <c r="A31" s="5">
         <v>25</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>140</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>141</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>142</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F31" s="9" t="s">
         <v>143</v>
       </c>
       <c r="G31" s="9">
         <v>59</v>
       </c>
       <c r="H31" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="9">
         <v>300.0</v>
       </c>
       <c r="J31" s="9">
         <v>20</v>
       </c>
       <c r="K31" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="9">
         <v>120</v>
       </c>
       <c r="M31" s="10" t="s">
         <v>141</v>
       </c>
       <c r="N31" s="9" t="s">
-        <v>23</v>
+        <v>90</v>
       </c>
       <c r="O31" s="9" t="s">
-        <v>90</v>
-[...4 lines deleted...]
-      <c r="Q31" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P31" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="R31" s="9" t="s">
+      <c r="Q31" s="9" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="32" spans="1:18">
+    <row r="32" spans="1:17">
       <c r="A32" s="5">
         <v>26</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>146</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>147</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>148</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>89</v>
       </c>
       <c r="F32" s="9">
         <v>2018</v>
       </c>
       <c r="G32" s="9">
         <v>107</v>
       </c>
       <c r="H32" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="9">
         <v>300.0</v>
       </c>
       <c r="J32" s="9">
         <v>20</v>
       </c>
       <c r="K32" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="9">
         <v>180</v>
       </c>
       <c r="M32" s="10" t="s">
         <v>147</v>
       </c>
       <c r="N32" s="9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="O32" s="9" t="s">
-        <v>90</v>
-[...4 lines deleted...]
-      <c r="Q32" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P32" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="R32" s="9" t="s">
+      <c r="Q32" s="9" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="33" spans="1:18">
+    <row r="33" spans="1:17">
       <c r="A33" s="5">
         <v>27</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>149</v>
       </c>
       <c r="C33" s="9" t="s">
         <v>150</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>151</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F33" s="9">
         <v>2024</v>
       </c>
       <c r="G33" s="9">
         <v>92</v>
       </c>
       <c r="H33" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="9">
         <v>400.0</v>
       </c>
       <c r="J33" s="9">
         <v>25</v>
       </c>
       <c r="K33" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="9">
         <v>140</v>
       </c>
       <c r="M33" s="10" t="s">
         <v>150</v>
       </c>
       <c r="N33" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O33" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q33" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P33" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="R33" s="9" t="s">
+      <c r="Q33" s="9" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="34" spans="1:18">
+    <row r="34" spans="1:17">
       <c r="A34" s="5">
         <v>28</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>152</v>
       </c>
       <c r="C34" s="9" t="s">
         <v>153</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>154</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="9">
         <v>2024</v>
       </c>
       <c r="G34" s="9">
         <v>131</v>
       </c>
       <c r="H34" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="9">
         <v>400.0</v>
       </c>
       <c r="J34" s="9">
         <v>25</v>
       </c>
       <c r="K34" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="9">
         <v>220</v>
       </c>
       <c r="M34" s="10" t="s">
         <v>153</v>
       </c>
       <c r="N34" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O34" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q34" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P34" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R34" s="9" t="s">
+      <c r="Q34" s="9" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="35" spans="1:18">
+    <row r="35" spans="1:17">
       <c r="A35" s="5">
         <v>29</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>156</v>
       </c>
       <c r="C35" s="9" t="s">
         <v>157</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>158</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F35" s="9">
         <v>2020</v>
       </c>
       <c r="G35" s="9">
         <v>98</v>
       </c>
       <c r="H35" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="9">
         <v>350.0</v>
       </c>
       <c r="J35" s="9">
         <v>20</v>
       </c>
       <c r="K35" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="9">
         <v>170</v>
       </c>
       <c r="M35" s="10" t="s">
         <v>157</v>
       </c>
       <c r="N35" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O35" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q35" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P35" s="5" t="s">
         <v>159</v>
       </c>
-      <c r="R35" s="9" t="s">
+      <c r="Q35" s="9" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="36" spans="1:18">
+    <row r="36" spans="1:17">
       <c r="A36" s="5">
         <v>30</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>161</v>
       </c>
       <c r="C36" s="9" t="s">
         <v>162</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>163</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="9">
         <v>2019</v>
       </c>
       <c r="G36" s="9">
         <v>83</v>
       </c>
       <c r="H36" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="9">
         <v>375.0</v>
       </c>
       <c r="J36" s="9">
         <v>20</v>
       </c>
       <c r="K36" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="9">
         <v>210</v>
       </c>
       <c r="M36" s="10" t="s">
         <v>162</v>
       </c>
       <c r="N36" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O36" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q36" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P36" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="R36" s="9" t="s">
+      <c r="Q36" s="9" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="37" spans="1:18">
+    <row r="37" spans="1:17">
       <c r="A37" s="5">
         <v>31</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>165</v>
       </c>
       <c r="C37" s="9" t="s">
         <v>166</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>167</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F37" s="9">
         <v>2025</v>
       </c>
       <c r="G37" s="9">
         <v>65</v>
       </c>
       <c r="H37" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="9">
         <v>350.0</v>
       </c>
       <c r="J37" s="9">
         <v>20</v>
       </c>
       <c r="K37" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="9">
         <v>120</v>
       </c>
       <c r="M37" s="10" t="s">
         <v>166</v>
       </c>
       <c r="N37" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O37" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q37" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P37" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R37" s="9" t="s">
+      <c r="Q37" s="9" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="38" spans="1:18">
+    <row r="38" spans="1:17">
       <c r="A38" s="5">
         <v>32</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>168</v>
       </c>
       <c r="C38" s="9" t="s">
         <v>169</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>170</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="9">
         <v>2024</v>
       </c>
       <c r="G38" s="9">
         <v>101</v>
       </c>
       <c r="H38" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="9">
         <v>375.0</v>
       </c>
       <c r="J38" s="9">
         <v>20</v>
       </c>
       <c r="K38" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="9">
         <v>200</v>
       </c>
       <c r="M38" s="10" t="s">
         <v>169</v>
       </c>
       <c r="N38" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O38" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q38" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P38" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R38" s="9" t="s">
+      <c r="Q38" s="9" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="39" spans="1:18">
+    <row r="39" spans="1:17">
       <c r="A39" s="5">
         <v>33</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>172</v>
       </c>
       <c r="C39" s="9" t="s">
         <v>173</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>174</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="9">
         <v>2024</v>
       </c>
       <c r="G39" s="9">
         <v>78</v>
       </c>
       <c r="H39" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="9">
         <v>300.0</v>
       </c>
       <c r="J39" s="9">
         <v>25</v>
       </c>
       <c r="K39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="9">
         <v>140</v>
       </c>
       <c r="M39" s="10" t="s">
         <v>173</v>
       </c>
       <c r="N39" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O39" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q39" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P39" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="R39" s="9" t="s">
+      <c r="Q39" s="9" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="40" spans="1:18">
+    <row r="40" spans="1:17">
       <c r="A40" s="5">
         <v>34</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>177</v>
       </c>
       <c r="C40" s="9" t="s">
         <v>178</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>179</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="9">
         <v>2022</v>
       </c>
       <c r="G40" s="9">
         <v>90</v>
       </c>
       <c r="H40" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="9">
         <v>350.0</v>
       </c>
       <c r="J40" s="9">
         <v>20</v>
       </c>
       <c r="K40" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="9">
         <v>150</v>
       </c>
       <c r="M40" s="10" t="s">
         <v>178</v>
       </c>
       <c r="N40" s="9" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
       <c r="O40" s="9" t="s">
-        <v>69</v>
-[...4 lines deleted...]
-      <c r="Q40" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P40" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="R40" s="9" t="s">
+      <c r="Q40" s="9" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="41" spans="1:18">
+    <row r="41" spans="1:17">
       <c r="A41" s="5">
         <v>35</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>180</v>
       </c>
       <c r="C41" s="9" t="s">
         <v>181</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="9">
         <v>2019</v>
       </c>
       <c r="G41" s="9">
         <v>87</v>
       </c>
       <c r="H41" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="9">
         <v>300.0</v>
       </c>
       <c r="J41" s="9">
         <v>20</v>
       </c>
       <c r="K41" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="9">
         <v>180</v>
       </c>
       <c r="M41" s="10" t="s">
         <v>181</v>
       </c>
       <c r="N41" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O41" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q41" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P41" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="R41" s="9" t="s">
+      <c r="Q41" s="9" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="42" spans="1:18">
+    <row r="42" spans="1:17">
       <c r="A42" s="5">
         <v>36</v>
       </c>
       <c r="B42" s="8" t="s">
         <v>183</v>
       </c>
       <c r="C42" s="9" t="s">
         <v>184</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>185</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="9">
         <v>2025</v>
       </c>
       <c r="G42" s="9">
         <v>118</v>
       </c>
       <c r="H42" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="9">
         <v>425.0</v>
       </c>
       <c r="J42" s="9">
         <v>25</v>
       </c>
       <c r="K42" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="9">
         <v>200</v>
       </c>
       <c r="M42" s="10" t="s">
         <v>184</v>
       </c>
       <c r="N42" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O42" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q42" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P42" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="R42" s="9" t="s">
+      <c r="Q42" s="9" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="43" spans="1:18">
+    <row r="43" spans="1:17">
       <c r="A43" s="5">
         <v>37</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>186</v>
       </c>
       <c r="C43" s="9" t="s">
         <v>187</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>188</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="9">
         <v>2025</v>
       </c>
       <c r="G43" s="9">
         <v>85</v>
       </c>
       <c r="H43" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="9">
         <v>350.0</v>
       </c>
       <c r="J43" s="9">
         <v>20</v>
       </c>
       <c r="K43" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="9">
         <v>175</v>
       </c>
       <c r="M43" s="10" t="s">
         <v>187</v>
       </c>
       <c r="N43" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O43" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q43" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P43" s="5" t="s">
         <v>159</v>
       </c>
-      <c r="R43" s="9" t="s">
+      <c r="Q43" s="9" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="44" spans="1:18">
+    <row r="44" spans="1:17">
       <c r="A44" s="5">
         <v>38</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>189</v>
       </c>
       <c r="C44" s="9" t="s">
         <v>190</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>191</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="9">
         <v>2021</v>
       </c>
       <c r="G44" s="9">
         <v>120</v>
       </c>
       <c r="H44" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="9">
         <v>350.0</v>
       </c>
       <c r="J44" s="9">
         <v>20</v>
       </c>
       <c r="K44" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="9">
         <v>250</v>
       </c>
       <c r="M44" s="10" t="s">
         <v>190</v>
       </c>
       <c r="N44" s="9" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="O44" s="9" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      <c r="Q44" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P44" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="R44" s="9" t="s">
+      <c r="Q44" s="9" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="45" spans="1:18">
+    <row r="45" spans="1:17">
       <c r="A45" s="5">
         <v>39</v>
       </c>
       <c r="B45" s="8" t="s">
         <v>192</v>
       </c>
       <c r="C45" s="9" t="s">
         <v>193</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>194</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F45" s="9">
         <v>2021</v>
       </c>
       <c r="G45" s="9">
         <v>468</v>
       </c>
       <c r="H45" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="9">
         <v>1100.0</v>
       </c>
       <c r="J45" s="9">
         <v>45</v>
       </c>
       <c r="K45" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="9">
         <v>750</v>
       </c>
       <c r="M45" s="10" t="s">
         <v>193</v>
       </c>
       <c r="N45" s="9" t="s">
-        <v>23</v>
+        <v>195</v>
       </c>
       <c r="O45" s="9" t="s">
-        <v>195</v>
-[...4 lines deleted...]
-      <c r="Q45" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P45" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="R45" s="9" t="s">
+      <c r="Q45" s="9" t="s">
         <v>196</v>
       </c>
     </row>
-    <row r="46" spans="1:18">
+    <row r="46" spans="1:17">
       <c r="A46" s="5">
         <v>40</v>
       </c>
       <c r="B46" s="8" t="s">
         <v>197</v>
       </c>
       <c r="C46" s="9" t="s">
         <v>198</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>199</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F46" s="9">
         <v>2021</v>
       </c>
       <c r="G46" s="9">
         <v>177</v>
       </c>
       <c r="H46" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="9">
         <v>495.0</v>
       </c>
       <c r="J46" s="9">
         <v>25</v>
       </c>
       <c r="K46" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="9">
         <v>330</v>
       </c>
       <c r="M46" s="10" t="s">
         <v>198</v>
       </c>
       <c r="N46" s="9" t="s">
-        <v>23</v>
+        <v>200</v>
       </c>
       <c r="O46" s="9" t="s">
-        <v>200</v>
-[...4 lines deleted...]
-      <c r="Q46" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P46" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="R46" s="9" t="s">
+      <c r="Q46" s="9" t="s">
         <v>201</v>
       </c>
     </row>
-    <row r="47" spans="1:18">
+    <row r="47" spans="1:17">
       <c r="A47" s="5">
         <v>41</v>
       </c>
       <c r="B47" s="8" t="s">
         <v>202</v>
       </c>
       <c r="C47" s="9" t="s">
         <v>203</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>204</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F47" s="9">
         <v>2018</v>
       </c>
       <c r="G47" s="9">
         <v>344</v>
       </c>
       <c r="H47" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="9">
         <v>800.0</v>
       </c>
       <c r="J47" s="9">
         <v>35</v>
       </c>
       <c r="K47" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="9">
         <v>600</v>
       </c>
       <c r="M47" s="10" t="s">
         <v>203</v>
       </c>
       <c r="N47" s="9" t="s">
-        <v>68</v>
+        <v>205</v>
       </c>
       <c r="O47" s="9" t="s">
-        <v>205</v>
-[...4 lines deleted...]
-      <c r="Q47" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P47" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="R47" s="9" t="s">
+      <c r="Q47" s="9" t="s">
         <v>206</v>
       </c>
     </row>
-    <row r="48" spans="1:18">
+    <row r="48" spans="1:17">
       <c r="A48" s="5">
         <v>42</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>207</v>
       </c>
       <c r="C48" s="9" t="s">
         <v>208</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>209</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="9">
         <v>2021</v>
       </c>
       <c r="G48" s="9">
         <v>107</v>
       </c>
       <c r="H48" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="9">
         <v>300.0</v>
       </c>
       <c r="J48" s="9">
         <v>15</v>
       </c>
       <c r="K48" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="9">
         <v>165</v>
       </c>
       <c r="M48" s="10" t="s">
         <v>208</v>
       </c>
       <c r="N48" s="9" t="s">
-        <v>23</v>
+        <v>200</v>
       </c>
       <c r="O48" s="9" t="s">
-        <v>200</v>
-[...4 lines deleted...]
-      <c r="Q48" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P48" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="R48" s="9" t="s">
+      <c r="Q48" s="9" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="49" spans="1:18">
+    <row r="49" spans="1:17">
       <c r="A49" s="5">
         <v>43</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>210</v>
       </c>
       <c r="C49" s="9" t="s">
         <v>211</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>38</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F49" s="9">
         <v>2025</v>
       </c>
       <c r="G49" s="9">
         <v>237</v>
       </c>
       <c r="H49" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="9">
         <v>425.0</v>
       </c>
       <c r="J49" s="9">
         <v>25</v>
       </c>
       <c r="K49" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L49" s="9">
         <v>340</v>
       </c>
       <c r="M49" s="10" t="s">
         <v>211</v>
       </c>
       <c r="N49" s="9" t="s">
-        <v>23</v>
+        <v>212</v>
       </c>
       <c r="O49" s="9" t="s">
-        <v>212</v>
-[...4 lines deleted...]
-      <c r="Q49" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P49" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="R49" s="9" t="s">
+      <c r="Q49" s="9" t="s">
         <v>213</v>
       </c>
     </row>
-    <row r="50" spans="1:18">
+    <row r="50" spans="1:17">
       <c r="A50" s="5">
         <v>44</v>
       </c>
       <c r="B50" s="8" t="s">
         <v>214</v>
       </c>
       <c r="C50" s="9" t="s">
         <v>215</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>216</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F50" s="9">
         <v>2023</v>
       </c>
       <c r="G50" s="9">
         <v>89</v>
       </c>
       <c r="H50" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I50" s="9">
         <v>350.0</v>
       </c>
       <c r="J50" s="9">
         <v>20</v>
       </c>
       <c r="K50" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L50" s="9">
         <v>150</v>
       </c>
       <c r="M50" s="10" t="s">
         <v>215</v>
       </c>
       <c r="N50" s="9" t="s">
-        <v>23</v>
+        <v>205</v>
       </c>
       <c r="O50" s="9" t="s">
-        <v>205</v>
-[...4 lines deleted...]
-      <c r="Q50" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P50" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="R50" s="9" t="s">
+      <c r="Q50" s="9" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="51" spans="1:18">
+    <row r="51" spans="1:17">
       <c r="A51" s="5">
         <v>45</v>
       </c>
       <c r="B51" s="8" t="s">
         <v>218</v>
       </c>
       <c r="C51" s="9" t="s">
         <v>219</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F51" s="9">
         <v>2020</v>
       </c>
       <c r="G51" s="9">
         <v>376</v>
       </c>
       <c r="H51" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="9">
         <v>850.0</v>
       </c>
       <c r="J51" s="9">
         <v>40</v>
       </c>
       <c r="K51" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="9">
         <v>600</v>
       </c>
       <c r="M51" s="10" t="s">
         <v>219</v>
       </c>
       <c r="N51" s="9" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="O51" s="9" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      <c r="Q51" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P51" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="R51" s="9" t="s">
+      <c r="Q51" s="9" t="s">
         <v>206</v>
       </c>
     </row>
-    <row r="52" spans="1:18">
+    <row r="52" spans="1:17">
       <c r="A52" s="5">
         <v>46</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>222</v>
       </c>
       <c r="C52" s="9" t="s">
         <v>223</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>224</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F52" s="9" t="s">
         <v>143</v>
       </c>
       <c r="G52" s="9">
         <v>57</v>
       </c>
       <c r="H52" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I52" s="9">
         <v>350.0</v>
       </c>
       <c r="J52" s="9">
         <v>20</v>
       </c>
       <c r="K52" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="9">
         <v>80</v>
       </c>
       <c r="M52" s="10" t="s">
         <v>223</v>
       </c>
       <c r="N52" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O52" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q52" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P52" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="R52" s="9" t="s">
+      <c r="Q52" s="9" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="53" spans="1:18">
+    <row r="53" spans="1:17">
       <c r="A53" s="5">
         <v>47</v>
       </c>
       <c r="B53" s="8" t="s">
         <v>226</v>
       </c>
       <c r="C53" s="9" t="s">
         <v>227</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>228</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F53" s="9">
         <v>2023</v>
       </c>
       <c r="G53" s="9">
         <v>525</v>
       </c>
       <c r="H53" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I53" s="9">
         <v>1750.0</v>
       </c>
       <c r="J53" s="9">
         <v>85</v>
       </c>
       <c r="K53" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="9">
         <v>800</v>
       </c>
       <c r="M53" s="10" t="s">
         <v>227</v>
       </c>
       <c r="N53" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O53" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q53" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P53" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="R53" s="9" t="s">
+      <c r="Q53" s="9" t="s">
         <v>229</v>
       </c>
     </row>
-    <row r="54" spans="1:18">
+    <row r="54" spans="1:17">
       <c r="A54" s="5">
         <v>48</v>
       </c>
       <c r="B54" s="8" t="s">
         <v>230</v>
       </c>
       <c r="C54" s="9" t="s">
         <v>231</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>232</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F54" s="9">
         <v>2024</v>
       </c>
       <c r="G54" s="9">
         <v>76</v>
       </c>
       <c r="H54" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="9">
         <v>300.0</v>
       </c>
       <c r="J54" s="9">
         <v>20</v>
       </c>
       <c r="K54" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="9">
         <v>140</v>
       </c>
       <c r="M54" s="10" t="s">
         <v>231</v>
       </c>
       <c r="N54" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O54" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q54" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P54" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="R54" s="9" t="s">
+      <c r="Q54" s="9" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="55" spans="1:18">
+    <row r="55" spans="1:17">
       <c r="A55" s="5">
         <v>49</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>233</v>
       </c>
       <c r="C55" s="9" t="s">
         <v>234</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>235</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F55" s="9">
         <v>2020</v>
       </c>
       <c r="G55" s="9">
         <v>161</v>
       </c>
       <c r="H55" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="9">
         <v>450.0</v>
       </c>
       <c r="J55" s="9">
         <v>30</v>
       </c>
       <c r="K55" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="9">
         <v>300</v>
       </c>
       <c r="M55" s="10" t="s">
         <v>234</v>
       </c>
       <c r="N55" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O55" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q55" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P55" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R55" s="9" t="s">
+      <c r="Q55" s="9" t="s">
         <v>236</v>
       </c>
     </row>
-    <row r="56" spans="1:18">
+    <row r="56" spans="1:17">
       <c r="A56" s="5">
         <v>50</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>237</v>
       </c>
       <c r="C56" s="9" t="s">
         <v>238</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>239</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F56" s="9">
         <v>2021</v>
       </c>
       <c r="G56" s="9">
         <v>88</v>
       </c>
       <c r="H56" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="9">
         <v>300.0</v>
       </c>
       <c r="J56" s="9">
         <v>15</v>
       </c>
       <c r="K56" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L56" s="9">
         <v>170</v>
       </c>
       <c r="M56" s="10" t="s">
         <v>238</v>
       </c>
       <c r="N56" s="9" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="O56" s="9" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      <c r="Q56" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P56" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="R56" s="9" t="s">
+      <c r="Q56" s="9" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="57" spans="1:18">
+    <row r="57" spans="1:17">
       <c r="A57" s="5">
         <v>51</v>
       </c>
       <c r="B57" s="8" t="s">
         <v>241</v>
       </c>
       <c r="C57" s="9" t="s">
         <v>242</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>243</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F57" s="9">
         <v>2020</v>
       </c>
       <c r="G57" s="9">
         <v>81</v>
       </c>
       <c r="H57" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="9">
         <v>450.0</v>
       </c>
       <c r="J57" s="9">
         <v>20</v>
       </c>
       <c r="K57" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L57" s="9">
         <v>150</v>
       </c>
       <c r="M57" s="10" t="s">
         <v>242</v>
       </c>
       <c r="N57" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O57" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q57" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P57" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="R57" s="9" t="s">
+      <c r="Q57" s="9" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="58" spans="1:18">
+    <row r="58" spans="1:17">
       <c r="A58" s="5">
         <v>52</v>
       </c>
       <c r="B58" s="8" t="s">
         <v>244</v>
       </c>
       <c r="C58" s="9" t="s">
         <v>245</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>246</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F58" s="9">
         <v>2023</v>
       </c>
       <c r="G58" s="9">
         <v>78</v>
       </c>
       <c r="H58" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="9">
         <v>350.0</v>
       </c>
       <c r="J58" s="9">
         <v>15</v>
       </c>
       <c r="K58" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="9">
         <v>130</v>
       </c>
       <c r="M58" s="10" t="s">
         <v>245</v>
       </c>
       <c r="N58" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O58" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q58" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P58" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="R58" s="9" t="s">
+      <c r="Q58" s="9" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="59" spans="1:18">
+    <row r="59" spans="1:17">
       <c r="A59" s="5">
         <v>53</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>247</v>
       </c>
       <c r="C59" s="9" t="s">
         <v>248</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>249</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F59" s="9">
         <v>2025</v>
       </c>
       <c r="G59" s="9">
         <v>62</v>
       </c>
       <c r="H59" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="9">
         <v>350.0</v>
       </c>
       <c r="J59" s="9">
         <v>25</v>
       </c>
       <c r="K59" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L59" s="9">
         <v>160</v>
       </c>
       <c r="M59" s="10" t="s">
         <v>248</v>
       </c>
       <c r="N59" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O59" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q59" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P59" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="R59" s="9" t="s">
+      <c r="Q59" s="9" t="s">
         <v>250</v>
       </c>
     </row>
-    <row r="60" spans="1:18">
+    <row r="60" spans="1:17">
       <c r="A60" s="5">
         <v>54</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>251</v>
       </c>
       <c r="C60" s="9" t="s">
         <v>252</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>253</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F60" s="9">
         <v>2023</v>
       </c>
       <c r="G60" s="9">
         <v>99</v>
       </c>
       <c r="H60" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="9">
         <v>350.0</v>
       </c>
       <c r="J60" s="9">
         <v>20</v>
       </c>
       <c r="K60" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L60" s="9">
         <v>160</v>
       </c>
       <c r="M60" s="10" t="s">
         <v>252</v>
       </c>
       <c r="N60" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O60" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q60" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P60" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="R60" s="9" t="s">
+      <c r="Q60" s="9" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="61" spans="1:18">
+    <row r="61" spans="1:17">
       <c r="A61" s="5">
         <v>55</v>
       </c>
       <c r="B61" s="8" t="s">
         <v>254</v>
       </c>
       <c r="C61" s="9" t="s">
         <v>255</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>182</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F61" s="9">
         <v>2020</v>
       </c>
       <c r="G61" s="9">
         <v>84</v>
       </c>
       <c r="H61" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I61" s="9">
         <v>350.0</v>
       </c>
       <c r="J61" s="9">
         <v>20</v>
       </c>
       <c r="K61" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="9">
         <v>130</v>
       </c>
       <c r="M61" s="10" t="s">
         <v>255</v>
       </c>
       <c r="N61" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O61" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q61" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P61" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="R61" s="9" t="s">
+      <c r="Q61" s="9" t="s">
         <v>256</v>
       </c>
     </row>
-    <row r="62" spans="1:18">
+    <row r="62" spans="1:17">
       <c r="A62" s="5">
         <v>56</v>
       </c>
       <c r="B62" s="8" t="s">
         <v>257</v>
       </c>
       <c r="C62" s="9" t="s">
         <v>258</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>259</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F62" s="9">
         <v>2020</v>
       </c>
       <c r="G62" s="9">
         <v>197</v>
       </c>
       <c r="H62" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I62" s="9">
         <v>595.0</v>
       </c>
       <c r="J62" s="9">
         <v>25</v>
       </c>
       <c r="K62" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L62" s="9">
         <v>300</v>
       </c>
       <c r="M62" s="10" t="s">
         <v>258</v>
       </c>
       <c r="N62" s="9" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="O62" s="9" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      <c r="Q62" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P62" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="R62" s="9" t="s">
+      <c r="Q62" s="9" t="s">
         <v>236</v>
       </c>
     </row>
-    <row r="63" spans="1:18">
+    <row r="63" spans="1:17">
       <c r="A63" s="5">
         <v>57</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>260</v>
       </c>
       <c r="C63" s="9" t="s">
         <v>261</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>262</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>143</v>
       </c>
       <c r="G63" s="9">
         <v>120</v>
       </c>
       <c r="H63" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="9">
         <v>400.0</v>
       </c>
       <c r="J63" s="9">
         <v>20</v>
       </c>
       <c r="K63" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L63" s="9">
         <v>200</v>
       </c>
       <c r="M63" s="10" t="s">
         <v>261</v>
       </c>
       <c r="N63" s="9" t="s">
-        <v>23</v>
+        <v>90</v>
       </c>
       <c r="O63" s="9" t="s">
-        <v>90</v>
-[...4 lines deleted...]
-      <c r="Q63" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P63" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="R63" s="9" t="s">
+      <c r="Q63" s="9" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="64" spans="1:18">
+    <row r="64" spans="1:17">
       <c r="A64" s="5">
         <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
         <v>263</v>
       </c>
       <c r="C64" s="9" t="s">
         <v>264</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>265</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F64" s="9">
         <v>2024</v>
       </c>
       <c r="G64" s="9">
         <v>72</v>
       </c>
       <c r="H64" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="9">
         <v>350.0</v>
       </c>
       <c r="J64" s="9">
         <v>20</v>
       </c>
       <c r="K64" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="9">
         <v>120</v>
       </c>
       <c r="M64" s="10" t="s">
         <v>264</v>
       </c>
       <c r="N64" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O64" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q64" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P64" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="R64" s="9" t="s">
+      <c r="Q64" s="9" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="65" spans="1:18">
+    <row r="65" spans="1:17">
       <c r="A65" s="5">
         <v>59</v>
       </c>
       <c r="B65" s="8" t="s">
         <v>266</v>
       </c>
       <c r="C65" s="9" t="s">
         <v>267</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>268</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F65" s="9">
         <v>2019</v>
       </c>
       <c r="G65" s="9">
         <v>122</v>
       </c>
       <c r="H65" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="9">
         <v>375.0</v>
       </c>
       <c r="J65" s="9">
         <v>20</v>
       </c>
       <c r="K65" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L65" s="9">
         <v>250</v>
       </c>
       <c r="M65" s="10" t="s">
         <v>267</v>
       </c>
       <c r="N65" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O65" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q65" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P65" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="R65" s="9" t="s">
+      <c r="Q65" s="9" t="s">
         <v>236</v>
       </c>
     </row>
-    <row r="66" spans="1:18">
+    <row r="66" spans="1:17">
       <c r="A66" s="5">
         <v>60</v>
       </c>
       <c r="B66" s="8" t="s">
         <v>269</v>
       </c>
       <c r="C66" s="9" t="s">
         <v>270</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>271</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F66" s="9">
         <v>2020</v>
       </c>
       <c r="G66" s="9">
         <v>62</v>
       </c>
       <c r="H66" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="9">
         <v>250.0</v>
       </c>
       <c r="J66" s="9">
         <v>15</v>
       </c>
       <c r="K66" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L66" s="9">
         <v>80</v>
       </c>
       <c r="M66" s="10" t="s">
         <v>270</v>
       </c>
       <c r="N66" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O66" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q66" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P66" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="R66" s="9" t="s">
+      <c r="Q66" s="9" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="67" spans="1:18">
+    <row r="67" spans="1:17">
       <c r="A67" s="5">
         <v>61</v>
       </c>
       <c r="B67" s="8" t="s">
         <v>272</v>
       </c>
       <c r="C67" s="9" t="s">
         <v>273</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>274</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F67" s="9">
         <v>2025</v>
       </c>
       <c r="G67" s="9">
         <v>183</v>
       </c>
       <c r="H67" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I67" s="9">
         <v>650.0</v>
       </c>
       <c r="J67" s="9">
         <v>30</v>
       </c>
       <c r="K67" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L67" s="9">
         <v>260</v>
       </c>
       <c r="M67" s="10" t="s">
         <v>273</v>
       </c>
       <c r="N67" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O67" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q67" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P67" s="5" t="s">
         <v>123</v>
       </c>
-      <c r="R67" s="9" t="s">
+      <c r="Q67" s="9" t="s">
         <v>275</v>
       </c>
     </row>
-    <row r="68" spans="1:18">
+    <row r="68" spans="1:17">
       <c r="A68" s="5">
         <v>62</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>276</v>
       </c>
       <c r="C68" s="9" t="s">
         <v>277</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>278</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F68" s="9">
         <v>2020</v>
       </c>
       <c r="G68" s="9">
         <v>213</v>
       </c>
       <c r="H68" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="9">
         <v>650.0</v>
       </c>
       <c r="J68" s="9">
         <v>35</v>
       </c>
       <c r="K68" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="9">
         <v>500</v>
       </c>
       <c r="M68" s="10" t="s">
         <v>277</v>
       </c>
       <c r="N68" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O68" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q68" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P68" s="5" t="s">
         <v>279</v>
       </c>
-      <c r="R68" s="9" t="s">
+      <c r="Q68" s="9" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="69" spans="1:18">
+    <row r="69" spans="1:17">
       <c r="A69" s="5">
         <v>63</v>
       </c>
       <c r="B69" s="8" t="s">
         <v>280</v>
       </c>
       <c r="C69" s="9" t="s">
         <v>281</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>278</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F69" s="9">
         <v>2025</v>
       </c>
       <c r="G69" s="9">
         <v>298</v>
       </c>
       <c r="H69" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I69" s="9">
         <v>750.0</v>
       </c>
       <c r="J69" s="9">
         <v>35</v>
       </c>
       <c r="K69" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="9">
         <v>470</v>
       </c>
       <c r="M69" s="10" t="s">
         <v>281</v>
       </c>
       <c r="N69" s="9" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="O69" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q69" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P69" s="5" t="s">
         <v>279</v>
       </c>
-      <c r="R69" s="9" t="s">
+      <c r="Q69" s="9" t="s">
         <v>282</v>
       </c>
     </row>
-    <row r="70" spans="1:18">
+    <row r="70" spans="1:17">
       <c r="A70" s="5">
         <v>64</v>
       </c>
       <c r="B70" s="8" t="s">
         <v>283</v>
       </c>
       <c r="C70" s="9" t="s">
         <v>284</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>285</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F70" s="9">
         <v>2020</v>
       </c>
       <c r="G70" s="9">
         <v>91</v>
       </c>
       <c r="H70" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I70" s="9">
         <v>375.0</v>
       </c>
       <c r="J70" s="9">
         <v>20</v>
       </c>
       <c r="K70" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="9">
         <v>200</v>
       </c>
       <c r="M70" s="10" t="s">
         <v>284</v>
       </c>
       <c r="N70" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O70" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q70" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P70" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="R70" s="9" t="s">
+      <c r="Q70" s="9" t="s">
         <v>286</v>
       </c>
     </row>
-    <row r="71" spans="1:18">
+    <row r="71" spans="1:17">
       <c r="A71" s="5">
         <v>65</v>
       </c>
       <c r="B71" s="8" t="s">
         <v>287</v>
       </c>
       <c r="C71" s="9" t="s">
         <v>288</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>289</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F71" s="9" t="s">
         <v>96</v>
       </c>
       <c r="G71" s="9">
         <v>81</v>
       </c>
       <c r="H71" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I71" s="9">
         <v>375.0</v>
       </c>
       <c r="J71" s="9">
         <v>20</v>
       </c>
       <c r="K71" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L71" s="9">
         <v>130</v>
       </c>
       <c r="M71" s="10" t="s">
         <v>288</v>
       </c>
       <c r="N71" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O71" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q71" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P71" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="R71" s="9" t="s">
+      <c r="Q71" s="9" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="72" spans="1:18">
+    <row r="72" spans="1:17">
       <c r="A72" s="5">
         <v>66</v>
       </c>
       <c r="B72" s="8" t="s">
         <v>290</v>
       </c>
       <c r="C72" s="9" t="s">
         <v>291</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>292</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F72" s="9">
         <v>2023</v>
       </c>
       <c r="G72" s="9">
         <v>92</v>
       </c>
       <c r="H72" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I72" s="9">
         <v>375.0</v>
       </c>
       <c r="J72" s="9">
         <v>20</v>
       </c>
       <c r="K72" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L72" s="9">
         <v>170</v>
       </c>
       <c r="M72" s="10" t="s">
         <v>291</v>
       </c>
       <c r="N72" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O72" s="9" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="Q72" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P72" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="R72" s="9" t="s">
+      <c r="Q72" s="9" t="s">
         <v>293</v>
       </c>
     </row>
-    <row r="73" spans="1:18">
+    <row r="73" spans="1:17">
       <c r="A73" s="5">
         <v>67</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>294</v>
       </c>
       <c r="C73" s="9" t="s">
         <v>295</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>296</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F73" s="9">
         <v>2024</v>
       </c>
       <c r="G73" s="9">
         <v>75</v>
       </c>
       <c r="H73" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I73" s="9">
         <v>295.0</v>
       </c>
       <c r="J73" s="9">
         <v>20</v>
       </c>
       <c r="K73" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L73" s="9">
         <v>150</v>
       </c>
       <c r="M73" s="10" t="s">
         <v>295</v>
       </c>
       <c r="N73" s="9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="O73" s="9" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="Q73" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P73" s="5" t="s">
         <v>159</v>
       </c>
-      <c r="R73" s="9" t="s">
+      <c r="Q73" s="9" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="74" spans="1:18">
+    <row r="74" spans="1:17">
       <c r="A74" s="5">
         <v>68</v>
       </c>
       <c r="B74" s="8" t="s">
         <v>297</v>
       </c>
       <c r="C74" s="9" t="s">
         <v>298</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>299</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F74" s="9">
         <v>2020</v>
       </c>
       <c r="G74" s="9">
         <v>131</v>
       </c>
       <c r="H74" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I74" s="9">
         <v>325.0</v>
       </c>
       <c r="J74" s="9">
         <v>15</v>
       </c>
       <c r="K74" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L74" s="9">
         <v>220</v>
       </c>
       <c r="M74" s="10" t="s">
         <v>298</v>
       </c>
       <c r="N74" s="9" t="s">
-        <v>23</v>
+        <v>200</v>
       </c>
       <c r="O74" s="9" t="s">
-        <v>200</v>
-[...4 lines deleted...]
-      <c r="Q74" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P74" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="R74" s="9" t="s">
+      <c r="Q74" s="9" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="75" spans="1:18">
-[...6 lines deleted...]
-      <c r="H75" s="11"/>
+    <row r="75" spans="1:17">
+      <c r="B75" s="13"/>
+      <c r="C75" s="13"/>
+      <c r="D75" s="13"/>
+      <c r="E75" s="13"/>
+      <c r="F75" s="13"/>
+      <c r="G75" s="13"/>
+      <c r="H75" s="13"/>
+    </row>
+    <row r="76" spans="1:17">
+      <c r="B76" s="11" t="s">
+        <v>300</v>
+      </c>
+      <c r="C76" s="12"/>
+      <c r="D76" s="12"/>
+      <c r="E76" s="12"/>
+      <c r="F76" s="12"/>
+      <c r="G76" s="12"/>
+      <c r="H76" s="12"/>
+      <c r="I76" s="12"/>
+    </row>
+    <row r="77" spans="1:17">
+      <c r="B77" s="12"/>
+      <c r="C77" s="12"/>
+      <c r="D77" s="12"/>
+      <c r="E77" s="12"/>
+      <c r="F77" s="12"/>
+      <c r="G77" s="12"/>
+      <c r="H77" s="12"/>
+      <c r="I77" s="12"/>
+    </row>
+    <row r="78" spans="1:17">
+      <c r="B78" s="12"/>
+      <c r="C78" s="12"/>
+      <c r="D78" s="12"/>
+      <c r="E78" s="12"/>
+      <c r="F78" s="12"/>
+      <c r="G78" s="12"/>
+      <c r="H78" s="12"/>
+      <c r="I78" s="12"/>
+    </row>
+    <row r="79" spans="1:17">
+      <c r="B79" s="12"/>
+      <c r="C79" s="12"/>
+      <c r="D79" s="12"/>
+      <c r="E79" s="12"/>
+      <c r="F79" s="12"/>
+      <c r="G79" s="12"/>
+      <c r="H79" s="12"/>
+      <c r="I79" s="12"/>
+    </row>
+    <row r="80" spans="1:17">
+      <c r="B80" s="12"/>
+      <c r="C80" s="12"/>
+      <c r="D80" s="12"/>
+      <c r="E80" s="12"/>
+      <c r="F80" s="12"/>
+      <c r="G80" s="12"/>
+      <c r="H80" s="12"/>
+      <c r="I80" s="12"/>
+    </row>
+    <row r="81" spans="1:17">
+      <c r="B81" s="12"/>
+      <c r="C81" s="12"/>
+      <c r="D81" s="12"/>
+      <c r="E81" s="12"/>
+      <c r="F81" s="12"/>
+      <c r="G81" s="12"/>
+      <c r="H81" s="12"/>
+      <c r="I81" s="12"/>
+    </row>
+    <row r="82" spans="1:17">
+      <c r="B82" s="12"/>
+      <c r="C82" s="12"/>
+      <c r="D82" s="12"/>
+      <c r="E82" s="12"/>
+      <c r="F82" s="12"/>
+      <c r="G82" s="12"/>
+      <c r="H82" s="12"/>
+      <c r="I82" s="12"/>
+    </row>
+    <row r="83" spans="1:17">
+      <c r="B83" s="12"/>
+      <c r="C83" s="12"/>
+      <c r="D83" s="12"/>
+      <c r="E83" s="12"/>
+      <c r="F83" s="12"/>
+      <c r="G83" s="12"/>
+      <c r="H83" s="12"/>
+      <c r="I83" s="12"/>
+    </row>
+    <row r="84" spans="1:17">
+      <c r="B84" s="12"/>
+      <c r="C84" s="12"/>
+      <c r="D84" s="12"/>
+      <c r="E84" s="12"/>
+      <c r="F84" s="12"/>
+      <c r="G84" s="12"/>
+      <c r="H84" s="12"/>
+      <c r="I84" s="12"/>
+    </row>
+    <row r="85" spans="1:17">
+      <c r="B85" s="12"/>
+      <c r="C85" s="12"/>
+      <c r="D85" s="12"/>
+      <c r="E85" s="12"/>
+      <c r="F85" s="12"/>
+      <c r="G85" s="12"/>
+      <c r="H85" s="12"/>
+      <c r="I85" s="12"/>
+    </row>
+    <row r="86" spans="1:17">
+      <c r="B86" s="12"/>
+      <c r="C86" s="12"/>
+      <c r="D86" s="12"/>
+      <c r="E86" s="12"/>
+      <c r="F86" s="12"/>
+      <c r="G86" s="12"/>
+      <c r="H86" s="12"/>
+      <c r="I86" s="12"/>
+    </row>
+    <row r="87" spans="1:17">
+      <c r="B87" s="12"/>
+      <c r="C87" s="12"/>
+      <c r="D87" s="12"/>
+      <c r="E87" s="12"/>
+      <c r="F87" s="12"/>
+      <c r="G87" s="12"/>
+      <c r="H87" s="12"/>
+      <c r="I87" s="12"/>
+    </row>
+    <row r="88" spans="1:17">
+      <c r="B88" s="12"/>
+      <c r="C88" s="12"/>
+      <c r="D88" s="12"/>
+      <c r="E88" s="12"/>
+      <c r="F88" s="12"/>
+      <c r="G88" s="12"/>
+      <c r="H88" s="12"/>
+      <c r="I88" s="12"/>
+    </row>
+    <row r="89" spans="1:17">
+      <c r="B89" s="12"/>
+      <c r="C89" s="12"/>
+      <c r="D89" s="12"/>
+      <c r="E89" s="12"/>
+      <c r="F89" s="12"/>
+      <c r="G89" s="12"/>
+      <c r="H89" s="12"/>
+      <c r="I89" s="12"/>
+    </row>
+    <row r="90" spans="1:17">
+      <c r="B90" s="12"/>
+      <c r="C90" s="12"/>
+      <c r="D90" s="12"/>
+      <c r="E90" s="12"/>
+      <c r="F90" s="12"/>
+      <c r="G90" s="12"/>
+      <c r="H90" s="12"/>
+      <c r="I90" s="12"/>
+    </row>
+    <row r="91" spans="1:17">
+      <c r="B91" s="12"/>
+      <c r="C91" s="12"/>
+      <c r="D91" s="12"/>
+      <c r="E91" s="12"/>
+      <c r="F91" s="12"/>
+      <c r="G91" s="12"/>
+      <c r="H91" s="12"/>
+      <c r="I91" s="12"/>
+    </row>
+    <row r="92" spans="1:17">
+      <c r="B92" s="12"/>
+      <c r="C92" s="12"/>
+      <c r="D92" s="12"/>
+      <c r="E92" s="12"/>
+      <c r="F92" s="12"/>
+      <c r="G92" s="12"/>
+      <c r="H92" s="12"/>
+      <c r="I92" s="12"/>
+    </row>
+    <row r="93" spans="1:17">
+      <c r="B93" s="12"/>
+      <c r="C93" s="12"/>
+      <c r="D93" s="12"/>
+      <c r="E93" s="12"/>
+      <c r="F93" s="12"/>
+      <c r="G93" s="12"/>
+      <c r="H93" s="12"/>
+      <c r="I93" s="12"/>
+    </row>
+    <row r="94" spans="1:17">
+      <c r="B94" s="12"/>
+      <c r="C94" s="12"/>
+      <c r="D94" s="12"/>
+      <c r="E94" s="12"/>
+      <c r="F94" s="12"/>
+      <c r="G94" s="12"/>
+      <c r="H94" s="12"/>
+      <c r="I94" s="12"/>
+    </row>
+    <row r="95" spans="1:17">
+      <c r="B95" s="12"/>
+      <c r="C95" s="12"/>
+      <c r="D95" s="12"/>
+      <c r="E95" s="12"/>
+      <c r="F95" s="12"/>
+      <c r="G95" s="12"/>
+      <c r="H95" s="12"/>
+      <c r="I95" s="12"/>
+    </row>
+    <row r="96" spans="1:17">
+      <c r="B96" s="12"/>
+      <c r="C96" s="12"/>
+      <c r="D96" s="12"/>
+      <c r="E96" s="12"/>
+      <c r="F96" s="12"/>
+      <c r="G96" s="12"/>
+      <c r="H96" s="12"/>
+      <c r="I96" s="12"/>
+    </row>
+    <row r="97" spans="1:17">
+      <c r="B97" s="12"/>
+      <c r="C97" s="12"/>
+      <c r="D97" s="12"/>
+      <c r="E97" s="12"/>
+      <c r="F97" s="12"/>
+      <c r="G97" s="12"/>
+      <c r="H97" s="12"/>
+      <c r="I97" s="12"/>
+    </row>
+    <row r="98" spans="1:17">
+      <c r="B98" s="12"/>
+      <c r="C98" s="12"/>
+      <c r="D98" s="12"/>
+      <c r="E98" s="12"/>
+      <c r="F98" s="12"/>
+      <c r="G98" s="12"/>
+      <c r="H98" s="12"/>
+      <c r="I98" s="12"/>
+    </row>
+    <row r="99" spans="1:17">
+      <c r="B99" s="12"/>
+      <c r="C99" s="12"/>
+      <c r="D99" s="12"/>
+      <c r="E99" s="12"/>
+      <c r="F99" s="12"/>
+      <c r="G99" s="12"/>
+      <c r="H99" s="12"/>
+      <c r="I99" s="12"/>
+    </row>
+    <row r="100" spans="1:17">
+      <c r="B100" s="12"/>
+      <c r="C100" s="12"/>
+      <c r="D100" s="12"/>
+      <c r="E100" s="12"/>
+      <c r="F100" s="12"/>
+      <c r="G100" s="12"/>
+      <c r="H100" s="12"/>
+      <c r="I100" s="12"/>
+    </row>
+    <row r="101" spans="1:17">
+      <c r="B101" s="12"/>
+      <c r="C101" s="12"/>
+      <c r="D101" s="12"/>
+      <c r="E101" s="12"/>
+      <c r="F101" s="12"/>
+      <c r="G101" s="12"/>
+      <c r="H101" s="12"/>
+      <c r="I101" s="12"/>
+    </row>
+    <row r="102" spans="1:17">
+      <c r="B102" s="12"/>
+      <c r="C102" s="12"/>
+      <c r="D102" s="12"/>
+      <c r="E102" s="12"/>
+      <c r="F102" s="12"/>
+      <c r="G102" s="12"/>
+      <c r="H102" s="12"/>
+      <c r="I102" s="12"/>
+    </row>
+    <row r="103" spans="1:17">
+      <c r="B103" s="12"/>
+      <c r="C103" s="12"/>
+      <c r="D103" s="12"/>
+      <c r="E103" s="12"/>
+      <c r="F103" s="12"/>
+      <c r="G103" s="12"/>
+      <c r="H103" s="12"/>
+      <c r="I103" s="12"/>
+    </row>
+    <row r="104" spans="1:17">
+      <c r="B104" s="12"/>
+      <c r="C104" s="12"/>
+      <c r="D104" s="12"/>
+      <c r="E104" s="12"/>
+      <c r="F104" s="12"/>
+      <c r="G104" s="12"/>
+      <c r="H104" s="12"/>
+      <c r="I104" s="12"/>
+    </row>
+    <row r="105" spans="1:17">
+      <c r="B105" s="12"/>
+      <c r="C105" s="12"/>
+      <c r="D105" s="12"/>
+      <c r="E105" s="12"/>
+      <c r="F105" s="12"/>
+      <c r="G105" s="12"/>
+      <c r="H105" s="12"/>
+      <c r="I105" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
+    <mergeCell ref="B76:I105"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_16"/>
     <hyperlink ref="M14" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_18"/>
     <hyperlink ref="M15" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_20"/>
     <hyperlink ref="M16" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_22"/>
     <hyperlink ref="M17" r:id="rId_hyperlink_23"/>