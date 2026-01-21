--- v1 (2025-12-12)
+++ v2 (2026-01-21)
@@ -12,59 +12,59 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
-    <t>Dental BOOKS PRICE / CATALOGUE For Year - 2025</t>
+    <t>Dental BOOKS PRICE / CATALOGUE For Year - 2026</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>Publishing Year</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Paper type</t>
   </si>
@@ -254,635 +254,680 @@
   <si>
     <t>978-93-88022-73-6</t>
   </si>
   <si>
     <t>Dr. Shilpa Rai, Dr. Gunjan Kumar, Dr. Avinash Jnaneswar, Dr. B.S. Gautham</t>
   </si>
   <si>
     <t>Textbook/Reference</t>
   </si>
   <si>
     <t>Oral Dentistry</t>
   </si>
   <si>
     <t>23x15x0.8</t>
   </si>
   <si>
     <t>Clinical Application of Lasers in Dental Implants and Periodontics</t>
   </si>
   <si>
     <t>978-93-91208-27-1</t>
   </si>
   <si>
     <t>Ramesh Babu Mutthineni, Gayathri Muralidaran, Arpita Ramisetti, Alekhya Venkata Varaha</t>
   </si>
   <si>
+    <t>Implantology, Periodontics</t>
+  </si>
+  <si>
+    <t>22x15x1.2</t>
+  </si>
+  <si>
+    <t>Coagulopathy in Oral and Maxillofacial Surgery</t>
+  </si>
+  <si>
+    <t>978-93-91208-75-2</t>
+  </si>
+  <si>
+    <t>Dr. Pallavi Rai, Dr. Hemant Mehra, Dr. Ankit Gangwar</t>
+  </si>
+  <si>
+    <t>Oral Dentistry, Maxillofacial</t>
+  </si>
+  <si>
+    <t>22x15x0.8</t>
+  </si>
+  <si>
+    <t>Concise Orthodontics with Multiple Choice Questions (MCQs)- 2nd Edition</t>
+  </si>
+  <si>
+    <t>978-93-48565-39-6</t>
+  </si>
+  <si>
+    <t>Dr. Sanjay Kumar</t>
+  </si>
+  <si>
+    <t>Orthodontics</t>
+  </si>
+  <si>
+    <t>25x18.5x2.9</t>
+  </si>
+  <si>
+    <t>Corticosteroid in Mucosal Lesions</t>
+  </si>
+  <si>
+    <t>978-93-88022-06-4</t>
+  </si>
+  <si>
+    <t>Dr. Priti Gupta, Dr. Swati Sharma, Dr. Heena Sadiq</t>
+  </si>
+  <si>
+    <t>First Edition</t>
+  </si>
+  <si>
+    <t>Textbook, Reference Book</t>
+  </si>
+  <si>
+    <t>Oral Medicine</t>
+  </si>
+  <si>
+    <t>23x15x0.4</t>
+  </si>
+  <si>
+    <t>Dental Caries</t>
+  </si>
+  <si>
+    <t>978-81-933819-9-1</t>
+  </si>
+  <si>
+    <t>Dr. Swati Priya, Dr. Pooja Kasana, Dr. Heena Sadiq</t>
+  </si>
+  <si>
+    <t>Reprint 2020</t>
+  </si>
+  <si>
+    <t>Text</t>
+  </si>
+  <si>
+    <t>Dental Caries (Its Understanding and Management) Then &amp; Now</t>
+  </si>
+  <si>
+    <t>978-93-91208-00-4</t>
+  </si>
+  <si>
+    <t>Dr. Rishu Mittal, Dr. Saurabh Gupta</t>
+  </si>
+  <si>
+    <t>Dental Caries in Children with Special Health Care Needs</t>
+  </si>
+  <si>
+    <t>978-93-88022-93-4</t>
+  </si>
+  <si>
+    <t>Dr. Sadia Salman, Dr. Subash Singh</t>
+  </si>
+  <si>
+    <t>Digitalization in Conservative Dentistry and Endodontics</t>
+  </si>
+  <si>
+    <t>978-93-91208-73-8</t>
+  </si>
+  <si>
+    <t>Dr. Divya, Dr. B. Rajkumar, Dr. Sandeep Dubey</t>
+  </si>
+  <si>
+    <t>22x15x0.6</t>
+  </si>
+  <si>
+    <t>Disease of Maxillary Sinus - A Comprehensive Textbook</t>
+  </si>
+  <si>
+    <t>978-81-951750-9-3</t>
+  </si>
+  <si>
+    <t>Dr. Rakhee, Dr. Kumar Anand, Dr. Vivek Kumar</t>
+  </si>
+  <si>
+    <t>23x15x0.6</t>
+  </si>
+  <si>
+    <t>Drugs Used in Dental Emergencies</t>
+  </si>
+  <si>
+    <t>978-93-88022-48-4</t>
+  </si>
+  <si>
+    <t>Dr. Anaba Asif, Dr. Veeranna Ramesh, Dr. Sadananda L.D.</t>
+  </si>
+  <si>
+    <t>Emergency Medicine</t>
+  </si>
+  <si>
+    <t>Endodontology: The Art and Science</t>
+  </si>
+  <si>
+    <t>978-93-5457-681-2</t>
+  </si>
+  <si>
+    <t>Dr. Shishir Singh</t>
+  </si>
+  <si>
+    <t>24x18.5x1.8</t>
+  </si>
+  <si>
+    <t>Essentials of Dental Anatomy, Histology and Oral Physiology With Short Questions and Answers</t>
+  </si>
+  <si>
+    <t>978-93-88022-22-4</t>
+  </si>
+  <si>
+    <t>Geeta Sharma, Randhir Kumar</t>
+  </si>
+  <si>
+    <t>Physiology, Anatomy</t>
+  </si>
+  <si>
+    <t>23x15x1.5</t>
+  </si>
+  <si>
+    <t>Essentials of Esthetic Dentistry: Principles, Practice and Progress</t>
+  </si>
+  <si>
+    <t>978-81-19613-11-3</t>
+  </si>
+  <si>
+    <t>Dr. Shronika, Dr. Gaurav Jain, Prof. (Dr.) Pradyumna Misra</t>
+  </si>
+  <si>
+    <t>Aesthetic Dentistry</t>
+  </si>
+  <si>
+    <t>22x15.5x0.5</t>
+  </si>
+  <si>
+    <t>Essentials of Interceptive Orthodontics</t>
+  </si>
+  <si>
+    <t>978-93-88022-55-2</t>
+  </si>
+  <si>
+    <t>Dr. Rashi Chauhan, Dr. Amit Kumar Singh</t>
+  </si>
+  <si>
+    <t>23x15x0.9</t>
+  </si>
+  <si>
+    <t>ETIOPATHOGENESIS OF AUTOIMMUNE DISORDERS</t>
+  </si>
+  <si>
+    <t>978-81-932450-4-0</t>
+  </si>
+  <si>
+    <t>Dr. Nivedita Chaudhary, Dr. Heena Sadiq</t>
+  </si>
+  <si>
+    <t>Immunology</t>
+  </si>
+  <si>
+    <t>23x15x1.1</t>
+  </si>
+  <si>
+    <t>Etiopathogenesis of Oral Submucous Fibrosis</t>
+  </si>
+  <si>
+    <t>978-93-88022-04-0</t>
+  </si>
+  <si>
+    <t>Dr. Hina Mehrotra, Dr. Shahid Shaikh, Dr. Heena Sadiq</t>
+  </si>
+  <si>
+    <t>Reprint 2019</t>
+  </si>
+  <si>
+    <t>Oral Pathology</t>
+  </si>
+  <si>
+    <t>23x15x0.3</t>
+  </si>
+  <si>
+    <t>Etiopathogenesis of Vesiculobullous Lesions</t>
+  </si>
+  <si>
+    <t>978-93-88022-07-1</t>
+  </si>
+  <si>
+    <t>Dr. Swati Sharma, Dr. Heena Sadiq</t>
+  </si>
+  <si>
+    <t>Forensic Odontology: Path to Discovery</t>
+  </si>
+  <si>
+    <t>978-81-19613-03-8</t>
+  </si>
+  <si>
+    <t>Dr. Kriti Singh, Prof. (Dr.) Pradyumna Misra, Dr. Gaurav Jain</t>
+  </si>
+  <si>
+    <t>Functional Rehabilitation of Endodontically Treated Teeth - A Perspective Approach</t>
+  </si>
+  <si>
+    <t>978-81-19613-90-8</t>
+  </si>
+  <si>
+    <t>Dr. Gaurav Jain, Dr. Pradyumna Misra, Dr. Preeti Shukla, Dr. Sonali Verma</t>
+  </si>
+  <si>
+    <t>22x15.5x0.9</t>
+  </si>
+  <si>
+    <t>Fundamentals of Maxillofacial Laser</t>
+  </si>
+  <si>
+    <t>978-93-88022-45-3</t>
+  </si>
+  <si>
+    <t>Dr. Pradeep Kumar Jha</t>
+  </si>
+  <si>
+    <t>Laser Dentistry, Maxillofacial</t>
+  </si>
+  <si>
+    <t>23x15x0.7</t>
+  </si>
+  <si>
+    <t>Gingival Tissue Management: Emphasis on Operative and Prosthodontic Aspect</t>
+  </si>
+  <si>
+    <t>978-93-88022-31-6</t>
+  </si>
+  <si>
+    <t>Dr. Gaurav Jain, Dr. B. Rajkumar, Dr. Lalit C. Boruah</t>
+  </si>
+  <si>
+    <t>Operative Dentistry, Prosthodontics</t>
+  </si>
+  <si>
+    <t>Guided Endodontics: Path to Precision</t>
+  </si>
+  <si>
+    <t>978-81-19613-79-3</t>
+  </si>
+  <si>
+    <t>Dr. Monica Yadav, Dr. Gaurav Jain, Dr. Pradyumna Misra</t>
+  </si>
+  <si>
+    <t>Gyrated Intervention in Endodontics</t>
+  </si>
+  <si>
+    <t>978-81-19613-69-4</t>
+  </si>
+  <si>
+    <t>Dr. Shatakshi Rastogi, Dr. Gaurav Jain, Dr. Pradyumna Misra</t>
+  </si>
+  <si>
+    <t>22x15.5x0.6</t>
+  </si>
+  <si>
+    <t>Handbook of Chemotherapy</t>
+  </si>
+  <si>
+    <t>978-81-19613-46-5</t>
+  </si>
+  <si>
+    <t>Ruma Rani, Mukesh Kumar, Alka Bharti</t>
+  </si>
+  <si>
+    <t>Chemotherapy</t>
+  </si>
+  <si>
+    <t>22x15.5x0.7</t>
+  </si>
+  <si>
+    <t>Handbook of Diagnosis for Oral Cancer-Basics to Advanced</t>
+  </si>
+  <si>
+    <t>978-93-91208-71-4</t>
+  </si>
+  <si>
+    <t>Dr. Mahesh KP, Dr. Karthikeya Patil, Dr. Aparna V, Dr. Naveen Kumar RK</t>
+  </si>
+  <si>
+    <t>HOPE-IN: Holistic Oral Health Prioritisation and Equity Through Integration with National Health Programs of India</t>
+  </si>
+  <si>
+    <t>978-93-48565-84-6</t>
+  </si>
+  <si>
+    <t>Dr. Sifpsa Diwakar, Dr. Sumit Kumar, Dr. Gaurav Mishra, Dr. Vinay Kumar Gupta</t>
+  </si>
+  <si>
+    <t>Public Health Dentistry</t>
+  </si>
+  <si>
+    <t>Implants - A Total Anchorage Device</t>
+  </si>
+  <si>
+    <t>978-93-88022-13-2</t>
+  </si>
+  <si>
+    <t>Dr. Mukesh Kumar, Dr. Sommya Kumari</t>
+  </si>
+  <si>
     <t>Implantology</t>
   </si>
   <si>
-    <t>22x15x1.2</t>
-[...122 lines deleted...]
-    <t>Geeta Sharma, Randhir Kumar</t>
+    <t>Inspired from Nature: Biomimetics in Paediatric Dentistry</t>
+  </si>
+  <si>
+    <t>978-81-19613-19-9</t>
+  </si>
+  <si>
+    <t>Dr. Khushboo S Singh, Dr. Debapriya Pradhan, Dr. Saurabh Tiwari, Dr. Devshree Jawalikar</t>
+  </si>
+  <si>
+    <t>Lasers in Dentistry- An Insight</t>
+  </si>
+  <si>
+    <t>978-93-48565-42-6</t>
+  </si>
+  <si>
+    <t>Dr. Mahesh KP, Dr. Meera T</t>
+  </si>
+  <si>
+    <t>Laser Dentistry</t>
+  </si>
+  <si>
+    <t>Lingual Orthodontics</t>
+  </si>
+  <si>
+    <t>978-93-88022-91-0</t>
+  </si>
+  <si>
+    <t>Dr. Vidya Bhushan, Dr. Shilpa Rai</t>
+  </si>
+  <si>
+    <t>Made Easy for MDS Paper I Examination - Questions-Answers Based Reference Book</t>
+  </si>
+  <si>
+    <t>978-93-91208-16-5</t>
+  </si>
+  <si>
+    <t>Dhiraj B. Dufare</t>
+  </si>
+  <si>
+    <t>Reference/Guide</t>
+  </si>
+  <si>
+    <t>Oral Dentistry, Oral Medicine</t>
+  </si>
+  <si>
+    <t>24x18x2.5</t>
+  </si>
+  <si>
+    <t>Management Guide in Oral Medicine (A Concise Review)</t>
+  </si>
+  <si>
+    <t>978-81-951750-1-7</t>
+  </si>
+  <si>
+    <t>Dr. Rucha Pandharipande</t>
+  </si>
+  <si>
+    <t>Reference</t>
+  </si>
+  <si>
+    <t>23x15x1.2</t>
+  </si>
+  <si>
+    <t>MCQs for PGs in Prosthodontics</t>
+  </si>
+  <si>
+    <t>978-81-932450-9-5</t>
+  </si>
+  <si>
+    <t>Vinaya Bhat, S Sriram Balaji</t>
+  </si>
+  <si>
+    <t>MCQs</t>
+  </si>
+  <si>
+    <t>Prosthodontics</t>
+  </si>
+  <si>
+    <t>23x15x2</t>
+  </si>
+  <si>
+    <t>Metabolic Disorders of Jaws</t>
+  </si>
+  <si>
+    <t>978-81-951750-8-6</t>
+  </si>
+  <si>
+    <t>Dr. Vivek Kumar Sidhu, Dr. Amit Kumar Singh, Dr. Rashi Chauhan</t>
+  </si>
+  <si>
+    <t>Modern Multiple Choice Questions (MCQs) in Paediatric Dentistry (With Explanatory Answers)</t>
+  </si>
+  <si>
+    <t>978-81-19613-83-0</t>
+  </si>
+  <si>
+    <t>MCQs/Reference Book</t>
+  </si>
+  <si>
+    <t>22x15.5x1.4</t>
+  </si>
+  <si>
+    <t>Multiple Choice Questions Book of Pharmacology for Dental Students</t>
+  </si>
+  <si>
+    <t>978-81-962763-5-5</t>
+  </si>
+  <si>
+    <t>Dr. Vaishali Thakare, Dr. Lily Dubey, Dr. Ravleen Suri</t>
+  </si>
+  <si>
+    <t>Pharmacology</t>
+  </si>
+  <si>
+    <t>Notes on Medical Microbiology for Dental Students</t>
+  </si>
+  <si>
+    <t>978-93-88022-77-4</t>
+  </si>
+  <si>
+    <t>Dr. Rajesh Bareja</t>
+  </si>
+  <si>
+    <t>Microbiology</t>
+  </si>
+  <si>
+    <t>Oral Mycoses</t>
+  </si>
+  <si>
+    <t>978-93-88022-02-6</t>
+  </si>
+  <si>
+    <t>Dr. Mohammad Anwar Shahid, Dr. Heena Sadiq</t>
+  </si>
+  <si>
+    <t>23x15x0.2</t>
+  </si>
+  <si>
+    <t>Paediatric Dentistry: A Concise Textbook (For Dental Students)</t>
+  </si>
+  <si>
+    <t>978-81-962763-6-2</t>
+  </si>
+  <si>
+    <t>Dr. Amitabha Chakraborty</t>
+  </si>
+  <si>
+    <t>25x18.5x2.5</t>
+  </si>
+  <si>
+    <t>Paediatric Laser Dentistry: Advancements, Applications, and Techniques</t>
+  </si>
+  <si>
+    <t>978-81-19613-37-3</t>
+  </si>
+  <si>
+    <t>Dr. Rahul Mishra, Dr. Atul Kumar Singh, Dr. Gourav Jain, Dr. Vijay Mishra</t>
+  </si>
+  <si>
+    <t>Paediatrics, Laser Dentistry</t>
+  </si>
+  <si>
+    <t>Pain in Endodontics</t>
+  </si>
+  <si>
+    <t>978-93-88022-52-1</t>
+  </si>
+  <si>
+    <t>Dr. Deepjyoti Bora, Dr. Sridevi N., Dr. Pankaj Priyadarshi</t>
+  </si>
+  <si>
+    <t>23x15x1</t>
+  </si>
+  <si>
+    <t>Periodontal Medicine</t>
+  </si>
+  <si>
+    <t>978-93-88022-89-7</t>
+  </si>
+  <si>
+    <t>Dr. Abhishek Verma, Dr. Anuja Prerna, Dr. Aaysha Tabinda Nabi</t>
+  </si>
+  <si>
+    <t>Periodontics</t>
+  </si>
+  <si>
+    <t>Pleomorphic Adenoma</t>
+  </si>
+  <si>
+    <t>978-93-88022-54-5</t>
+  </si>
+  <si>
+    <t>Sumanta Kumar Kolay, Satish Kumar, Pratiksha Kumar</t>
+  </si>
+  <si>
+    <t>Pulp Capping Materials in Dentistry</t>
+  </si>
+  <si>
+    <t>978-81-962762-5-6</t>
+  </si>
+  <si>
+    <t>Dr. Ninapyari Ahanthem, Dr. Neerja Singh, Dr. Mansi Semwal</t>
+  </si>
+  <si>
+    <t>Revolutionizing Restorative Dentistry: Smart Materials- A Breakthrough</t>
+  </si>
+  <si>
+    <t>978-81-19613-97-7</t>
+  </si>
+  <si>
+    <t>Dr. Divyanu, Dr. Gaurav Jain, Dr. Pradyumna Misra, Dr. Preeti Shukla</t>
+  </si>
+  <si>
+    <t>24x18.5x0.4</t>
+  </si>
+  <si>
+    <t>Role of Ergonomics in Dental Practice</t>
+  </si>
+  <si>
+    <t>978-93-91208-93-6</t>
+  </si>
+  <si>
+    <t>Dr. Dikshita Das, Dr. Mohammad Aamir, Dr. Mona Sharma</t>
+  </si>
+  <si>
+    <t>Self-Ligation - The Magic Bracket in Orthodontics</t>
+  </si>
+  <si>
+    <t>978-93-88022-40-8</t>
+  </si>
+  <si>
+    <t>23x15x0.25</t>
+  </si>
+  <si>
+    <t>Sports Dentistry</t>
+  </si>
+  <si>
+    <t>978-93-88022-72-9</t>
+  </si>
+  <si>
+    <t>Dr. Payal Dash, Dr. Gunjan Kumar, Dr. Avinash J., Dr. Arpita Singh</t>
+  </si>
+  <si>
+    <t>Staging and Grading of Oral Squamous Cell Carcinoma</t>
+  </si>
+  <si>
+    <t>978-81-932450-8-8</t>
+  </si>
+  <si>
+    <t>Dr. Preeti Nagar, Dr. Heena Sadiq</t>
+  </si>
+  <si>
+    <t>Supportive Periodontal Therapy</t>
+  </si>
+  <si>
+    <t>978-81-19613-04-5</t>
+  </si>
+  <si>
+    <t>Dr. Sameer Kedia, Dr. Kushal Zanwar, Dr. Shruti Wankhade, Dr. Shilpa Wasu</t>
+  </si>
+  <si>
+    <t>Supportive Periodontal Therapy : A Comprehensive Review</t>
+  </si>
+  <si>
+    <t>978-93-88022-29-3</t>
+  </si>
+  <si>
+    <t>Dr. Suchetha Aghanashini, Dr. Surya Suprabhan, Dr. Darshan B.M., Dr. Sapna N.</t>
+  </si>
+  <si>
+    <t>Temporomandibular Joint Ankylosis – A Review</t>
+  </si>
+  <si>
+    <t>978-93-88022-62-0</t>
+  </si>
+  <si>
+    <t>Dr. Anukool Choube</t>
+  </si>
+  <si>
+    <t>Textbook of Anatomy for BDS</t>
+  </si>
+  <si>
+    <t>978-81-19613-51-9</t>
+  </si>
+  <si>
+    <t>Dr. A. Prasanna Veera Kumar</t>
   </si>
   <si>
     <t>Anatomy</t>
   </si>
   <si>
-    <t>23x15x1.5</t>
-[...451 lines deleted...]
-  <si>
     <t>22x15.5x1.2</t>
   </si>
   <si>
     <t>Textbook of Complete Denture Impressions</t>
   </si>
   <si>
     <t>978-93-88022-42-2</t>
   </si>
   <si>
     <t>Dr. Nadeem Yunus</t>
   </si>
   <si>
     <t>Dental Materials</t>
   </si>
   <si>
     <t>Textbook of Complete Denture Impressions (2nd Edition)</t>
   </si>
   <si>
     <t>978-93-48565-54-9</t>
   </si>
   <si>
     <t>22x15.5x1.7</t>
   </si>
   <si>
     <t>Textbook on Forensic Dentistry</t>
@@ -914,69 +959,102 @@
   <si>
     <t>Dr. Aayushi Bhardwaj, Dr. Monika Rathore, Dr. Sharlin Ahmad</t>
   </si>
   <si>
     <t>22x15.5x0.75</t>
   </si>
   <si>
     <t>Understanding Lasers and it's Application in Oral Medicine</t>
   </si>
   <si>
     <t>978-81-19613-57-1</t>
   </si>
   <si>
     <t>Dr. Tannishtha, Prof (Dr.) G Subhas Babu, Prof (Dr.) Vidya Ajila</t>
   </si>
   <si>
     <t>Viva Voce in Oral Histology for BDS 1st Year</t>
   </si>
   <si>
     <t>978-93-88022-85-9</t>
   </si>
   <si>
     <t>Dr. Himanshu Singh</t>
   </si>
   <si>
-    <t>Payment Details:-
-[...17 lines deleted...]
-Web:www.ipinnovative.com</t>
+    <t>Payment Details:-</t>
+  </si>
+  <si>
+    <t>Payment (India):100% Advance Payment Cheque / DD / RTGS / NEFT will be made in favour of"IP Innovative Publication Pvt. Ltd."</t>
+  </si>
+  <si>
+    <t>Payable at New Delhi, India</t>
+  </si>
+  <si>
+    <t>Bank Name: Axis Bank Ltd., Branch – Palam, New Delhi</t>
+  </si>
+  <si>
+    <t>Current Account No.:917020045271486</t>
+  </si>
+  <si>
+    <t>IFSC Code:UTIB0000102</t>
+  </si>
+  <si>
+    <t>Swift Code:AXISINBB132</t>
+  </si>
+  <si>
+    <t>PAN No.:AAECI4006K</t>
+  </si>
+  <si>
+    <t>Payment Option for Outside of India:</t>
+  </si>
+  <si>
+    <t>PayPal option is applicable only for outside India. Foreign/International Subscribers can send payment via PayPal.</t>
+  </si>
+  <si>
+    <t>PayPal Account:subscription@ipinnovative.com</t>
+  </si>
+  <si>
+    <t>Please send your payment details at Email ID:subscription@ipinnovative.com</t>
+  </si>
+  <si>
+    <t>Contact Details:</t>
+  </si>
+  <si>
+    <t>3rd Floor, A-2, Gulab Bagh, Nawada, Metro Pillar No. 733</t>
+  </si>
+  <si>
+    <t>Uttam Nagar, New Delhi – 110059, India</t>
+  </si>
+  <si>
+    <t>Phone: +91-11-61364114, 61364115, 405682495, Ext. 12 &amp; 21</t>
+  </si>
+  <si>
+    <t>Mail:subscription@ipinnovative.com, subscription1.ippl@gmail.com</t>
+  </si>
+  <si>
+    <t>Web:www.ipinnovative.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -987,60 +1065,60 @@
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b val="1"/>
+      <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b val="0"/>
+      <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
@@ -1072,53 +1150,51 @@
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -1378,62 +1454,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/272/a-concise-handbook-of-instruments-used-in-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-13-7" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/106/a-concise-textbook-on-forensic-odontology" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-60-6" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/365/a-guide-to-minimally-invasive-paediatric-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-92-2" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/254/a-textbook-of-biochemistry-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-91-2" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/171/advanced-diagnostic-techniques-for-oral-cancer-detection" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-48-6" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/371/anaesthesia-in-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-58-7" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/213/artificial-intelligence-redefining-new-age-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-51-6" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/84/autogenous-maxillofacial-bone-grafting" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-38-5" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/175/autogenous-maxillofacial-bone-grafting-bone-graft-sites-and-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-55-4" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/119/behavioral-sciences-in-dentistry-the-link-between-oral-and-emotional-well-being" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-73-6" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/206/clinical-application-of-lasers-in-dental-implants-and-periodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-27-1" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/231/coagulopathy-in-oral-and-maxillofacial-surgery" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-75-2" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/52/corticosteroid-in-mucosal-lesions" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-06-4" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/41/dental-caries" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-9-1" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/144/dental-caries-its-understanding-and-management-then-now" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-00-4" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/226/dental-caries-in-children-with-special-health-care-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-93-4" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/193/digitalization-in-conservative-dentistry-and-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-73-8" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/149/disease-of-maxillary-sinus-a-comprehensive-textbook" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-9-3" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/94/drugs-used-in-dental-emergencies" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-48-4" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/192/endodontology-the-art-and-science" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-5457-681-2" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/69/essentials-of-dental-anatomy-histology-and-oral-physiology-with-short-questions-and-answers" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-22-4" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/337/essentials-of-esthetic-dentistry-principles-practice-and-progress" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-11-3" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/101/essentials-of-interceptive-orthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-55-2" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/39/etiopathogenesis-of-autoimmune-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-4-0" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/48/etiopathogenesis-of-oral-submucous-fibrosis" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-04-0" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/53/etiopathogenesis-of-vesiculobullous-lesions" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-07-1" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/336/forensic-odontology-path-to-discovery" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-03-8" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/289/functional-rehabilitation-of-endodontically-treated-teeth-a-perspective-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-90-8" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/91/fundamentals-of-maxillofacial-laser" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-45-3" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/81/gingival-tissue-management-emphasis-on-operative-and-prosthodontic-aspect" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-31-6" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/349/guided-endodontics-path-to-precision" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-79-3" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/301/gyrated-intervention-in-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-69-4" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/312/handbook-of-chemotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-46-5" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/184/handbook-of-diagnosis-for-oral-cancer-basics-to-advanced" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-71-4" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/59/implants-a-total-anchorage-device" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-13-2" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/356/inspired-from-nature-biomimetics-in-paediatric-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-19-9" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/401/lasers-in-dentistry-an-insight" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-42-6" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/136/lingual-orthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-91-0" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/154/made-easy-for-mds-paper-i-examination-questions-answers-based-reference-book" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-16-5" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/140/management-guide-in-oral-medicine-a-concise-review" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-1-7" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/40/mcqs-for-pgs-in-prosthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-9-5" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/153/metabolic-disorders-of-jaws" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-8-6" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/351/modern-multiple-choice-questions-mcqs-in-paediatric-dentistry-with-explanatory-answers" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-83-0" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/270/multiple-choice-questions-book-of-pharmacology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/45/oral-mycoses" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-02-6" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/271/paediatric-dentistry-a-concise-textbook-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-6-2" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/280/paediatric-laser-dentistry-advancements-applications-and-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-37-3" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/98/pain-in-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-52-1" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/135/periodontal-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-89-7" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/100/pleomorphic-adenoma" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-54-5" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/238/pulp-capping-materials-in-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-5-6" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/352/revolutionizing-restorative-dentistry-smart-materials-a-breakthrough" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-97-7" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/256/role-of-ergonomics-in-dental-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-93-6" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/87/self-ligation-the-magic-bracket-in-orthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-40-8" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/118/sports-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-72-9" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/50/staging-and-grading-of-oral-squamous-cell-carcinoma" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-8-8" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/331/supportive-periodontal-therapy" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-04-5" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/76/supportive-periodontal-therapy-a-comprehensive-review" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-29-3" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/108/temporomandibular-joint-ankylosis-a-review" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-62-0" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/362/textbook-of-anatomy-for-bds" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-51-9" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/88/textbook-of-complete-denture-impressions" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-42-2" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/395/textbook-of-complete-denture-impressions-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-54-9" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/86/textbook-on-forensic-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-41-5" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/47/textbook-on-odontogenic-tumors" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-03-3" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/244/understanding-early-childhood-caries" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-79-0" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/297/understanding-lasers-and-its-application-in-oral-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-57-1" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/131/viva-voce-in-oral-histology-for-bds-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-85-9" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/272/a-concise-handbook-of-instruments-used-in-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-13-7" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/106/a-concise-textbook-on-forensic-odontology" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-60-6" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/365/a-guide-to-minimally-invasive-paediatric-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-92-2" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/254/a-textbook-of-biochemistry-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-91-2" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/171/advanced-diagnostic-techniques-for-oral-cancer-detection" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-48-6" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/371/anaesthesia-in-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-58-7" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/213/artificial-intelligence-redefining-new-age-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-51-6" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/84/autogenous-maxillofacial-bone-grafting" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-38-5" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/175/autogenous-maxillofacial-bone-grafting-bone-graft-sites-and-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-55-4" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/119/behavioral-sciences-in-dentistry-the-link-between-oral-and-emotional-well-being" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-73-6" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/206/clinical-application-of-lasers-in-dental-implants-and-periodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-27-1" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/231/coagulopathy-in-oral-and-maxillofacial-surgery" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-75-2" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/414/concise-orthodontics-with-multiple-choice-questions-mcqs-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-39-6" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/52/corticosteroid-in-mucosal-lesions" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-06-4" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/41/dental-caries" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-9-1" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/144/dental-caries-its-understanding-and-management-then-now" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-00-4" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/226/dental-caries-in-children-with-special-health-care-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-93-4" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/193/digitalization-in-conservative-dentistry-and-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-73-8" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/149/disease-of-maxillary-sinus-a-comprehensive-textbook" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-9-3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/94/drugs-used-in-dental-emergencies" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-48-4" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/192/endodontology-the-art-and-science" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-5457-681-2" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/69/essentials-of-dental-anatomy-histology-and-oral-physiology-with-short-questions-and-answers" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-22-4" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/337/essentials-of-esthetic-dentistry-principles-practice-and-progress" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-11-3" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/101/essentials-of-interceptive-orthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-55-2" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/39/etiopathogenesis-of-autoimmune-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-4-0" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/48/etiopathogenesis-of-oral-submucous-fibrosis" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-04-0" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/53/etiopathogenesis-of-vesiculobullous-lesions" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-07-1" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/336/forensic-odontology-path-to-discovery" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-03-8" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/289/functional-rehabilitation-of-endodontically-treated-teeth-a-perspective-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-90-8" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/91/fundamentals-of-maxillofacial-laser" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-45-3" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/81/gingival-tissue-management-emphasis-on-operative-and-prosthodontic-aspect" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-31-6" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/349/guided-endodontics-path-to-precision" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-79-3" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/301/gyrated-intervention-in-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-69-4" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/312/handbook-of-chemotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-46-5" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/184/handbook-of-diagnosis-for-oral-cancer-basics-to-advanced" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-71-4" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/422/hope-in-holistic-oral-health-prioritisation-and-equity-through-integration-with-national-health-programs-of-india" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-84-6" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/59/implants-a-total-anchorage-device" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-13-2" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/356/inspired-from-nature-biomimetics-in-paediatric-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-19-9" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/401/lasers-in-dentistry-an-insight" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-42-6" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/136/lingual-orthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-91-0" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/154/made-easy-for-mds-paper-i-examination-questions-answers-based-reference-book" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-16-5" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/140/management-guide-in-oral-medicine-a-concise-review" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-1-7" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/40/mcqs-for-pgs-in-prosthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-9-5" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/153/metabolic-disorders-of-jaws" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-8-6" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/351/modern-multiple-choice-questions-mcqs-in-paediatric-dentistry-with-explanatory-answers" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-83-0" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/270/multiple-choice-questions-book-of-pharmacology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/45/oral-mycoses" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-02-6" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/271/paediatric-dentistry-a-concise-textbook-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-6-2" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/280/paediatric-laser-dentistry-advancements-applications-and-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-37-3" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/98/pain-in-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-52-1" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/135/periodontal-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-89-7" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/100/pleomorphic-adenoma" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-54-5" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/238/pulp-capping-materials-in-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-5-6" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/352/revolutionizing-restorative-dentistry-smart-materials-a-breakthrough" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-97-7" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/256/role-of-ergonomics-in-dental-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-93-6" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/87/self-ligation-the-magic-bracket-in-orthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-40-8" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/118/sports-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-72-9" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/50/staging-and-grading-of-oral-squamous-cell-carcinoma" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-8-8" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/331/supportive-periodontal-therapy" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-04-5" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/76/supportive-periodontal-therapy-a-comprehensive-review" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-29-3" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/108/temporomandibular-joint-ankylosis-a-review" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-62-0" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/362/textbook-of-anatomy-for-bds" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-51-9" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/88/textbook-of-complete-denture-impressions" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-42-2" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/395/textbook-of-complete-denture-impressions-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-54-9" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/86/textbook-on-forensic-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-41-5" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/47/textbook-on-odontogenic-tumors" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-03-3" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/244/understanding-early-childhood-caries" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-79-0" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/297/understanding-lasers-and-its-application-in-oral-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-57-1" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/131/viva-voce-in-oral-histology-for-bds-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-85-9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q105"/>
+  <dimension ref="A1:Q96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B75" sqref="B75:H75"/>
+      <selection activeCell="B77" sqref="B77:H77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.5645" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
     <col min="17" max="17" width="14.2822" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1"/>
@@ -2145,3343 +2221,3389 @@
       <c r="H18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="9">
         <v>350.0</v>
       </c>
       <c r="J18" s="9">
         <v>15</v>
       </c>
       <c r="K18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="9">
         <v>200</v>
       </c>
       <c r="M18" s="10" t="s">
         <v>83</v>
       </c>
       <c r="N18" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O18" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P18" s="5" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="Q18" s="9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19" s="5">
         <v>13</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D19" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="E19" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="F19" s="9">
+        <v>2026</v>
+      </c>
+      <c r="G19" s="9">
+        <v>549</v>
+      </c>
+      <c r="H19" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I19" s="9">
+        <v>1200.0</v>
+      </c>
+      <c r="J19" s="9">
+        <v>55</v>
+      </c>
+      <c r="K19" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L19" s="9">
+        <v>980</v>
+      </c>
+      <c r="M19" s="10" t="s">
         <v>88</v>
       </c>
-      <c r="E19" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N19" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="O19" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P19" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="O19" s="9" t="s">
-[...2 lines deleted...]
-      <c r="P19" s="5" t="s">
+      <c r="Q19" s="9" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20" s="5">
         <v>14</v>
       </c>
       <c r="B20" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="C20" s="9" t="s">
         <v>93</v>
       </c>
-      <c r="C20" s="9" t="s">
+      <c r="D20" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="D20" s="5" t="s">
+      <c r="E20" s="9" t="s">
         <v>95</v>
       </c>
-      <c r="E20" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="9" t="s">
+      <c r="F20" s="9">
+        <v>2018</v>
+      </c>
+      <c r="G20" s="9">
+        <v>62</v>
+      </c>
+      <c r="H20" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I20" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="J20" s="9">
+        <v>15</v>
+      </c>
+      <c r="K20" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L20" s="9">
+        <v>100</v>
+      </c>
+      <c r="M20" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N20" s="9" t="s">
         <v>96</v>
       </c>
-      <c r="G20" s="9">
-[...20 lines deleted...]
-      <c r="N20" s="9" t="s">
+      <c r="O20" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P20" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="O20" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q20" s="9" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" s="5">
         <v>15</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D21" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E21" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F21" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="G21" s="9">
+        <v>73</v>
+      </c>
+      <c r="H21" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I21" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="J21" s="9">
+        <v>20</v>
+      </c>
+      <c r="K21" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L21" s="9">
+        <v>170</v>
+      </c>
+      <c r="M21" s="10" t="s">
         <v>100</v>
       </c>
-      <c r="E21" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N21" s="9" t="s">
-        <v>74</v>
+        <v>103</v>
       </c>
       <c r="O21" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P21" s="5" t="s">
         <v>75</v>
       </c>
       <c r="Q21" s="9" t="s">
-        <v>70</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="5">
         <v>16</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C22" s="9" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G22" s="9">
-        <v>146</v>
+        <v>157</v>
       </c>
       <c r="H22" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="9">
-        <v>450.0</v>
+        <v>550.0</v>
       </c>
       <c r="J22" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K22" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="9">
         <v>250</v>
       </c>
       <c r="M22" s="10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="N22" s="9" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="O22" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P22" s="5" t="s">
         <v>75</v>
       </c>
       <c r="Q22" s="9" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="5">
         <v>17</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G23" s="9">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="H23" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="9">
-        <v>395.0</v>
+        <v>450.0</v>
       </c>
       <c r="J23" s="9">
         <v>25</v>
       </c>
       <c r="K23" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="9">
         <v>250</v>
       </c>
       <c r="M23" s="10" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="N23" s="9" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="O23" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P23" s="5" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="Q23" s="9" t="s">
-        <v>107</v>
+        <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="5">
         <v>18</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G24" s="9">
-        <v>104</v>
+        <v>140</v>
       </c>
       <c r="H24" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="9">
-        <v>300.0</v>
+        <v>395.0</v>
       </c>
       <c r="J24" s="9">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K24" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="9">
-        <v>130</v>
+        <v>250</v>
       </c>
       <c r="M24" s="10" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="N24" s="9" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
       <c r="O24" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P24" s="5" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="Q24" s="9" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25" s="5">
         <v>19</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="9">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G25" s="9">
-        <v>91</v>
+        <v>104</v>
       </c>
       <c r="H25" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="9">
-        <v>400.0</v>
+        <v>300.0</v>
       </c>
       <c r="J25" s="9">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="K25" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="9">
-        <v>180</v>
+        <v>130</v>
       </c>
       <c r="M25" s="10" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="N25" s="9" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="O25" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P25" s="5" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="Q25" s="9" t="s">
-        <v>35</v>
+        <v>117</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26" s="5">
         <v>20</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C26" s="9" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="9">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="G26" s="9">
-        <v>303</v>
+        <v>91</v>
       </c>
       <c r="H26" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="9">
-        <v>995.0</v>
+        <v>400.0</v>
       </c>
       <c r="J26" s="9">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="K26" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="9">
-        <v>560</v>
+        <v>180</v>
       </c>
       <c r="M26" s="10" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="N26" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O26" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P26" s="5" t="s">
-        <v>28</v>
+        <v>121</v>
       </c>
       <c r="Q26" s="9" t="s">
-        <v>119</v>
+        <v>35</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27" s="5">
         <v>21</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F27" s="9">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="G27" s="9">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="H27" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="9">
-        <v>700.0</v>
+        <v>995.0</v>
       </c>
       <c r="J27" s="9">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K27" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="9">
-        <v>400</v>
+        <v>560</v>
       </c>
       <c r="M27" s="10" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="N27" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O27" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P27" s="5" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="Q27" s="9" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28" s="5">
         <v>22</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D28" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="E28" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F28" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G28" s="9">
+        <v>283</v>
+      </c>
+      <c r="H28" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I28" s="9">
+        <v>700.0</v>
+      </c>
+      <c r="J28" s="9">
+        <v>50</v>
+      </c>
+      <c r="K28" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L28" s="9">
+        <v>400</v>
+      </c>
+      <c r="M28" s="10" t="s">
         <v>127</v>
       </c>
-      <c r="E28" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N28" s="9" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="O28" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P28" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="Q28" s="9" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29" s="5">
         <v>23</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D29" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="E29" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F29" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G29" s="9">
+        <v>85</v>
+      </c>
+      <c r="H29" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I29" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J29" s="9">
+        <v>20</v>
+      </c>
+      <c r="K29" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L29" s="9">
+        <v>120</v>
+      </c>
+      <c r="M29" s="10" t="s">
         <v>132</v>
-      </c>
-[...25 lines deleted...]
-        <v>131</v>
       </c>
       <c r="N29" s="9" t="s">
         <v>54</v>
       </c>
       <c r="O29" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P29" s="5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="Q29" s="9" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30" s="5">
         <v>24</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C30" s="9" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="9">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="G30" s="9">
-        <v>175</v>
+        <v>154</v>
       </c>
       <c r="H30" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="9">
         <v>400.0</v>
       </c>
       <c r="J30" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K30" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="9">
-        <v>310</v>
+        <v>250</v>
       </c>
       <c r="M30" s="10" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="N30" s="9" t="s">
         <v>54</v>
       </c>
       <c r="O30" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P30" s="5" t="s">
-        <v>138</v>
+        <v>90</v>
       </c>
       <c r="Q30" s="9" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31" s="5">
         <v>25</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>140</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>141</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>142</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="F31" s="9" t="s">
-        <v>143</v>
+      <c r="F31" s="9">
+        <v>2018</v>
       </c>
       <c r="G31" s="9">
-        <v>59</v>
+        <v>175</v>
       </c>
       <c r="H31" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="9">
-        <v>300.0</v>
+        <v>400.0</v>
       </c>
       <c r="J31" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K31" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="9">
-        <v>120</v>
+        <v>310</v>
       </c>
       <c r="M31" s="10" t="s">
         <v>141</v>
       </c>
       <c r="N31" s="9" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="O31" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P31" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="Q31" s="9" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32" s="5">
         <v>26</v>
       </c>
       <c r="B32" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="C32" s="9" t="s">
         <v>146</v>
       </c>
-      <c r="C32" s="9" t="s">
+      <c r="D32" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="D32" s="5" t="s">
+      <c r="E32" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F32" s="9" t="s">
         <v>148</v>
       </c>
-      <c r="E32" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G32" s="9">
-        <v>107</v>
+        <v>59</v>
       </c>
       <c r="H32" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="9">
         <v>300.0</v>
       </c>
       <c r="J32" s="9">
         <v>20</v>
       </c>
       <c r="K32" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="9">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="M32" s="10" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="N32" s="9" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="O32" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P32" s="5" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="Q32" s="9" t="s">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33" s="5">
         <v>27</v>
       </c>
       <c r="B33" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="C33" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E33" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="F33" s="9">
+        <v>2018</v>
+      </c>
+      <c r="G33" s="9">
+        <v>107</v>
+      </c>
+      <c r="H33" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I33" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="J33" s="9">
+        <v>20</v>
+      </c>
+      <c r="K33" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L33" s="9">
+        <v>180</v>
+      </c>
+      <c r="M33" s="10" t="s">
+        <v>152</v>
+      </c>
+      <c r="N33" s="9" t="s">
+        <v>96</v>
+      </c>
+      <c r="O33" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P33" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="C33" s="9" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="Q33" s="9" t="s">
-        <v>129</v>
+        <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34" s="5">
         <v>28</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="9">
         <v>2024</v>
       </c>
       <c r="G34" s="9">
-        <v>131</v>
+        <v>92</v>
       </c>
       <c r="H34" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="9">
         <v>400.0</v>
       </c>
       <c r="J34" s="9">
         <v>25</v>
       </c>
       <c r="K34" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="9">
-        <v>220</v>
+        <v>140</v>
       </c>
       <c r="M34" s="10" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="N34" s="9" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="O34" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P34" s="5" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="Q34" s="9" t="s">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35" s="5">
         <v>29</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D35" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="E35" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F35" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G35" s="9">
+        <v>131</v>
+      </c>
+      <c r="H35" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I35" s="9">
+        <v>400.0</v>
+      </c>
+      <c r="J35" s="9">
+        <v>25</v>
+      </c>
+      <c r="K35" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L35" s="9">
+        <v>220</v>
+      </c>
+      <c r="M35" s="10" t="s">
         <v>158</v>
       </c>
-      <c r="E35" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N35" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O35" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P35" s="5" t="s">
-        <v>159</v>
+        <v>28</v>
       </c>
       <c r="Q35" s="9" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36" s="5">
         <v>30</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>161</v>
       </c>
       <c r="C36" s="9" t="s">
         <v>162</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>163</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="9">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G36" s="9">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="H36" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="9">
-        <v>375.0</v>
+        <v>350.0</v>
       </c>
       <c r="J36" s="9">
         <v>20</v>
       </c>
       <c r="K36" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="9">
-        <v>210</v>
+        <v>170</v>
       </c>
       <c r="M36" s="10" t="s">
         <v>162</v>
       </c>
       <c r="N36" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O36" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P36" s="5" t="s">
         <v>164</v>
       </c>
       <c r="Q36" s="9" t="s">
-        <v>111</v>
+        <v>165</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37" s="5">
         <v>31</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F37" s="9">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="G37" s="9">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="H37" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="9">
-        <v>350.0</v>
+        <v>375.0</v>
       </c>
       <c r="J37" s="9">
         <v>20</v>
       </c>
       <c r="K37" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="9">
-        <v>120</v>
+        <v>210</v>
       </c>
       <c r="M37" s="10" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N37" s="9" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="O37" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P37" s="5" t="s">
-        <v>28</v>
+        <v>169</v>
       </c>
       <c r="Q37" s="9" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38" s="5">
         <v>32</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G38" s="9">
-        <v>101</v>
+        <v>65</v>
       </c>
       <c r="H38" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="9">
-        <v>375.0</v>
+        <v>350.0</v>
       </c>
       <c r="J38" s="9">
         <v>20</v>
       </c>
       <c r="K38" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="9">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="M38" s="10" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="N38" s="9" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="O38" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="Q38" s="9" t="s">
-        <v>171</v>
+        <v>135</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39" s="5">
         <v>33</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="9">
         <v>2024</v>
       </c>
       <c r="G39" s="9">
-        <v>78</v>
+        <v>101</v>
       </c>
       <c r="H39" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="9">
-        <v>300.0</v>
+        <v>375.0</v>
       </c>
       <c r="J39" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K39" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="9">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="M39" s="10" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N39" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O39" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P39" s="5" t="s">
-        <v>175</v>
+        <v>28</v>
       </c>
       <c r="Q39" s="9" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40" s="5">
         <v>34</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>177</v>
       </c>
       <c r="C40" s="9" t="s">
         <v>178</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>179</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="9">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G40" s="9">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="H40" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="9">
-        <v>350.0</v>
+        <v>300.0</v>
       </c>
       <c r="J40" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K40" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="9">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="M40" s="10" t="s">
         <v>178</v>
       </c>
       <c r="N40" s="9" t="s">
-        <v>69</v>
+        <v>26</v>
       </c>
       <c r="O40" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P40" s="5" t="s">
-        <v>49</v>
+        <v>180</v>
       </c>
       <c r="Q40" s="9" t="s">
-        <v>107</v>
+        <v>181</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41" s="5">
         <v>35</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="9">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="G41" s="9">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="H41" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="9">
-        <v>300.0</v>
+        <v>350.0</v>
       </c>
       <c r="J41" s="9">
         <v>20</v>
       </c>
       <c r="K41" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="9">
-        <v>180</v>
+        <v>150</v>
       </c>
       <c r="M41" s="10" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="N41" s="9" t="s">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="O41" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P41" s="5" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="Q41" s="9" t="s">
-        <v>76</v>
+        <v>113</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42" s="5">
         <v>36</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G42" s="9">
-        <v>118</v>
+        <v>137</v>
       </c>
       <c r="H42" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="9">
-        <v>425.0</v>
+        <v>350.0</v>
       </c>
       <c r="J42" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K42" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L42" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="L42" s="9"/>
       <c r="M42" s="10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="N42" s="9" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="O42" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P42" s="5" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="Q42" s="9"/>
     </row>
     <row r="43" spans="1:17">
       <c r="A43" s="5">
         <v>37</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C43" s="9" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="9">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="G43" s="9">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="H43" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="9">
-        <v>350.0</v>
+        <v>300.0</v>
       </c>
       <c r="J43" s="9">
         <v>20</v>
       </c>
       <c r="K43" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="9">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="M43" s="10" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="N43" s="9" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="O43" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P43" s="5" t="s">
-        <v>159</v>
+        <v>192</v>
       </c>
       <c r="Q43" s="9" t="s">
-        <v>129</v>
+        <v>76</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44" s="5">
         <v>38</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G44" s="9">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="H44" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="9">
-        <v>350.0</v>
+        <v>425.0</v>
       </c>
       <c r="J44" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K44" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="9">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="M44" s="10" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="N44" s="9" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="O44" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P44" s="5" t="s">
-        <v>133</v>
+        <v>39</v>
       </c>
       <c r="Q44" s="9" t="s">
-        <v>76</v>
+        <v>181</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45" s="5">
         <v>39</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F45" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G45" s="9">
-        <v>468</v>
+        <v>85</v>
       </c>
       <c r="H45" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="9">
-        <v>1100.0</v>
+        <v>350.0</v>
       </c>
       <c r="J45" s="9">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="K45" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="9">
-        <v>750</v>
+        <v>175</v>
       </c>
       <c r="M45" s="10" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="N45" s="9" t="s">
-        <v>195</v>
+        <v>54</v>
       </c>
       <c r="O45" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P45" s="5" t="s">
-        <v>75</v>
+        <v>199</v>
       </c>
       <c r="Q45" s="9" t="s">
-        <v>196</v>
+        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46" s="5">
         <v>40</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C46" s="9" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F46" s="9">
         <v>2021</v>
       </c>
       <c r="G46" s="9">
-        <v>177</v>
+        <v>120</v>
       </c>
       <c r="H46" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="9">
-        <v>495.0</v>
+        <v>350.0</v>
       </c>
       <c r="J46" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K46" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="9">
-        <v>330</v>
+        <v>250</v>
       </c>
       <c r="M46" s="10" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="N46" s="9" t="s">
-        <v>200</v>
+        <v>74</v>
       </c>
       <c r="O46" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P46" s="5" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="Q46" s="9" t="s">
-        <v>201</v>
+        <v>76</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47" s="5">
         <v>41</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D47" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="E47" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F47" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G47" s="9">
+        <v>468</v>
+      </c>
+      <c r="H47" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I47" s="9">
+        <v>1100.0</v>
+      </c>
+      <c r="J47" s="9">
+        <v>45</v>
+      </c>
+      <c r="K47" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L47" s="9">
+        <v>750</v>
+      </c>
+      <c r="M47" s="10" t="s">
         <v>204</v>
       </c>
-      <c r="E47" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N47" s="9" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="O47" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P47" s="5" t="s">
-        <v>164</v>
+        <v>207</v>
       </c>
       <c r="Q47" s="9" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48" s="5">
         <v>42</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C48" s="9" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="9">
         <v>2021</v>
       </c>
       <c r="G48" s="9">
-        <v>107</v>
+        <v>177</v>
       </c>
       <c r="H48" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="9">
-        <v>300.0</v>
+        <v>495.0</v>
       </c>
       <c r="J48" s="9">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K48" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="9">
-        <v>165</v>
+        <v>330</v>
       </c>
       <c r="M48" s="10" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="N48" s="9" t="s">
-        <v>200</v>
+        <v>212</v>
       </c>
       <c r="O48" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P48" s="5" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="Q48" s="9" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49" s="5">
         <v>43</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C49" s="9" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>38</v>
+        <v>216</v>
       </c>
       <c r="E49" s="9" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="F49" s="9">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="G49" s="9">
-        <v>237</v>
+        <v>344</v>
       </c>
       <c r="H49" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="9">
-        <v>425.0</v>
+        <v>800.0</v>
       </c>
       <c r="J49" s="9">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="K49" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L49" s="9">
-        <v>340</v>
+        <v>600</v>
       </c>
       <c r="M49" s="10" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="N49" s="9" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="O49" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P49" s="5" t="s">
-        <v>39</v>
+        <v>218</v>
       </c>
       <c r="Q49" s="9" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50" s="5">
         <v>44</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C50" s="9" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F50" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G50" s="9">
-        <v>89</v>
+        <v>107</v>
       </c>
       <c r="H50" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I50" s="9">
-        <v>350.0</v>
+        <v>300.0</v>
       </c>
       <c r="J50" s="9">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K50" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L50" s="9">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="M50" s="10" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="N50" s="9" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="O50" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P50" s="5" t="s">
-        <v>217</v>
+        <v>75</v>
       </c>
       <c r="Q50" s="9" t="s">
-        <v>176</v>
+        <v>35</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51" s="5">
         <v>45</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="C51" s="9" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>220</v>
+        <v>38</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F51" s="9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="G51" s="9">
-        <v>376</v>
+        <v>237</v>
       </c>
       <c r="H51" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="9">
-        <v>850.0</v>
+        <v>425.0</v>
       </c>
       <c r="J51" s="9">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="K51" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="9">
-        <v>600</v>
+        <v>340</v>
       </c>
       <c r="M51" s="10" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="N51" s="9" t="s">
-        <v>74</v>
+        <v>225</v>
       </c>
       <c r="O51" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P51" s="5" t="s">
-        <v>221</v>
+        <v>39</v>
       </c>
       <c r="Q51" s="9" t="s">
-        <v>206</v>
+        <v>226</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52" s="5">
         <v>46</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C52" s="9" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="F52" s="9" t="s">
-        <v>143</v>
+      <c r="F52" s="9">
+        <v>2023</v>
       </c>
       <c r="G52" s="9">
-        <v>57</v>
+        <v>89</v>
       </c>
       <c r="H52" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I52" s="9">
         <v>350.0</v>
       </c>
       <c r="J52" s="9">
         <v>20</v>
       </c>
       <c r="K52" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="9">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="M52" s="10" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="N52" s="9" t="s">
-        <v>54</v>
+        <v>217</v>
       </c>
       <c r="O52" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P52" s="5" t="s">
-        <v>75</v>
+        <v>230</v>
       </c>
       <c r="Q52" s="9" t="s">
-        <v>225</v>
+        <v>181</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53" s="5">
         <v>47</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="C53" s="9" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F53" s="9">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="G53" s="9">
-        <v>525</v>
+        <v>376</v>
       </c>
       <c r="H53" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I53" s="9">
-        <v>1750.0</v>
+        <v>850.0</v>
       </c>
       <c r="J53" s="9">
-        <v>85</v>
+        <v>40</v>
       </c>
       <c r="K53" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="9">
-        <v>800</v>
+        <v>600</v>
       </c>
       <c r="M53" s="10" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="N53" s="9" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="O53" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P53" s="5" t="s">
-        <v>39</v>
+        <v>234</v>
       </c>
       <c r="Q53" s="9" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54" s="5">
         <v>48</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="C54" s="9" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="F54" s="9">
-        <v>2024</v>
+      <c r="F54" s="9" t="s">
+        <v>148</v>
       </c>
       <c r="G54" s="9">
-        <v>76</v>
+        <v>57</v>
       </c>
       <c r="H54" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="9">
-        <v>300.0</v>
+        <v>350.0</v>
       </c>
       <c r="J54" s="9">
         <v>20</v>
       </c>
       <c r="K54" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="9">
-        <v>140</v>
+        <v>80</v>
       </c>
       <c r="M54" s="10" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="N54" s="9" t="s">
         <v>54</v>
       </c>
       <c r="O54" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P54" s="5" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="Q54" s="9" t="s">
-        <v>171</v>
+        <v>238</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55" s="5">
         <v>49</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="C55" s="9" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F55" s="9">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="G55" s="9">
-        <v>161</v>
+        <v>525</v>
       </c>
       <c r="H55" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="9">
-        <v>450.0</v>
+        <v>1750.0</v>
       </c>
       <c r="J55" s="9">
-        <v>30</v>
+        <v>85</v>
       </c>
       <c r="K55" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="9">
-        <v>300</v>
+        <v>800</v>
       </c>
       <c r="M55" s="10" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="N55" s="9" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="O55" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P55" s="5" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="Q55" s="9" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56" s="5">
         <v>50</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="C56" s="9" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F56" s="9">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="G56" s="9">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="H56" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="9">
         <v>300.0</v>
       </c>
       <c r="J56" s="9">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="K56" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L56" s="9">
-        <v>170</v>
+        <v>140</v>
       </c>
       <c r="M56" s="10" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="N56" s="9" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
       <c r="O56" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P56" s="5" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="Q56" s="9" t="s">
-        <v>35</v>
+        <v>176</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57" s="5">
         <v>51</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="C57" s="9" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F57" s="9">
         <v>2020</v>
       </c>
       <c r="G57" s="9">
-        <v>81</v>
+        <v>161</v>
       </c>
       <c r="H57" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="9">
         <v>450.0</v>
       </c>
       <c r="J57" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K57" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L57" s="9">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="M57" s="10" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="N57" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O57" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P57" s="5" t="s">
-        <v>144</v>
+        <v>28</v>
       </c>
       <c r="Q57" s="9" t="s">
-        <v>92</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58" s="5">
         <v>52</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="C58" s="9" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F58" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G58" s="9">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="H58" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="9">
-        <v>350.0</v>
+        <v>300.0</v>
       </c>
       <c r="J58" s="9">
         <v>15</v>
       </c>
       <c r="K58" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="9">
-        <v>130</v>
+        <v>170</v>
       </c>
       <c r="M58" s="10" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="N58" s="9" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="O58" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P58" s="5" t="s">
-        <v>75</v>
+        <v>254</v>
       </c>
       <c r="Q58" s="9" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59" s="5">
         <v>53</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="C59" s="9" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F59" s="9">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G59" s="9">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="H59" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="9">
-        <v>350.0</v>
+        <v>450.0</v>
       </c>
       <c r="J59" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K59" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L59" s="9">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="M59" s="10" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="N59" s="9" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="O59" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P59" s="5" t="s">
-        <v>75</v>
+        <v>149</v>
       </c>
       <c r="Q59" s="9" t="s">
-        <v>250</v>
+        <v>98</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60" s="5">
         <v>54</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="C60" s="9" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F60" s="9">
         <v>2023</v>
       </c>
       <c r="G60" s="9">
-        <v>99</v>
+        <v>78</v>
       </c>
       <c r="H60" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="9">
         <v>350.0</v>
       </c>
       <c r="J60" s="9">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K60" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L60" s="9">
-        <v>160</v>
+        <v>130</v>
       </c>
       <c r="M60" s="10" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="N60" s="9" t="s">
         <v>54</v>
       </c>
       <c r="O60" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P60" s="5" t="s">
         <v>75</v>
       </c>
       <c r="Q60" s="9" t="s">
-        <v>176</v>
+        <v>50</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61" s="5">
         <v>55</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C61" s="9" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>182</v>
+        <v>263</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F61" s="9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="G61" s="9">
-        <v>84</v>
+        <v>62</v>
       </c>
       <c r="H61" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I61" s="9">
         <v>350.0</v>
       </c>
       <c r="J61" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K61" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="9">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="M61" s="10" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="N61" s="9" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="O61" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P61" s="5" t="s">
-        <v>133</v>
+        <v>75</v>
       </c>
       <c r="Q61" s="9" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62" s="5">
         <v>56</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="C62" s="9" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>259</v>
+        <v>267</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F62" s="9">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="G62" s="9">
-        <v>197</v>
+        <v>99</v>
       </c>
       <c r="H62" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I62" s="9">
-        <v>595.0</v>
+        <v>350.0</v>
       </c>
       <c r="J62" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K62" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L62" s="9">
-        <v>300</v>
+        <v>160</v>
       </c>
       <c r="M62" s="10" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="N62" s="9" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
       <c r="O62" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P62" s="5" t="s">
         <v>75</v>
       </c>
       <c r="Q62" s="9" t="s">
-        <v>236</v>
+        <v>181</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63" s="5">
         <v>57</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>260</v>
+        <v>268</v>
       </c>
       <c r="C63" s="9" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>262</v>
+        <v>191</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="F63" s="9" t="s">
-        <v>143</v>
+      <c r="F63" s="9">
+        <v>2020</v>
       </c>
       <c r="G63" s="9">
-        <v>120</v>
+        <v>84</v>
       </c>
       <c r="H63" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="9">
-        <v>400.0</v>
+        <v>350.0</v>
       </c>
       <c r="J63" s="9">
         <v>20</v>
       </c>
       <c r="K63" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L63" s="9">
-        <v>200</v>
+        <v>130</v>
       </c>
       <c r="M63" s="10" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="N63" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O63" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P63" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="O63" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q63" s="9" t="s">
-        <v>35</v>
+        <v>270</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64" s="5">
         <v>58</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
       <c r="C64" s="9" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F64" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G64" s="9">
-        <v>72</v>
+        <v>197</v>
       </c>
       <c r="H64" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="9">
-        <v>350.0</v>
+        <v>595.0</v>
       </c>
       <c r="J64" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K64" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="9">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="M64" s="10" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="N64" s="9" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="O64" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P64" s="5" t="s">
-        <v>240</v>
+        <v>75</v>
       </c>
       <c r="Q64" s="9" t="s">
-        <v>171</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65" s="5">
         <v>59</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="C65" s="9" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="F65" s="9">
-        <v>2019</v>
+      <c r="F65" s="9" t="s">
+        <v>148</v>
       </c>
       <c r="G65" s="9">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="H65" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="9">
-        <v>375.0</v>
+        <v>400.0</v>
       </c>
       <c r="J65" s="9">
         <v>20</v>
       </c>
       <c r="K65" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L65" s="9">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="M65" s="10" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="N65" s="9" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="O65" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P65" s="5" t="s">
-        <v>240</v>
+        <v>49</v>
       </c>
       <c r="Q65" s="9" t="s">
-        <v>236</v>
+        <v>35</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66" s="5">
         <v>60</v>
       </c>
       <c r="B66" s="8" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C66" s="9" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F66" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G66" s="9">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="H66" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="9">
-        <v>250.0</v>
+        <v>350.0</v>
       </c>
       <c r="J66" s="9">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="K66" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L66" s="9">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="M66" s="10" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="N66" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O66" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P66" s="5" t="s">
-        <v>75</v>
+        <v>254</v>
       </c>
       <c r="Q66" s="9" t="s">
-        <v>225</v>
+        <v>176</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67" s="5">
         <v>61</v>
       </c>
       <c r="B67" s="8" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="C67" s="9" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F67" s="9">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="G67" s="9">
-        <v>183</v>
+        <v>122</v>
       </c>
       <c r="H67" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I67" s="9">
-        <v>650.0</v>
+        <v>375.0</v>
       </c>
       <c r="J67" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K67" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L67" s="9">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="M67" s="10" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="N67" s="9" t="s">
         <v>33</v>
       </c>
       <c r="O67" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P67" s="5" t="s">
-        <v>123</v>
+        <v>254</v>
       </c>
       <c r="Q67" s="9" t="s">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68" s="5">
         <v>62</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F68" s="9">
         <v>2020</v>
       </c>
       <c r="G68" s="9">
-        <v>213</v>
+        <v>62</v>
       </c>
       <c r="H68" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="9">
-        <v>650.0</v>
+        <v>250.0</v>
       </c>
       <c r="J68" s="9">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="K68" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="9">
-        <v>500</v>
+        <v>80</v>
       </c>
       <c r="M68" s="10" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="N68" s="9" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="O68" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P68" s="5" t="s">
-        <v>279</v>
+        <v>75</v>
       </c>
       <c r="Q68" s="9" t="s">
-        <v>124</v>
+        <v>238</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69" s="5">
         <v>63</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="C69" s="9" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="E69" s="9" t="s">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="F69" s="9">
         <v>2025</v>
       </c>
       <c r="G69" s="9">
-        <v>298</v>
+        <v>183</v>
       </c>
       <c r="H69" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I69" s="9">
-        <v>750.0</v>
+        <v>650.0</v>
       </c>
       <c r="J69" s="9">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="K69" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="9">
-        <v>470</v>
+        <v>260</v>
       </c>
       <c r="M69" s="10" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="N69" s="9" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="O69" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P69" s="5" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="Q69" s="9" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70" s="5">
         <v>64</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="C70" s="9" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F70" s="9">
         <v>2020</v>
       </c>
       <c r="G70" s="9">
-        <v>91</v>
+        <v>213</v>
       </c>
       <c r="H70" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I70" s="9">
-        <v>375.0</v>
+        <v>650.0</v>
       </c>
       <c r="J70" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K70" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="9">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="M70" s="10" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="N70" s="9" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="O70" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P70" s="5" t="s">
-        <v>34</v>
+        <v>294</v>
       </c>
       <c r="Q70" s="9" t="s">
-        <v>286</v>
+        <v>130</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71" s="5">
         <v>65</v>
       </c>
       <c r="B71" s="8" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="C71" s="9" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="E71" s="9" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>68</v>
+      </c>
+      <c r="F71" s="9">
+        <v>2025</v>
       </c>
       <c r="G71" s="9">
-        <v>81</v>
+        <v>298</v>
       </c>
       <c r="H71" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I71" s="9">
-        <v>375.0</v>
+        <v>750.0</v>
       </c>
       <c r="J71" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K71" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L71" s="9">
-        <v>130</v>
+        <v>470</v>
       </c>
       <c r="M71" s="10" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="N71" s="9" t="s">
         <v>54</v>
       </c>
       <c r="O71" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P71" s="5" t="s">
-        <v>49</v>
+        <v>294</v>
       </c>
       <c r="Q71" s="9" t="s">
-        <v>35</v>
+        <v>297</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72" s="5">
         <v>66</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="C72" s="9" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F72" s="9">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="G72" s="9">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="H72" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I72" s="9">
         <v>375.0</v>
       </c>
       <c r="J72" s="9">
         <v>20</v>
       </c>
       <c r="K72" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L72" s="9">
-        <v>170</v>
+        <v>200</v>
       </c>
       <c r="M72" s="10" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="N72" s="9" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="O72" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P72" s="5" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="Q72" s="9" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73" s="5">
         <v>67</v>
       </c>
       <c r="B73" s="8" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="C73" s="9" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="F73" s="9">
-        <v>2024</v>
+      <c r="F73" s="9" t="s">
+        <v>102</v>
       </c>
       <c r="G73" s="9">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="H73" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I73" s="9">
-        <v>295.0</v>
+        <v>375.0</v>
       </c>
       <c r="J73" s="9">
         <v>20</v>
       </c>
       <c r="K73" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L73" s="9">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="M73" s="10" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="N73" s="9" t="s">
         <v>54</v>
       </c>
       <c r="O73" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P73" s="5" t="s">
-        <v>159</v>
+        <v>49</v>
       </c>
       <c r="Q73" s="9" t="s">
-        <v>171</v>
+        <v>35</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74" s="5">
         <v>68</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="C74" s="9" t="s">
-        <v>298</v>
+        <v>306</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F74" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G74" s="9">
+        <v>92</v>
+      </c>
+      <c r="H74" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I74" s="9">
+        <v>375.0</v>
+      </c>
+      <c r="J74" s="9">
+        <v>20</v>
+      </c>
+      <c r="K74" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L74" s="9">
+        <v>170</v>
+      </c>
+      <c r="M74" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="N74" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O74" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P74" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q74" s="9" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17">
+      <c r="A75" s="5">
+        <v>69</v>
+      </c>
+      <c r="B75" s="8" t="s">
+        <v>309</v>
+      </c>
+      <c r="C75" s="9" t="s">
+        <v>310</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="E75" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F75" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G75" s="9">
+        <v>75</v>
+      </c>
+      <c r="H75" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I75" s="9">
+        <v>295.0</v>
+      </c>
+      <c r="J75" s="9">
+        <v>20</v>
+      </c>
+      <c r="K75" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L75" s="9">
+        <v>150</v>
+      </c>
+      <c r="M75" s="10" t="s">
+        <v>310</v>
+      </c>
+      <c r="N75" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="O75" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P75" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="Q75" s="9" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="76" spans="1:17">
+      <c r="A76" s="5">
+        <v>70</v>
+      </c>
+      <c r="B76" s="8" t="s">
+        <v>312</v>
+      </c>
+      <c r="C76" s="9" t="s">
+        <v>313</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="E76" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F76" s="9">
         <v>2020</v>
       </c>
-      <c r="G74" s="9">
+      <c r="G76" s="9">
         <v>131</v>
       </c>
-      <c r="H74" s="9" t="s">
-[...2 lines deleted...]
-      <c r="I74" s="9">
+      <c r="H76" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I76" s="9">
         <v>325.0</v>
       </c>
-      <c r="J74" s="9">
+      <c r="J76" s="9">
         <v>15</v>
       </c>
-      <c r="K74" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L74" s="9">
+      <c r="K76" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L76" s="9">
         <v>220</v>
       </c>
-      <c r="M74" s="10" t="s">
-[...11 lines deleted...]
-      <c r="Q74" s="9" t="s">
+      <c r="M76" s="10" t="s">
+        <v>313</v>
+      </c>
+      <c r="N76" s="9" t="s">
+        <v>212</v>
+      </c>
+      <c r="O76" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P76" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q76" s="9" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="75" spans="1:17">
-[...19 lines deleted...]
-    </row>
     <row r="77" spans="1:17">
-      <c r="B77" s="12"/>
-[...6 lines deleted...]
-      <c r="I77" s="12"/>
+      <c r="B77" s="13"/>
+      <c r="C77" s="13"/>
+      <c r="D77" s="13"/>
+      <c r="E77" s="13"/>
+      <c r="F77" s="13"/>
+      <c r="G77" s="13"/>
+      <c r="H77" s="13"/>
     </row>
     <row r="78" spans="1:17">
+      <c r="A78" s="12" t="s">
+        <v>315</v>
+      </c>
       <c r="B78" s="12"/>
       <c r="C78" s="12"/>
       <c r="D78" s="12"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="12"/>
       <c r="H78" s="12"/>
-      <c r="I78" s="12"/>
     </row>
     <row r="79" spans="1:17">
-      <c r="B79" s="12"/>
-[...6 lines deleted...]
-      <c r="I79" s="12"/>
+      <c r="A79" s="12" t="s">
+        <v>316</v>
+      </c>
+      <c r="B79" s="11"/>
+      <c r="C79" s="11"/>
+      <c r="D79" s="11"/>
+      <c r="E79" s="11"/>
+      <c r="F79" s="11"/>
+      <c r="G79" s="11"/>
+      <c r="H79" s="11"/>
     </row>
     <row r="80" spans="1:17">
-      <c r="B80" s="12"/>
-[...6 lines deleted...]
-      <c r="I80" s="12"/>
+      <c r="A80" s="11" t="s">
+        <v>317</v>
+      </c>
+      <c r="B80" s="11"/>
+      <c r="C80" s="11"/>
+      <c r="D80" s="11"/>
+      <c r="E80" s="11"/>
+      <c r="F80" s="11"/>
+      <c r="G80" s="11"/>
+      <c r="H80" s="11"/>
     </row>
     <row r="81" spans="1:17">
-      <c r="B81" s="12"/>
-[...6 lines deleted...]
-      <c r="I81" s="12"/>
+      <c r="A81" s="11" t="s">
+        <v>318</v>
+      </c>
+      <c r="B81" s="11"/>
+      <c r="C81" s="11"/>
+      <c r="D81" s="11"/>
+      <c r="E81" s="11"/>
+      <c r="F81" s="11"/>
+      <c r="G81" s="11"/>
+      <c r="H81" s="11"/>
     </row>
     <row r="82" spans="1:17">
-      <c r="B82" s="12"/>
-[...6 lines deleted...]
-      <c r="I82" s="12"/>
+      <c r="A82" s="12" t="s">
+        <v>319</v>
+      </c>
+      <c r="B82" s="11"/>
+      <c r="C82" s="11"/>
+      <c r="D82" s="11"/>
+      <c r="E82" s="11"/>
+      <c r="F82" s="11"/>
+      <c r="G82" s="11"/>
+      <c r="H82" s="11"/>
     </row>
     <row r="83" spans="1:17">
-      <c r="B83" s="12"/>
-[...6 lines deleted...]
-      <c r="I83" s="12"/>
+      <c r="A83" s="12" t="s">
+        <v>320</v>
+      </c>
+      <c r="B83" s="11"/>
+      <c r="C83" s="11"/>
+      <c r="D83" s="11"/>
+      <c r="E83" s="11"/>
+      <c r="F83" s="11"/>
+      <c r="G83" s="11"/>
+      <c r="H83" s="11"/>
     </row>
     <row r="84" spans="1:17">
-      <c r="B84" s="12"/>
-[...6 lines deleted...]
-      <c r="I84" s="12"/>
+      <c r="A84" s="12" t="s">
+        <v>321</v>
+      </c>
+      <c r="B84" s="11"/>
+      <c r="C84" s="11"/>
+      <c r="D84" s="11"/>
+      <c r="E84" s="11"/>
+      <c r="F84" s="11"/>
+      <c r="G84" s="11"/>
+      <c r="H84" s="11"/>
     </row>
     <row r="85" spans="1:17">
-      <c r="B85" s="12"/>
-[...6 lines deleted...]
-      <c r="I85" s="12"/>
+      <c r="A85" s="12" t="s">
+        <v>322</v>
+      </c>
+      <c r="B85" s="11"/>
+      <c r="C85" s="11"/>
+      <c r="D85" s="11"/>
+      <c r="E85" s="11"/>
+      <c r="F85" s="11"/>
+      <c r="G85" s="11"/>
+      <c r="H85" s="11"/>
     </row>
     <row r="86" spans="1:17">
+      <c r="A86" s="12" t="s">
+        <v>323</v>
+      </c>
       <c r="B86" s="12"/>
       <c r="C86" s="12"/>
       <c r="D86" s="12"/>
       <c r="E86" s="12"/>
       <c r="F86" s="12"/>
       <c r="G86" s="12"/>
       <c r="H86" s="12"/>
-      <c r="I86" s="12"/>
     </row>
     <row r="87" spans="1:17">
-      <c r="B87" s="12"/>
-[...6 lines deleted...]
-      <c r="I87" s="12"/>
+      <c r="A87" s="11" t="s">
+        <v>324</v>
+      </c>
+      <c r="B87" s="11"/>
+      <c r="C87" s="11"/>
+      <c r="D87" s="11"/>
+      <c r="E87" s="11"/>
+      <c r="F87" s="11"/>
+      <c r="G87" s="11"/>
+      <c r="H87" s="11"/>
     </row>
     <row r="88" spans="1:17">
-      <c r="B88" s="12"/>
-[...6 lines deleted...]
-      <c r="I88" s="12"/>
+      <c r="A88" s="12" t="s">
+        <v>325</v>
+      </c>
+      <c r="B88" s="11"/>
+      <c r="C88" s="11"/>
+      <c r="D88" s="11"/>
+      <c r="E88" s="11"/>
+      <c r="F88" s="11"/>
+      <c r="G88" s="11"/>
+      <c r="H88" s="11"/>
     </row>
     <row r="89" spans="1:17">
-      <c r="B89" s="12"/>
-[...6 lines deleted...]
-      <c r="I89" s="12"/>
+      <c r="A89" s="12" t="s">
+        <v>326</v>
+      </c>
+      <c r="B89" s="11"/>
+      <c r="C89" s="11"/>
+      <c r="D89" s="11"/>
+      <c r="E89" s="11"/>
+      <c r="F89" s="11"/>
+      <c r="G89" s="11"/>
+      <c r="H89" s="11"/>
     </row>
     <row r="90" spans="1:17">
+      <c r="A90" s="12" t="s">
+        <v>327</v>
+      </c>
       <c r="B90" s="12"/>
       <c r="C90" s="12"/>
       <c r="D90" s="12"/>
       <c r="E90" s="12"/>
       <c r="F90" s="12"/>
       <c r="G90" s="12"/>
       <c r="H90" s="12"/>
-      <c r="I90" s="12"/>
     </row>
     <row r="91" spans="1:17">
-      <c r="B91" s="12"/>
-[...6 lines deleted...]
-      <c r="I91" s="12"/>
+      <c r="A91" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B91" s="11"/>
+      <c r="C91" s="11"/>
+      <c r="D91" s="11"/>
+      <c r="E91" s="11"/>
+      <c r="F91" s="11"/>
+      <c r="G91" s="11"/>
+      <c r="H91" s="11"/>
     </row>
     <row r="92" spans="1:17">
-      <c r="B92" s="12"/>
-[...6 lines deleted...]
-      <c r="I92" s="12"/>
+      <c r="A92" s="11" t="s">
+        <v>328</v>
+      </c>
+      <c r="B92" s="11"/>
+      <c r="C92" s="11"/>
+      <c r="D92" s="11"/>
+      <c r="E92" s="11"/>
+      <c r="F92" s="11"/>
+      <c r="G92" s="11"/>
+      <c r="H92" s="11"/>
     </row>
     <row r="93" spans="1:17">
-      <c r="B93" s="12"/>
-[...6 lines deleted...]
-      <c r="I93" s="12"/>
+      <c r="A93" s="11" t="s">
+        <v>329</v>
+      </c>
+      <c r="B93" s="11"/>
+      <c r="C93" s="11"/>
+      <c r="D93" s="11"/>
+      <c r="E93" s="11"/>
+      <c r="F93" s="11"/>
+      <c r="G93" s="11"/>
+      <c r="H93" s="11"/>
     </row>
     <row r="94" spans="1:17">
-      <c r="B94" s="12"/>
-[...6 lines deleted...]
-      <c r="I94" s="12"/>
+      <c r="A94" s="11" t="s">
+        <v>330</v>
+      </c>
+      <c r="B94" s="11"/>
+      <c r="C94" s="11"/>
+      <c r="D94" s="11"/>
+      <c r="E94" s="11"/>
+      <c r="F94" s="11"/>
+      <c r="G94" s="11"/>
+      <c r="H94" s="11"/>
     </row>
     <row r="95" spans="1:17">
-      <c r="B95" s="12"/>
-[...6 lines deleted...]
-      <c r="I95" s="12"/>
+      <c r="A95" s="12" t="s">
+        <v>331</v>
+      </c>
+      <c r="B95" s="11"/>
+      <c r="C95" s="11"/>
+      <c r="D95" s="11"/>
+      <c r="E95" s="11"/>
+      <c r="F95" s="11"/>
+      <c r="G95" s="11"/>
+      <c r="H95" s="11"/>
     </row>
     <row r="96" spans="1:17">
-      <c r="B96" s="12"/>
-[...96 lines deleted...]
-      <c r="I105" s="12"/>
+      <c r="A96" s="12" t="s">
+        <v>332</v>
+      </c>
+      <c r="B96" s="11"/>
+      <c r="C96" s="11"/>
+      <c r="D96" s="11"/>
+      <c r="E96" s="11"/>
+      <c r="F96" s="11"/>
+      <c r="G96" s="11"/>
+      <c r="H96" s="11"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
-    <mergeCell ref="B76:I105"/>
+    <mergeCell ref="A78:H78"/>
+    <mergeCell ref="A79:H79"/>
+    <mergeCell ref="A80:H80"/>
+    <mergeCell ref="A81:H81"/>
+    <mergeCell ref="A82:H82"/>
+    <mergeCell ref="A83:H83"/>
+    <mergeCell ref="A84:H84"/>
+    <mergeCell ref="A85:H85"/>
+    <mergeCell ref="A86:H86"/>
+    <mergeCell ref="A87:H87"/>
+    <mergeCell ref="A88:H88"/>
+    <mergeCell ref="A89:H89"/>
+    <mergeCell ref="A90:H90"/>
+    <mergeCell ref="A91:H91"/>
+    <mergeCell ref="A92:H92"/>
+    <mergeCell ref="A93:H93"/>
+    <mergeCell ref="A94:H94"/>
+    <mergeCell ref="A95:H95"/>
+    <mergeCell ref="A96:H96"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_16"/>
     <hyperlink ref="M14" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_18"/>
     <hyperlink ref="M15" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_20"/>
     <hyperlink ref="M16" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_22"/>
     <hyperlink ref="M17" r:id="rId_hyperlink_23"/>
@@ -5577,50 +5699,54 @@
     <hyperlink ref="M62" r:id="rId_hyperlink_113"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_114"/>
     <hyperlink ref="M63" r:id="rId_hyperlink_115"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_116"/>
     <hyperlink ref="M64" r:id="rId_hyperlink_117"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_118"/>
     <hyperlink ref="M65" r:id="rId_hyperlink_119"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_120"/>
     <hyperlink ref="M66" r:id="rId_hyperlink_121"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_122"/>
     <hyperlink ref="M67" r:id="rId_hyperlink_123"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_124"/>
     <hyperlink ref="M68" r:id="rId_hyperlink_125"/>
     <hyperlink ref="B69" r:id="rId_hyperlink_126"/>
     <hyperlink ref="M69" r:id="rId_hyperlink_127"/>
     <hyperlink ref="B70" r:id="rId_hyperlink_128"/>
     <hyperlink ref="M70" r:id="rId_hyperlink_129"/>
     <hyperlink ref="B71" r:id="rId_hyperlink_130"/>
     <hyperlink ref="M71" r:id="rId_hyperlink_131"/>
     <hyperlink ref="B72" r:id="rId_hyperlink_132"/>
     <hyperlink ref="M72" r:id="rId_hyperlink_133"/>
     <hyperlink ref="B73" r:id="rId_hyperlink_134"/>
     <hyperlink ref="M73" r:id="rId_hyperlink_135"/>
     <hyperlink ref="B74" r:id="rId_hyperlink_136"/>
     <hyperlink ref="M74" r:id="rId_hyperlink_137"/>
+    <hyperlink ref="B75" r:id="rId_hyperlink_138"/>
+    <hyperlink ref="M75" r:id="rId_hyperlink_139"/>
+    <hyperlink ref="B76" r:id="rId_hyperlink_140"/>
+    <hyperlink ref="M76" r:id="rId_hyperlink_141"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>