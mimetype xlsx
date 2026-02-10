--- v2 (2026-01-21)
+++ v3 (2026-02-10)
@@ -2262,51 +2262,51 @@
       <c r="D19" s="5" t="s">
         <v>89</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="9">
         <v>2026</v>
       </c>
       <c r="G19" s="9">
         <v>549</v>
       </c>
       <c r="H19" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="9">
         <v>1200.0</v>
       </c>
       <c r="J19" s="9">
         <v>55</v>
       </c>
       <c r="K19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="9">
-        <v>980</v>
+        <v>990</v>
       </c>
       <c r="M19" s="10" t="s">
         <v>88</v>
       </c>
       <c r="N19" s="9" t="s">
         <v>54</v>
       </c>
       <c r="O19" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P19" s="5" t="s">
         <v>90</v>
       </c>
       <c r="Q19" s="9" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20" s="5">
         <v>14</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>92</v>
       </c>
       <c r="C20" s="9" t="s">
@@ -3480,64 +3480,68 @@
       </c>
       <c r="D42" s="5" t="s">
         <v>187</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="9">
         <v>2026</v>
       </c>
       <c r="G42" s="9">
         <v>137</v>
       </c>
       <c r="H42" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="9">
         <v>350.0</v>
       </c>
       <c r="J42" s="9">
         <v>20</v>
       </c>
       <c r="K42" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L42" s="9"/>
+      <c r="L42" s="9">
+        <v>220</v>
+      </c>
       <c r="M42" s="10" t="s">
         <v>186</v>
       </c>
       <c r="N42" s="9" t="s">
         <v>54</v>
       </c>
       <c r="O42" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P42" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="Q42" s="9"/>
+      <c r="Q42" s="9" t="s">
+        <v>160</v>
+      </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43" s="5">
         <v>37</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>189</v>
       </c>
       <c r="C43" s="9" t="s">
         <v>190</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>191</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="9">
         <v>2019</v>
       </c>
       <c r="G43" s="9">
         <v>87</v>
       </c>
       <c r="H43" s="9" t="s">
         <v>24</v>