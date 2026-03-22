--- v5 (2026-03-02)
+++ v6 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1471">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1477">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
     <t>All BOOKS PRICE / CATALOGUE For Year - 2026</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
@@ -1247,50 +1247,59 @@
   <si>
     <t>24x18.5x2</t>
   </si>
   <si>
     <t>Competency Based Human Anatomy: Volume II</t>
   </si>
   <si>
     <t>978-93-91208-29-5</t>
   </si>
   <si>
     <t>Competency Based Human Anatomy: Volume III</t>
   </si>
   <si>
     <t>978-93-91208-30-1</t>
   </si>
   <si>
     <t>Competency Based Human Physiology</t>
   </si>
   <si>
     <t>978-93-48565-44-0</t>
   </si>
   <si>
     <t>28x21.5x2.9</t>
   </si>
   <si>
+    <t>Competency Based Practical Manual in Medical Microbiology for MBBS Students</t>
+  </si>
+  <si>
+    <t>978-93-48565-75-4</t>
+  </si>
+  <si>
+    <t>Dr. M. Anuradha</t>
+  </si>
+  <si>
     <t>Comprehensive Exploration of Mental Health in India</t>
   </si>
   <si>
     <t>978-93-48565-92-1</t>
   </si>
   <si>
     <t>Editor: Dr. Purushottam Giri, Co-Editor: Dr. Swati Shikha</t>
   </si>
   <si>
     <t>Psychiatry</t>
   </si>
   <si>
     <t>22x15.5x0.9</t>
   </si>
   <si>
     <t>Comprehensive Manual of Resuscitation</t>
   </si>
   <si>
     <t>978-93-91208-03-5</t>
   </si>
   <si>
     <t>Dr. Anil Kumar</t>
   </si>
   <si>
     <t>Anaesthesia, Critical Care Medicine, Emergency Medicine, Pulmonology</t>
@@ -1838,50 +1847,62 @@
   <si>
     <t>Essentials of Geriatrics</t>
   </si>
   <si>
     <t>978-93-48565-98-3</t>
   </si>
   <si>
     <t>Editor: Dr. Purushottam Giri, Co-Editor: Dr. Vikas Kshirsagar, Dr. Bharti Koria</t>
   </si>
   <si>
     <t>Geriatrics Medicine</t>
   </si>
   <si>
     <t>Essentials of Interceptive Orthodontics</t>
   </si>
   <si>
     <t>978-93-88022-55-2</t>
   </si>
   <si>
     <t>Dr. Rashi Chauhan, Dr. Amit Kumar Singh</t>
   </si>
   <si>
     <t>23x15x0.9</t>
   </si>
   <si>
+    <t>Essentials of Medical Microbiology for BMLT (2nd Edition)</t>
+  </si>
+  <si>
+    <t>978-93-48565-02-0</t>
+  </si>
+  <si>
+    <t>Dr. Rajesh Bareja, Dr. Sumedha</t>
+  </si>
+  <si>
+    <t>24x18.5x3.5</t>
+  </si>
+  <si>
     <t>ETIOPATHOGENESIS OF AUTOIMMUNE DISORDERS</t>
   </si>
   <si>
     <t>978-81-932450-4-0</t>
   </si>
   <si>
     <t>Dr. Nivedita Chaudhary, Dr. Heena Sadiq</t>
   </si>
   <si>
     <t>23x15x1.1</t>
   </si>
   <si>
     <t>Etiopathogenesis of Oral Submucous Fibrosis</t>
   </si>
   <si>
     <t>978-93-88022-04-0</t>
   </si>
   <si>
     <t>Dr. Hina Mehrotra, Dr. Shahid Shaikh, Dr. Heena Sadiq</t>
   </si>
   <si>
     <t>Reprint 2019</t>
   </si>
   <si>
     <t>Oral Pathology</t>
@@ -3471,53 +3492,50 @@
     <t>Practical Lab Manual of Pharmaceutical Organic Chemistry - II, B. Pharm 3rd Semester (As Per PCI Syllabus)</t>
   </si>
   <si>
     <t>978-93-88022-68-2</t>
   </si>
   <si>
     <t>Practical Manual of Inorganic, Organic and Medicinal Chemistry</t>
   </si>
   <si>
     <t>978-93-88022-98-9</t>
   </si>
   <si>
     <t>Dr. Akhil Nagar, Dr. Deepak Lokwani, Dr. Atul Bendale, Mr. Pritam B. Chaudhari</t>
   </si>
   <si>
     <t>Practical Medical Microbiology for BMLT</t>
   </si>
   <si>
     <t>978-93-88022-76-7</t>
   </si>
   <si>
     <t>Practical Medical Microbiology for BMLT (2nd Edition)</t>
   </si>
   <si>
     <t>978-93-48565-27-3</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dr. Rajesh Bareja, Dr. Sumedha</t>
   </si>
   <si>
     <t>Microbiology, BMLT</t>
   </si>
   <si>
     <t>Preparation of Inorganic, Organic and Medicinal Compounds For Pharmacy Students</t>
   </si>
   <si>
     <t>978-81-19613-53-3</t>
   </si>
   <si>
     <t>Sushmita Hiremath, Shankar Gharge</t>
   </si>
   <si>
     <t>Previous Years Question Papers for Postgraduate Obstetrics and Gynaecology Examinations- 3rd Edition</t>
   </si>
   <si>
     <t>978-81-962762-7-0</t>
   </si>
   <si>
     <t>Dr. Madhu A Patil</t>
   </si>
   <si>
     <t>Principles of Management: A New Approach</t>
   </si>
@@ -4868,62 +4886,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/201/a-brief-history-of-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-20-2" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/215/a-competitive-textbook-of-pharmacology-at-glance" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-34-9" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/291/a-complete-laboratory-manual-of-pharmacology-for-bpharm" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-09-0" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/299/a-concise-book-of-biochemistry-for-bpharm-and-gpat-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-08-3" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/272/a-concise-handbook-of-instruments-used-in-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-13-7" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/106/a-concise-textbook-on-forensic-odontology" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-60-6" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/163/a-guide-for-basic-biomedical-research-course" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-38-7" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/365/a-guide-to-minimally-invasive-paediatric-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-92-2" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/387/a-handbook-on-marine-vertebrates-for-msc-marine-biology-sem-1" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-57-0" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/388/a-handbook-on-sociological-foundations-of-education-for-the-students-of-bed-semester-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-87-7" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/202/a-paediatricians-approach-to-a-child-with-special-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-11-0" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/384/a-practical-book-of-biochemistry-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-25-9" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/300/a-practical-book-of-herbal-drug-technology-for-bpharm-6th-semester-bp-609p" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-95-3" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/82/a-practical-book-of-pharmaceutical-inorganic-chemistry-as-per-pci-latest-pattern" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-36-1" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/269/a-practical-manual-of-industrial-pharmacy-i-for-third-year-bpharmacy-vth-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/287/a-text-book-of-biochemistry-and-clinical-pathology" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-55-7" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/93/a-text-book-of-pharmaceutical-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-47-7" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/248/a-text-book-of-pharmacognosy" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-83-7" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/254/a-textbook-of-biochemistry-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-91-2" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/416/a-textbook-of-biochemistry-for-nursing-students" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-28-0" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/162/a-textbook-of-medical-genetics-and-cancer-genetics" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-21-9" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/207/a-textbook-of-pharmaceutical-analysis-for-first-year-b-pharm-semester-i-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-26-4" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/264/a-textbook-of-pharmaceutical-engineering-for-bpharma-2nd-year-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-9-3" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/195/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-57-8" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/255/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-92-9" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/146/a-textbook-of-pharmaceutical-inorganic-chemistry-as-per-new-pci-syllabus-for-b-pharmacy-ist-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-09-7" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/237/a-textbook-of-pharmaceutical-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-3-2" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/396/a-textbook-of-pharmacognosy-i-for-the-students-of-dpharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-17-4" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/197/a-textbook-of-pharmacy-practice-for-b-pharm-7th-semester-4th-year" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-05-9" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/378/a-textbook-of-physical-pharmaceutics-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-63-1" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/370/a-textbook-of-universal-human-values-and-professional-ethics-for-bpharm-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-82-2" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/117/a-textbook-on-assessment-monitoring-documentation-and-reporting-of-adverse-drug-reactions" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-71-2" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/204/a-textbook-on-biochemistry-for-paramedical-students" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-04-2" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/103/a-textbook-on-entrepreneurship-development-programme-in-sericulture" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-57-6" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/85/a-textbook-on-introduction-to-sericulture-and-soil-science" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-39-2" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/148/a-textbook-on-manufacturing-processes" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-01-1" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/239/a-theoretical-book-on-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-8-7" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/279/a-theoretical-book-on-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-49-6" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/218/a-to-z-mcqs-in-microbiology-for-ugc-csir-net-life-sciences-exam" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-66-0" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/419/abnormal-psychology" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-14-3" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/46/abortion-spontaneous-abortion-induced-abortion" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-01-9" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/302/abridged-forensic-medicine-and-toxicology-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-24-3" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/376/advanced-biochemistry-companion-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-72-3" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/171/advanced-diagnostic-techniques-for-oral-cancer-detection" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-48-6" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/391/advances-in-omics-bioinformatics-for-genomics-transcriptomics-and-beyond" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-26-6" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/355/all-in-one-practical-book-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-66-3" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/224/all-in-one-textbook-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-92-7" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/295/amphibian-experiments-in-physiology-all-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-42-7" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/127/an-introduction-to-thermodynamics-and-statistical-physics" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-74-3" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/371/anaesthesia-in-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-58-7" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/253/anatomy-multiple-choice-questions-mcqs-for-nextfirst-year-mbbs-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-90-5" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/234/answers-to-viva-questions-in-embryology" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-0-1" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/235/answers-to-viva-questions-in-histology-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-1-8" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/293/applied-anatomy-and-physiology-for-bsc-nursing-course" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-63-2" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/227/applied-biochemistry-for-nursing-students" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-97-2" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/213/artificial-intelligence-redefining-new-age-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-51-6" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/12/asana-and-pranayama-for-health" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-5-7" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/84/autogenous-maxillofacial-bone-grafting" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-38-5" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/175/autogenous-maxillofacial-bone-grafting-bone-graft-sites-and-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-55-4" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/196/basic-principles-of-ilizarov-surgery-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-49-3" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/119/behavioral-sciences-in-dentistry-the-link-between-oral-and-emotional-well-being" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-73-6" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/277/behavioural-sciences-in-organizations" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-1-7" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/260/bio-medical-instruments-and-its-applications" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-96-7" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/296/biochemistry-and-clinical-pathology-for-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-70-0" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/240/biochemistry-for-paramedical-courses" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-4-9" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/78/biodiversity-and-crops-improvement-in-the-era-of-climate-change" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-32-3" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/412/biostatistics-and-research-methodology-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-59-4" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/156/breeding-and-genetics-of-silkworm-and-mulberry-particularly-for-b-sc-4th-semester-students" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-17-2" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/245/case-oriented-approach-in-biochemistry-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-2-5" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/408/chromotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-46-4" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/206/clinical-application-of-lasers-in-dental-implants-and-periodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-27-1" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/236/clinics-in-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-19-6" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/231/coagulopathy-in-oral-and-maxillofacial-surgery" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-75-2" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/168/colors-medicine-of-the-future" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-45-5" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/262/colors-medicine-of-the-future-part-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/344/community-health-nursing-i-as-per-inc-for-the-gnm-students" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-59-5" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/205/competency-based-clinical-biochemistry-a-practical-manual-for-first-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-65-3" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/139/competency-based-human-anatomy-volume-i" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/160/competency-based-human-anatomy-volume-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-29-5" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/161/competency-based-human-anatomy-volume-iii" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-30-1" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/420/competency-based-human-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-44-0" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/390/comprehensive-exploration-of-mental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-92-1" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/214/comprehensive-manual-of-resuscitation" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-03-5" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/379/comprehensive-stroke-care-a-nursing-pathway-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-37-2" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/73/concepts-in-paediatrics-assorted-essays" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-25-5" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/56/concepts-in-paediatrics-endocrinology" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-10-1" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/64/concepts-in-paediatrics-haematology" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-19-4" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/65/concepts-in-paediatrics-hepatology-and-gastroenterology" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-18-7" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/55/concepts-in-paediatrics-nephrology" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-09-5" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/54/concepts-in-paediatrics-nutrition" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-08-8" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/63/concepts-in-paediatrics-pulmonology" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-17-0" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/406/concise-biopharmaceutics-and-pharmacokinetics-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-89-1" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/208/concise-histopathology" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-35-6" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/263/concise-introduction-to-human-psychology-for-1st-year-babsc-psychology-course" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-97-4" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/414/concise-orthodontics-with-multiple-choice-questions-mcqs-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-39-6" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/68/concise-text-book-of-adolescent-health" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-23-1" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/209/cord-blood-stem-cell-banking-and-transplantation" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-36-3" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/52/corticosteroid-in-mucosal-lesions" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-06-4" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/306/cosmetology-and-toxicology-for-bpharm-btech-cosmetics-students" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-44-1" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/147/covid-19-pandemic-new-challenges-and-strategies" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-12-7" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/179/cowpathy-human-health" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-5593-506-9" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/164/current-concepts-on-mental-health-of-children-and-adolescents-a-treatise-on-psychiatric-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-13-4" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/354/dpharm-exit-exam-dpee" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-02-1" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/249/decoding-first-time-leadership" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-89-9" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/41/dental-caries" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-9-1" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/144/dental-caries-its-understanding-and-management-then-now" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-00-4" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/226/dental-caries-in-children-with-special-health-care-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-93-4" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/276/diet-and-nutrition-an-ayurvedic-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-4-8" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/193/digitalization-in-conservative-dentistry-and-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-73-8" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/149/disease-of-maxillary-sinus-a-comprehensive-textbook" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-9-3" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/407/drug-delivery-system-for-the-students-of-mpharm-1-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-90-7" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/94/drugs-used-in-dental-emergencies" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-48-4" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/189/elisa-and-related-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-33-2" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/79/emergencies-in-ear-nose-throat-management-pearls" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-33-0" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/192/endodontology-the-art-and-science" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-5457-681-2" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/199/environmental-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-22-6" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/323/environmental-sciences-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-15-1" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/112/essential-guide-for-practical-orthopaedics-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/326/essential-guide-for-practical-orthopaedics-set-of-2-volumes-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-43-4" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/110/essential-guide-for-practical-orthopaedics-vol-i" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-63-7" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/325/essential-guide-for-practical-orthopaedics-vol-i-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-07-6" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/111/essential-guide-for-practical-orthopaedics-vol-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-64-4" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/324/essential-guide-for-practical-orthopaedics-vol-ii-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-82-3" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/105/essentials-of-agricultural-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-59-0" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/69/essentials-of-dental-anatomy-histology-and-oral-physiology-with-short-questions-and-answers" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-22-4" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/337/essentials-of-esthetic-dentistry-principles-practice-and-progress" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-11-3" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/389/essentials-of-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-98-3" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/101/essentials-of-interceptive-orthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-55-2" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/39/etiopathogenesis-of-autoimmune-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-4-0" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/48/etiopathogenesis-of-oral-submucous-fibrosis" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-04-0" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/53/etiopathogenesis-of-vesiculobullous-lesions" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-07-1" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/173/evidence-based-treatment-protocol-evidence-based-education-system" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-53-0" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/132/experimental-handbook-of-physical-pharmaceutics" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-86-6" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/268/experimental-pharmacology-i-practical-book-according-to-pci-syllabus-for-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/58/folk-rice-diversity-of-eastern-india-hope-for-the-future-food-security" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-12-5" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/399/forensic-medicine-and-toxicology-mini-dictionary" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-24-2" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/314/forensic-medicine-and-toxicology-quiz-book" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-81-6" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/336/forensic-odontology-path-to-discovery" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-03-8" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/167/forestry-in-india-an-overview" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-32-5" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/289/functional-rehabilitation-of-endodontically-treated-teeth-a-perspective-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-90-8" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/223/fundamentals-of-gate-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-28-8" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/91/fundamentals-of-maxillofacial-laser" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-45-3" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/151/fundamentals-of-medical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-07-3" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/43/fundamentals-of-pharmacy-for-gpat-niper" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-00-2" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/185/fundamentals-of-sql" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-02-8" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/222/genetics-of-bio-chemical-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-74-5" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/81/gingival-tissue-management-emphasis-on-operative-and-prosthodontic-aspect" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-31-6" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/349/guided-endodontics-path-to-precision" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-79-3" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/357/guidelines-for-clinical-transfusion-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-05-2" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/301/gyrated-intervention-in-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-69-4" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/142/handbook-of-benign-paroxysmal-positional-vertigo" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/250/handbook-of-biomedical-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-81-3" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/312/handbook-of-chemotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-46-5" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/184/handbook-of-diagnosis-for-oral-cancer-basics-to-advanced" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-71-4" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/51/handbook-of-elements" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-05-7" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/99/handbook-of-gynaecpathology-a-simplified-approach-in-nutshell" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-53-8" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/377/handbook-of-toxicology-and-pharmacological-screening-methods-ii-for-the-students-of-mpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-38-9" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/4/handbook-of-veterinary-parasitology" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-0-2" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/220/handbook-on-evidence-based-education-system-module-wise-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-52-3" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/95/handbook-on-novel-coronavirus-what-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-49-1" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/241/healing-frozen-shoulder-through-yoga" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-9-4" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/364/herbal-drug-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-12-0" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/423/herbal-drug-technology-a-comprehensive-textbook-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-40-2" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/150/history-of-physiology-for-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-4-8" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/422/hope-in-holistic-oral-health-prioritisation-and-equity-through-integration-with-national-health-programs-of-india" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-84-6" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/366/hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-66-2" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/342/human-anatomy-and-physiology-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-18-2" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/345/human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-68-7" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/170/human-anatomy-set-of-3-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-47-9" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/190/immunological-techniques-interpretations-validation-and-safety-measures" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-41-7" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/188/immunology-for-beginners" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-25-7" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/59/implants-a-total-anchorage-device" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-13-2" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/380/industrial-pharmacognostical-techniques-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-21-1" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/343/industrial-pharmacy-ii-for-bpharm-4th-year-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-27-4" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/356/inspired-from-nature-biomimetics-in-paediatric-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-19-9" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/96/instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-50-7" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/382/internet-technology-and-web-design-for-bca-btechcs-mca-bba-bsccs" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-78-5" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/115/interview-questions-for-data-science-tableau-sql-and-power-bi" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-69-9" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/203/lab-manual-for-b-pharmacy-first-year" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-23-3" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/339/laboratory-manual-of-immunohistochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-56-4" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/401/lasers-in-dentistry-an-insight" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-42-6" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/136/lingual-orthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-91-0" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/154/made-easy-for-mds-paper-i-examination-questions-answers-based-reference-book" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-16-5" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/140/management-guide-in-oral-medicine-a-concise-review" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-1-7" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/102/management-of-abiotic-stress-in-crop-plants" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-56-9" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/294/maternal-diet-and-foetal-growth-a-bio-cultural-exploration" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-01-4" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/216/mcqs-book-for-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-60-8" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/40/mcqs-for-pgs-in-prosthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-9-5" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/358/mcqs-for-pharmacy-diploma-exit-examination-dpee-di-gpat-niper-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-80-9" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/72/mcqs-guide-for-ug-pg-and-superspeciality-medical-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-26-2" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/92/mcqs-in-medical-sciences-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-46-0" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/198/mcqs-in-pharmacology-for-undergraduate-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-14-1" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/278/mechanical-circulatory-support-essentials" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-34-2" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/415/medical-biochemistry-key-concepts-through-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-53-2" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/116/medical-knowledge-and-education-a-book-of-questions-and-answers-2020-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-70-5" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/183/medical-knowledge-and-education-set-of-two-volumes-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-70-7" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/181/medical-knowledge-and-education-volume-i-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-64-6" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/182/medical-knowledge-and-education-volume-ii-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-69-1" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/143/medicinal-chemistry-i-for-b-pharm-2nd-year-iv-semester-students-as-per-latest-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-6-2" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/305/medicolegal-mindbenders-forensic-medicine-and-toxicology-exclusive-question-archive" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-87-8" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/153/metabolic-disorders-of-jaws" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-8-6" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/133/microbiology-multiple-choice-questions-mcqs-for-neet-and-net-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-87-3" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/261/mindmaps-in-biochemistry-a-notebook-to-explore-the-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-98-1" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/266/modern-approaches-in-communication-skills" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-8-6" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/351/modern-multiple-choice-questions-mcqs-in-paediatric-dentistry-with-explanatory-answers" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-83-0" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/307/multiple-choice-questions-mcqs-of-pharmaceutics-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-65-6" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/270/multiple-choice-questions-book-of-pharmacology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/285/novel-drug-delivery-system-ndds" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-75-5" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/252/novel-drug-delivery-systems" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-87-5" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/83/nurses-manual-of-paediatric-cardiac-intensive-care" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-37-8" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/381/nursing-guide-for-gnm-first-year" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-99-0" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/410/nursing-management" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-32-7" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/418/occupational-and-environmental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-64-8" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/404/oncology-mcqs-for-the-mbbs-and-neet-pg-aspirants" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-55-6" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/405/oncology-mcqs-organ-specific-and-advanced-concepts-for-mbbs-and-neet-pg-students" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-20-4" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/257/one-page-one-chapter-pharmacology-for-undergraduates-in-mbbs" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-96-5" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/225/opulent-memoirs" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-94-1" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/45/oral-mycoses" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-02-6" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/97/orthopaedic-insight-series-1-principles-of-fracture-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-51-4" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/353/orthopaedic-insight-series-2-complications-of-fractures" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-28-1" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/159/osce-and-ospe-in-forensic-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-37-0" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/309/osce-and-ospe-in-forensic-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-99-1" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/178/ospe-and-osce-in-practical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-62-2" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/271/paediatric-dentistry-a-concise-textbook-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-6-2" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/280/paediatric-laser-dentistry-advancements-applications-and-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-37-3" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/98/pain-in-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-52-1" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/177/pandemic-corona-virus-vs-epidemic-and-endemic-virus-diseases-present-past-and-future-directions" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-61-5" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/35/pathology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-4-6" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/288/pcos-more-than-just-a-hormone-disorder" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-76-2" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/57/pebbles" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-11-8" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/135/periodontal-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-89-7" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/141/pharmaceutical-biotechnology" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/157/pharmaceutical-chemistry-i-for-1st-year-d-pharm-students-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-06-6" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/251/pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-86-8" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/258/pharmaceutical-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-94-3" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/282/pharmaceutical-product-development" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-16-8" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/273/pharmaceutics-manual-for-diploma-in-pharmacy-students-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-99-8" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/219/pharmaceutics-practicals-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-50-9" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/292/pharmaceutics-i-a-practical-manual-for-1st-semester-bpharm-and-1st-year-pharmd" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-17-5" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/281/pharmaceutics-i-theory-and-practical" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-84-7" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/310/pharmacognosy-and-phytochemistry-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-40-3" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/361/pharmacognosy-and-phytochemistry-ii-practicals-as-per-pci-syllabus-for-bpharm-5th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-45-8" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/187/pharmacognosy-and-phytopharmaceuticals-lab" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-10-3" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/308/pharmacology-i-exam-success-companion-previous-5-years-solved-question-papers-for-bpharm-4th-semester-bp404t" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-31-1" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/180/physical-pharmaceutics-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-63-9" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/34/physiology-mcq-for-all-india-postgraduate-medical-entrance-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-6-0" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/172/pictorial-forensic-pathology-and-toxicology-a-colour-atlas" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-46-2" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/369/pioneers-of-forensics-and-their-ground-breaking-inventions" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-73-0" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/368/pioneers-of-medical-sciences-and-their-inspiring-achievements" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-43-3" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/100/pleomorphic-adenoma" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-54-5" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/14/postgraduate-biochemistry-companion" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-6-4" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/7/practical-applications-in-histopathology-cytopathology-and-autopsy-an-mcqemq-resource" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-2-6" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/340/practical-book-of-community-pharmacy-and-management-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-58-8" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/298/practical-handbook-of-community-medicine-for-the-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-20-5" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/113/practical-lab-manual-of-pharmaceutical-organic-chemistry-i-b-pharm-2nd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-67-5" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/114/practical-lab-manual-of-pharmaceutical-organic-chemistry-ii-b-pharm-3rd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-68-2" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/229/practical-manual-of-inorganic-organic-and-medicinal-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-98-9" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/425/practical-medical-microbiology-for-bmlt-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-27-3" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/274/preparation-of-inorganic-organic-and-medicinal-compounds-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-53-3" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/317/previous-years-question-papers-for-postgraduate-obstetrics-and-gynaecology-examinations-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-7-0" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/233/principles-of-management-a-new-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-99-6" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/333/principles-of-physical-pharmaceutics-fundamentals-and-applications-part-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-48-9" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/61/psychosocial-and-educational-problems-of-lgbtq-community-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-14-9" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/238/pulp-capping-materials-in-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-5-6" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/367/reasoning-in-biochemistry-for-biochemistry-enthusiasts" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-14-4" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/155/recent-advances-in-medical-education-knowledge-and-research" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-24-0" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/128/red-deer-cervus-elaphus-ecology-conservation-and-management" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-82-8" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/165/reengagement-of-transgender-persons-challenges-and-opportunities" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-39-4" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/210/regenerative-medicine-cellular-therapy-and-tissue-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-42-4" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/44/renal-physiology-for-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-7-7" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/246/review-of-forensic-medicine-and-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-80-6" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/352/revolutionizing-restorative-dentistry-smart-materials-a-breakthrough" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-97-7" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/256/role-of-ergonomics-in-dental-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-93-6" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/402/score-high-dissection-hall-attendant-competitive-exam-mcq-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-19-8" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/87/self-ligation-the-magic-bracket-in-orthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-40-8" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/62/short-questions-and-answers-of-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-15-6" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/138/short-textbook-in-orthopaedics-and-rehabilitation" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-66-8" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/21/skills-for-employability" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-1-5" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/332/social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-88-5" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/130/societal-implications-of-covid-19-a-socio-psycho-perspective" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-84-2" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/304/spectrum-of-resilience-unravelling-the-threads-of-oncology" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-74-8" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/118/sports-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-72-9" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/50/staging-and-grading-of-oral-squamous-cell-carcinoma" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-8-8" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/331/supportive-periodontal-therapy" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-04-5" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/76/supportive-periodontal-therapy-a-comprehensive-review" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-29-3" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/77/syndromes-and-eponymous-signs-in-ear-nose-throat" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-30-9" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/327/synopsis-of-transfusion-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-54-0" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/108/temporomandibular-joint-ankylosis-a-review" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-62-0" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/329/text-book-of-medicinal-chemistry-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-00-7" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/313/text-book-of-medicinal-chemistry-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-39-7" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/372/text-book-of-pharmaceutical-regulatory-science-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-95-2" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/350/text-book-of-pharmacy-practice-for-the-students-of-bpharm-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-10-6" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/383/text-book-of-regulatory-affairs-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-85-3" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/303/text-book-of-social-pharmacy-for-the-students-of-d-pharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-47-2" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/228/textbook-of-advanced-therapeutics" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-95-8" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/362/textbook-of-anatomy-for-bds" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-51-9" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/88/textbook-of-complete-denture-impressions" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-42-2" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/395/textbook-of-complete-denture-impressions-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-54-9" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/247/textbook-of-cosmetic-science" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-82-0" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/152/textbook-of-dermatology-with-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/398/textbook-of-dietary-supplements-and-nutraceuticals-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-31-0" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/221/textbook-of-health-management" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-67-7" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/421/textbook-of-health-management-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-81-5" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/347/textbook-of-hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-77-9" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/338/textbook-of-human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-94-6" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/348/textbook-of-industrial-pharmacy-i-for-the-students-of-bpharm-5-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-64-9" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/363/textbook-of-industrial-pharmacy-ii-for-the-students-of-bpharm-7-semester-as-per-latest-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-91-5" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/290/textbook-of-instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-38-0" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/373/textbook-of-medical-science-principles-and-practice-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-08-2" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/374/textbook-of-medical-science-principles-and-practice-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-06-8" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/393/textbook-of-medical-science-principles-and-practice-volume-3" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-93-8" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/394/textbook-of-medical-science-principles-and-practice-volume-4" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-22-8" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/411/textbook-of-medical-science-principles-and-practice-volume-5" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-70-9" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/417/textbook-of-medical-science-principles-and-practice-volume-6" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-69-3" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/137/textbook-of-pharmaceutics-ii-for-second-year-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-90-3" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/424/textbook-of-pharmaceutics-i-for-bpharm-1st-semester-students" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-74-7" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/400/textbook-of-pharmacology-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-47-1" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/413/textbook-of-pharmacology-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-15-0" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/275/textbook-of-pharmacotherapeutics-for-diploma-in-pharmacy-students-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-96-0" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/259/textbook-of-respiratory-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-84-4" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/316/textbook-of-social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-50-2" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/86/textbook-on-forensic-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-41-5" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/47/textbook-on-odontogenic-tumors" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-03-3" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/360/the-healing-power-of-plants-immunomodulatory-wonders" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-71-7" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/409/the-journey-of-four-young-scholars" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-00-6" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/134/the-sarfaesi-act-2002-and-indian-banking-system" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-88-0" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/107/the-theory-and-practical-book-of-industrial-pharmacy-i" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-61-3" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/375/the-theory-and-practical-book-of-pharmaceutical-inorganic-chemistry-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-35-8" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/392/theory-and-practical-book-of-environmental-education-and-disaster-management-for-the-students-of-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-79-2" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/359/transfusion-medicine-simplified-a-comprehensive-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-26-7" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/166/tuberculous-pleural-effusion-a-book-of-100-cases" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-40-0" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/244/understanding-early-childhood-caries" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-79-0" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/297/understanding-lasers-and-its-application-in-oral-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-57-1" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/232/universal-design-for-learning-addressing-the-barriers" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-76-9" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/131/viva-voce-in-oral-histology-for-bds-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-85-9" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/75/prakrti-tatha-yoga-ki-sarana" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-27-9" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/70/marma-vijnana-ka-cikitsiya-upayoga" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-24-8" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/66/sampurna-svasthya-ke-lie-prakrtika-jivanasaili-evam-yogabhyasa" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-20-0" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/201/a-brief-history-of-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-20-2" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/215/a-competitive-textbook-of-pharmacology-at-glance" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-34-9" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/291/a-complete-laboratory-manual-of-pharmacology-for-bpharm" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-09-0" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/299/a-concise-book-of-biochemistry-for-bpharm-and-gpat-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-08-3" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/272/a-concise-handbook-of-instruments-used-in-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-13-7" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/106/a-concise-textbook-on-forensic-odontology" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-60-6" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/163/a-guide-for-basic-biomedical-research-course" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-38-7" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/365/a-guide-to-minimally-invasive-paediatric-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-92-2" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/387/a-handbook-on-marine-vertebrates-for-msc-marine-biology-sem-1" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-57-0" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/388/a-handbook-on-sociological-foundations-of-education-for-the-students-of-bed-semester-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-87-7" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/202/a-paediatricians-approach-to-a-child-with-special-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-11-0" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/384/a-practical-book-of-biochemistry-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-25-9" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/300/a-practical-book-of-herbal-drug-technology-for-bpharm-6th-semester-bp-609p" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-95-3" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/82/a-practical-book-of-pharmaceutical-inorganic-chemistry-as-per-pci-latest-pattern" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-36-1" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/269/a-practical-manual-of-industrial-pharmacy-i-for-third-year-bpharmacy-vth-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/287/a-text-book-of-biochemistry-and-clinical-pathology" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-55-7" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/93/a-text-book-of-pharmaceutical-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-47-7" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/248/a-text-book-of-pharmacognosy" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-83-7" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/254/a-textbook-of-biochemistry-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-91-2" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/416/a-textbook-of-biochemistry-for-nursing-students" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-28-0" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/162/a-textbook-of-medical-genetics-and-cancer-genetics" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-21-9" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/207/a-textbook-of-pharmaceutical-analysis-for-first-year-b-pharm-semester-i-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-26-4" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/264/a-textbook-of-pharmaceutical-engineering-for-bpharma-2nd-year-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-9-3" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/195/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-57-8" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/255/a-textbook-of-pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-92-9" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/146/a-textbook-of-pharmaceutical-inorganic-chemistry-as-per-new-pci-syllabus-for-b-pharmacy-ist-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-09-7" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/191/a-textbook-of-pharmaceutical-microbiology-for-pharmacy-medical-sciences-and-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-18-9" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/237/a-textbook-of-pharmaceutical-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-3-2" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/396/a-textbook-of-pharmacognosy-i-for-the-students-of-dpharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-17-4" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/197/a-textbook-of-pharmacy-practice-for-b-pharm-7th-semester-4th-year" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-05-9" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/378/a-textbook-of-physical-pharmaceutics-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-63-1" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/370/a-textbook-of-universal-human-values-and-professional-ethics-for-bpharm-3rd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-82-2" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/117/a-textbook-on-assessment-monitoring-documentation-and-reporting-of-adverse-drug-reactions" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-71-2" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/204/a-textbook-on-biochemistry-for-paramedical-students" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-04-2" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/103/a-textbook-on-entrepreneurship-development-programme-in-sericulture" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-57-6" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/85/a-textbook-on-introduction-to-sericulture-and-soil-science" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-39-2" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/148/a-textbook-on-manufacturing-processes" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-01-1" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/239/a-theoretical-book-on-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-8-7" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/279/a-theoretical-book-on-quality-assurance" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-49-6" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/36/a-to-z-biochemistry-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-3-9" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/218/a-to-z-mcqs-in-microbiology-for-ugc-csir-net-life-sciences-exam" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-66-0" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/419/abnormal-psychology" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-14-3" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/46/abortion-spontaneous-abortion-induced-abortion" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-01-9" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/302/abridged-forensic-medicine-and-toxicology-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-24-3" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/376/advanced-biochemistry-companion-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-72-3" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/171/advanced-diagnostic-techniques-for-oral-cancer-detection" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-48-6" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/391/advances-in-omics-bioinformatics-for-genomics-transcriptomics-and-beyond" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-26-6" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/355/all-in-one-practical-book-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-66-3" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/224/all-in-one-textbook-for-bpharma-course-for-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-92-7" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/295/amphibian-experiments-in-physiology-all-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-42-7" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/127/an-introduction-to-thermodynamics-and-statistical-physics" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-74-3" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/371/anaesthesia-in-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-58-7" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/89/anaesthetic-pharmacology-handbook-for-allied-health-science-students" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-43-9" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/253/anatomy-multiple-choice-questions-mcqs-for-nextfirst-year-mbbs-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-90-5" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/234/answers-to-viva-questions-in-embryology" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-0-1" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/235/answers-to-viva-questions-in-histology-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-1-8" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/293/applied-anatomy-and-physiology-for-bsc-nursing-course" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-63-2" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/227/applied-biochemistry-for-nursing-students" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-97-2" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/242/applied-microbiology-for-medical-sciences-life-sciences-nursing-and-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-6-3" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/213/artificial-intelligence-redefining-new-age-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-51-6" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/12/asana-and-pranayama-for-health" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-5-7" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/84/autogenous-maxillofacial-bone-grafting" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-38-5" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/175/autogenous-maxillofacial-bone-grafting-bone-graft-sites-and-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-55-4" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/196/basic-principles-of-ilizarov-surgery-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-49-3" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/145/basics-of-immunology" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/119/behavioral-sciences-in-dentistry-the-link-between-oral-and-emotional-well-being" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-73-6" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/277/behavioural-sciences-in-organizations" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-1-7" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/260/bio-medical-instruments-and-its-applications" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-96-7" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/296/biochemistry-and-clinical-pathology-for-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-70-0" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/240/biochemistry-for-paramedical-courses" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-4-9" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/78/biodiversity-and-crops-improvement-in-the-era-of-climate-change" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-32-3" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/412/biostatistics-and-research-methodology-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-59-4" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/156/breeding-and-genetics-of-silkworm-and-mulberry-particularly-for-b-sc-4th-semester-students" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-17-2" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/245/case-oriented-approach-in-biochemistry-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-2-5" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/408/chromotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-46-4" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/206/clinical-application-of-lasers-in-dental-implants-and-periodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-27-1" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/346/clinical-log-book-record-manual-for-medical-laboratory-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-21-2" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/236/clinics-in-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-19-6" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/231/coagulopathy-in-oral-and-maxillofacial-surgery" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-75-2" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/168/colors-medicine-of-the-future" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-45-5" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/262/colors-medicine-of-the-future-part-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/344/community-health-nursing-i-as-per-inc-for-the-gnm-students" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-59-5" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/205/competency-based-clinical-biochemistry-a-practical-manual-for-first-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-65-3" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/322/competency-based-human-anatomy-set-of-3-volumes-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-29-8" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/139/competency-based-human-anatomy-volume-i" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-0-0" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/321/competency-based-human-anatomy-volume-i-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-52-6" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/320/competency-based-human-anatomy-volume-ii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-22-9" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/319/competency-based-human-anatomy-volume-iii-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-85-4" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/160/competency-based-human-anatomy-volume-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-29-5" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/161/competency-based-human-anatomy-volume-iii" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-30-1" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/420/competency-based-human-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-44-0" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/427/competency-based-practical-manual-in-medical-microbiology-for-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-75-4" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/390/comprehensive-exploration-of-mental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-92-1" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/214/comprehensive-manual-of-resuscitation" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-03-5" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/129/comprehensive-science-of-optometry" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-83-5" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/379/comprehensive-stroke-care-a-nursing-pathway-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-37-2" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/73/concepts-in-paediatrics-assorted-essays" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-25-5" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/56/concepts-in-paediatrics-endocrinology" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-10-1" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/64/concepts-in-paediatrics-haematology" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-19-4" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/65/concepts-in-paediatrics-hepatology-and-gastroenterology" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-18-7" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/55/concepts-in-paediatrics-nephrology" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-09-5" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/54/concepts-in-paediatrics-nutrition" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-08-8" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/63/concepts-in-paediatrics-pulmonology" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-17-0" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/406/concise-biopharmaceutics-and-pharmacokinetics-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-89-1" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/208/concise-histopathology" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-35-6" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/263/concise-introduction-to-human-psychology-for-1st-year-babsc-psychology-course" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-97-4" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/414/concise-orthodontics-with-multiple-choice-questions-mcqs-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-39-6" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/68/concise-text-book-of-adolescent-health" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-23-1" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/209/cord-blood-stem-cell-banking-and-transplantation" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-36-3" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/52/corticosteroid-in-mucosal-lesions" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-06-4" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/306/cosmetology-and-toxicology-for-bpharm-btech-cosmetics-students" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-44-1" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/147/covid-19-pandemic-new-challenges-and-strategies" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-12-7" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/179/cowpathy-human-health" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-5593-506-9" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/164/current-concepts-on-mental-health-of-children-and-adolescents-a-treatise-on-psychiatric-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-13-4" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/354/dpharm-exit-exam-dpee" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-02-1" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/249/decoding-first-time-leadership" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-89-9" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/41/dental-caries" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-9-1" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/144/dental-caries-its-understanding-and-management-then-now" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-00-4" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/226/dental-caries-in-children-with-special-health-care-needs" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-93-4" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/276/diet-and-nutrition-an-ayurvedic-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-4-8" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/193/digitalization-in-conservative-dentistry-and-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-73-8" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/149/disease-of-maxillary-sinus-a-comprehensive-textbook" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-9-3" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/407/drug-delivery-system-for-the-students-of-mpharm-1-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-90-7" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/94/drugs-used-in-dental-emergencies" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-48-4" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/189/elisa-and-related-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-33-2" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/79/emergencies-in-ear-nose-throat-management-pearls" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-33-0" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/192/endodontology-the-art-and-science" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-5457-681-2" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/199/environmental-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-22-6" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/323/environmental-sciences-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-15-1" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/112/essential-guide-for-practical-orthopaedics-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-65-1" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/326/essential-guide-for-practical-orthopaedics-set-of-2-volumes-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-43-4" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/110/essential-guide-for-practical-orthopaedics-vol-i" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-63-7" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/325/essential-guide-for-practical-orthopaedics-vol-i-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-07-6" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/111/essential-guide-for-practical-orthopaedics-vol-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-64-4" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/324/essential-guide-for-practical-orthopaedics-vol-ii-third-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-82-3" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/335/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-98-4" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/311/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-32-8" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/334/essential-guide-of-anaesthesia-for-anaesthesia-technicians-and-residents-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-78-6" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/105/essentials-of-agricultural-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-59-0" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/69/essentials-of-dental-anatomy-histology-and-oral-physiology-with-short-questions-and-answers" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-22-4" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/337/essentials-of-esthetic-dentistry-principles-practice-and-progress" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-11-3" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/389/essentials-of-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-98-3" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/101/essentials-of-interceptive-orthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-55-2" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/426/essentials-of-medical-microbiology-for-bmlt-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-02-0" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/39/etiopathogenesis-of-autoimmune-disorders" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-4-0" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/48/etiopathogenesis-of-oral-submucous-fibrosis" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-04-0" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/53/etiopathogenesis-of-vesiculobullous-lesions" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-07-1" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/173/evidence-based-treatment-protocol-evidence-based-education-system" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-53-0" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/132/experimental-handbook-of-physical-pharmaceutics" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-86-6" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/268/experimental-pharmacology-i-practical-book-according-to-pci-syllabus-for-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/58/folk-rice-diversity-of-eastern-india-hope-for-the-future-food-security" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-12-5" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/399/forensic-medicine-and-toxicology-mini-dictionary" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-24-2" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/314/forensic-medicine-and-toxicology-quiz-book" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-81-6" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/336/forensic-odontology-path-to-discovery" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-03-8" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/167/forestry-in-india-an-overview" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-32-5" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/289/functional-rehabilitation-of-endodontically-treated-teeth-a-perspective-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-90-8" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/318/fundamental-laboratory-guide-book-for-university-students-in-natural-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-06-9" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/15/fundamental-of-analytical-chemistry-reprint-2020" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-3-3" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/223/fundamentals-of-gate-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-28-8" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/91/fundamentals-of-maxillofacial-laser" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-45-3" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/151/fundamentals-of-medical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-07-3" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/265/fundamentals-of-medicinal-chemistry-for-the-students-of-medicinal-chemistry-pharmaceutical-sciences-pharmacology-and-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/80/fundamentals-of-pharmacology-for-allied-health-science-with-multiple-choice-questions" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-34-7" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/43/fundamentals-of-pharmacy-for-gpat-niper" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-00-2" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/185/fundamentals-of-sql" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-02-8" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/222/genetics-of-bio-chemical-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-74-5" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/81/gingival-tissue-management-emphasis-on-operative-and-prosthodontic-aspect" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-31-6" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/349/guided-endodontics-path-to-precision" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-79-3" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/357/guidelines-for-clinical-transfusion-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-05-2" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/301/gyrated-intervention-in-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-69-4" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/142/handbook-of-benign-paroxysmal-positional-vertigo" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-7-9" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/250/handbook-of-biomedical-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-81-3" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/312/handbook-of-chemotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-46-5" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/184/handbook-of-diagnosis-for-oral-cancer-basics-to-advanced" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-71-4" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/51/handbook-of-elements" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-05-7" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/217/handbook-of-essential-medicines-in-geriatrics" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-58-5" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/99/handbook-of-gynaecpathology-a-simplified-approach-in-nutshell" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-53-8" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/315/handbook-of-management-and-rehabilitation-of-spinal-cord-injuries" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-35-9" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/377/handbook-of-toxicology-and-pharmacological-screening-methods-ii-for-the-students-of-mpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-38-9" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/4/handbook-of-veterinary-parasitology" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-0-2" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/220/handbook-on-evidence-based-education-system-module-wise-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-52-3" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/328/handbook-on-good-clinical-laboratory-practices-gclp" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-33-5" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/95/handbook-on-novel-coronavirus-what-you-need-to-know" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-49-1" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/241/healing-frozen-shoulder-through-yoga" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-9-4" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/364/herbal-drug-technology" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-12-0" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/423/herbal-drug-technology-a-comprehensive-textbook-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-40-2" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/150/history-of-physiology-for-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-4-8" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/422/hope-in-holistic-oral-health-prioritisation-and-equity-through-integration-with-national-health-programs-of-india" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-84-6" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/366/hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-66-2" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/342/human-anatomy-and-physiology-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-18-2" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/345/human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-68-7" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/170/human-anatomy-set-of-3-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-47-9" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/190/immunological-techniques-interpretations-validation-and-safety-measures" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-41-7" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/188/immunology-for-beginners" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-25-7" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/59/implants-a-total-anchorage-device" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-13-2" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/380/industrial-pharmacognostical-techniques-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-21-1" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/343/industrial-pharmacy-ii-for-bpharm-4th-year-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-27-4" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/356/inspired-from-nature-biomimetics-in-paediatric-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-19-9" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/96/instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-50-7" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/382/internet-technology-and-web-design-for-bca-btechcs-mca-bba-bsccs" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-78-5" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/115/interview-questions-for-data-science-tableau-sql-and-power-bi" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-69-9" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/203/lab-manual-for-b-pharmacy-first-year" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-23-3" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/339/laboratory-manual-of-immunohistochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-56-4" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/401/lasers-in-dentistry-an-insight" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-42-6" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/136/lingual-orthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-91-0" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/154/made-easy-for-mds-paper-i-examination-questions-answers-based-reference-book" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-16-5" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/140/management-guide-in-oral-medicine-a-concise-review" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-1-7" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/102/management-of-abiotic-stress-in-crop-plants" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-56-9" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/294/maternal-diet-and-foetal-growth-a-bio-cultural-exploration" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-01-4" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/216/mcqs-book-for-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-60-8" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/40/mcqs-for-pgs-in-prosthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-9-5" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/358/mcqs-for-pharmacy-diploma-exit-examination-dpee-di-gpat-niper-set-of-2-volumes" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-80-9" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/72/mcqs-guide-for-ug-pg-and-superspeciality-medical-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-26-2" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/92/mcqs-in-medical-sciences-obstetrics-and-gynaecology" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-46-0" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/198/mcqs-in-pharmacology-for-undergraduate-postgraduate-students" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-14-1" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/278/mechanical-circulatory-support-essentials" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-34-2" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/415/medical-biochemistry-key-concepts-through-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-53-2" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/116/medical-knowledge-and-education-a-book-of-questions-and-answers-2020-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-70-5" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/183/medical-knowledge-and-education-set-of-two-volumes-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-70-7" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/181/medical-knowledge-and-education-volume-i-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-64-6" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/182/medical-knowledge-and-education-volume-ii-2e" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-69-1" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/143/medicinal-chemistry-i-for-b-pharm-2nd-year-iv-semester-students-as-per-latest-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-6-2" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/305/medicolegal-mindbenders-forensic-medicine-and-toxicology-exclusive-question-archive" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-87-8" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/153/metabolic-disorders-of-jaws" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-8-6" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/176/microbiology-and-biochemistry-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-56-1" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/133/microbiology-multiple-choice-questions-mcqs-for-neet-and-net-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-87-3" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/261/mindmaps-in-biochemistry-a-notebook-to-explore-the-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-98-1" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/266/modern-approaches-in-communication-skills" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-8-6" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/351/modern-multiple-choice-questions-mcqs-in-paediatric-dentistry-with-explanatory-answers" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-83-0" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/307/multiple-choice-questions-mcqs-of-pharmaceutics-i-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-65-6" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/270/multiple-choice-questions-book-of-pharmacology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-5-5" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/120/notes-on-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-75-0" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/125/notes-on-medical-microbiology-for-bott" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-80-4" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/126/notes-on-medical-microbiology-for-brit" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-81-1" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/122/notes-on-medical-microbiology-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-77-4" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/124/notes-on-medical-microbiology-for-nursing" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-79-8" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/123/notes-on-medical-microbiology-for-physiotherapy-bpt" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-78-1" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/285/novel-drug-delivery-system-ndds" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-75-5" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/252/novel-drug-delivery-systems" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-87-5" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/83/nurses-manual-of-paediatric-cardiac-intensive-care" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-37-8" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/381/nursing-guide-for-gnm-first-year" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-99-0" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/410/nursing-management" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-32-7" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/418/occupational-and-environmental-health-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-64-8" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/404/oncology-mcqs-for-the-mbbs-and-neet-pg-aspirants" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-55-6" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/405/oncology-mcqs-organ-specific-and-advanced-concepts-for-mbbs-and-neet-pg-students" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-20-4" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/257/one-page-one-chapter-pharmacology-for-undergraduates-in-mbbs" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-96-5" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/225/opulent-memoirs" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-94-1" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/45/oral-mycoses" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-02-6" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/97/orthopaedic-insight-series-1-principles-of-fracture-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-51-4" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/353/orthopaedic-insight-series-2-complications-of-fractures" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-28-1" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/159/osce-and-ospe-in-forensic-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-37-0" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/309/osce-and-ospe-in-forensic-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-99-1" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/178/ospe-and-osce-in-practical-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-62-2" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/271/paediatric-dentistry-a-concise-textbook-for-dental-students" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962763-6-2" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/280/paediatric-laser-dentistry-advancements-applications-and-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-37-3" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/98/pain-in-endodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-52-1" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/177/pandemic-corona-virus-vs-epidemic-and-endemic-virus-diseases-present-past-and-future-directions" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-61-5" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/35/pathology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-4-6" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/288/pcos-more-than-just-a-hormone-disorder" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-76-2" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/57/pebbles" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-11-8" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/135/periodontal-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-89-7" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/200/pg-cuet-fundamentals-of-life-sciences" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-08-0" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/141/pharmaceutical-biotechnology" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-2-4" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/157/pharmaceutical-chemistry-i-for-1st-year-d-pharm-students-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-06-6" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/251/pharmaceutical-inorganic-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-86-8" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/258/pharmaceutical-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-94-3" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/282/pharmaceutical-product-development" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-16-8" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/273/pharmaceutics-manual-for-diploma-in-pharmacy-students-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-99-8" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/219/pharmaceutics-practicals-as-per-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-50-9" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/292/pharmaceutics-i-a-practical-manual-for-1st-semester-bpharm-and-1st-year-pharmd" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-17-5" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/281/pharmaceutics-i-theory-and-practical" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-84-7" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/310/pharmacognosy-and-phytochemistry-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-40-3" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/361/pharmacognosy-and-phytochemistry-ii-practicals-as-per-pci-syllabus-for-bpharm-5th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-45-8" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/187/pharmacognosy-and-phytopharmaceuticals-lab" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-10-3" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/308/pharmacology-i-exam-success-companion-previous-5-years-solved-question-papers-for-bpharm-4th-semester-bp404t" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-31-1" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/230/pharmacology-log-book-cum-practical-manual" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-77-6" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/37/pharmacology-mcq-for-all-india-postgraduate-medical-entrance-examination" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-5-3" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/180/physical-pharmaceutics-ii" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-63-9" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/34/physiology-mcq-for-all-india-postgraduate-medical-entrance-examinations" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-6-0" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/172/pictorial-forensic-pathology-and-toxicology-a-colour-atlas" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-46-2" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/369/pioneers-of-forensics-and-their-ground-breaking-inventions" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-73-0" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/368/pioneers-of-medical-sciences-and-their-inspiring-achievements" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-43-3" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/100/pleomorphic-adenoma" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-54-5" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/14/postgraduate-biochemistry-companion" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-6-4" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/403/potturis-comprehensive-physiotherapy-from-basic-sciences-to-clinical-excellence" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-97-6" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/7/practical-applications-in-histopathology-cytopathology-and-autopsy-an-mcqemq-resource" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-2-6" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/340/practical-book-of-community-pharmacy-and-management-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-58-8" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/341/practical-experiments-in-optometry-a-comprehensive-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-30-4" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/298/practical-handbook-of-community-medicine-for-the-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-20-5" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/16/practical-instrumental-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-7-1" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/113/practical-lab-manual-of-pharmaceutical-organic-chemistry-i-b-pharm-2nd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-67-5" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/114/practical-lab-manual-of-pharmaceutical-organic-chemistry-ii-b-pharm-3rd-semester-as-per-pci-syllabus" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-68-2" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/229/practical-manual-of-inorganic-organic-and-medicinal-chemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-98-9" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/121/practical-medical-microbiology-for-bmlt" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-76-7" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/425/practical-medical-microbiology-for-bmlt-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-27-3" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/274/preparation-of-inorganic-organic-and-medicinal-compounds-for-pharmacy-students" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-53-3" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/317/previous-years-question-papers-for-postgraduate-obstetrics-and-gynaecology-examinations-3rd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-7-0" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/233/principles-of-management-a-new-approach" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-99-6" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/333/principles-of-physical-pharmaceutics-fundamentals-and-applications-part-ii-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-48-9" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/61/psychosocial-and-educational-problems-of-lgbtq-community-in-india" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-14-9" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/238/pulp-capping-materials-in-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-962762-5-6" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/283/quality-assurance-control-and-artifacts-including-in-field-training" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-93-9" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/367/reasoning-in-biochemistry-for-biochemistry-enthusiasts" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-14-4" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/397/reboot-your-joints-a-modern-rehabilitation-toolkit-for-the-students-of-bpt-and-mpt" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-80-8" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/155/recent-advances-in-medical-education-knowledge-and-research" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-24-0" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/128/red-deer-cervus-elaphus-ecology-conservation-and-management" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-82-8" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/165/reengagement-of-transgender-persons-challenges-and-opportunities" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-39-4" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/210/regenerative-medicine-cellular-therapy-and-tissue-engineering" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-42-4" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/169/rehabilitation-medicine-for-physiotherapy" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-31-8" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/44/renal-physiology-for-mbbs-students" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-7-7" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/246/review-of-forensic-medicine-and-toxicology" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-80-6" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/352/revolutionizing-restorative-dentistry-smart-materials-a-breakthrough" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-97-7" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/256/role-of-ergonomics-in-dental-practice" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-93-6" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/402/score-high-dissection-hall-attendant-competitive-exam-mcq-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-19-8" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/87/self-ligation-the-magic-bracket-in-orthodontics" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-40-8" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/62/short-questions-and-answers-of-physiology" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-15-6" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/138/short-textbook-in-orthopaedics-and-rehabilitation" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-66-8" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/21/skills-for-employability" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-933819-1-5" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/332/social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-88-5" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/130/societal-implications-of-covid-19-a-socio-psycho-perspective" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-84-2" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/304/spectrum-of-resilience-unravelling-the-threads-of-oncology" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-74-8" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/118/sports-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-72-9" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/50/staging-and-grading-of-oral-squamous-cell-carcinoma" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-8-8" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/331/supportive-periodontal-therapy" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-04-5" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/76/supportive-periodontal-therapy-a-comprehensive-review" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-29-3" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/77/syndromes-and-eponymous-signs-in-ear-nose-throat" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-30-9" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/327/synopsis-of-transfusion-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-54-0" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/108/temporomandibular-joint-ankylosis-a-review" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-62-0" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/329/text-book-of-medicinal-chemistry-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-00-7" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/313/text-book-of-medicinal-chemistry-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-39-7" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/372/text-book-of-pharmaceutical-regulatory-science-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-95-2" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/350/text-book-of-pharmacy-practice-for-the-students-of-bpharm-7th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-10-6" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/383/text-book-of-regulatory-affairs-for-the-students-of-mpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-85-3" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/303/text-book-of-social-pharmacy-for-the-students-of-d-pharm-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-47-2" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/228/textbook-of-advanced-therapeutics" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-95-8" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/362/textbook-of-anatomy-for-bds" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-51-9" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/88/textbook-of-complete-denture-impressions" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-42-2" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/395/textbook-of-complete-denture-impressions-2nd-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-54-9" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/247/textbook-of-cosmetic-science" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-82-0" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/152/textbook-of-dermatology-with-mcqs" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-951750-3-1" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/398/textbook-of-dietary-supplements-and-nutraceuticals-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-31-0" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/174/textbook-of-equipments-in-anaesthesia" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-54-7" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/221/textbook-of-health-management" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-67-7" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/421/textbook-of-health-management-second-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-81-5" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/347/textbook-of-hospital-and-clinical-pharmacy-for-the-students-of-dpharm-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-77-9" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/338/textbook-of-human-anatomy-and-physiology-ii-for-the-students-of-bpharm-2nd-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-94-6" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/348/textbook-of-industrial-pharmacy-i-for-the-students-of-bpharm-5-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-64-9" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/363/textbook-of-industrial-pharmacy-ii-for-the-students-of-bpharm-7-semester-as-per-latest-pci-regulations" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-91-5" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/290/textbook-of-instrumental-methods-of-analysis" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-38-0" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/286/textbook-of-medical-biochemistry" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-41-0" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/373/textbook-of-medical-science-principles-and-practice-volume-1" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-08-2" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/374/textbook-of-medical-science-principles-and-practice-volume-2" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-06-8" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/393/textbook-of-medical-science-principles-and-practice-volume-3" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-93-8" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/394/textbook-of-medical-science-principles-and-practice-volume-4" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-22-8" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/411/textbook-of-medical-science-principles-and-practice-volume-5" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-70-9" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/417/textbook-of-medical-science-principles-and-practice-volume-6" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-69-3" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/104/textbook-of-ophthalmic-pharmacology-and-therapies" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-58-3" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/137/textbook-of-pharmaceutics-ii-for-second-year-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-90-3" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/424/textbook-of-pharmaceutics-i-for-bpharm-1st-semester-students" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-74-7" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/400/textbook-of-pharmacology-i-for-the-students-of-bpharm-4th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-47-1" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/413/textbook-of-pharmacology-iii-for-the-students-of-bpharm-6th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-15-0" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/275/textbook-of-pharmacotherapeutics-for-diploma-in-pharmacy-students-2nd-year" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-96-0" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/267/textbook-of-procedures-in-emergency-care" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-85-1" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/259/textbook-of-respiratory-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-84-4" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/316/textbook-of-social-and-preventive-pharmacy-for-the-students-of-bpharm-8th-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-50-2" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/86/textbook-on-forensic-dentistry" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-41-5" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/211/textbook-on-microbes-and-disease" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-43-1" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/330/textbook-on-naturopathy-and-yoga-treatment" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-89-2" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/47/textbook-on-odontogenic-tumors" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-03-3" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/212/textbook-on-paracetamol-a-magic-drug-but-with-adversity" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-59-2" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/360/the-healing-power-of-plants-immunomodulatory-wonders" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-71-7" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/409/the-journey-of-four-young-scholars" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-00-6" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/134/the-sarfaesi-act-2002-and-indian-banking-system" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-88-0" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/107/the-theory-and-practical-book-of-industrial-pharmacy-i" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-61-3" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/375/the-theory-and-practical-book-of-pharmaceutical-inorganic-chemistry-for-the-students-of-bpharm-1st-semester" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-35-8" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/392/theory-and-practical-book-of-environmental-education-and-disaster-management-for-the-students-of-diploma-in-pharmacy" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-48565-79-2" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/359/transfusion-medicine-simplified-a-comprehensive-guide" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-26-7" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/166/tuberculous-pleural-effusion-a-book-of-100-cases" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-40-0" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/244/understanding-early-childhood-caries" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-79-0" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/297/understanding-lasers-and-its-application-in-oral-medicine" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-19613-57-1" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/232/universal-design-for-learning-addressing-the-barriers" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-76-9" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/131/viva-voce-in-oral-histology-for-bds-1st-year" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-85-9" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/75/prakrti-tatha-yoga-ki-sarana" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-27-9" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/70/marma-vijnana-ka-cikitsiya-upayoga" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-24-8" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/66/sampurna-svasthya-ke-lie-prakrtika-jivanasaili-evam-yogabhyasa" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-20-0" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q409"/>
+  <dimension ref="A1:Q411"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B390" sqref="B390:H390"/>
+      <selection activeCell="B392" sqref="B392:H392"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.5645" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
     <col min="17" max="17" width="14.2822" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1"/>
@@ -9845,15772 +9863,15874 @@
       </c>
       <c r="P97" s="5" t="s">
         <v>252</v>
       </c>
       <c r="Q97" s="9" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98" s="5">
         <v>92</v>
       </c>
       <c r="B98" s="8" t="s">
         <v>411</v>
       </c>
       <c r="C98" s="9" t="s">
         <v>412</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>413</v>
       </c>
       <c r="E98" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F98" s="9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G98" s="9">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="H98" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I98" s="9">
-        <v>450.0</v>
+        <v>650.0</v>
       </c>
       <c r="J98" s="9">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="K98" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="L98" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="L98" s="9"/>
       <c r="M98" s="10" t="s">
         <v>412</v>
       </c>
       <c r="N98" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O98" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P98" s="5" t="s">
-        <v>414</v>
-[...3 lines deleted...]
-      </c>
+        <v>212</v>
+      </c>
+      <c r="Q98" s="9"/>
     </row>
     <row r="99" spans="1:17">
       <c r="A99" s="5">
         <v>93</v>
       </c>
       <c r="B99" s="8" t="s">
+        <v>414</v>
+      </c>
+      <c r="C99" s="9" t="s">
+        <v>415</v>
+      </c>
+      <c r="D99" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="C99" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E99" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F99" s="9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G99" s="9">
-        <v>416</v>
+        <v>144</v>
       </c>
       <c r="H99" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="9">
-        <v>900.0</v>
+        <v>450.0</v>
       </c>
       <c r="J99" s="9">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="K99" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L99" s="9">
-        <v>510</v>
+        <v>260</v>
       </c>
       <c r="M99" s="10" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="N99" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O99" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P99" s="5" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="Q99" s="9" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100" s="5">
         <v>94</v>
       </c>
       <c r="B100" s="8" t="s">
+        <v>419</v>
+      </c>
+      <c r="C100" s="9" t="s">
+        <v>420</v>
+      </c>
+      <c r="D100" s="5" t="s">
         <v>421</v>
       </c>
-      <c r="C100" s="9" t="s">
+      <c r="E100" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F100" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G100" s="9">
+        <v>416</v>
+      </c>
+      <c r="H100" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I100" s="9">
+        <v>900.0</v>
+      </c>
+      <c r="J100" s="9">
+        <v>45</v>
+      </c>
+      <c r="K100" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L100" s="9">
+        <v>510</v>
+      </c>
+      <c r="M100" s="10" t="s">
+        <v>420</v>
+      </c>
+      <c r="N100" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O100" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P100" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="D100" s="5" t="s">
+      <c r="Q100" s="9" t="s">
         <v>423</v>
-      </c>
-[...37 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101" s="5">
         <v>95</v>
       </c>
       <c r="B101" s="8" t="s">
+        <v>424</v>
+      </c>
+      <c r="C101" s="9" t="s">
+        <v>425</v>
+      </c>
+      <c r="D101" s="5" t="s">
         <v>426</v>
       </c>
-      <c r="C101" s="9" t="s">
+      <c r="E101" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F101" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G101" s="9">
+        <v>684</v>
+      </c>
+      <c r="H101" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I101" s="9">
+        <v>1950.0</v>
+      </c>
+      <c r="J101" s="9">
+        <v>75</v>
+      </c>
+      <c r="K101" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L101" s="9">
+        <v>1600</v>
+      </c>
+      <c r="M101" s="10" t="s">
+        <v>425</v>
+      </c>
+      <c r="N101" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="O101" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="P101" s="5" t="s">
         <v>427</v>
       </c>
-      <c r="D101" s="5" t="s">
+      <c r="Q101" s="9" t="s">
         <v>428</v>
-      </c>
-[...37 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102" s="5">
         <v>96</v>
       </c>
       <c r="B102" s="8" t="s">
+        <v>429</v>
+      </c>
+      <c r="C102" s="9" t="s">
         <v>430</v>
       </c>
-      <c r="C102" s="9" t="s">
+      <c r="D102" s="5" t="s">
         <v>431</v>
       </c>
-      <c r="D102" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E102" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F102" s="9">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="G102" s="9">
-        <v>229</v>
+        <v>353</v>
       </c>
       <c r="H102" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I102" s="9">
-        <v>600.0</v>
+        <v>996.0</v>
       </c>
       <c r="J102" s="9">
         <v>45</v>
       </c>
       <c r="K102" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L102" s="9">
-        <v>400</v>
+        <v>640</v>
       </c>
       <c r="M102" s="10" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="N102" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O102" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P102" s="5" t="s">
-        <v>70</v>
+        <v>432</v>
       </c>
       <c r="Q102" s="9" t="s">
-        <v>191</v>
+        <v>403</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103" s="5">
         <v>97</v>
       </c>
       <c r="B103" s="8" t="s">
         <v>433</v>
       </c>
       <c r="C103" s="9" t="s">
         <v>434</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>435</v>
       </c>
       <c r="E103" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F103" s="9">
         <v>2019</v>
       </c>
       <c r="G103" s="9">
-        <v>143</v>
+        <v>229</v>
       </c>
       <c r="H103" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I103" s="9">
-        <v>500.0</v>
+        <v>600.0</v>
       </c>
       <c r="J103" s="9">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K103" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L103" s="9">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="M103" s="10" t="s">
         <v>434</v>
       </c>
       <c r="N103" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O103" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P103" s="5" t="s">
-        <v>436</v>
+        <v>70</v>
       </c>
       <c r="Q103" s="9" t="s">
-        <v>132</v>
+        <v>191</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104" s="5">
         <v>98</v>
       </c>
       <c r="B104" s="8" t="s">
+        <v>436</v>
+      </c>
+      <c r="C104" s="9" t="s">
         <v>437</v>
       </c>
-      <c r="C104" s="9" t="s">
+      <c r="D104" s="5" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="E104" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F104" s="9">
         <v>2019</v>
       </c>
       <c r="G104" s="9">
-        <v>211</v>
+        <v>143</v>
       </c>
       <c r="H104" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I104" s="9">
-        <v>600.0</v>
+        <v>500.0</v>
       </c>
       <c r="J104" s="9">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="K104" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L104" s="9">
-        <v>330</v>
+        <v>250</v>
       </c>
       <c r="M104" s="10" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="N104" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O104" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P104" s="5" t="s">
         <v>439</v>
       </c>
       <c r="Q104" s="9" t="s">
-        <v>191</v>
+        <v>132</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105" s="5">
         <v>99</v>
       </c>
       <c r="B105" s="8" t="s">
         <v>440</v>
       </c>
       <c r="C105" s="9" t="s">
         <v>441</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="E105" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F105" s="9">
         <v>2019</v>
       </c>
       <c r="G105" s="9">
-        <v>220</v>
+        <v>211</v>
       </c>
       <c r="H105" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I105" s="9">
-        <v>650.0</v>
+        <v>600.0</v>
       </c>
       <c r="J105" s="9">
         <v>45</v>
       </c>
       <c r="K105" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L105" s="9">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="M105" s="10" t="s">
         <v>441</v>
       </c>
       <c r="N105" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O105" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P105" s="5" t="s">
         <v>442</v>
       </c>
       <c r="Q105" s="9" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106" s="5">
         <v>100</v>
       </c>
       <c r="B106" s="8" t="s">
         <v>443</v>
       </c>
       <c r="C106" s="9" t="s">
         <v>444</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>445</v>
+        <v>438</v>
       </c>
       <c r="E106" s="9" t="s">
-        <v>446</v>
+        <v>33</v>
       </c>
       <c r="F106" s="9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G106" s="9">
-        <v>84</v>
+        <v>220</v>
       </c>
       <c r="H106" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I106" s="9">
-        <v>450.0</v>
+        <v>650.0</v>
       </c>
       <c r="J106" s="9">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K106" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L106" s="9">
-        <v>150</v>
+        <v>340</v>
       </c>
       <c r="M106" s="10" t="s">
         <v>444</v>
       </c>
       <c r="N106" s="9" t="s">
-        <v>447</v>
+        <v>26</v>
       </c>
       <c r="O106" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P106" s="5" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="Q106" s="9" t="s">
-        <v>60</v>
+        <v>191</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107" s="5">
         <v>101</v>
       </c>
       <c r="B107" s="8" t="s">
+        <v>446</v>
+      </c>
+      <c r="C107" s="9" t="s">
+        <v>447</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="E107" s="9" t="s">
         <v>449</v>
-      </c>
-[...7 lines deleted...]
-        <v>446</v>
       </c>
       <c r="F107" s="9">
         <v>2018</v>
       </c>
       <c r="G107" s="9">
-        <v>158</v>
+        <v>84</v>
       </c>
       <c r="H107" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I107" s="9">
-        <v>600.0</v>
+        <v>450.0</v>
       </c>
       <c r="J107" s="9">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="K107" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L107" s="9">
-        <v>270</v>
+        <v>150</v>
       </c>
       <c r="M107" s="10" t="s">
+        <v>447</v>
+      </c>
+      <c r="N107" s="9" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="O107" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P107" s="5" t="s">
         <v>451</v>
       </c>
       <c r="Q107" s="9" t="s">
-        <v>132</v>
+        <v>60</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108" s="5">
         <v>102</v>
       </c>
       <c r="B108" s="8" t="s">
         <v>452</v>
       </c>
       <c r="C108" s="9" t="s">
         <v>453</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>435</v>
+        <v>448</v>
       </c>
       <c r="E108" s="9" t="s">
-        <v>33</v>
+        <v>449</v>
       </c>
       <c r="F108" s="9">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="G108" s="9">
-        <v>332</v>
+        <v>158</v>
       </c>
       <c r="H108" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I108" s="9">
-        <v>850.0</v>
+        <v>600.0</v>
       </c>
       <c r="J108" s="9">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="K108" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L108" s="9">
-        <v>500</v>
+        <v>270</v>
       </c>
       <c r="M108" s="10" t="s">
         <v>453</v>
       </c>
       <c r="N108" s="9" t="s">
-        <v>26</v>
+        <v>450</v>
       </c>
       <c r="O108" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P108" s="5" t="s">
         <v>454</v>
       </c>
       <c r="Q108" s="9" t="s">
-        <v>394</v>
+        <v>132</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109" s="5">
         <v>103</v>
       </c>
       <c r="B109" s="8" t="s">
         <v>455</v>
       </c>
       <c r="C109" s="9" t="s">
         <v>456</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>457</v>
+        <v>438</v>
       </c>
       <c r="E109" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F109" s="9">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="G109" s="9">
-        <v>237</v>
+        <v>332</v>
       </c>
       <c r="H109" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I109" s="9">
-        <v>500.0</v>
+        <v>850.0</v>
       </c>
       <c r="J109" s="9">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="K109" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L109" s="9">
-        <v>340</v>
+        <v>500</v>
       </c>
       <c r="M109" s="10" t="s">
         <v>456</v>
       </c>
       <c r="N109" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O109" s="9" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="P109" s="5" t="s">
-        <v>41</v>
+        <v>457</v>
       </c>
       <c r="Q109" s="9" t="s">
-        <v>36</v>
+        <v>394</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110" s="5">
         <v>104</v>
       </c>
       <c r="B110" s="8" t="s">
         <v>458</v>
       </c>
       <c r="C110" s="9" t="s">
         <v>459</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>460</v>
       </c>
       <c r="E110" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F110" s="9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G110" s="9">
-        <v>200</v>
+        <v>237</v>
       </c>
       <c r="H110" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="9">
-        <v>1200.0</v>
+        <v>500.0</v>
       </c>
       <c r="J110" s="9">
-        <v>75</v>
+        <v>25</v>
       </c>
       <c r="K110" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L110" s="9">
-        <v>450</v>
+        <v>340</v>
       </c>
       <c r="M110" s="10" t="s">
         <v>459</v>
       </c>
       <c r="N110" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O110" s="9" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="P110" s="5" t="s">
-        <v>461</v>
+        <v>41</v>
       </c>
       <c r="Q110" s="9" t="s">
-        <v>182</v>
+        <v>36</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111" s="5">
         <v>105</v>
       </c>
       <c r="B111" s="8" t="s">
+        <v>461</v>
+      </c>
+      <c r="C111" s="9" t="s">
         <v>462</v>
       </c>
-      <c r="C111" s="9" t="s">
+      <c r="D111" s="5" t="s">
         <v>463</v>
       </c>
-      <c r="D111" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E111" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F111" s="9">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="G111" s="9">
-        <v>308</v>
+        <v>200</v>
       </c>
       <c r="H111" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I111" s="9">
-        <v>700.0</v>
+        <v>1200.0</v>
       </c>
       <c r="J111" s="9">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="K111" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L111" s="9">
-        <v>500</v>
+        <v>450</v>
       </c>
       <c r="M111" s="10" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="N111" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O111" s="9" t="s">
-        <v>126</v>
+        <v>27</v>
       </c>
       <c r="P111" s="5" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="Q111" s="9" t="s">
-        <v>314</v>
+        <v>182</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112" s="5">
         <v>106</v>
       </c>
       <c r="B112" s="8" t="s">
+        <v>465</v>
+      </c>
+      <c r="C112" s="9" t="s">
         <v>466</v>
       </c>
-      <c r="C112" s="9" t="s">
+      <c r="D112" s="5" t="s">
         <v>467</v>
       </c>
-      <c r="D112" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E112" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F112" s="9">
-        <v>2026</v>
+        <v>2023</v>
       </c>
       <c r="G112" s="9">
-        <v>549</v>
+        <v>308</v>
       </c>
       <c r="H112" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I112" s="9">
-        <v>1200.0</v>
+        <v>700.0</v>
       </c>
       <c r="J112" s="9">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="K112" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L112" s="9">
-        <v>990</v>
+        <v>500</v>
       </c>
       <c r="M112" s="10" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="N112" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O112" s="9" t="s">
-        <v>53</v>
+        <v>126</v>
       </c>
       <c r="P112" s="5" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="Q112" s="9" t="s">
-        <v>470</v>
+        <v>314</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113" s="5">
         <v>107</v>
       </c>
       <c r="B113" s="8" t="s">
+        <v>469</v>
+      </c>
+      <c r="C113" s="9" t="s">
+        <v>470</v>
+      </c>
+      <c r="D113" s="5" t="s">
         <v>471</v>
       </c>
-      <c r="C113" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E113" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F113" s="9">
-        <v>2019</v>
+        <v>2026</v>
       </c>
       <c r="G113" s="9">
-        <v>134</v>
+        <v>549</v>
       </c>
       <c r="H113" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I113" s="9">
-        <v>350.0</v>
+        <v>1200.0</v>
       </c>
       <c r="J113" s="9">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="K113" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L113" s="9">
-        <v>280</v>
+        <v>990</v>
       </c>
       <c r="M113" s="10" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="N113" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O113" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P113" s="5" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="Q113" s="9" t="s">
-        <v>132</v>
+        <v>473</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114" s="5">
         <v>108</v>
       </c>
       <c r="B114" s="8" t="s">
+        <v>474</v>
+      </c>
+      <c r="C114" s="9" t="s">
         <v>475</v>
       </c>
-      <c r="C114" s="9" t="s">
+      <c r="D114" s="5" t="s">
         <v>476</v>
       </c>
-      <c r="D114" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E114" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F114" s="9">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="G114" s="9">
-        <v>313</v>
+        <v>134</v>
       </c>
       <c r="H114" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I114" s="9">
-        <v>1250.0</v>
+        <v>350.0</v>
       </c>
       <c r="J114" s="9">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="K114" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L114" s="9">
-        <v>700</v>
+        <v>280</v>
       </c>
       <c r="M114" s="10" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="N114" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O114" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P114" s="5" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="Q114" s="9" t="s">
-        <v>370</v>
+        <v>132</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115" s="5">
         <v>109</v>
       </c>
       <c r="B115" s="8" t="s">
+        <v>478</v>
+      </c>
+      <c r="C115" s="9" t="s">
         <v>479</v>
       </c>
-      <c r="C115" s="9" t="s">
+      <c r="D115" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="D115" s="5" t="s">
+      <c r="E115" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F115" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G115" s="9">
+        <v>313</v>
+      </c>
+      <c r="H115" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I115" s="9">
+        <v>1250.0</v>
+      </c>
+      <c r="J115" s="9">
+        <v>70</v>
+      </c>
+      <c r="K115" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L115" s="9">
+        <v>700</v>
+      </c>
+      <c r="M115" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="N115" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O115" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P115" s="5" t="s">
         <v>481</v>
       </c>
-      <c r="E115" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q115" s="9" t="s">
-        <v>483</v>
+        <v>370</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116" s="5">
         <v>110</v>
       </c>
       <c r="B116" s="8" t="s">
+        <v>482</v>
+      </c>
+      <c r="C116" s="9" t="s">
+        <v>483</v>
+      </c>
+      <c r="D116" s="5" t="s">
         <v>484</v>
       </c>
-      <c r="C116" s="9" t="s">
+      <c r="E116" s="9" t="s">
+        <v>449</v>
+      </c>
+      <c r="F116" s="9">
+        <v>2018</v>
+      </c>
+      <c r="G116" s="9">
+        <v>62</v>
+      </c>
+      <c r="H116" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I116" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="J116" s="9">
+        <v>15</v>
+      </c>
+      <c r="K116" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L116" s="9">
+        <v>100</v>
+      </c>
+      <c r="M116" s="10" t="s">
+        <v>483</v>
+      </c>
+      <c r="N116" s="9" t="s">
+        <v>450</v>
+      </c>
+      <c r="O116" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="P116" s="5" t="s">
         <v>485</v>
       </c>
-      <c r="D116" s="5" t="s">
+      <c r="Q116" s="9" t="s">
         <v>486</v>
-      </c>
-[...37 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117" s="5">
         <v>111</v>
       </c>
       <c r="B117" s="8" t="s">
+        <v>487</v>
+      </c>
+      <c r="C117" s="9" t="s">
         <v>488</v>
       </c>
-      <c r="C117" s="9" t="s">
+      <c r="D117" s="5" t="s">
         <v>489</v>
       </c>
-      <c r="D117" s="5" t="s">
+      <c r="E117" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F117" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G117" s="9">
+        <v>92</v>
+      </c>
+      <c r="H117" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I117" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="J117" s="9">
+        <v>20</v>
+      </c>
+      <c r="K117" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L117" s="9">
+        <v>165</v>
+      </c>
+      <c r="M117" s="10" t="s">
+        <v>488</v>
+      </c>
+      <c r="N117" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O117" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="P117" s="5" t="s">
         <v>490</v>
       </c>
-      <c r="E117" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q117" s="9" t="s">
-        <v>132</v>
+        <v>171</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118" s="5">
         <v>112</v>
       </c>
       <c r="B118" s="8" t="s">
+        <v>491</v>
+      </c>
+      <c r="C118" s="9" t="s">
+        <v>492</v>
+      </c>
+      <c r="D118" s="5" t="s">
         <v>493</v>
       </c>
-      <c r="C118" s="9" t="s">
+      <c r="E118" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F118" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G118" s="9">
+        <v>165</v>
+      </c>
+      <c r="H118" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I118" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J118" s="9">
+        <v>25</v>
+      </c>
+      <c r="K118" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L118" s="9">
+        <v>280</v>
+      </c>
+      <c r="M118" s="10" t="s">
+        <v>492</v>
+      </c>
+      <c r="N118" s="9" t="s">
         <v>494</v>
       </c>
-      <c r="D118" s="5" t="s">
+      <c r="O118" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P118" s="5" t="s">
         <v>495</v>
       </c>
-      <c r="E118" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q118" s="9" t="s">
-        <v>497</v>
+        <v>132</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="A119" s="5">
         <v>113</v>
       </c>
       <c r="B119" s="8" t="s">
+        <v>496</v>
+      </c>
+      <c r="C119" s="9" t="s">
+        <v>497</v>
+      </c>
+      <c r="D119" s="5" t="s">
         <v>498</v>
       </c>
-      <c r="C119" s="9" t="s">
+      <c r="E119" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F119" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G119" s="9">
+        <v>346</v>
+      </c>
+      <c r="H119" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I119" s="9">
+        <v>550.0</v>
+      </c>
+      <c r="J119" s="9">
+        <v>40</v>
+      </c>
+      <c r="K119" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L119" s="9">
+        <v>600</v>
+      </c>
+      <c r="M119" s="10" t="s">
+        <v>497</v>
+      </c>
+      <c r="N119" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="O119" s="9" t="s">
+        <v>186</v>
+      </c>
+      <c r="P119" s="5" t="s">
         <v>499</v>
       </c>
-      <c r="D119" s="5" t="s">
+      <c r="Q119" s="9" t="s">
         <v>500</v>
-      </c>
-[...37 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="120" spans="1:17">
       <c r="A120" s="5">
         <v>114</v>
       </c>
       <c r="B120" s="8" t="s">
+        <v>501</v>
+      </c>
+      <c r="C120" s="9" t="s">
+        <v>502</v>
+      </c>
+      <c r="D120" s="5" t="s">
         <v>503</v>
       </c>
-      <c r="C120" s="9" t="s">
+      <c r="E120" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F120" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G120" s="9">
+        <v>325</v>
+      </c>
+      <c r="H120" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I120" s="9">
+        <v>995.0</v>
+      </c>
+      <c r="J120" s="9">
+        <v>45</v>
+      </c>
+      <c r="K120" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L120" s="9">
+        <v>670</v>
+      </c>
+      <c r="M120" s="10" t="s">
+        <v>502</v>
+      </c>
+      <c r="N120" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O120" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P120" s="5" t="s">
         <v>504</v>
       </c>
-      <c r="D120" s="5" t="s">
+      <c r="Q120" s="9" t="s">
         <v>505</v>
-      </c>
-[...37 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="121" spans="1:17">
       <c r="A121" s="5">
         <v>115</v>
       </c>
       <c r="B121" s="8" t="s">
+        <v>506</v>
+      </c>
+      <c r="C121" s="9" t="s">
         <v>507</v>
       </c>
-      <c r="C121" s="9" t="s">
+      <c r="D121" s="5" t="s">
         <v>508</v>
       </c>
-      <c r="D121" s="5" t="s">
+      <c r="E121" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F121" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G121" s="9">
+        <v>613</v>
+      </c>
+      <c r="H121" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I121" s="9">
+        <v>1095.0</v>
+      </c>
+      <c r="J121" s="9">
+        <v>40</v>
+      </c>
+      <c r="K121" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L121" s="9">
+        <v>1560</v>
+      </c>
+      <c r="M121" s="10" t="s">
+        <v>507</v>
+      </c>
+      <c r="N121" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="O121" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="P121" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q121" s="9" t="s">
         <v>509</v>
-      </c>
-[...37 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="122" spans="1:17">
       <c r="A122" s="5">
         <v>116</v>
       </c>
       <c r="B122" s="8" t="s">
+        <v>510</v>
+      </c>
+      <c r="C122" s="9" t="s">
         <v>511</v>
       </c>
-      <c r="C122" s="9" t="s">
+      <c r="D122" s="5" t="s">
         <v>512</v>
       </c>
-      <c r="D122" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E122" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F122" s="9" t="s">
-        <v>206</v>
+      <c r="F122" s="9">
+        <v>2023</v>
       </c>
       <c r="G122" s="9">
-        <v>73</v>
+        <v>117</v>
       </c>
       <c r="H122" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I122" s="9">
-        <v>300.0</v>
+        <v>350.0</v>
       </c>
       <c r="J122" s="9">
         <v>20</v>
       </c>
       <c r="K122" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L122" s="9">
-        <v>170</v>
+        <v>200</v>
       </c>
       <c r="M122" s="10" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="N122" s="9" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="O122" s="9" t="s">
-        <v>53</v>
+        <v>80</v>
       </c>
       <c r="P122" s="5" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="Q122" s="9" t="s">
-        <v>60</v>
+        <v>171</v>
       </c>
     </row>
     <row r="123" spans="1:17">
       <c r="A123" s="5">
         <v>117</v>
       </c>
       <c r="B123" s="8" t="s">
+        <v>514</v>
+      </c>
+      <c r="C123" s="9" t="s">
         <v>515</v>
       </c>
-      <c r="C123" s="9" t="s">
+      <c r="D123" s="5" t="s">
         <v>516</v>
       </c>
-      <c r="D123" s="5" t="s">
+      <c r="E123" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F123" s="9" t="s">
+        <v>206</v>
+      </c>
+      <c r="G123" s="9">
+        <v>73</v>
+      </c>
+      <c r="H123" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I123" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="J123" s="9">
+        <v>20</v>
+      </c>
+      <c r="K123" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L123" s="9">
+        <v>170</v>
+      </c>
+      <c r="M123" s="10" t="s">
+        <v>515</v>
+      </c>
+      <c r="N123" s="9" t="s">
         <v>517</v>
-      </c>
-[...28 lines deleted...]
-        <v>152</v>
       </c>
       <c r="O123" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P123" s="5" t="s">
         <v>323</v>
       </c>
       <c r="Q123" s="9" t="s">
-        <v>146</v>
+        <v>60</v>
       </c>
     </row>
     <row r="124" spans="1:17">
       <c r="A124" s="5">
         <v>118</v>
       </c>
       <c r="B124" s="8" t="s">
         <v>518</v>
       </c>
       <c r="C124" s="9" t="s">
         <v>519</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>520</v>
       </c>
       <c r="E124" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F124" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G124" s="9">
-        <v>146</v>
+        <v>157</v>
       </c>
       <c r="H124" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I124" s="9">
-        <v>450.0</v>
+        <v>550.0</v>
       </c>
       <c r="J124" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K124" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L124" s="9">
         <v>250</v>
       </c>
       <c r="M124" s="10" t="s">
         <v>519</v>
       </c>
       <c r="N124" s="9" t="s">
-        <v>52</v>
+        <v>152</v>
       </c>
       <c r="O124" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P124" s="5" t="s">
         <v>323</v>
       </c>
       <c r="Q124" s="9" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="125" spans="1:17">
       <c r="A125" s="5">
         <v>119</v>
       </c>
       <c r="B125" s="8" t="s">
         <v>521</v>
       </c>
       <c r="C125" s="9" t="s">
         <v>522</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>523</v>
       </c>
       <c r="E125" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F125" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G125" s="9">
-        <v>228</v>
+        <v>146</v>
       </c>
       <c r="H125" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I125" s="9">
-        <v>525.0</v>
+        <v>450.0</v>
       </c>
       <c r="J125" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K125" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L125" s="9">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="M125" s="10" t="s">
         <v>522</v>
       </c>
       <c r="N125" s="9" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="O125" s="9" t="s">
-        <v>299</v>
+        <v>53</v>
       </c>
       <c r="P125" s="5" t="s">
-        <v>524</v>
+        <v>323</v>
       </c>
       <c r="Q125" s="9" t="s">
-        <v>36</v>
+        <v>146</v>
       </c>
     </row>
     <row r="126" spans="1:17">
       <c r="A126" s="5">
         <v>120</v>
       </c>
       <c r="B126" s="8" t="s">
+        <v>524</v>
+      </c>
+      <c r="C126" s="9" t="s">
         <v>525</v>
       </c>
-      <c r="C126" s="9" t="s">
+      <c r="D126" s="5" t="s">
         <v>526</v>
       </c>
-      <c r="D126" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E126" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F126" s="9">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G126" s="9">
-        <v>140</v>
+        <v>228</v>
       </c>
       <c r="H126" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I126" s="9">
-        <v>395.0</v>
+        <v>525.0</v>
       </c>
       <c r="J126" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K126" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L126" s="9">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="M126" s="10" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="N126" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O126" s="9" t="s">
-        <v>53</v>
+        <v>299</v>
       </c>
       <c r="P126" s="5" t="s">
-        <v>54</v>
+        <v>527</v>
       </c>
       <c r="Q126" s="9" t="s">
-        <v>528</v>
+        <v>36</v>
       </c>
     </row>
     <row r="127" spans="1:17">
       <c r="A127" s="5">
         <v>121</v>
       </c>
       <c r="B127" s="8" t="s">
+        <v>528</v>
+      </c>
+      <c r="C127" s="9" t="s">
         <v>529</v>
       </c>
-      <c r="C127" s="9" t="s">
+      <c r="D127" s="5" t="s">
         <v>530</v>
       </c>
-      <c r="D127" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E127" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F127" s="9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G127" s="9">
-        <v>104</v>
+        <v>140</v>
       </c>
       <c r="H127" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I127" s="9">
-        <v>300.0</v>
+        <v>395.0</v>
       </c>
       <c r="J127" s="9">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K127" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L127" s="9">
-        <v>130</v>
+        <v>250</v>
       </c>
       <c r="M127" s="10" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="N127" s="9" t="s">
-        <v>152</v>
+        <v>26</v>
       </c>
       <c r="O127" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P127" s="5" t="s">
-        <v>305</v>
+        <v>54</v>
       </c>
       <c r="Q127" s="9" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
     </row>
     <row r="128" spans="1:17">
       <c r="A128" s="5">
         <v>122</v>
       </c>
       <c r="B128" s="8" t="s">
+        <v>532</v>
+      </c>
+      <c r="C128" s="9" t="s">
         <v>533</v>
       </c>
-      <c r="C128" s="9" t="s">
+      <c r="D128" s="5" t="s">
         <v>534</v>
       </c>
-      <c r="D128" s="5" t="s">
+      <c r="E128" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F128" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G128" s="9">
+        <v>104</v>
+      </c>
+      <c r="H128" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I128" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="J128" s="9">
+        <v>15</v>
+      </c>
+      <c r="K128" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L128" s="9">
+        <v>130</v>
+      </c>
+      <c r="M128" s="10" t="s">
+        <v>533</v>
+      </c>
+      <c r="N128" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="O128" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="P128" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="Q128" s="9" t="s">
         <v>535</v>
-      </c>
-[...37 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="129" spans="1:17">
       <c r="A129" s="5">
         <v>123</v>
       </c>
       <c r="B129" s="8" t="s">
         <v>536</v>
       </c>
       <c r="C129" s="9" t="s">
         <v>537</v>
       </c>
       <c r="D129" s="5" t="s">
         <v>538</v>
       </c>
       <c r="E129" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F129" s="9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="G129" s="9">
-        <v>91</v>
+        <v>175</v>
       </c>
       <c r="H129" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I129" s="9">
-        <v>400.0</v>
+        <v>425.0</v>
       </c>
       <c r="J129" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K129" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L129" s="9">
-        <v>180</v>
+        <v>240</v>
       </c>
       <c r="M129" s="10" t="s">
         <v>537</v>
       </c>
       <c r="N129" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O129" s="9" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="P129" s="5" t="s">
-        <v>539</v>
+        <v>41</v>
       </c>
       <c r="Q129" s="9" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
     </row>
     <row r="130" spans="1:17">
       <c r="A130" s="5">
         <v>124</v>
       </c>
       <c r="B130" s="8" t="s">
+        <v>539</v>
+      </c>
+      <c r="C130" s="9" t="s">
         <v>540</v>
       </c>
-      <c r="C130" s="9" t="s">
+      <c r="D130" s="5" t="s">
         <v>541</v>
       </c>
-      <c r="D130" s="5" t="s">
+      <c r="E130" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F130" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G130" s="9">
+        <v>91</v>
+      </c>
+      <c r="H130" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I130" s="9">
+        <v>400.0</v>
+      </c>
+      <c r="J130" s="9">
+        <v>25</v>
+      </c>
+      <c r="K130" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L130" s="9">
+        <v>180</v>
+      </c>
+      <c r="M130" s="10" t="s">
+        <v>540</v>
+      </c>
+      <c r="N130" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O130" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="P130" s="5" t="s">
         <v>542</v>
       </c>
-      <c r="E130" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q130" s="9" t="s">
-        <v>543</v>
+        <v>60</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131" s="5">
         <v>125</v>
       </c>
       <c r="B131" s="8" t="s">
+        <v>543</v>
+      </c>
+      <c r="C131" s="9" t="s">
         <v>544</v>
       </c>
-      <c r="C131" s="9" t="s">
+      <c r="D131" s="5" t="s">
         <v>545</v>
       </c>
-      <c r="D131" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E131" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F131" s="9">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="G131" s="9">
-        <v>142</v>
+        <v>72</v>
       </c>
       <c r="H131" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I131" s="9">
-        <v>425.0</v>
+        <v>200.0</v>
       </c>
       <c r="J131" s="9">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="K131" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L131" s="9">
-        <v>270</v>
+        <v>130</v>
       </c>
       <c r="M131" s="10" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="N131" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O131" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P131" s="5" t="s">
-        <v>547</v>
+        <v>212</v>
       </c>
       <c r="Q131" s="9" t="s">
-        <v>132</v>
+        <v>546</v>
       </c>
     </row>
     <row r="132" spans="1:17">
       <c r="A132" s="5">
         <v>126</v>
       </c>
       <c r="B132" s="8" t="s">
+        <v>547</v>
+      </c>
+      <c r="C132" s="9" t="s">
         <v>548</v>
       </c>
-      <c r="C132" s="9" t="s">
+      <c r="D132" s="5" t="s">
         <v>549</v>
       </c>
-      <c r="D132" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E132" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F132" s="9">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="G132" s="9">
-        <v>303</v>
+        <v>142</v>
       </c>
       <c r="H132" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I132" s="9">
-        <v>995.0</v>
+        <v>425.0</v>
       </c>
       <c r="J132" s="9">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="K132" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L132" s="9">
-        <v>560</v>
+        <v>270</v>
       </c>
       <c r="M132" s="10" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="N132" s="9" t="s">
         <v>58</v>
       </c>
       <c r="O132" s="9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="P132" s="5" t="s">
-        <v>54</v>
+        <v>550</v>
       </c>
       <c r="Q132" s="9" t="s">
-        <v>551</v>
+        <v>132</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133" s="5">
         <v>127</v>
       </c>
       <c r="B133" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="C133" s="9" t="s">
         <v>552</v>
       </c>
-      <c r="C133" s="9" t="s">
+      <c r="D133" s="5" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
       <c r="E133" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F133" s="9">
         <v>2022</v>
       </c>
       <c r="G133" s="9">
-        <v>142</v>
+        <v>303</v>
       </c>
       <c r="H133" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I133" s="9">
-        <v>450.0</v>
+        <v>995.0</v>
       </c>
       <c r="J133" s="9">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="K133" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L133" s="9">
-        <v>220</v>
+        <v>560</v>
       </c>
       <c r="M133" s="10" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="N133" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O133" s="9" t="s">
-        <v>181</v>
+        <v>53</v>
       </c>
       <c r="P133" s="5" t="s">
-        <v>212</v>
+        <v>54</v>
       </c>
       <c r="Q133" s="9" t="s">
-        <v>171</v>
+        <v>554</v>
       </c>
     </row>
     <row r="134" spans="1:17">
       <c r="A134" s="5">
         <v>128</v>
       </c>
       <c r="B134" s="8" t="s">
         <v>555</v>
       </c>
       <c r="C134" s="9" t="s">
         <v>556</v>
       </c>
       <c r="D134" s="5" t="s">
         <v>557</v>
       </c>
       <c r="E134" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F134" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G134" s="9">
-        <v>83</v>
+        <v>142</v>
       </c>
       <c r="H134" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I134" s="9">
-        <v>275.0</v>
+        <v>450.0</v>
       </c>
       <c r="J134" s="9">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K134" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L134" s="9">
-        <v>140</v>
+        <v>220</v>
       </c>
       <c r="M134" s="10" t="s">
         <v>556</v>
       </c>
       <c r="N134" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O134" s="9" t="s">
-        <v>41</v>
+        <v>181</v>
       </c>
       <c r="P134" s="5" t="s">
-        <v>558</v>
+        <v>212</v>
       </c>
       <c r="Q134" s="9" t="s">
-        <v>287</v>
+        <v>171</v>
       </c>
     </row>
     <row r="135" spans="1:17">
       <c r="A135" s="5">
         <v>129</v>
       </c>
       <c r="B135" s="8" t="s">
+        <v>558</v>
+      </c>
+      <c r="C135" s="9" t="s">
         <v>559</v>
       </c>
-      <c r="C135" s="9" t="s">
+      <c r="D135" s="5" t="s">
         <v>560</v>
       </c>
-      <c r="D135" s="5" t="s">
+      <c r="E135" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F135" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G135" s="9">
+        <v>83</v>
+      </c>
+      <c r="H135" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I135" s="9">
+        <v>275.0</v>
+      </c>
+      <c r="J135" s="9">
+        <v>15</v>
+      </c>
+      <c r="K135" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L135" s="9">
+        <v>140</v>
+      </c>
+      <c r="M135" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="N135" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O135" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="P135" s="5" t="s">
         <v>561</v>
       </c>
-      <c r="E135" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q135" s="9" t="s">
-        <v>564</v>
+        <v>287</v>
       </c>
     </row>
     <row r="136" spans="1:17">
       <c r="A136" s="5">
         <v>130</v>
       </c>
       <c r="B136" s="8" t="s">
+        <v>562</v>
+      </c>
+      <c r="C136" s="9" t="s">
+        <v>563</v>
+      </c>
+      <c r="D136" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="E136" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F136" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G136" s="9">
+        <v>906</v>
+      </c>
+      <c r="H136" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I136" s="9">
+        <v>3500.0</v>
+      </c>
+      <c r="J136" s="9">
+        <v>145</v>
+      </c>
+      <c r="K136" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L136" s="9">
+        <v>2300</v>
+      </c>
+      <c r="M136" s="10" t="s">
+        <v>563</v>
+      </c>
+      <c r="N136" s="9" t="s">
         <v>565</v>
-      </c>
-[...34 lines deleted...]
-        <v>562</v>
       </c>
       <c r="O136" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P136" s="5" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="Q136" s="9" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="137" spans="1:17">
       <c r="A137" s="5">
         <v>131</v>
       </c>
       <c r="B137" s="8" t="s">
         <v>568</v>
       </c>
       <c r="C137" s="9" t="s">
         <v>569</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="E137" s="9" t="s">
-        <v>23</v>
+        <v>226</v>
       </c>
       <c r="F137" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G137" s="9">
-        <v>432</v>
+        <v>1122</v>
       </c>
       <c r="H137" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I137" s="9">
-        <v>1650.0</v>
+        <v>2599.0</v>
       </c>
       <c r="J137" s="9">
-        <v>70</v>
+        <v>140</v>
       </c>
       <c r="K137" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L137" s="9">
-        <v>1100</v>
+        <v>2720</v>
       </c>
       <c r="M137" s="10" t="s">
         <v>569</v>
       </c>
       <c r="N137" s="9" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="O137" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P137" s="5" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="Q137" s="9" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="138" spans="1:17">
       <c r="A138" s="5">
         <v>132</v>
       </c>
       <c r="B138" s="8" t="s">
         <v>571</v>
       </c>
       <c r="C138" s="9" t="s">
         <v>572</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="E138" s="9" t="s">
-        <v>226</v>
+        <v>23</v>
       </c>
       <c r="F138" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G138" s="9">
-        <v>598</v>
+        <v>432</v>
       </c>
       <c r="H138" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I138" s="9">
-        <v>1399.0</v>
+        <v>1650.0</v>
       </c>
       <c r="J138" s="9">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="K138" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L138" s="9">
-        <v>1420</v>
+        <v>1100</v>
       </c>
       <c r="M138" s="10" t="s">
         <v>572</v>
       </c>
       <c r="N138" s="9" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="O138" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P138" s="5" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="Q138" s="9" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="139" spans="1:17">
       <c r="A139" s="5">
         <v>133</v>
       </c>
       <c r="B139" s="8" t="s">
         <v>574</v>
       </c>
       <c r="C139" s="9" t="s">
         <v>575</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="E139" s="9" t="s">
-        <v>23</v>
+        <v>226</v>
       </c>
       <c r="F139" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G139" s="9">
-        <v>474</v>
+        <v>598</v>
       </c>
       <c r="H139" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I139" s="9">
-        <v>1850.0</v>
+        <v>1399.0</v>
       </c>
       <c r="J139" s="9">
         <v>75</v>
       </c>
       <c r="K139" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L139" s="9">
-        <v>1200</v>
+        <v>1420</v>
       </c>
       <c r="M139" s="10" t="s">
         <v>575</v>
       </c>
       <c r="N139" s="9" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="O139" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P139" s="5" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="Q139" s="9" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
     </row>
     <row r="140" spans="1:17">
       <c r="A140" s="5">
         <v>134</v>
       </c>
       <c r="B140" s="8" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C140" s="9" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="E140" s="9" t="s">
-        <v>226</v>
+        <v>23</v>
       </c>
       <c r="F140" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G140" s="9">
-        <v>524</v>
+        <v>474</v>
       </c>
       <c r="H140" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I140" s="9">
-        <v>1299.0</v>
+        <v>1850.0</v>
       </c>
       <c r="J140" s="9">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="K140" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L140" s="9">
-        <v>1300</v>
+        <v>1200</v>
       </c>
       <c r="M140" s="10" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="N140" s="9" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="O140" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P140" s="5" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="Q140" s="9" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
     </row>
     <row r="141" spans="1:17">
       <c r="A141" s="5">
         <v>135</v>
       </c>
       <c r="B141" s="8" t="s">
         <v>579</v>
       </c>
       <c r="C141" s="9" t="s">
         <v>580</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>581</v>
+        <v>564</v>
       </c>
       <c r="E141" s="9" t="s">
-        <v>33</v>
+        <v>226</v>
       </c>
       <c r="F141" s="9">
         <v>2024</v>
       </c>
       <c r="G141" s="9">
-        <v>549</v>
+        <v>524</v>
       </c>
       <c r="H141" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I141" s="9">
-        <v>1600.0</v>
+        <v>1299.0</v>
       </c>
       <c r="J141" s="9">
         <v>70</v>
       </c>
       <c r="K141" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L141" s="9">
-        <v>1400</v>
+        <v>1300</v>
       </c>
       <c r="M141" s="10" t="s">
         <v>580</v>
       </c>
       <c r="N141" s="9" t="s">
-        <v>26</v>
+        <v>565</v>
       </c>
       <c r="O141" s="9" t="s">
-        <v>181</v>
+        <v>27</v>
       </c>
       <c r="P141" s="5" t="s">
-        <v>260</v>
+        <v>566</v>
       </c>
       <c r="Q141" s="9" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
     </row>
     <row r="142" spans="1:17">
       <c r="A142" s="5">
         <v>136</v>
       </c>
       <c r="B142" s="8" t="s">
+        <v>582</v>
+      </c>
+      <c r="C142" s="9" t="s">
         <v>583</v>
       </c>
-      <c r="C142" s="9" t="s">
+      <c r="D142" s="5" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
       <c r="E142" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F142" s="9">
         <v>2024</v>
       </c>
       <c r="G142" s="9">
-        <v>220</v>
+        <v>549</v>
       </c>
       <c r="H142" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I142" s="9">
-        <v>650.0</v>
+        <v>1600.0</v>
       </c>
       <c r="J142" s="9">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="K142" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L142" s="9">
-        <v>600</v>
+        <v>1400</v>
       </c>
       <c r="M142" s="10" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="N142" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O142" s="9" t="s">
-        <v>27</v>
+        <v>181</v>
       </c>
       <c r="P142" s="5" t="s">
         <v>260</v>
       </c>
       <c r="Q142" s="9" t="s">
-        <v>123</v>
+        <v>585</v>
       </c>
     </row>
     <row r="143" spans="1:17">
       <c r="A143" s="5">
         <v>137</v>
       </c>
       <c r="B143" s="8" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C143" s="9" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="E143" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F143" s="9">
         <v>2024</v>
       </c>
       <c r="G143" s="9">
-        <v>329</v>
+        <v>220</v>
       </c>
       <c r="H143" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I143" s="9">
-        <v>975.0</v>
+        <v>650.0</v>
       </c>
       <c r="J143" s="9">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="K143" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L143" s="9">
-        <v>780</v>
+        <v>600</v>
       </c>
       <c r="M143" s="10" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="N143" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O143" s="9" t="s">
-        <v>126</v>
+        <v>27</v>
       </c>
       <c r="P143" s="5" t="s">
         <v>260</v>
       </c>
       <c r="Q143" s="9" t="s">
-        <v>587</v>
+        <v>123</v>
       </c>
     </row>
     <row r="144" spans="1:17">
       <c r="A144" s="5">
         <v>138</v>
       </c>
       <c r="B144" s="8" t="s">
         <v>588</v>
       </c>
       <c r="C144" s="9" t="s">
         <v>589</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="E144" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F144" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G144" s="9">
-        <v>156</v>
+        <v>329</v>
       </c>
       <c r="H144" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I144" s="9">
-        <v>400.0</v>
+        <v>975.0</v>
       </c>
       <c r="J144" s="9">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="K144" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L144" s="9">
-        <v>270</v>
+        <v>780</v>
       </c>
       <c r="M144" s="10" t="s">
         <v>589</v>
       </c>
       <c r="N144" s="9" t="s">
-        <v>591</v>
+        <v>26</v>
       </c>
       <c r="O144" s="9" t="s">
-        <v>186</v>
+        <v>27</v>
       </c>
       <c r="P144" s="5" t="s">
-        <v>186</v>
+        <v>260</v>
       </c>
       <c r="Q144" s="9" t="s">
-        <v>132</v>
+        <v>590</v>
       </c>
     </row>
     <row r="145" spans="1:17">
       <c r="A145" s="5">
         <v>139</v>
       </c>
       <c r="B145" s="8" t="s">
+        <v>591</v>
+      </c>
+      <c r="C145" s="9" t="s">
         <v>592</v>
       </c>
-      <c r="C145" s="9" t="s">
+      <c r="D145" s="5" t="s">
         <v>593</v>
       </c>
-      <c r="D145" s="5" t="s">
+      <c r="E145" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F145" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G145" s="9">
+        <v>156</v>
+      </c>
+      <c r="H145" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I145" s="9">
+        <v>400.0</v>
+      </c>
+      <c r="J145" s="9">
+        <v>20</v>
+      </c>
+      <c r="K145" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L145" s="9">
+        <v>270</v>
+      </c>
+      <c r="M145" s="10" t="s">
+        <v>592</v>
+      </c>
+      <c r="N145" s="9" t="s">
         <v>594</v>
       </c>
-      <c r="E145" s="9" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O145" s="9" t="s">
-        <v>53</v>
+        <v>186</v>
       </c>
       <c r="P145" s="5" t="s">
-        <v>595</v>
+        <v>186</v>
       </c>
       <c r="Q145" s="9" t="s">
-        <v>66</v>
+        <v>132</v>
       </c>
     </row>
     <row r="146" spans="1:17">
       <c r="A146" s="5">
         <v>140</v>
       </c>
       <c r="B146" s="8" t="s">
+        <v>595</v>
+      </c>
+      <c r="C146" s="9" t="s">
         <v>596</v>
       </c>
-      <c r="C146" s="9" t="s">
+      <c r="D146" s="5" t="s">
         <v>597</v>
       </c>
-      <c r="D146" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E146" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F146" s="9">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="G146" s="9">
-        <v>85</v>
+        <v>283</v>
       </c>
       <c r="H146" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I146" s="9">
-        <v>350.0</v>
+        <v>700.0</v>
       </c>
       <c r="J146" s="9">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K146" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L146" s="9">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="M146" s="10" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="N146" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O146" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P146" s="5" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="Q146" s="9" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
     </row>
     <row r="147" spans="1:17">
       <c r="A147" s="5">
         <v>141</v>
       </c>
       <c r="B147" s="8" t="s">
+        <v>599</v>
+      </c>
+      <c r="C147" s="9" t="s">
         <v>600</v>
       </c>
-      <c r="C147" s="9" t="s">
+      <c r="D147" s="5" t="s">
         <v>601</v>
       </c>
-      <c r="D147" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E147" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F147" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G147" s="9">
-        <v>252</v>
+        <v>85</v>
       </c>
       <c r="H147" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I147" s="9">
-        <v>575.0</v>
+        <v>350.0</v>
       </c>
       <c r="J147" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K147" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L147" s="9">
-        <v>400</v>
+        <v>120</v>
       </c>
       <c r="M147" s="10" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="N147" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O147" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P147" s="5" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="Q147" s="9" t="s">
-        <v>137</v>
+        <v>76</v>
       </c>
     </row>
     <row r="148" spans="1:17">
       <c r="A148" s="5">
         <v>142</v>
       </c>
       <c r="B148" s="8" t="s">
+        <v>603</v>
+      </c>
+      <c r="C148" s="9" t="s">
         <v>604</v>
       </c>
-      <c r="C148" s="9" t="s">
+      <c r="D148" s="5" t="s">
         <v>605</v>
       </c>
-      <c r="D148" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E148" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F148" s="9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="G148" s="9">
-        <v>154</v>
+        <v>252</v>
       </c>
       <c r="H148" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I148" s="9">
-        <v>400.0</v>
+        <v>575.0</v>
       </c>
       <c r="J148" s="9">
         <v>30</v>
       </c>
       <c r="K148" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L148" s="9">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="M148" s="10" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="N148" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O148" s="9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="P148" s="5" t="s">
-        <v>469</v>
+        <v>606</v>
       </c>
       <c r="Q148" s="9" t="s">
-        <v>607</v>
+        <v>137</v>
       </c>
     </row>
     <row r="149" spans="1:17">
       <c r="A149" s="5">
         <v>143</v>
       </c>
       <c r="B149" s="8" t="s">
+        <v>607</v>
+      </c>
+      <c r="C149" s="9" t="s">
         <v>608</v>
       </c>
-      <c r="C149" s="9" t="s">
+      <c r="D149" s="5" t="s">
         <v>609</v>
       </c>
-      <c r="D149" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E149" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F149" s="9">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="G149" s="9">
-        <v>175</v>
+        <v>154</v>
       </c>
       <c r="H149" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I149" s="9">
         <v>400.0</v>
       </c>
       <c r="J149" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K149" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L149" s="9">
-        <v>310</v>
+        <v>250</v>
       </c>
       <c r="M149" s="10" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="N149" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O149" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P149" s="5" t="s">
-        <v>318</v>
+        <v>472</v>
       </c>
       <c r="Q149" s="9" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
     </row>
     <row r="150" spans="1:17">
       <c r="A150" s="5">
         <v>144</v>
       </c>
       <c r="B150" s="8" t="s">
+        <v>611</v>
+      </c>
+      <c r="C150" s="9" t="s">
         <v>612</v>
       </c>
-      <c r="C150" s="9" t="s">
+      <c r="D150" s="5" t="s">
         <v>613</v>
       </c>
-      <c r="D150" s="5" t="s">
+      <c r="E150" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F150" s="9">
+        <v>2026</v>
+      </c>
+      <c r="G150" s="9">
+        <v>665</v>
+      </c>
+      <c r="H150" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I150" s="9">
+        <v>1500.0</v>
+      </c>
+      <c r="J150" s="9">
+        <v>100</v>
+      </c>
+      <c r="K150" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L150" s="9">
+        <v>1140</v>
+      </c>
+      <c r="M150" s="10" t="s">
+        <v>612</v>
+      </c>
+      <c r="N150" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O150" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P150" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="Q150" s="9" t="s">
         <v>614</v>
-      </c>
-[...37 lines deleted...]
-        <v>617</v>
       </c>
     </row>
     <row r="151" spans="1:17">
       <c r="A151" s="5">
         <v>145</v>
       </c>
       <c r="B151" s="8" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="C151" s="9" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="E151" s="9" t="s">
-        <v>446</v>
+        <v>33</v>
       </c>
       <c r="F151" s="9">
         <v>2018</v>
       </c>
       <c r="G151" s="9">
-        <v>107</v>
+        <v>175</v>
       </c>
       <c r="H151" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I151" s="9">
-        <v>300.0</v>
+        <v>400.0</v>
       </c>
       <c r="J151" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K151" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L151" s="9">
-        <v>180</v>
+        <v>310</v>
       </c>
       <c r="M151" s="10" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="N151" s="9" t="s">
-        <v>447</v>
+        <v>26</v>
       </c>
       <c r="O151" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P151" s="5" t="s">
-        <v>616</v>
+        <v>318</v>
       </c>
       <c r="Q151" s="9" t="s">
-        <v>60</v>
+        <v>618</v>
       </c>
     </row>
     <row r="152" spans="1:17">
       <c r="A152" s="5">
         <v>146</v>
       </c>
       <c r="B152" s="8" t="s">
+        <v>619</v>
+      </c>
+      <c r="C152" s="9" t="s">
+        <v>620</v>
+      </c>
+      <c r="D152" s="5" t="s">
         <v>621</v>
       </c>
-      <c r="C152" s="9" t="s">
+      <c r="E152" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F152" s="9" t="s">
         <v>622</v>
       </c>
-      <c r="D152" s="5" t="s">
+      <c r="G152" s="9">
+        <v>59</v>
+      </c>
+      <c r="H152" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I152" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="J152" s="9">
+        <v>20</v>
+      </c>
+      <c r="K152" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L152" s="9">
+        <v>120</v>
+      </c>
+      <c r="M152" s="10" t="s">
+        <v>620</v>
+      </c>
+      <c r="N152" s="9" t="s">
+        <v>450</v>
+      </c>
+      <c r="O152" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="P152" s="5" t="s">
         <v>623</v>
-      </c>
-[...34 lines deleted...]
-        <v>27</v>
       </c>
       <c r="Q152" s="9" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="153" spans="1:17">
       <c r="A153" s="5">
         <v>147</v>
       </c>
       <c r="B153" s="8" t="s">
         <v>625</v>
       </c>
       <c r="C153" s="9" t="s">
         <v>626</v>
       </c>
       <c r="D153" s="5" t="s">
         <v>627</v>
       </c>
       <c r="E153" s="9" t="s">
-        <v>33</v>
+        <v>449</v>
       </c>
       <c r="F153" s="9">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="G153" s="9">
-        <v>208</v>
+        <v>107</v>
       </c>
       <c r="H153" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I153" s="9">
-        <v>475.0</v>
+        <v>300.0</v>
       </c>
       <c r="J153" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K153" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L153" s="9">
-        <v>340</v>
+        <v>180</v>
       </c>
       <c r="M153" s="10" t="s">
         <v>626</v>
       </c>
       <c r="N153" s="9" t="s">
-        <v>388</v>
+        <v>450</v>
       </c>
       <c r="O153" s="9" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="P153" s="5" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="Q153" s="9" t="s">
-        <v>319</v>
+        <v>60</v>
       </c>
     </row>
     <row r="154" spans="1:17">
       <c r="A154" s="5">
         <v>148</v>
       </c>
       <c r="B154" s="8" t="s">
+        <v>628</v>
+      </c>
+      <c r="C154" s="9" t="s">
         <v>629</v>
       </c>
-      <c r="C154" s="9" t="s">
+      <c r="D154" s="5" t="s">
         <v>630</v>
       </c>
-      <c r="D154" s="5" t="s">
+      <c r="E154" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F154" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G154" s="9">
+        <v>303</v>
+      </c>
+      <c r="H154" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I154" s="9">
+        <v>950.0</v>
+      </c>
+      <c r="J154" s="9">
+        <v>60</v>
+      </c>
+      <c r="K154" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L154" s="9">
+        <v>550</v>
+      </c>
+      <c r="M154" s="10" t="s">
+        <v>629</v>
+      </c>
+      <c r="N154" s="9" t="s">
+        <v>309</v>
+      </c>
+      <c r="O154" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P154" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q154" s="9" t="s">
         <v>631</v>
-      </c>
-[...37 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="155" spans="1:17">
       <c r="A155" s="5">
         <v>149</v>
       </c>
       <c r="B155" s="8" t="s">
         <v>632</v>
       </c>
       <c r="C155" s="9" t="s">
         <v>633</v>
       </c>
       <c r="D155" s="5" t="s">
         <v>634</v>
       </c>
       <c r="E155" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F155" s="9">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G155" s="9">
-        <v>273</v>
+        <v>208</v>
       </c>
       <c r="H155" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I155" s="9">
-        <v>650.0</v>
+        <v>475.0</v>
       </c>
       <c r="J155" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K155" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L155" s="9">
-        <v>370</v>
+        <v>340</v>
       </c>
       <c r="M155" s="10" t="s">
         <v>633</v>
       </c>
       <c r="N155" s="9" t="s">
-        <v>58</v>
+        <v>388</v>
       </c>
       <c r="O155" s="9" t="s">
-        <v>186</v>
+        <v>46</v>
       </c>
       <c r="P155" s="5" t="s">
-        <v>341</v>
+        <v>635</v>
       </c>
       <c r="Q155" s="9" t="s">
-        <v>137</v>
+        <v>319</v>
       </c>
     </row>
     <row r="156" spans="1:17">
       <c r="A156" s="5">
         <v>150</v>
       </c>
       <c r="B156" s="8" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C156" s="9" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D156" s="5" t="s">
+        <v>638</v>
+      </c>
+      <c r="E156" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F156" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G156" s="9">
+        <v>91</v>
+      </c>
+      <c r="H156" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I156" s="9">
+        <v>325.0</v>
+      </c>
+      <c r="J156" s="9">
+        <v>15</v>
+      </c>
+      <c r="K156" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L156" s="9">
+        <v>150</v>
+      </c>
+      <c r="M156" s="10" t="s">
         <v>637</v>
       </c>
-      <c r="E156" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N156" s="9" t="s">
-        <v>638</v>
+        <v>26</v>
       </c>
       <c r="O156" s="9" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="P156" s="5" t="s">
-        <v>227</v>
+        <v>35</v>
       </c>
       <c r="Q156" s="9" t="s">
-        <v>96</v>
+        <v>76</v>
       </c>
     </row>
     <row r="157" spans="1:17">
       <c r="A157" s="5">
         <v>151</v>
       </c>
       <c r="B157" s="8" t="s">
         <v>639</v>
       </c>
       <c r="C157" s="9" t="s">
         <v>640</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="E157" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F157" s="9">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="G157" s="9">
-        <v>139</v>
+        <v>273</v>
       </c>
       <c r="H157" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I157" s="9">
-        <v>495.0</v>
+        <v>650.0</v>
       </c>
       <c r="J157" s="9">
         <v>30</v>
       </c>
       <c r="K157" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L157" s="9">
-        <v>225</v>
+        <v>370</v>
       </c>
       <c r="M157" s="10" t="s">
         <v>640</v>
       </c>
       <c r="N157" s="9" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="O157" s="9" t="s">
-        <v>27</v>
+        <v>186</v>
       </c>
       <c r="P157" s="5" t="s">
-        <v>227</v>
+        <v>341</v>
       </c>
       <c r="Q157" s="9" t="s">
-        <v>71</v>
+        <v>137</v>
       </c>
     </row>
     <row r="158" spans="1:17">
       <c r="A158" s="5">
         <v>152</v>
       </c>
       <c r="B158" s="8" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C158" s="9" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D158" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="E158" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F158" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G158" s="9">
+        <v>119</v>
+      </c>
+      <c r="H158" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I158" s="9">
+        <v>395.0</v>
+      </c>
+      <c r="J158" s="9">
+        <v>25</v>
+      </c>
+      <c r="K158" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L158" s="9">
+        <v>230</v>
+      </c>
+      <c r="M158" s="10" t="s">
         <v>643</v>
       </c>
-      <c r="E158" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N158" s="9" t="s">
-        <v>26</v>
+        <v>645</v>
       </c>
       <c r="O158" s="9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="P158" s="5" t="s">
-        <v>59</v>
+        <v>227</v>
       </c>
       <c r="Q158" s="9" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
     </row>
     <row r="159" spans="1:17">
       <c r="A159" s="5">
         <v>153</v>
       </c>
       <c r="B159" s="8" t="s">
+        <v>646</v>
+      </c>
+      <c r="C159" s="9" t="s">
+        <v>647</v>
+      </c>
+      <c r="D159" s="5" t="s">
         <v>644</v>
       </c>
-      <c r="C159" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E159" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F159" s="9">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="G159" s="9">
-        <v>242</v>
+        <v>139</v>
       </c>
       <c r="H159" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I159" s="9">
-        <v>550.0</v>
+        <v>495.0</v>
       </c>
       <c r="J159" s="9">
         <v>30</v>
       </c>
       <c r="K159" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L159" s="9">
-        <v>400</v>
+        <v>225</v>
       </c>
       <c r="M159" s="10" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="N159" s="9" t="s">
         <v>52</v>
       </c>
       <c r="O159" s="9" t="s">
-        <v>186</v>
+        <v>27</v>
       </c>
       <c r="P159" s="5" t="s">
-        <v>647</v>
+        <v>227</v>
       </c>
       <c r="Q159" s="9" t="s">
-        <v>648</v>
+        <v>71</v>
       </c>
     </row>
     <row r="160" spans="1:17">
       <c r="A160" s="5">
         <v>154</v>
       </c>
       <c r="B160" s="8" t="s">
+        <v>648</v>
+      </c>
+      <c r="C160" s="9" t="s">
         <v>649</v>
       </c>
-      <c r="C160" s="9" t="s">
+      <c r="D160" s="5" t="s">
         <v>650</v>
-      </c>
-[...1 lines deleted...]
-        <v>651</v>
       </c>
       <c r="E160" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F160" s="9">
         <v>2024</v>
       </c>
       <c r="G160" s="9">
-        <v>131</v>
+        <v>92</v>
       </c>
       <c r="H160" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I160" s="9">
         <v>400.0</v>
       </c>
       <c r="J160" s="9">
         <v>25</v>
       </c>
       <c r="K160" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L160" s="9">
-        <v>220</v>
+        <v>140</v>
       </c>
       <c r="M160" s="10" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="N160" s="9" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="O160" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P160" s="5" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="Q160" s="9" t="s">
-        <v>415</v>
+        <v>76</v>
       </c>
     </row>
     <row r="161" spans="1:17">
       <c r="A161" s="5">
         <v>155</v>
       </c>
       <c r="B161" s="8" t="s">
+        <v>651</v>
+      </c>
+      <c r="C161" s="9" t="s">
         <v>652</v>
       </c>
-      <c r="C161" s="9" t="s">
+      <c r="D161" s="5" t="s">
         <v>653</v>
       </c>
-      <c r="D161" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E161" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F161" s="9">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="G161" s="9">
-        <v>215</v>
+        <v>242</v>
       </c>
       <c r="H161" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I161" s="9">
-        <v>495.0</v>
+        <v>550.0</v>
       </c>
       <c r="J161" s="9">
         <v>30</v>
       </c>
       <c r="K161" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L161" s="9">
-        <v>320</v>
+        <v>400</v>
       </c>
       <c r="M161" s="10" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="N161" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="O161" s="9" t="s">
+        <v>186</v>
+      </c>
+      <c r="P161" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="Q161" s="9" t="s">
         <v>655</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="162" spans="1:17">
       <c r="A162" s="5">
         <v>156</v>
       </c>
       <c r="B162" s="8" t="s">
+        <v>656</v>
+      </c>
+      <c r="C162" s="9" t="s">
         <v>657</v>
       </c>
-      <c r="C162" s="9" t="s">
+      <c r="D162" s="5" t="s">
         <v>658</v>
       </c>
-      <c r="D162" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E162" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F162" s="9">
-        <v>2026</v>
+        <v>2024</v>
       </c>
       <c r="G162" s="9">
-        <v>111</v>
+        <v>131</v>
       </c>
       <c r="H162" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I162" s="9">
-        <v>325.0</v>
+        <v>400.0</v>
       </c>
       <c r="J162" s="9">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K162" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L162" s="9">
-        <v>250</v>
+        <v>220</v>
       </c>
       <c r="M162" s="10" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="N162" s="9" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="O162" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P162" s="5" t="s">
-        <v>660</v>
+        <v>54</v>
       </c>
       <c r="Q162" s="9" t="s">
-        <v>661</v>
+        <v>418</v>
       </c>
     </row>
     <row r="163" spans="1:17">
       <c r="A163" s="5">
         <v>157</v>
       </c>
       <c r="B163" s="8" t="s">
+        <v>659</v>
+      </c>
+      <c r="C163" s="9" t="s">
+        <v>660</v>
+      </c>
+      <c r="D163" s="5" t="s">
+        <v>661</v>
+      </c>
+      <c r="E163" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F163" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G163" s="9">
+        <v>215</v>
+      </c>
+      <c r="H163" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I163" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J163" s="9">
+        <v>30</v>
+      </c>
+      <c r="K163" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L163" s="9">
+        <v>320</v>
+      </c>
+      <c r="M163" s="10" t="s">
+        <v>660</v>
+      </c>
+      <c r="N163" s="9" t="s">
         <v>662</v>
       </c>
-      <c r="C163" s="9" t="s">
+      <c r="O163" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P163" s="5" t="s">
         <v>663</v>
       </c>
-      <c r="D163" s="5" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q163" s="9" t="s">
-        <v>664</v>
+        <v>36</v>
       </c>
     </row>
     <row r="164" spans="1:17">
       <c r="A164" s="5">
         <v>158</v>
       </c>
       <c r="B164" s="8" t="s">
+        <v>664</v>
+      </c>
+      <c r="C164" s="9" t="s">
         <v>665</v>
       </c>
-      <c r="C164" s="9" t="s">
+      <c r="D164" s="5" t="s">
         <v>666</v>
       </c>
-      <c r="D164" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E164" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F164" s="9">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="G164" s="9">
-        <v>98</v>
+        <v>111</v>
       </c>
       <c r="H164" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I164" s="9">
-        <v>350.0</v>
+        <v>325.0</v>
       </c>
       <c r="J164" s="9">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K164" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L164" s="9">
-        <v>170</v>
+        <v>250</v>
       </c>
       <c r="M164" s="10" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="N164" s="9" t="s">
         <v>58</v>
       </c>
       <c r="O164" s="9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="P164" s="5" t="s">
+        <v>667</v>
+      </c>
+      <c r="Q164" s="9" t="s">
         <v>668</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="165" spans="1:17">
       <c r="A165" s="5">
         <v>159</v>
       </c>
       <c r="B165" s="8" t="s">
         <v>669</v>
       </c>
       <c r="C165" s="9" t="s">
         <v>670</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>671</v>
+        <v>155</v>
       </c>
       <c r="E165" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F165" s="9">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G165" s="9">
-        <v>596</v>
+        <v>292</v>
       </c>
       <c r="H165" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I165" s="9">
-        <v>1850.0</v>
+        <v>950.0</v>
       </c>
       <c r="J165" s="9">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="K165" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L165" s="9">
-        <v>1500</v>
+        <v>665</v>
       </c>
       <c r="M165" s="10" t="s">
         <v>670</v>
       </c>
       <c r="N165" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O165" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P165" s="5" t="s">
-        <v>252</v>
+        <v>212</v>
       </c>
       <c r="Q165" s="9" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
     </row>
     <row r="166" spans="1:17">
       <c r="A166" s="5">
         <v>160</v>
       </c>
       <c r="B166" s="8" t="s">
+        <v>672</v>
+      </c>
+      <c r="C166" s="9" t="s">
         <v>673</v>
       </c>
-      <c r="C166" s="9" t="s">
+      <c r="D166" s="5" t="s">
         <v>674</v>
       </c>
-      <c r="D166" s="5" t="s">
+      <c r="E166" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F166" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G166" s="9">
+        <v>98</v>
+      </c>
+      <c r="H166" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I166" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J166" s="9">
+        <v>20</v>
+      </c>
+      <c r="K166" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L166" s="9">
+        <v>170</v>
+      </c>
+      <c r="M166" s="10" t="s">
+        <v>673</v>
+      </c>
+      <c r="N166" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O166" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="P166" s="5" t="s">
         <v>675</v>
       </c>
-      <c r="E166" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q166" s="9" t="s">
-        <v>677</v>
+        <v>178</v>
       </c>
     </row>
     <row r="167" spans="1:17">
       <c r="A167" s="5">
         <v>161</v>
       </c>
       <c r="B167" s="8" t="s">
+        <v>676</v>
+      </c>
+      <c r="C167" s="9" t="s">
+        <v>677</v>
+      </c>
+      <c r="D167" s="5" t="s">
         <v>678</v>
       </c>
-      <c r="C167" s="9" t="s">
+      <c r="E167" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F167" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G167" s="9">
+        <v>596</v>
+      </c>
+      <c r="H167" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I167" s="9">
+        <v>1850.0</v>
+      </c>
+      <c r="J167" s="9">
+        <v>70</v>
+      </c>
+      <c r="K167" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L167" s="9">
+        <v>1500</v>
+      </c>
+      <c r="M167" s="10" t="s">
+        <v>677</v>
+      </c>
+      <c r="N167" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O167" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P167" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="Q167" s="9" t="s">
         <v>679</v>
-      </c>
-[...40 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="168" spans="1:17">
       <c r="A168" s="5">
         <v>162</v>
       </c>
       <c r="B168" s="8" t="s">
+        <v>680</v>
+      </c>
+      <c r="C168" s="9" t="s">
         <v>681</v>
       </c>
-      <c r="C168" s="9" t="s">
+      <c r="D168" s="5" t="s">
         <v>682</v>
       </c>
-      <c r="D168" s="5" t="s">
+      <c r="E168" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F168" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G168" s="9">
+        <v>417</v>
+      </c>
+      <c r="H168" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I168" s="9">
+        <v>995.0</v>
+      </c>
+      <c r="J168" s="9">
+        <v>45</v>
+      </c>
+      <c r="K168" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L168" s="9">
+        <v>525</v>
+      </c>
+      <c r="M168" s="10" t="s">
+        <v>681</v>
+      </c>
+      <c r="N168" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O168" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P168" s="5" t="s">
         <v>683</v>
       </c>
-      <c r="E168" s="9" t="s">
-[...26 lines deleted...]
-      <c r="N168" s="9" t="s">
+      <c r="Q168" s="9" t="s">
         <v>684</v>
-      </c>
-[...7 lines deleted...]
-        <v>686</v>
       </c>
     </row>
     <row r="169" spans="1:17">
       <c r="A169" s="5">
         <v>163</v>
       </c>
       <c r="B169" s="8" t="s">
+        <v>685</v>
+      </c>
+      <c r="C169" s="9" t="s">
+        <v>686</v>
+      </c>
+      <c r="D169" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="E169" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F169" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G169" s="9">
+        <v>252</v>
+      </c>
+      <c r="H169" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I169" s="9">
+        <v>800.0</v>
+      </c>
+      <c r="J169" s="9">
+        <v>40</v>
+      </c>
+      <c r="K169" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L169" s="9">
+        <v>430</v>
+      </c>
+      <c r="M169" s="10" t="s">
+        <v>686</v>
+      </c>
+      <c r="N169" s="9" t="s">
+        <v>207</v>
+      </c>
+      <c r="O169" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P169" s="5" t="s">
         <v>687</v>
       </c>
-      <c r="C169" s="9" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="Q169" s="9" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
     </row>
     <row r="170" spans="1:17">
       <c r="A170" s="5">
         <v>164</v>
       </c>
       <c r="B170" s="8" t="s">
+        <v>688</v>
+      </c>
+      <c r="C170" s="9" t="s">
+        <v>689</v>
+      </c>
+      <c r="D170" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="E170" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F170" s="9">
+        <v>2018</v>
+      </c>
+      <c r="G170" s="9">
+        <v>69</v>
+      </c>
+      <c r="H170" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I170" s="9">
+        <v>375.0</v>
+      </c>
+      <c r="J170" s="9">
+        <v>20</v>
+      </c>
+      <c r="K170" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L170" s="9">
+        <v>130</v>
+      </c>
+      <c r="M170" s="10" t="s">
+        <v>689</v>
+      </c>
+      <c r="N170" s="9" t="s">
         <v>691</v>
       </c>
-      <c r="C170" s="9" t="s">
+      <c r="O170" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="P170" s="5" t="s">
         <v>692</v>
       </c>
-      <c r="D170" s="5" t="s">
+      <c r="Q170" s="9" t="s">
         <v>693</v>
-      </c>
-[...37 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="171" spans="1:17">
       <c r="A171" s="5">
         <v>165</v>
       </c>
       <c r="B171" s="8" t="s">
         <v>694</v>
       </c>
       <c r="C171" s="9" t="s">
         <v>695</v>
       </c>
       <c r="D171" s="5" t="s">
         <v>696</v>
       </c>
       <c r="E171" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F171" s="9">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="G171" s="9">
-        <v>83</v>
+        <v>173</v>
       </c>
       <c r="H171" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I171" s="9">
-        <v>375.0</v>
+        <v>495.0</v>
       </c>
       <c r="J171" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K171" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L171" s="9">
-        <v>210</v>
+        <v>275</v>
       </c>
       <c r="M171" s="10" t="s">
         <v>695</v>
       </c>
       <c r="N171" s="9" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="O171" s="9" t="s">
-        <v>53</v>
+        <v>80</v>
       </c>
       <c r="P171" s="5" t="s">
         <v>697</v>
       </c>
       <c r="Q171" s="9" t="s">
-        <v>532</v>
+        <v>146</v>
       </c>
     </row>
     <row r="172" spans="1:17">
       <c r="A172" s="5">
         <v>166</v>
       </c>
       <c r="B172" s="8" t="s">
         <v>698</v>
       </c>
       <c r="C172" s="9" t="s">
         <v>699</v>
       </c>
       <c r="D172" s="5" t="s">
         <v>700</v>
       </c>
       <c r="E172" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F172" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G172" s="9">
-        <v>65</v>
+        <v>172</v>
       </c>
       <c r="H172" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I172" s="9">
-        <v>350.0</v>
+        <v>450.0</v>
       </c>
       <c r="J172" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K172" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L172" s="9">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="M172" s="10" t="s">
         <v>699</v>
       </c>
       <c r="N172" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O172" s="9" t="s">
-        <v>53</v>
+        <v>186</v>
       </c>
       <c r="P172" s="5" t="s">
-        <v>54</v>
+        <v>187</v>
       </c>
       <c r="Q172" s="9" t="s">
-        <v>76</v>
+        <v>146</v>
       </c>
     </row>
     <row r="173" spans="1:17">
       <c r="A173" s="5">
         <v>167</v>
       </c>
       <c r="B173" s="8" t="s">
         <v>701</v>
       </c>
       <c r="C173" s="9" t="s">
         <v>702</v>
       </c>
       <c r="D173" s="5" t="s">
         <v>703</v>
       </c>
       <c r="E173" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F173" s="9">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="G173" s="9">
-        <v>120</v>
+        <v>83</v>
       </c>
       <c r="H173" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I173" s="9">
-        <v>400.0</v>
+        <v>375.0</v>
       </c>
       <c r="J173" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K173" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L173" s="9">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="M173" s="10" t="s">
         <v>702</v>
       </c>
       <c r="N173" s="9" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="O173" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P173" s="5" t="s">
-        <v>478</v>
+        <v>704</v>
       </c>
       <c r="Q173" s="9" t="s">
-        <v>171</v>
+        <v>535</v>
       </c>
     </row>
     <row r="174" spans="1:17">
       <c r="A174" s="5">
         <v>168</v>
       </c>
       <c r="B174" s="8" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C174" s="9" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="E174" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F174" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G174" s="9">
-        <v>101</v>
+        <v>65</v>
       </c>
       <c r="H174" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I174" s="9">
-        <v>375.0</v>
+        <v>350.0</v>
       </c>
       <c r="J174" s="9">
         <v>20</v>
       </c>
       <c r="K174" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L174" s="9">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="M174" s="10" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="N174" s="9" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="O174" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P174" s="5" t="s">
         <v>54</v>
       </c>
       <c r="Q174" s="9" t="s">
-        <v>96</v>
+        <v>76</v>
       </c>
     </row>
     <row r="175" spans="1:17">
       <c r="A175" s="5">
         <v>169</v>
       </c>
       <c r="B175" s="8" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C175" s="9" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D175" s="5" t="s">
+        <v>710</v>
+      </c>
+      <c r="E175" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F175" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G175" s="9">
+        <v>120</v>
+      </c>
+      <c r="H175" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I175" s="9">
+        <v>400.0</v>
+      </c>
+      <c r="J175" s="9">
+        <v>25</v>
+      </c>
+      <c r="K175" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L175" s="9">
+        <v>180</v>
+      </c>
+      <c r="M175" s="10" t="s">
         <v>709</v>
       </c>
-      <c r="E175" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N175" s="9" t="s">
-        <v>152</v>
+        <v>52</v>
       </c>
       <c r="O175" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P175" s="5" t="s">
-        <v>429</v>
+        <v>481</v>
       </c>
       <c r="Q175" s="9" t="s">
-        <v>132</v>
+        <v>171</v>
       </c>
     </row>
     <row r="176" spans="1:17">
       <c r="A176" s="5">
         <v>170</v>
       </c>
       <c r="B176" s="8" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C176" s="9" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D176" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="E176" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F176" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G176" s="9">
+        <v>101</v>
+      </c>
+      <c r="H176" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I176" s="9">
+        <v>375.0</v>
+      </c>
+      <c r="J176" s="9">
+        <v>20</v>
+      </c>
+      <c r="K176" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L176" s="9">
+        <v>200</v>
+      </c>
+      <c r="M176" s="10" t="s">
         <v>712</v>
       </c>
-      <c r="E176" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N176" s="9" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="O176" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P176" s="5" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="Q176" s="9" t="s">
-        <v>713</v>
+        <v>96</v>
       </c>
     </row>
     <row r="177" spans="1:17">
       <c r="A177" s="5">
         <v>171</v>
       </c>
       <c r="B177" s="8" t="s">
         <v>714</v>
       </c>
       <c r="C177" s="9" t="s">
         <v>715</v>
       </c>
       <c r="D177" s="5" t="s">
         <v>716</v>
       </c>
       <c r="E177" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F177" s="9">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="G177" s="9">
-        <v>78</v>
+        <v>174</v>
       </c>
       <c r="H177" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I177" s="9">
-        <v>300.0</v>
+        <v>500.0</v>
       </c>
       <c r="J177" s="9">
         <v>25</v>
       </c>
       <c r="K177" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L177" s="9">
-        <v>140</v>
+        <v>300</v>
       </c>
       <c r="M177" s="10" t="s">
         <v>715</v>
       </c>
       <c r="N177" s="9" t="s">
-        <v>52</v>
+        <v>152</v>
       </c>
       <c r="O177" s="9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="P177" s="5" t="s">
-        <v>717</v>
+        <v>432</v>
       </c>
       <c r="Q177" s="9" t="s">
-        <v>171</v>
+        <v>132</v>
       </c>
     </row>
     <row r="178" spans="1:17">
       <c r="A178" s="5">
         <v>172</v>
       </c>
       <c r="B178" s="8" t="s">
+        <v>717</v>
+      </c>
+      <c r="C178" s="9" t="s">
         <v>718</v>
       </c>
-      <c r="C178" s="9" t="s">
+      <c r="D178" s="5" t="s">
         <v>719</v>
       </c>
-      <c r="D178" s="5" t="s">
+      <c r="E178" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F178" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G178" s="9">
+        <v>220</v>
+      </c>
+      <c r="H178" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I178" s="9">
+        <v>600.0</v>
+      </c>
+      <c r="J178" s="9">
+        <v>30</v>
+      </c>
+      <c r="K178" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L178" s="9">
+        <v>310</v>
+      </c>
+      <c r="M178" s="10" t="s">
+        <v>718</v>
+      </c>
+      <c r="N178" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O178" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P178" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q178" s="9" t="s">
         <v>720</v>
-      </c>
-[...37 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="179" spans="1:17">
       <c r="A179" s="5">
         <v>173</v>
       </c>
       <c r="B179" s="8" t="s">
         <v>721</v>
       </c>
       <c r="C179" s="9" t="s">
         <v>722</v>
       </c>
       <c r="D179" s="5" t="s">
         <v>723</v>
       </c>
       <c r="E179" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F179" s="9">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="G179" s="9">
-        <v>189</v>
+        <v>78</v>
       </c>
       <c r="H179" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I179" s="9">
-        <v>675.0</v>
+        <v>300.0</v>
       </c>
       <c r="J179" s="9">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="K179" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L179" s="9">
-        <v>650</v>
+        <v>140</v>
       </c>
       <c r="M179" s="10" t="s">
         <v>722</v>
       </c>
       <c r="N179" s="9" t="s">
-        <v>447</v>
+        <v>52</v>
       </c>
       <c r="O179" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P179" s="5" t="s">
-        <v>660</v>
+        <v>724</v>
       </c>
       <c r="Q179" s="9" t="s">
-        <v>724</v>
+        <v>171</v>
       </c>
     </row>
     <row r="180" spans="1:17">
       <c r="A180" s="5">
         <v>174</v>
       </c>
       <c r="B180" s="8" t="s">
         <v>725</v>
       </c>
       <c r="C180" s="9" t="s">
         <v>726</v>
       </c>
       <c r="D180" s="5" t="s">
         <v>727</v>
       </c>
       <c r="E180" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F180" s="9">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="G180" s="9">
-        <v>149</v>
+        <v>90</v>
       </c>
       <c r="H180" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I180" s="9">
-        <v>495.0</v>
+        <v>350.0</v>
       </c>
       <c r="J180" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K180" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L180" s="9">
-        <v>230</v>
+        <v>150</v>
       </c>
       <c r="M180" s="10" t="s">
         <v>726</v>
       </c>
       <c r="N180" s="9" t="s">
-        <v>52</v>
+        <v>309</v>
       </c>
       <c r="O180" s="9" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="P180" s="5" t="s">
-        <v>603</v>
+        <v>236</v>
       </c>
       <c r="Q180" s="9" t="s">
-        <v>146</v>
+        <v>531</v>
       </c>
     </row>
     <row r="181" spans="1:17">
       <c r="A181" s="5">
         <v>175</v>
       </c>
       <c r="B181" s="8" t="s">
         <v>728</v>
       </c>
       <c r="C181" s="9" t="s">
         <v>729</v>
       </c>
       <c r="D181" s="5" t="s">
         <v>730</v>
       </c>
       <c r="E181" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F181" s="9">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="G181" s="9">
-        <v>132</v>
+        <v>189</v>
       </c>
       <c r="H181" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I181" s="9">
-        <v>550.0</v>
+        <v>675.0</v>
       </c>
       <c r="J181" s="9">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="K181" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L181" s="9">
-        <v>250</v>
+        <v>650</v>
       </c>
       <c r="M181" s="10" t="s">
         <v>729</v>
       </c>
       <c r="N181" s="9" t="s">
-        <v>26</v>
+        <v>450</v>
       </c>
       <c r="O181" s="9" t="s">
-        <v>126</v>
+        <v>27</v>
       </c>
       <c r="P181" s="5" t="s">
+        <v>667</v>
+      </c>
+      <c r="Q181" s="9" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="182" spans="1:17">
       <c r="A182" s="5">
         <v>176</v>
       </c>
       <c r="B182" s="8" t="s">
         <v>732</v>
       </c>
       <c r="C182" s="9" t="s">
         <v>733</v>
       </c>
       <c r="D182" s="5" t="s">
         <v>734</v>
       </c>
       <c r="E182" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F182" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G182" s="9">
-        <v>96</v>
+        <v>149</v>
       </c>
       <c r="H182" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I182" s="9">
-        <v>400.0</v>
+        <v>495.0</v>
       </c>
       <c r="J182" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K182" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L182" s="9">
-        <v>175</v>
+        <v>230</v>
       </c>
       <c r="M182" s="10" t="s">
         <v>733</v>
       </c>
       <c r="N182" s="9" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="O182" s="9" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="P182" s="5" t="s">
-        <v>735</v>
+        <v>606</v>
       </c>
       <c r="Q182" s="9" t="s">
-        <v>171</v>
+        <v>146</v>
       </c>
     </row>
     <row r="183" spans="1:17">
       <c r="A183" s="5">
         <v>177</v>
       </c>
       <c r="B183" s="8" t="s">
+        <v>735</v>
+      </c>
+      <c r="C183" s="9" t="s">
         <v>736</v>
       </c>
-      <c r="C183" s="9" t="s">
+      <c r="D183" s="5" t="s">
         <v>737</v>
       </c>
-      <c r="D183" s="5" t="s">
+      <c r="E183" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F183" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G183" s="9">
+        <v>132</v>
+      </c>
+      <c r="H183" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I183" s="9">
+        <v>550.0</v>
+      </c>
+      <c r="J183" s="9">
+        <v>45</v>
+      </c>
+      <c r="K183" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L183" s="9">
+        <v>250</v>
+      </c>
+      <c r="M183" s="10" t="s">
+        <v>736</v>
+      </c>
+      <c r="N183" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O183" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P183" s="5" t="s">
         <v>738</v>
       </c>
-      <c r="E183" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q183" s="9" t="s">
-        <v>42</v>
+        <v>324</v>
       </c>
     </row>
     <row r="184" spans="1:17">
       <c r="A184" s="5">
         <v>178</v>
       </c>
       <c r="B184" s="8" t="s">
+        <v>739</v>
+      </c>
+      <c r="C184" s="9" t="s">
         <v>740</v>
       </c>
-      <c r="C184" s="9" t="s">
+      <c r="D184" s="5" t="s">
         <v>741</v>
       </c>
-      <c r="D184" s="5" t="s">
+      <c r="E184" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F184" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G184" s="9">
+        <v>96</v>
+      </c>
+      <c r="H184" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I184" s="9">
+        <v>400.0</v>
+      </c>
+      <c r="J184" s="9">
+        <v>30</v>
+      </c>
+      <c r="K184" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L184" s="9">
+        <v>175</v>
+      </c>
+      <c r="M184" s="10" t="s">
+        <v>740</v>
+      </c>
+      <c r="N184" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O184" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P184" s="5" t="s">
         <v>742</v>
       </c>
-      <c r="E184" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q184" s="9" t="s">
-        <v>132</v>
+        <v>171</v>
       </c>
     </row>
     <row r="185" spans="1:17">
       <c r="A185" s="5">
         <v>179</v>
       </c>
       <c r="B185" s="8" t="s">
+        <v>743</v>
+      </c>
+      <c r="C185" s="9" t="s">
         <v>744</v>
       </c>
-      <c r="C185" s="9" t="s">
+      <c r="D185" s="5" t="s">
         <v>745</v>
       </c>
-      <c r="D185" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E185" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F185" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G185" s="9">
-        <v>240</v>
+        <v>140</v>
       </c>
       <c r="H185" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I185" s="9">
-        <v>750.0</v>
+        <v>400.0</v>
       </c>
       <c r="J185" s="9">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="K185" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L185" s="9">
-        <v>420</v>
+        <v>260</v>
       </c>
       <c r="M185" s="10" t="s">
-        <v>745</v>
+        <v>744</v>
       </c>
       <c r="N185" s="9" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="O185" s="9" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="P185" s="5" t="s">
-        <v>27</v>
+        <v>746</v>
       </c>
       <c r="Q185" s="9" t="s">
-        <v>314</v>
+        <v>42</v>
       </c>
     </row>
     <row r="186" spans="1:17">
       <c r="A186" s="5">
         <v>180</v>
       </c>
       <c r="B186" s="8" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C186" s="9" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D186" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="E186" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F186" s="9">
+        <v>2016</v>
+      </c>
+      <c r="G186" s="9">
+        <v>152</v>
+      </c>
+      <c r="H186" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I186" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J186" s="9">
+        <v>25</v>
+      </c>
+      <c r="K186" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L186" s="9">
+        <v>250</v>
+      </c>
+      <c r="M186" s="10" t="s">
         <v>748</v>
       </c>
-      <c r="E186" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N186" s="9" t="s">
-        <v>52</v>
+        <v>750</v>
       </c>
       <c r="O186" s="9" t="s">
-        <v>41</v>
+        <v>186</v>
       </c>
       <c r="P186" s="5" t="s">
-        <v>749</v>
+        <v>499</v>
       </c>
       <c r="Q186" s="9" t="s">
-        <v>171</v>
+        <v>132</v>
       </c>
     </row>
     <row r="187" spans="1:17">
       <c r="A187" s="5">
         <v>181</v>
       </c>
       <c r="B187" s="8" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C187" s="9" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D187" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="E187" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F187" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G187" s="9">
+        <v>240</v>
+      </c>
+      <c r="H187" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I187" s="9">
+        <v>750.0</v>
+      </c>
+      <c r="J187" s="9">
+        <v>35</v>
+      </c>
+      <c r="K187" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L187" s="9">
+        <v>420</v>
+      </c>
+      <c r="M187" s="10" t="s">
         <v>752</v>
-      </c>
-[...25 lines deleted...]
-        <v>751</v>
       </c>
       <c r="N187" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O187" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P187" s="5" t="s">
-        <v>753</v>
+        <v>27</v>
       </c>
       <c r="Q187" s="9" t="s">
-        <v>60</v>
+        <v>314</v>
       </c>
     </row>
     <row r="188" spans="1:17">
       <c r="A188" s="5">
         <v>182</v>
       </c>
       <c r="B188" s="8" t="s">
+        <v>753</v>
+      </c>
+      <c r="C188" s="9" t="s">
         <v>754</v>
       </c>
-      <c r="C188" s="9" t="s">
+      <c r="D188" s="5" t="s">
         <v>755</v>
       </c>
-      <c r="D188" s="5" t="s">
+      <c r="E188" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F188" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G188" s="9">
+        <v>111</v>
+      </c>
+      <c r="H188" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I188" s="9">
+        <v>400.0</v>
+      </c>
+      <c r="J188" s="9">
+        <v>20</v>
+      </c>
+      <c r="K188" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L188" s="9">
+        <v>180</v>
+      </c>
+      <c r="M188" s="10" t="s">
+        <v>754</v>
+      </c>
+      <c r="N188" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="O188" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="P188" s="5" t="s">
         <v>756</v>
       </c>
-      <c r="E188" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q188" s="9" t="s">
-        <v>76</v>
+        <v>171</v>
       </c>
     </row>
     <row r="189" spans="1:17">
       <c r="A189" s="5">
         <v>183</v>
       </c>
       <c r="B189" s="8" t="s">
         <v>757</v>
       </c>
       <c r="C189" s="9" t="s">
         <v>758</v>
       </c>
       <c r="D189" s="5" t="s">
         <v>759</v>
       </c>
       <c r="E189" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F189" s="9">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G189" s="9">
-        <v>138</v>
+        <v>76</v>
       </c>
       <c r="H189" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I189" s="9">
-        <v>375.0</v>
+        <v>300.0</v>
       </c>
       <c r="J189" s="9">
         <v>20</v>
       </c>
       <c r="K189" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L189" s="9">
-        <v>220</v>
+        <v>160</v>
       </c>
       <c r="M189" s="10" t="s">
         <v>758</v>
       </c>
       <c r="N189" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O189" s="9" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="P189" s="5" t="s">
         <v>760</v>
       </c>
       <c r="Q189" s="9" t="s">
-        <v>42</v>
+        <v>60</v>
       </c>
     </row>
     <row r="190" spans="1:17">
       <c r="A190" s="5">
         <v>184</v>
       </c>
       <c r="B190" s="8" t="s">
         <v>761</v>
       </c>
       <c r="C190" s="9" t="s">
         <v>762</v>
       </c>
       <c r="D190" s="5" t="s">
         <v>763</v>
       </c>
       <c r="E190" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F190" s="9">
-        <v>2026</v>
+        <v>2023</v>
       </c>
       <c r="G190" s="9">
-        <v>213</v>
+        <v>50</v>
       </c>
       <c r="H190" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I190" s="9">
-        <v>475.0</v>
+        <v>200.0</v>
       </c>
       <c r="J190" s="9">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="K190" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L190" s="9">
-        <v>320</v>
+        <v>120</v>
       </c>
       <c r="M190" s="10" t="s">
         <v>762</v>
       </c>
       <c r="N190" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O190" s="9" t="s">
-        <v>41</v>
+        <v>299</v>
       </c>
       <c r="P190" s="5" t="s">
-        <v>757</v>
+        <v>300</v>
       </c>
       <c r="Q190" s="9" t="s">
-        <v>764</v>
+        <v>76</v>
       </c>
     </row>
     <row r="191" spans="1:17">
       <c r="A191" s="5">
         <v>185</v>
       </c>
       <c r="B191" s="8" t="s">
+        <v>764</v>
+      </c>
+      <c r="C191" s="9" t="s">
         <v>765</v>
       </c>
-      <c r="C191" s="9" t="s">
+      <c r="D191" s="5" t="s">
         <v>766</v>
       </c>
-      <c r="D191" s="5" t="s">
+      <c r="E191" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F191" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G191" s="9">
+        <v>138</v>
+      </c>
+      <c r="H191" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I191" s="9">
+        <v>375.0</v>
+      </c>
+      <c r="J191" s="9">
+        <v>20</v>
+      </c>
+      <c r="K191" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L191" s="9">
+        <v>220</v>
+      </c>
+      <c r="M191" s="10" t="s">
+        <v>765</v>
+      </c>
+      <c r="N191" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O191" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P191" s="5" t="s">
         <v>767</v>
       </c>
-      <c r="E191" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q191" s="9" t="s">
-        <v>394</v>
+        <v>42</v>
       </c>
     </row>
     <row r="192" spans="1:17">
       <c r="A192" s="5">
         <v>186</v>
       </c>
       <c r="B192" s="8" t="s">
         <v>768</v>
       </c>
       <c r="C192" s="9" t="s">
         <v>769</v>
       </c>
       <c r="D192" s="5" t="s">
         <v>770</v>
       </c>
       <c r="E192" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F192" s="9">
         <v>2026</v>
       </c>
       <c r="G192" s="9">
-        <v>137</v>
+        <v>213</v>
       </c>
       <c r="H192" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I192" s="9">
-        <v>350.0</v>
+        <v>475.0</v>
       </c>
       <c r="J192" s="9">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="K192" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L192" s="9">
-        <v>220</v>
+        <v>320</v>
       </c>
       <c r="M192" s="10" t="s">
         <v>769</v>
       </c>
       <c r="N192" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O192" s="9" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="P192" s="5" t="s">
+        <v>764</v>
+      </c>
+      <c r="Q192" s="9" t="s">
         <v>771</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="193" spans="1:17">
       <c r="A193" s="5">
         <v>187</v>
       </c>
       <c r="B193" s="8" t="s">
         <v>772</v>
       </c>
       <c r="C193" s="9" t="s">
         <v>773</v>
       </c>
       <c r="D193" s="5" t="s">
         <v>774</v>
       </c>
       <c r="E193" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F193" s="9">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="G193" s="9">
-        <v>183</v>
+        <v>382</v>
       </c>
       <c r="H193" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I193" s="9">
-        <v>395.0</v>
+        <v>1450.0</v>
       </c>
       <c r="J193" s="9">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="K193" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L193" s="9">
-        <v>280</v>
+        <v>600</v>
       </c>
       <c r="M193" s="10" t="s">
         <v>773</v>
       </c>
       <c r="N193" s="9" t="s">
-        <v>26</v>
+        <v>494</v>
       </c>
       <c r="O193" s="9" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="P193" s="5" t="s">
-        <v>775</v>
+        <v>252</v>
       </c>
       <c r="Q193" s="9" t="s">
-        <v>71</v>
+        <v>394</v>
       </c>
     </row>
     <row r="194" spans="1:17">
       <c r="A194" s="5">
         <v>188</v>
       </c>
       <c r="B194" s="8" t="s">
+        <v>775</v>
+      </c>
+      <c r="C194" s="9" t="s">
         <v>776</v>
       </c>
-      <c r="C194" s="9" t="s">
+      <c r="D194" s="5" t="s">
         <v>777</v>
       </c>
-      <c r="D194" s="5" t="s">
+      <c r="E194" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F194" s="9">
+        <v>2026</v>
+      </c>
+      <c r="G194" s="9">
+        <v>137</v>
+      </c>
+      <c r="H194" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I194" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J194" s="9">
+        <v>20</v>
+      </c>
+      <c r="K194" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L194" s="9">
+        <v>220</v>
+      </c>
+      <c r="M194" s="10" t="s">
+        <v>776</v>
+      </c>
+      <c r="N194" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O194" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="P194" s="5" t="s">
         <v>778</v>
       </c>
-      <c r="E194" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q194" s="9" t="s">
-        <v>85</v>
+        <v>418</v>
       </c>
     </row>
     <row r="195" spans="1:17">
       <c r="A195" s="5">
         <v>189</v>
       </c>
       <c r="B195" s="8" t="s">
+        <v>779</v>
+      </c>
+      <c r="C195" s="9" t="s">
         <v>780</v>
       </c>
-      <c r="C195" s="9" t="s">
+      <c r="D195" s="5" t="s">
         <v>781</v>
       </c>
-      <c r="D195" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E195" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F195" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G195" s="9">
-        <v>197</v>
+        <v>183</v>
       </c>
       <c r="H195" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I195" s="9">
-        <v>475.0</v>
+        <v>395.0</v>
       </c>
       <c r="J195" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K195" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L195" s="9">
-        <v>400</v>
+        <v>280</v>
       </c>
       <c r="M195" s="10" t="s">
-        <v>781</v>
+        <v>780</v>
       </c>
       <c r="N195" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O195" s="9" t="s">
         <v>41</v>
       </c>
       <c r="P195" s="5" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="Q195" s="9" t="s">
-        <v>218</v>
+        <v>71</v>
       </c>
     </row>
     <row r="196" spans="1:17">
       <c r="A196" s="5">
         <v>190</v>
       </c>
       <c r="B196" s="8" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C196" s="9" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>270</v>
+        <v>785</v>
       </c>
       <c r="E196" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F196" s="9">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="G196" s="9">
-        <v>926</v>
+        <v>225</v>
       </c>
       <c r="H196" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I196" s="9">
-        <v>2115.0</v>
+        <v>475.0</v>
       </c>
       <c r="J196" s="9">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="K196" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L196" s="9">
-        <v>1200</v>
+        <v>360</v>
       </c>
       <c r="M196" s="10" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="N196" s="9" t="s">
         <v>58</v>
       </c>
       <c r="O196" s="9" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="P196" s="5" t="s">
-        <v>271</v>
+        <v>786</v>
       </c>
       <c r="Q196" s="9" t="s">
-        <v>784</v>
+        <v>85</v>
       </c>
     </row>
     <row r="197" spans="1:17">
       <c r="A197" s="5">
         <v>191</v>
       </c>
       <c r="B197" s="8" t="s">
+        <v>787</v>
+      </c>
+      <c r="C197" s="9" t="s">
+        <v>788</v>
+      </c>
+      <c r="D197" s="5" t="s">
         <v>785</v>
       </c>
-      <c r="C197" s="9" t="s">
+      <c r="E197" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F197" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G197" s="9">
+        <v>197</v>
+      </c>
+      <c r="H197" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I197" s="9">
+        <v>475.0</v>
+      </c>
+      <c r="J197" s="9">
+        <v>30</v>
+      </c>
+      <c r="K197" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L197" s="9">
+        <v>400</v>
+      </c>
+      <c r="M197" s="10" t="s">
+        <v>788</v>
+      </c>
+      <c r="N197" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O197" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="P197" s="5" t="s">
         <v>786</v>
       </c>
-      <c r="D197" s="5" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q197" s="9" t="s">
-        <v>789</v>
+        <v>218</v>
       </c>
     </row>
     <row r="198" spans="1:17">
       <c r="A198" s="5">
         <v>192</v>
       </c>
       <c r="B198" s="8" t="s">
+        <v>789</v>
+      </c>
+      <c r="C198" s="9" t="s">
         <v>790</v>
       </c>
-      <c r="C198" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D198" s="5" t="s">
-        <v>792</v>
+        <v>270</v>
       </c>
       <c r="E198" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F198" s="9">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="G198" s="9">
-        <v>134</v>
+        <v>926</v>
       </c>
       <c r="H198" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I198" s="9">
-        <v>300.0</v>
+        <v>2115.0</v>
       </c>
       <c r="J198" s="9">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="K198" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L198" s="9">
-        <v>250</v>
+        <v>1200</v>
       </c>
       <c r="M198" s="10" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="N198" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O198" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P198" s="5" t="s">
-        <v>788</v>
+        <v>271</v>
       </c>
       <c r="Q198" s="9" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
     </row>
     <row r="199" spans="1:17">
       <c r="A199" s="5">
         <v>193</v>
       </c>
       <c r="B199" s="8" t="s">
+        <v>792</v>
+      </c>
+      <c r="C199" s="9" t="s">
+        <v>793</v>
+      </c>
+      <c r="D199" s="5" t="s">
         <v>794</v>
       </c>
-      <c r="C199" s="9" t="s">
+      <c r="E199" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F199" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G199" s="9">
+        <v>84</v>
+      </c>
+      <c r="H199" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I199" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="J199" s="9">
+        <v>12</v>
+      </c>
+      <c r="K199" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L199" s="9">
+        <v>150</v>
+      </c>
+      <c r="M199" s="10" t="s">
+        <v>793</v>
+      </c>
+      <c r="N199" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O199" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P199" s="5" t="s">
         <v>795</v>
       </c>
-      <c r="D199" s="5" t="s">
+      <c r="Q199" s="9" t="s">
         <v>796</v>
-      </c>
-[...37 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="200" spans="1:17">
       <c r="A200" s="5">
         <v>194</v>
       </c>
       <c r="B200" s="8" t="s">
+        <v>797</v>
+      </c>
+      <c r="C200" s="9" t="s">
         <v>798</v>
       </c>
-      <c r="C200" s="9" t="s">
+      <c r="D200" s="5" t="s">
         <v>799</v>
       </c>
-      <c r="D200" s="5" t="s">
+      <c r="E200" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F200" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G200" s="9">
+        <v>134</v>
+      </c>
+      <c r="H200" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I200" s="9">
+        <v>300.0</v>
+      </c>
+      <c r="J200" s="9">
+        <v>15</v>
+      </c>
+      <c r="K200" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L200" s="9">
+        <v>250</v>
+      </c>
+      <c r="M200" s="10" t="s">
+        <v>798</v>
+      </c>
+      <c r="N200" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O200" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P200" s="5" t="s">
+        <v>795</v>
+      </c>
+      <c r="Q200" s="9" t="s">
         <v>800</v>
-      </c>
-[...37 lines deleted...]
-        <v>802</v>
       </c>
     </row>
     <row r="201" spans="1:17">
       <c r="A201" s="5">
         <v>195</v>
       </c>
       <c r="B201" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="C201" s="9" t="s">
+        <v>802</v>
+      </c>
+      <c r="D201" s="5" t="s">
         <v>803</v>
       </c>
-      <c r="C201" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E201" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F201" s="9">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="G201" s="9">
-        <v>132</v>
+        <v>87</v>
       </c>
       <c r="H201" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I201" s="9">
-        <v>350.0</v>
+        <v>300.0</v>
       </c>
       <c r="J201" s="9">
         <v>20</v>
       </c>
       <c r="K201" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L201" s="9">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="M201" s="10" t="s">
+        <v>802</v>
+      </c>
+      <c r="N201" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O201" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="P201" s="5" t="s">
         <v>804</v>
       </c>
-      <c r="N201" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q201" s="9" t="s">
-        <v>171</v>
+        <v>324</v>
       </c>
     </row>
     <row r="202" spans="1:17">
       <c r="A202" s="5">
         <v>196</v>
       </c>
       <c r="B202" s="8" t="s">
+        <v>805</v>
+      </c>
+      <c r="C202" s="9" t="s">
         <v>806</v>
       </c>
-      <c r="C202" s="9" t="s">
+      <c r="D202" s="5" t="s">
         <v>807</v>
-      </c>
-[...1 lines deleted...]
-        <v>808</v>
       </c>
       <c r="E202" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F202" s="9">
         <v>2025</v>
       </c>
       <c r="G202" s="9">
-        <v>118</v>
+        <v>184</v>
       </c>
       <c r="H202" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I202" s="9">
-        <v>425.0</v>
+        <v>475.0</v>
       </c>
       <c r="J202" s="9">
         <v>25</v>
       </c>
       <c r="K202" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L202" s="9">
-        <v>200</v>
+        <v>360</v>
       </c>
       <c r="M202" s="10" t="s">
-        <v>807</v>
+        <v>806</v>
       </c>
       <c r="N202" s="9" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="O202" s="9" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="P202" s="5" t="s">
-        <v>70</v>
+        <v>808</v>
       </c>
       <c r="Q202" s="9" t="s">
-        <v>171</v>
+        <v>809</v>
       </c>
     </row>
     <row r="203" spans="1:17">
       <c r="A203" s="5">
         <v>197</v>
       </c>
       <c r="B203" s="8" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="C203" s="9" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="E203" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F203" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G203" s="9">
-        <v>143</v>
+        <v>132</v>
       </c>
       <c r="H203" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I203" s="9">
         <v>350.0</v>
       </c>
       <c r="J203" s="9">
         <v>20</v>
       </c>
       <c r="K203" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L203" s="9">
-        <v>335</v>
+        <v>200</v>
       </c>
       <c r="M203" s="10" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="N203" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O203" s="9" t="s">
         <v>46</v>
       </c>
       <c r="P203" s="5" t="s">
-        <v>41</v>
+        <v>106</v>
       </c>
       <c r="Q203" s="9" t="s">
-        <v>812</v>
+        <v>171</v>
       </c>
     </row>
     <row r="204" spans="1:17">
       <c r="A204" s="5">
         <v>198</v>
       </c>
       <c r="B204" s="8" t="s">
         <v>813</v>
       </c>
       <c r="C204" s="9" t="s">
         <v>814</v>
       </c>
       <c r="D204" s="5" t="s">
         <v>815</v>
       </c>
       <c r="E204" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F204" s="9">
         <v>2025</v>
       </c>
       <c r="G204" s="9">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="H204" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I204" s="9">
-        <v>295.0</v>
+        <v>425.0</v>
       </c>
       <c r="J204" s="9">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K204" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L204" s="9">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="M204" s="10" t="s">
         <v>814</v>
       </c>
       <c r="N204" s="9" t="s">
         <v>52</v>
       </c>
       <c r="O204" s="9" t="s">
-        <v>80</v>
+        <v>53</v>
       </c>
       <c r="P204" s="5" t="s">
-        <v>816</v>
+        <v>70</v>
       </c>
       <c r="Q204" s="9" t="s">
-        <v>817</v>
+        <v>171</v>
       </c>
     </row>
     <row r="205" spans="1:17">
       <c r="A205" s="5">
         <v>199</v>
       </c>
       <c r="B205" s="8" t="s">
+        <v>816</v>
+      </c>
+      <c r="C205" s="9" t="s">
+        <v>817</v>
+      </c>
+      <c r="D205" s="5" t="s">
         <v>818</v>
-      </c>
-[...4 lines deleted...]
-        <v>820</v>
       </c>
       <c r="E205" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F205" s="9">
         <v>2020</v>
       </c>
       <c r="G205" s="9">
-        <v>85</v>
+        <v>143</v>
       </c>
       <c r="H205" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I205" s="9">
         <v>350.0</v>
       </c>
       <c r="J205" s="9">
         <v>20</v>
       </c>
       <c r="K205" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L205" s="9">
-        <v>130</v>
+        <v>335</v>
       </c>
       <c r="M205" s="10" t="s">
+        <v>817</v>
+      </c>
+      <c r="N205" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O205" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="P205" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q205" s="9" t="s">
         <v>819</v>
-      </c>
-[...10 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="206" spans="1:17">
       <c r="A206" s="5">
         <v>200</v>
       </c>
       <c r="B206" s="8" t="s">
+        <v>820</v>
+      </c>
+      <c r="C206" s="9" t="s">
         <v>821</v>
       </c>
-      <c r="C206" s="9" t="s">
+      <c r="D206" s="5" t="s">
         <v>822</v>
       </c>
-      <c r="D206" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E206" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F206" s="9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G206" s="9">
-        <v>119</v>
+        <v>103</v>
       </c>
       <c r="H206" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I206" s="9">
-        <v>250.0</v>
+        <v>295.0</v>
       </c>
       <c r="J206" s="9">
         <v>15</v>
       </c>
       <c r="K206" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L206" s="9">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="M206" s="10" t="s">
-        <v>822</v>
+        <v>821</v>
       </c>
       <c r="N206" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="O206" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P206" s="5" t="s">
+        <v>823</v>
+      </c>
+      <c r="Q206" s="9" t="s">
         <v>824</v>
-      </c>
-[...7 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="207" spans="1:17">
       <c r="A207" s="5">
         <v>201</v>
       </c>
       <c r="B207" s="8" t="s">
         <v>825</v>
       </c>
       <c r="C207" s="9" t="s">
         <v>826</v>
       </c>
       <c r="D207" s="5" t="s">
         <v>827</v>
       </c>
       <c r="E207" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F207" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G207" s="9">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="H207" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I207" s="9">
-        <v>625.0</v>
+        <v>350.0</v>
       </c>
       <c r="J207" s="9">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="K207" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L207" s="9">
-        <v>240</v>
+        <v>130</v>
       </c>
       <c r="M207" s="10" t="s">
         <v>826</v>
       </c>
       <c r="N207" s="9" t="s">
-        <v>40</v>
+        <v>494</v>
       </c>
       <c r="O207" s="9" t="s">
-        <v>27</v>
+        <v>80</v>
       </c>
       <c r="P207" s="5" t="s">
-        <v>828</v>
+        <v>697</v>
       </c>
       <c r="Q207" s="9" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
     </row>
     <row r="208" spans="1:17">
       <c r="A208" s="5">
         <v>202</v>
       </c>
       <c r="B208" s="8" t="s">
+        <v>828</v>
+      </c>
+      <c r="C208" s="9" t="s">
         <v>829</v>
       </c>
-      <c r="C208" s="9" t="s">
+      <c r="D208" s="5" t="s">
         <v>830</v>
       </c>
-      <c r="D208" s="5" t="s">
+      <c r="E208" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F208" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G208" s="9">
+        <v>119</v>
+      </c>
+      <c r="H208" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I208" s="9">
+        <v>250.0</v>
+      </c>
+      <c r="J208" s="9">
+        <v>15</v>
+      </c>
+      <c r="K208" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L208" s="9">
+        <v>200</v>
+      </c>
+      <c r="M208" s="10" t="s">
+        <v>829</v>
+      </c>
+      <c r="N208" s="9" t="s">
         <v>831</v>
       </c>
-      <c r="E208" s="9" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O208" s="9" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="P208" s="5" t="s">
-        <v>832</v>
+        <v>40</v>
       </c>
       <c r="Q208" s="9" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
     </row>
     <row r="209" spans="1:17">
       <c r="A209" s="5">
         <v>203</v>
       </c>
       <c r="B209" s="8" t="s">
+        <v>832</v>
+      </c>
+      <c r="C209" s="9" t="s">
         <v>833</v>
       </c>
-      <c r="C209" s="9" t="s">
+      <c r="D209" s="5" t="s">
         <v>834</v>
       </c>
-      <c r="D209" s="5" t="s">
+      <c r="E209" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F209" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G209" s="9">
+        <v>103</v>
+      </c>
+      <c r="H209" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I209" s="9">
+        <v>625.0</v>
+      </c>
+      <c r="J209" s="9">
+        <v>35</v>
+      </c>
+      <c r="K209" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L209" s="9">
+        <v>240</v>
+      </c>
+      <c r="M209" s="10" t="s">
+        <v>833</v>
+      </c>
+      <c r="N209" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="O209" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P209" s="5" t="s">
         <v>835</v>
       </c>
-      <c r="E209" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q209" s="9" t="s">
-        <v>324</v>
+        <v>48</v>
       </c>
     </row>
     <row r="210" spans="1:17">
       <c r="A210" s="5">
         <v>204</v>
       </c>
       <c r="B210" s="8" t="s">
         <v>836</v>
       </c>
       <c r="C210" s="9" t="s">
         <v>837</v>
       </c>
       <c r="D210" s="5" t="s">
         <v>838</v>
       </c>
       <c r="E210" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F210" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G210" s="9">
-        <v>468</v>
+        <v>85</v>
       </c>
       <c r="H210" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I210" s="9">
-        <v>1100.0</v>
+        <v>350.0</v>
       </c>
       <c r="J210" s="9">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="K210" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L210" s="9">
-        <v>750</v>
+        <v>175</v>
       </c>
       <c r="M210" s="10" t="s">
         <v>837</v>
       </c>
       <c r="N210" s="9" t="s">
-        <v>839</v>
+        <v>26</v>
       </c>
       <c r="O210" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P210" s="5" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="Q210" s="9" t="s">
-        <v>841</v>
+        <v>76</v>
       </c>
     </row>
     <row r="211" spans="1:17">
       <c r="A211" s="5">
         <v>205</v>
       </c>
       <c r="B211" s="8" t="s">
+        <v>840</v>
+      </c>
+      <c r="C211" s="9" t="s">
+        <v>841</v>
+      </c>
+      <c r="D211" s="5" t="s">
         <v>842</v>
-      </c>
-[...4 lines deleted...]
-        <v>844</v>
       </c>
       <c r="E211" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F211" s="9">
         <v>2021</v>
       </c>
       <c r="G211" s="9">
-        <v>177</v>
+        <v>120</v>
       </c>
       <c r="H211" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I211" s="9">
-        <v>495.0</v>
+        <v>350.0</v>
       </c>
       <c r="J211" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K211" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L211" s="9">
-        <v>330</v>
+        <v>250</v>
       </c>
       <c r="M211" s="10" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="N211" s="9" t="s">
-        <v>491</v>
+        <v>152</v>
       </c>
       <c r="O211" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P211" s="5" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="Q211" s="9" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
     </row>
     <row r="212" spans="1:17">
       <c r="A212" s="5">
         <v>206</v>
       </c>
       <c r="B212" s="8" t="s">
+        <v>843</v>
+      </c>
+      <c r="C212" s="9" t="s">
+        <v>844</v>
+      </c>
+      <c r="D212" s="5" t="s">
         <v>845</v>
       </c>
-      <c r="C212" s="9" t="s">
+      <c r="E212" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F212" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G212" s="9">
+        <v>468</v>
+      </c>
+      <c r="H212" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I212" s="9">
+        <v>1100.0</v>
+      </c>
+      <c r="J212" s="9">
+        <v>45</v>
+      </c>
+      <c r="K212" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L212" s="9">
+        <v>750</v>
+      </c>
+      <c r="M212" s="10" t="s">
+        <v>844</v>
+      </c>
+      <c r="N212" s="9" t="s">
         <v>846</v>
       </c>
-      <c r="D212" s="5" t="s">
+      <c r="O212" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="P212" s="5" t="s">
         <v>847</v>
       </c>
-      <c r="E212" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q212" s="9" t="s">
-        <v>607</v>
+        <v>848</v>
       </c>
     </row>
     <row r="213" spans="1:17">
       <c r="A213" s="5">
         <v>207</v>
       </c>
       <c r="B213" s="8" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C213" s="9" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="D213" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="E213" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F213" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G213" s="9">
+        <v>177</v>
+      </c>
+      <c r="H213" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I213" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J213" s="9">
+        <v>25</v>
+      </c>
+      <c r="K213" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L213" s="9">
+        <v>330</v>
+      </c>
+      <c r="M213" s="10" t="s">
         <v>850</v>
       </c>
-      <c r="E213" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N213" s="9" t="s">
-        <v>26</v>
+        <v>494</v>
       </c>
       <c r="O213" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P213" s="5" t="s">
-        <v>851</v>
+        <v>485</v>
       </c>
       <c r="Q213" s="9" t="s">
-        <v>71</v>
+        <v>319</v>
       </c>
     </row>
     <row r="214" spans="1:17">
       <c r="A214" s="5">
         <v>208</v>
       </c>
       <c r="B214" s="8" t="s">
         <v>852</v>
       </c>
       <c r="C214" s="9" t="s">
         <v>853</v>
       </c>
       <c r="D214" s="5" t="s">
         <v>854</v>
       </c>
       <c r="E214" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F214" s="9">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="G214" s="9">
-        <v>146</v>
+        <v>177</v>
       </c>
       <c r="H214" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I214" s="9">
-        <v>350.0</v>
+        <v>450.0</v>
       </c>
       <c r="J214" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K214" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L214" s="9">
-        <v>220</v>
+        <v>280</v>
       </c>
       <c r="M214" s="10" t="s">
         <v>853</v>
       </c>
       <c r="N214" s="9" t="s">
-        <v>211</v>
+        <v>26</v>
       </c>
       <c r="O214" s="9" t="s">
-        <v>46</v>
+        <v>186</v>
       </c>
       <c r="P214" s="5" t="s">
-        <v>41</v>
+        <v>341</v>
       </c>
       <c r="Q214" s="9" t="s">
-        <v>42</v>
+        <v>610</v>
       </c>
     </row>
     <row r="215" spans="1:17">
       <c r="A215" s="5">
         <v>209</v>
       </c>
       <c r="B215" s="8" t="s">
         <v>855</v>
       </c>
       <c r="C215" s="9" t="s">
         <v>856</v>
       </c>
       <c r="D215" s="5" t="s">
         <v>857</v>
       </c>
       <c r="E215" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F215" s="9">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="G215" s="9">
-        <v>344</v>
+        <v>145</v>
       </c>
       <c r="H215" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I215" s="9">
-        <v>800.0</v>
+        <v>400.0</v>
       </c>
       <c r="J215" s="9">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="K215" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L215" s="9">
-        <v>600</v>
+        <v>210</v>
       </c>
       <c r="M215" s="10" t="s">
         <v>856</v>
       </c>
       <c r="N215" s="9" t="s">
-        <v>211</v>
+        <v>26</v>
       </c>
       <c r="O215" s="9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="P215" s="5" t="s">
         <v>858</v>
       </c>
       <c r="Q215" s="9" t="s">
-        <v>394</v>
+        <v>71</v>
       </c>
     </row>
     <row r="216" spans="1:17">
       <c r="A216" s="5">
         <v>210</v>
       </c>
       <c r="B216" s="8" t="s">
         <v>859</v>
       </c>
       <c r="C216" s="9" t="s">
         <v>860</v>
       </c>
       <c r="D216" s="5" t="s">
         <v>861</v>
       </c>
       <c r="E216" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F216" s="9">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="G216" s="9">
-        <v>862</v>
+        <v>146</v>
       </c>
       <c r="H216" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I216" s="9">
-        <v>1600.0</v>
+        <v>350.0</v>
       </c>
       <c r="J216" s="9">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="K216" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L216" s="9">
-        <v>1960</v>
+        <v>220</v>
       </c>
       <c r="M216" s="10" t="s">
         <v>860</v>
       </c>
       <c r="N216" s="9" t="s">
-        <v>862</v>
+        <v>211</v>
       </c>
       <c r="O216" s="9" t="s">
-        <v>89</v>
+        <v>46</v>
       </c>
       <c r="P216" s="5" t="s">
         <v>41</v>
       </c>
       <c r="Q216" s="9" t="s">
-        <v>863</v>
+        <v>42</v>
       </c>
     </row>
     <row r="217" spans="1:17">
       <c r="A217" s="5">
         <v>211</v>
       </c>
       <c r="B217" s="8" t="s">
+        <v>862</v>
+      </c>
+      <c r="C217" s="9" t="s">
+        <v>863</v>
+      </c>
+      <c r="D217" s="5" t="s">
         <v>864</v>
       </c>
-      <c r="C217" s="9" t="s">
+      <c r="E217" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F217" s="9">
+        <v>2018</v>
+      </c>
+      <c r="G217" s="9">
+        <v>344</v>
+      </c>
+      <c r="H217" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I217" s="9">
+        <v>800.0</v>
+      </c>
+      <c r="J217" s="9">
+        <v>35</v>
+      </c>
+      <c r="K217" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L217" s="9">
+        <v>600</v>
+      </c>
+      <c r="M217" s="10" t="s">
+        <v>863</v>
+      </c>
+      <c r="N217" s="9" t="s">
+        <v>211</v>
+      </c>
+      <c r="O217" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="P217" s="5" t="s">
         <v>865</v>
       </c>
-      <c r="D217" s="5" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q217" s="9" t="s">
-        <v>867</v>
+        <v>394</v>
       </c>
     </row>
     <row r="218" spans="1:17">
       <c r="A218" s="5">
         <v>212</v>
       </c>
       <c r="B218" s="8" t="s">
+        <v>866</v>
+      </c>
+      <c r="C218" s="9" t="s">
+        <v>867</v>
+      </c>
+      <c r="D218" s="5" t="s">
         <v>868</v>
       </c>
-      <c r="C218" s="9" t="s">
+      <c r="E218" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F218" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G218" s="9">
+        <v>862</v>
+      </c>
+      <c r="H218" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I218" s="9">
+        <v>1600.0</v>
+      </c>
+      <c r="J218" s="9">
+        <v>70</v>
+      </c>
+      <c r="K218" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L218" s="9">
+        <v>1960</v>
+      </c>
+      <c r="M218" s="10" t="s">
+        <v>867</v>
+      </c>
+      <c r="N218" s="9" t="s">
         <v>869</v>
       </c>
-      <c r="D218" s="5" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O218" s="9" t="s">
-        <v>126</v>
+        <v>89</v>
       </c>
       <c r="P218" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q218" s="9" t="s">
         <v>870</v>
-      </c>
-[...1 lines deleted...]
-        <v>867</v>
       </c>
     </row>
     <row r="219" spans="1:17">
       <c r="A219" s="5">
         <v>213</v>
       </c>
       <c r="B219" s="8" t="s">
         <v>871</v>
       </c>
       <c r="C219" s="9" t="s">
         <v>872</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>873</v>
+        <v>435</v>
       </c>
       <c r="E219" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F219" s="9">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="G219" s="9">
-        <v>229</v>
+        <v>270</v>
       </c>
       <c r="H219" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I219" s="9">
-        <v>499.0</v>
+        <v>1400.0</v>
       </c>
       <c r="J219" s="9">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="K219" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L219" s="9">
-        <v>330</v>
+        <v>700</v>
       </c>
       <c r="M219" s="10" t="s">
         <v>872</v>
       </c>
       <c r="N219" s="9" t="s">
-        <v>211</v>
+        <v>873</v>
       </c>
       <c r="O219" s="9" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="P219" s="5" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="Q219" s="9" t="s">
-        <v>713</v>
+        <v>874</v>
       </c>
     </row>
     <row r="220" spans="1:17">
       <c r="A220" s="5">
         <v>214</v>
       </c>
       <c r="B220" s="8" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C220" s="9" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D220" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="E220" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F220" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G220" s="9">
+        <v>237</v>
+      </c>
+      <c r="H220" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I220" s="9">
+        <v>1495.0</v>
+      </c>
+      <c r="J220" s="9">
+        <v>80</v>
+      </c>
+      <c r="K220" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L220" s="9">
+        <v>750</v>
+      </c>
+      <c r="M220" s="10" t="s">
         <v>876</v>
       </c>
-      <c r="E220" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N220" s="9" t="s">
-        <v>26</v>
+        <v>265</v>
       </c>
       <c r="O220" s="9" t="s">
-        <v>27</v>
+        <v>126</v>
       </c>
       <c r="P220" s="5" t="s">
         <v>877</v>
       </c>
       <c r="Q220" s="9" t="s">
-        <v>42</v>
+        <v>874</v>
       </c>
     </row>
     <row r="221" spans="1:17">
       <c r="A221" s="5">
         <v>215</v>
       </c>
       <c r="B221" s="8" t="s">
         <v>878</v>
       </c>
       <c r="C221" s="9" t="s">
         <v>879</v>
       </c>
       <c r="D221" s="5" t="s">
         <v>880</v>
       </c>
       <c r="E221" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F221" s="9">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="G221" s="9">
-        <v>283</v>
+        <v>229</v>
       </c>
       <c r="H221" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I221" s="9">
-        <v>550.0</v>
+        <v>499.0</v>
       </c>
       <c r="J221" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K221" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L221" s="9">
-        <v>480</v>
+        <v>330</v>
       </c>
       <c r="M221" s="10" t="s">
         <v>879</v>
       </c>
       <c r="N221" s="9" t="s">
-        <v>862</v>
+        <v>211</v>
       </c>
       <c r="O221" s="9" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="P221" s="5" t="s">
-        <v>90</v>
+        <v>35</v>
       </c>
       <c r="Q221" s="9" t="s">
-        <v>127</v>
+        <v>720</v>
       </c>
     </row>
     <row r="222" spans="1:17">
       <c r="A222" s="5">
         <v>216</v>
       </c>
       <c r="B222" s="8" t="s">
         <v>881</v>
       </c>
       <c r="C222" s="9" t="s">
         <v>882</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>432</v>
+        <v>883</v>
       </c>
       <c r="E222" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F222" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G222" s="9">
-        <v>571</v>
+        <v>110</v>
       </c>
       <c r="H222" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I222" s="9">
-        <v>1850.0</v>
+        <v>350.0</v>
       </c>
       <c r="J222" s="9">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="K222" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L222" s="9">
-        <v>1300</v>
+        <v>190</v>
       </c>
       <c r="M222" s="10" t="s">
         <v>882</v>
       </c>
       <c r="N222" s="9" t="s">
-        <v>883</v>
+        <v>26</v>
       </c>
       <c r="O222" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P222" s="5" t="s">
-        <v>27</v>
+        <v>884</v>
       </c>
       <c r="Q222" s="9" t="s">
-        <v>672</v>
+        <v>42</v>
       </c>
     </row>
     <row r="223" spans="1:17">
       <c r="A223" s="5">
         <v>217</v>
       </c>
       <c r="B223" s="8" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C223" s="9" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>500</v>
+        <v>887</v>
       </c>
       <c r="E223" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F223" s="9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G223" s="9">
-        <v>1181</v>
+        <v>283</v>
       </c>
       <c r="H223" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I223" s="9">
-        <v>3495.0</v>
+        <v>550.0</v>
       </c>
       <c r="J223" s="9">
-        <v>170</v>
+        <v>30</v>
       </c>
       <c r="K223" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L223" s="9">
-        <v>2500</v>
+        <v>480</v>
       </c>
       <c r="M223" s="10" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="N223" s="9" t="s">
-        <v>886</v>
+        <v>869</v>
       </c>
       <c r="O223" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P223" s="5" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="Q223" s="9" t="s">
-        <v>887</v>
+        <v>127</v>
       </c>
     </row>
     <row r="224" spans="1:17">
       <c r="A224" s="5">
         <v>218</v>
       </c>
       <c r="B224" s="8" t="s">
         <v>888</v>
       </c>
       <c r="C224" s="9" t="s">
         <v>889</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>500</v>
+        <v>435</v>
       </c>
       <c r="E224" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F224" s="9">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="G224" s="9">
-        <v>614</v>
+        <v>571</v>
       </c>
       <c r="H224" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I224" s="9">
-        <v>1895.0</v>
+        <v>1850.0</v>
       </c>
       <c r="J224" s="9">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="K224" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L224" s="9">
         <v>1300</v>
       </c>
       <c r="M224" s="10" t="s">
         <v>889</v>
       </c>
       <c r="N224" s="9" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="O224" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P224" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q224" s="9" t="s">
-        <v>890</v>
+        <v>679</v>
       </c>
     </row>
     <row r="225" spans="1:17">
       <c r="A225" s="5">
         <v>219</v>
       </c>
       <c r="B225" s="8" t="s">
         <v>891</v>
       </c>
       <c r="C225" s="9" t="s">
         <v>892</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E225" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F225" s="9">
         <v>2022</v>
       </c>
       <c r="G225" s="9">
-        <v>567</v>
+        <v>1181</v>
       </c>
       <c r="H225" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I225" s="9">
-        <v>1695.0</v>
+        <v>3495.0</v>
       </c>
       <c r="J225" s="9">
-        <v>85</v>
+        <v>170</v>
       </c>
       <c r="K225" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L225" s="9">
-        <v>1200</v>
+        <v>2500</v>
       </c>
       <c r="M225" s="10" t="s">
         <v>892</v>
       </c>
       <c r="N225" s="9" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="O225" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P225" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q225" s="9" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
     </row>
     <row r="226" spans="1:17">
       <c r="A226" s="5">
         <v>220</v>
       </c>
       <c r="B226" s="8" t="s">
+        <v>895</v>
+      </c>
+      <c r="C226" s="9" t="s">
+        <v>896</v>
+      </c>
+      <c r="D226" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="E226" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F226" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G226" s="9">
+        <v>614</v>
+      </c>
+      <c r="H226" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I226" s="9">
+        <v>1895.0</v>
+      </c>
+      <c r="J226" s="9">
+        <v>95</v>
+      </c>
+      <c r="K226" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L226" s="9">
+        <v>1300</v>
+      </c>
+      <c r="M226" s="10" t="s">
+        <v>896</v>
+      </c>
+      <c r="N226" s="9" t="s">
         <v>893</v>
       </c>
-      <c r="C226" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="O226" s="9" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="P226" s="5" t="s">
-        <v>896</v>
+        <v>27</v>
       </c>
       <c r="Q226" s="9" t="s">
-        <v>132</v>
+        <v>897</v>
       </c>
     </row>
     <row r="227" spans="1:17">
       <c r="A227" s="5">
         <v>221</v>
       </c>
       <c r="B227" s="8" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C227" s="9" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="D227" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="E227" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F227" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G227" s="9">
+        <v>567</v>
+      </c>
+      <c r="H227" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I227" s="9">
+        <v>1695.0</v>
+      </c>
+      <c r="J227" s="9">
+        <v>85</v>
+      </c>
+      <c r="K227" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L227" s="9">
+        <v>1200</v>
+      </c>
+      <c r="M227" s="10" t="s">
         <v>899</v>
       </c>
-      <c r="E227" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N227" s="9" t="s">
-        <v>900</v>
+        <v>893</v>
       </c>
       <c r="O227" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P227" s="5" t="s">
-        <v>227</v>
+        <v>27</v>
       </c>
       <c r="Q227" s="9" t="s">
-        <v>85</v>
+        <v>897</v>
       </c>
     </row>
     <row r="228" spans="1:17">
       <c r="A228" s="5">
         <v>222</v>
       </c>
       <c r="B228" s="8" t="s">
+        <v>900</v>
+      </c>
+      <c r="C228" s="9" t="s">
         <v>901</v>
       </c>
-      <c r="C228" s="9" t="s">
+      <c r="D228" s="5" t="s">
         <v>902</v>
-      </c>
-[...1 lines deleted...]
-        <v>903</v>
       </c>
       <c r="E228" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F228" s="9">
         <v>2021</v>
       </c>
       <c r="G228" s="9">
-        <v>107</v>
+        <v>182</v>
       </c>
       <c r="H228" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I228" s="9">
-        <v>300.0</v>
+        <v>450.0</v>
       </c>
       <c r="J228" s="9">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K228" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L228" s="9">
-        <v>165</v>
+        <v>300</v>
       </c>
       <c r="M228" s="10" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="N228" s="9" t="s">
-        <v>491</v>
+        <v>152</v>
       </c>
       <c r="O228" s="9" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="P228" s="5" t="s">
-        <v>323</v>
+        <v>903</v>
       </c>
       <c r="Q228" s="9" t="s">
-        <v>60</v>
+        <v>132</v>
       </c>
     </row>
     <row r="229" spans="1:17">
       <c r="A229" s="5">
         <v>223</v>
       </c>
       <c r="B229" s="8" t="s">
         <v>904</v>
       </c>
       <c r="C229" s="9" t="s">
         <v>905</v>
       </c>
       <c r="D229" s="5" t="s">
         <v>906</v>
       </c>
       <c r="E229" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F229" s="9">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G229" s="9">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="H229" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I229" s="9">
-        <v>375.0</v>
+        <v>495.0</v>
       </c>
       <c r="J229" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K229" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L229" s="9">
-        <v>220</v>
+        <v>325</v>
       </c>
       <c r="M229" s="10" t="s">
         <v>905</v>
       </c>
       <c r="N229" s="9" t="s">
         <v>907</v>
       </c>
       <c r="O229" s="9" t="s">
-        <v>181</v>
+        <v>27</v>
       </c>
       <c r="P229" s="5" t="s">
-        <v>908</v>
+        <v>227</v>
       </c>
       <c r="Q229" s="9" t="s">
-        <v>287</v>
+        <v>85</v>
       </c>
     </row>
     <row r="230" spans="1:17">
       <c r="A230" s="5">
         <v>224</v>
       </c>
       <c r="B230" s="8" t="s">
+        <v>908</v>
+      </c>
+      <c r="C230" s="9" t="s">
         <v>909</v>
       </c>
-      <c r="C230" s="9" t="s">
+      <c r="D230" s="5" t="s">
         <v>910</v>
-      </c>
-[...1 lines deleted...]
-        <v>911</v>
       </c>
       <c r="E230" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F230" s="9">
         <v>2021</v>
       </c>
       <c r="G230" s="9">
-        <v>163</v>
+        <v>107</v>
       </c>
       <c r="H230" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I230" s="9">
-        <v>375.0</v>
+        <v>300.0</v>
       </c>
       <c r="J230" s="9">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K230" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L230" s="9">
-        <v>275</v>
+        <v>165</v>
       </c>
       <c r="M230" s="10" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="N230" s="9" t="s">
-        <v>912</v>
+        <v>494</v>
       </c>
       <c r="O230" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P230" s="5" t="s">
-        <v>212</v>
+        <v>323</v>
       </c>
       <c r="Q230" s="9" t="s">
-        <v>132</v>
+        <v>60</v>
       </c>
     </row>
     <row r="231" spans="1:17">
       <c r="A231" s="5">
         <v>225</v>
       </c>
       <c r="B231" s="8" t="s">
+        <v>911</v>
+      </c>
+      <c r="C231" s="9" t="s">
+        <v>912</v>
+      </c>
+      <c r="D231" s="5" t="s">
         <v>913</v>
       </c>
-      <c r="C231" s="9" t="s">
+      <c r="E231" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F231" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G231" s="9">
+        <v>151</v>
+      </c>
+      <c r="H231" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I231" s="9">
+        <v>375.0</v>
+      </c>
+      <c r="J231" s="9">
+        <v>20</v>
+      </c>
+      <c r="K231" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L231" s="9">
+        <v>220</v>
+      </c>
+      <c r="M231" s="10" t="s">
+        <v>912</v>
+      </c>
+      <c r="N231" s="9" t="s">
         <v>914</v>
       </c>
-      <c r="D231" s="5" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O231" s="9" t="s">
-        <v>27</v>
+        <v>181</v>
       </c>
       <c r="P231" s="5" t="s">
-        <v>90</v>
+        <v>915</v>
       </c>
       <c r="Q231" s="9" t="s">
-        <v>587</v>
+        <v>287</v>
       </c>
     </row>
     <row r="232" spans="1:17">
       <c r="A232" s="5">
         <v>226</v>
       </c>
       <c r="B232" s="8" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C232" s="9" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="E232" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F232" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G232" s="9">
-        <v>135</v>
+        <v>163</v>
       </c>
       <c r="H232" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I232" s="9">
-        <v>350.0</v>
+        <v>375.0</v>
       </c>
       <c r="J232" s="9">
         <v>20</v>
       </c>
       <c r="K232" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L232" s="9">
-        <v>200</v>
+        <v>275</v>
       </c>
       <c r="M232" s="10" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="N232" s="9" t="s">
-        <v>510</v>
+        <v>919</v>
       </c>
       <c r="O232" s="9" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="P232" s="5" t="s">
-        <v>918</v>
+        <v>212</v>
       </c>
       <c r="Q232" s="9" t="s">
-        <v>42</v>
+        <v>132</v>
       </c>
     </row>
     <row r="233" spans="1:17">
       <c r="A233" s="5">
         <v>227</v>
       </c>
       <c r="B233" s="8" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="C233" s="9" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>69</v>
+        <v>286</v>
       </c>
       <c r="E233" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F233" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G233" s="9">
-        <v>237</v>
+        <v>379</v>
       </c>
       <c r="H233" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I233" s="9">
-        <v>425.0</v>
+        <v>850.0</v>
       </c>
       <c r="J233" s="9">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K233" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L233" s="9">
-        <v>340</v>
+        <v>835</v>
       </c>
       <c r="M233" s="10" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="N233" s="9" t="s">
-        <v>862</v>
+        <v>52</v>
       </c>
       <c r="O233" s="9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="P233" s="5" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="Q233" s="9" t="s">
-        <v>764</v>
+        <v>590</v>
       </c>
     </row>
     <row r="234" spans="1:17">
       <c r="A234" s="5">
         <v>228</v>
       </c>
       <c r="B234" s="8" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C234" s="9" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="D234" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="E234" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F234" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G234" s="9">
+        <v>135</v>
+      </c>
+      <c r="H234" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I234" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J234" s="9">
+        <v>20</v>
+      </c>
+      <c r="K234" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L234" s="9">
+        <v>200</v>
+      </c>
+      <c r="M234" s="10" t="s">
         <v>923</v>
       </c>
-      <c r="E234" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N234" s="9" t="s">
-        <v>862</v>
+        <v>513</v>
       </c>
       <c r="O234" s="9" t="s">
-        <v>46</v>
+        <v>80</v>
       </c>
       <c r="P234" s="5" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="Q234" s="9" t="s">
-        <v>137</v>
+        <v>42</v>
       </c>
     </row>
     <row r="235" spans="1:17">
       <c r="A235" s="5">
         <v>229</v>
       </c>
       <c r="B235" s="8" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C235" s="9" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D235" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="E235" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F235" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G235" s="9">
+        <v>237</v>
+      </c>
+      <c r="H235" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I235" s="9">
+        <v>425.0</v>
+      </c>
+      <c r="J235" s="9">
+        <v>25</v>
+      </c>
+      <c r="K235" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L235" s="9">
+        <v>340</v>
+      </c>
+      <c r="M235" s="10" t="s">
         <v>927</v>
       </c>
-      <c r="E235" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N235" s="9" t="s">
-        <v>211</v>
+        <v>869</v>
       </c>
       <c r="O235" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P235" s="5" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="Q235" s="9" t="s">
-        <v>171</v>
+        <v>771</v>
       </c>
     </row>
     <row r="236" spans="1:17">
       <c r="A236" s="5">
         <v>230</v>
       </c>
       <c r="B236" s="8" t="s">
         <v>928</v>
       </c>
       <c r="C236" s="9" t="s">
         <v>929</v>
       </c>
       <c r="D236" s="5" t="s">
         <v>930</v>
       </c>
       <c r="E236" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F236" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G236" s="9">
-        <v>521</v>
+        <v>220</v>
       </c>
       <c r="H236" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I236" s="9">
-        <v>1050.0</v>
+        <v>475.0</v>
       </c>
       <c r="J236" s="9">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="K236" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L236" s="9">
-        <v>800</v>
+        <v>350</v>
       </c>
       <c r="M236" s="10" t="s">
         <v>929</v>
       </c>
       <c r="N236" s="9" t="s">
-        <v>152</v>
+        <v>869</v>
       </c>
       <c r="O236" s="9" t="s">
-        <v>181</v>
+        <v>46</v>
       </c>
       <c r="P236" s="5" t="s">
         <v>931</v>
       </c>
       <c r="Q236" s="9" t="s">
-        <v>932</v>
+        <v>137</v>
       </c>
     </row>
     <row r="237" spans="1:17">
       <c r="A237" s="5">
         <v>231</v>
       </c>
       <c r="B237" s="8" t="s">
+        <v>932</v>
+      </c>
+      <c r="C237" s="9" t="s">
         <v>933</v>
       </c>
-      <c r="C237" s="9" t="s">
+      <c r="D237" s="5" t="s">
         <v>934</v>
       </c>
-      <c r="D237" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E237" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F237" s="9">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="G237" s="9">
-        <v>340</v>
+        <v>89</v>
       </c>
       <c r="H237" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I237" s="9">
-        <v>750.0</v>
+        <v>350.0</v>
       </c>
       <c r="J237" s="9">
+        <v>20</v>
+      </c>
+      <c r="K237" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L237" s="9">
+        <v>150</v>
+      </c>
+      <c r="M237" s="10" t="s">
+        <v>933</v>
+      </c>
+      <c r="N237" s="9" t="s">
+        <v>211</v>
+      </c>
+      <c r="O237" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="P237" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="K237" s="9" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="Q237" s="9" t="s">
-        <v>394</v>
+        <v>171</v>
       </c>
     </row>
     <row r="238" spans="1:17">
       <c r="A238" s="5">
         <v>232</v>
       </c>
       <c r="B238" s="8" t="s">
+        <v>935</v>
+      </c>
+      <c r="C238" s="9" t="s">
         <v>936</v>
       </c>
-      <c r="C238" s="9" t="s">
+      <c r="D238" s="5" t="s">
         <v>937</v>
-      </c>
-[...1 lines deleted...]
-        <v>930</v>
       </c>
       <c r="E238" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F238" s="9">
         <v>2020</v>
       </c>
       <c r="G238" s="9">
-        <v>202</v>
+        <v>521</v>
       </c>
       <c r="H238" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I238" s="9">
-        <v>400.0</v>
+        <v>1050.0</v>
       </c>
       <c r="J238" s="9">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K238" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L238" s="9">
-        <v>300</v>
+        <v>800</v>
       </c>
       <c r="M238" s="10" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="N238" s="9" t="s">
         <v>152</v>
       </c>
       <c r="O238" s="9" t="s">
         <v>181</v>
       </c>
       <c r="P238" s="5" t="s">
         <v>938</v>
       </c>
       <c r="Q238" s="9" t="s">
-        <v>132</v>
+        <v>939</v>
       </c>
     </row>
     <row r="239" spans="1:17">
       <c r="A239" s="5">
         <v>233</v>
       </c>
       <c r="B239" s="8" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="C239" s="9" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>930</v>
+        <v>937</v>
       </c>
       <c r="E239" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F239" s="9">
         <v>2020</v>
       </c>
       <c r="G239" s="9">
-        <v>376</v>
+        <v>340</v>
       </c>
       <c r="H239" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I239" s="9">
-        <v>850.0</v>
+        <v>750.0</v>
       </c>
       <c r="J239" s="9">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="K239" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L239" s="9">
-        <v>600</v>
+        <v>550</v>
       </c>
       <c r="M239" s="10" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="N239" s="9" t="s">
         <v>152</v>
       </c>
       <c r="O239" s="9" t="s">
         <v>181</v>
       </c>
       <c r="P239" s="5" t="s">
-        <v>212</v>
+        <v>942</v>
       </c>
       <c r="Q239" s="9" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="240" spans="1:17">
       <c r="A240" s="5">
         <v>234</v>
       </c>
       <c r="B240" s="8" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="C240" s="9" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>930</v>
+        <v>937</v>
       </c>
       <c r="E240" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F240" s="9">
         <v>2020</v>
       </c>
       <c r="G240" s="9">
-        <v>414</v>
+        <v>202</v>
       </c>
       <c r="H240" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I240" s="9">
-        <v>850.0</v>
+        <v>400.0</v>
       </c>
       <c r="J240" s="9">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="K240" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L240" s="9">
-        <v>650</v>
+        <v>300</v>
       </c>
       <c r="M240" s="10" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="N240" s="9" t="s">
         <v>152</v>
       </c>
       <c r="O240" s="9" t="s">
         <v>181</v>
       </c>
       <c r="P240" s="5" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="Q240" s="9" t="s">
-        <v>944</v>
+        <v>132</v>
       </c>
     </row>
     <row r="241" spans="1:17">
       <c r="A241" s="5">
         <v>235</v>
       </c>
       <c r="B241" s="8" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="C241" s="9" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>930</v>
+        <v>937</v>
       </c>
       <c r="E241" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F241" s="9">
         <v>2020</v>
       </c>
       <c r="G241" s="9">
-        <v>362</v>
+        <v>376</v>
       </c>
       <c r="H241" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I241" s="9">
         <v>850.0</v>
       </c>
       <c r="J241" s="9">
         <v>40</v>
       </c>
       <c r="K241" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L241" s="9">
-        <v>650</v>
+        <v>600</v>
       </c>
       <c r="M241" s="10" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="N241" s="9" t="s">
         <v>152</v>
       </c>
       <c r="O241" s="9" t="s">
         <v>181</v>
       </c>
       <c r="P241" s="5" t="s">
-        <v>947</v>
+        <v>212</v>
       </c>
       <c r="Q241" s="9" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="242" spans="1:17">
       <c r="A242" s="5">
         <v>236</v>
       </c>
       <c r="B242" s="8" t="s">
         <v>948</v>
       </c>
       <c r="C242" s="9" t="s">
         <v>949</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>950</v>
+        <v>937</v>
       </c>
       <c r="E242" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F242" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G242" s="9">
-        <v>372</v>
+        <v>414</v>
       </c>
       <c r="H242" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I242" s="9">
-        <v>750.0</v>
+        <v>850.0</v>
       </c>
       <c r="J242" s="9">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="K242" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L242" s="9">
-        <v>480</v>
+        <v>650</v>
       </c>
       <c r="M242" s="10" t="s">
         <v>949</v>
       </c>
       <c r="N242" s="9" t="s">
-        <v>58</v>
+        <v>152</v>
       </c>
       <c r="O242" s="9" t="s">
-        <v>46</v>
+        <v>181</v>
       </c>
       <c r="P242" s="5" t="s">
-        <v>41</v>
+        <v>950</v>
       </c>
       <c r="Q242" s="9" t="s">
         <v>951</v>
       </c>
     </row>
     <row r="243" spans="1:17">
       <c r="A243" s="5">
         <v>237</v>
       </c>
       <c r="B243" s="8" t="s">
         <v>952</v>
       </c>
       <c r="C243" s="9" t="s">
         <v>953</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>954</v>
+        <v>937</v>
       </c>
       <c r="E243" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F243" s="9">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="G243" s="9">
-        <v>124</v>
+        <v>362</v>
       </c>
       <c r="H243" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I243" s="9">
-        <v>400.0</v>
+        <v>850.0</v>
       </c>
       <c r="J243" s="9">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K243" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L243" s="9">
-        <v>220</v>
+        <v>650</v>
       </c>
       <c r="M243" s="10" t="s">
         <v>953</v>
       </c>
       <c r="N243" s="9" t="s">
-        <v>26</v>
+        <v>152</v>
       </c>
       <c r="O243" s="9" t="s">
-        <v>46</v>
+        <v>181</v>
       </c>
       <c r="P243" s="5" t="s">
-        <v>41</v>
+        <v>954</v>
       </c>
       <c r="Q243" s="9" t="s">
-        <v>42</v>
+        <v>394</v>
       </c>
     </row>
     <row r="244" spans="1:17">
       <c r="A244" s="5">
         <v>238</v>
       </c>
       <c r="B244" s="8" t="s">
         <v>955</v>
       </c>
       <c r="C244" s="9" t="s">
         <v>956</v>
       </c>
       <c r="D244" s="5" t="s">
         <v>957</v>
       </c>
       <c r="E244" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F244" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G244" s="9">
-        <v>86</v>
+        <v>372</v>
       </c>
       <c r="H244" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I244" s="9">
-        <v>395.0</v>
+        <v>750.0</v>
       </c>
       <c r="J244" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K244" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L244" s="9">
-        <v>100</v>
+        <v>480</v>
       </c>
       <c r="M244" s="10" t="s">
         <v>956</v>
       </c>
       <c r="N244" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O244" s="9" t="s">
-        <v>181</v>
+        <v>46</v>
       </c>
       <c r="P244" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q244" s="9" t="s">
         <v>958</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="245" spans="1:17">
       <c r="A245" s="5">
         <v>239</v>
       </c>
       <c r="B245" s="8" t="s">
         <v>959</v>
       </c>
       <c r="C245" s="9" t="s">
         <v>960</v>
       </c>
       <c r="D245" s="5" t="s">
         <v>961</v>
       </c>
       <c r="E245" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F245" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G245" s="9">
-        <v>151</v>
+        <v>124</v>
       </c>
       <c r="H245" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I245" s="9">
-        <v>475.0</v>
+        <v>400.0</v>
       </c>
       <c r="J245" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K245" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L245" s="9">
-        <v>320</v>
+        <v>220</v>
       </c>
       <c r="M245" s="10" t="s">
         <v>960</v>
       </c>
       <c r="N245" s="9" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="O245" s="9" t="s">
-        <v>126</v>
+        <v>46</v>
       </c>
       <c r="P245" s="5" t="s">
-        <v>962</v>
+        <v>41</v>
       </c>
       <c r="Q245" s="9" t="s">
-        <v>127</v>
+        <v>42</v>
       </c>
     </row>
     <row r="246" spans="1:17">
       <c r="A246" s="5">
         <v>240</v>
       </c>
       <c r="B246" s="8" t="s">
+        <v>962</v>
+      </c>
+      <c r="C246" s="9" t="s">
         <v>963</v>
       </c>
-      <c r="C246" s="9" t="s">
+      <c r="D246" s="5" t="s">
         <v>964</v>
       </c>
-      <c r="D246" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E246" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F246" s="9">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G246" s="9">
-        <v>326</v>
+        <v>86</v>
       </c>
       <c r="H246" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I246" s="9">
-        <v>675.0</v>
+        <v>395.0</v>
       </c>
       <c r="J246" s="9">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="K246" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L246" s="9">
-        <v>580</v>
+        <v>100</v>
       </c>
       <c r="M246" s="10" t="s">
-        <v>964</v>
+        <v>963</v>
       </c>
       <c r="N246" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O246" s="9" t="s">
-        <v>27</v>
+        <v>181</v>
       </c>
       <c r="P246" s="5" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="Q246" s="9" t="s">
-        <v>966</v>
+        <v>486</v>
       </c>
     </row>
     <row r="247" spans="1:17">
       <c r="A247" s="5">
         <v>241</v>
       </c>
       <c r="B247" s="8" t="s">
+        <v>966</v>
+      </c>
+      <c r="C247" s="9" t="s">
         <v>967</v>
       </c>
-      <c r="C247" s="9" t="s">
+      <c r="D247" s="5" t="s">
         <v>968</v>
-      </c>
-[...1 lines deleted...]
-        <v>969</v>
       </c>
       <c r="E247" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F247" s="9">
         <v>2025</v>
       </c>
       <c r="G247" s="9">
-        <v>290</v>
+        <v>151</v>
       </c>
       <c r="H247" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I247" s="9">
-        <v>650.0</v>
+        <v>475.0</v>
       </c>
       <c r="J247" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K247" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L247" s="9">
-        <v>420</v>
+        <v>320</v>
       </c>
       <c r="M247" s="10" t="s">
-        <v>968</v>
+        <v>967</v>
       </c>
       <c r="N247" s="9" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="O247" s="9" t="s">
-        <v>27</v>
+        <v>126</v>
       </c>
       <c r="P247" s="5" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="Q247" s="9" t="s">
-        <v>36</v>
+        <v>127</v>
       </c>
     </row>
     <row r="248" spans="1:17">
       <c r="A248" s="5">
         <v>242</v>
       </c>
       <c r="B248" s="8" t="s">
+        <v>970</v>
+      </c>
+      <c r="C248" s="9" t="s">
         <v>971</v>
       </c>
-      <c r="C248" s="9" t="s">
+      <c r="D248" s="5" t="s">
         <v>972</v>
-      </c>
-[...1 lines deleted...]
-        <v>973</v>
       </c>
       <c r="E248" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F248" s="9">
         <v>2025</v>
       </c>
       <c r="G248" s="9">
-        <v>106</v>
+        <v>326</v>
       </c>
       <c r="H248" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I248" s="9">
-        <v>395.0</v>
+        <v>675.0</v>
       </c>
       <c r="J248" s="9">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K248" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L248" s="9">
-        <v>140</v>
+        <v>580</v>
       </c>
       <c r="M248" s="10" t="s">
-        <v>972</v>
+        <v>971</v>
       </c>
       <c r="N248" s="9" t="s">
-        <v>862</v>
+        <v>26</v>
       </c>
       <c r="O248" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P248" s="5" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="Q248" s="9" t="s">
-        <v>96</v>
+        <v>973</v>
       </c>
     </row>
     <row r="249" spans="1:17">
       <c r="A249" s="5">
         <v>243</v>
       </c>
       <c r="B249" s="8" t="s">
+        <v>974</v>
+      </c>
+      <c r="C249" s="9" t="s">
         <v>975</v>
       </c>
-      <c r="C249" s="9" t="s">
+      <c r="D249" s="5" t="s">
         <v>976</v>
-      </c>
-[...1 lines deleted...]
-        <v>973</v>
       </c>
       <c r="E249" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F249" s="9">
         <v>2025</v>
       </c>
       <c r="G249" s="9">
-        <v>142</v>
+        <v>290</v>
       </c>
       <c r="H249" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I249" s="9">
-        <v>450.0</v>
+        <v>650.0</v>
       </c>
       <c r="J249" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K249" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L249" s="9">
-        <v>200</v>
+        <v>420</v>
       </c>
       <c r="M249" s="10" t="s">
-        <v>976</v>
+        <v>975</v>
       </c>
       <c r="N249" s="9" t="s">
-        <v>862</v>
+        <v>26</v>
       </c>
       <c r="O249" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P249" s="5" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="Q249" s="9" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="250" spans="1:17">
       <c r="A250" s="5">
         <v>244</v>
       </c>
       <c r="B250" s="8" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C250" s="9" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="D250" s="5" t="s">
+        <v>980</v>
+      </c>
+      <c r="E250" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F250" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G250" s="9">
+        <v>106</v>
+      </c>
+      <c r="H250" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I250" s="9">
+        <v>395.0</v>
+      </c>
+      <c r="J250" s="9">
+        <v>20</v>
+      </c>
+      <c r="K250" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L250" s="9">
+        <v>140</v>
+      </c>
+      <c r="M250" s="10" t="s">
         <v>979</v>
       </c>
-      <c r="E250" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N250" s="9" t="s">
-        <v>58</v>
+        <v>869</v>
       </c>
       <c r="O250" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P250" s="5" t="s">
-        <v>35</v>
+        <v>981</v>
       </c>
       <c r="Q250" s="9" t="s">
-        <v>980</v>
+        <v>96</v>
       </c>
     </row>
     <row r="251" spans="1:17">
       <c r="A251" s="5">
         <v>245</v>
       </c>
       <c r="B251" s="8" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C251" s="9" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D251" s="5" t="s">
+        <v>980</v>
+      </c>
+      <c r="E251" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F251" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G251" s="9">
+        <v>142</v>
+      </c>
+      <c r="H251" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I251" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J251" s="9">
+        <v>25</v>
+      </c>
+      <c r="K251" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L251" s="9">
+        <v>200</v>
+      </c>
+      <c r="M251" s="10" t="s">
         <v>983</v>
       </c>
-      <c r="E251" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N251" s="9" t="s">
-        <v>52</v>
+        <v>869</v>
       </c>
       <c r="O251" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P251" s="5" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
       <c r="Q251" s="9" t="s">
-        <v>648</v>
+        <v>42</v>
       </c>
     </row>
     <row r="252" spans="1:17">
       <c r="A252" s="5">
         <v>246</v>
       </c>
       <c r="B252" s="8" t="s">
         <v>984</v>
       </c>
       <c r="C252" s="9" t="s">
         <v>985</v>
       </c>
       <c r="D252" s="5" t="s">
         <v>986</v>
       </c>
       <c r="E252" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F252" s="9" t="s">
-        <v>615</v>
+      <c r="F252" s="9">
+        <v>2023</v>
       </c>
       <c r="G252" s="9">
-        <v>57</v>
+        <v>362</v>
       </c>
       <c r="H252" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I252" s="9">
-        <v>350.0</v>
+        <v>1250.0</v>
       </c>
       <c r="J252" s="9">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="K252" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L252" s="9">
-        <v>80</v>
+        <v>975</v>
       </c>
       <c r="M252" s="10" t="s">
         <v>985</v>
       </c>
       <c r="N252" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O252" s="9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="P252" s="5" t="s">
-        <v>323</v>
+        <v>35</v>
       </c>
       <c r="Q252" s="9" t="s">
         <v>987</v>
       </c>
     </row>
     <row r="253" spans="1:17">
       <c r="A253" s="5">
         <v>247</v>
       </c>
       <c r="B253" s="8" t="s">
         <v>988</v>
       </c>
       <c r="C253" s="9" t="s">
         <v>989</v>
       </c>
       <c r="D253" s="5" t="s">
         <v>990</v>
       </c>
       <c r="E253" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F253" s="9">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="G253" s="9">
-        <v>190</v>
+        <v>256</v>
       </c>
       <c r="H253" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I253" s="9">
-        <v>1250.0</v>
+        <v>595.0</v>
       </c>
       <c r="J253" s="9">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="K253" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L253" s="9">
-        <v>350</v>
+        <v>335</v>
       </c>
       <c r="M253" s="10" t="s">
         <v>989</v>
       </c>
       <c r="N253" s="9" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="O253" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P253" s="5" t="s">
-        <v>563</v>
+        <v>981</v>
       </c>
       <c r="Q253" s="9" t="s">
-        <v>991</v>
+        <v>655</v>
       </c>
     </row>
     <row r="254" spans="1:17">
       <c r="A254" s="5">
         <v>248</v>
       </c>
       <c r="B254" s="8" t="s">
+        <v>991</v>
+      </c>
+      <c r="C254" s="9" t="s">
         <v>992</v>
       </c>
-      <c r="C254" s="9" t="s">
+      <c r="D254" s="5" t="s">
         <v>993</v>
       </c>
-      <c r="D254" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E254" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F254" s="9">
-        <v>2025</v>
+      <c r="F254" s="9" t="s">
+        <v>622</v>
       </c>
       <c r="G254" s="9">
-        <v>175</v>
+        <v>57</v>
       </c>
       <c r="H254" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I254" s="9">
-        <v>950.0</v>
+        <v>350.0</v>
       </c>
       <c r="J254" s="9">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="K254" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L254" s="9">
-        <v>360</v>
+        <v>80</v>
       </c>
       <c r="M254" s="10" t="s">
-        <v>993</v>
+        <v>992</v>
       </c>
       <c r="N254" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O254" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P254" s="5" t="s">
-        <v>563</v>
+        <v>323</v>
       </c>
       <c r="Q254" s="9" t="s">
-        <v>218</v>
+        <v>994</v>
       </c>
     </row>
     <row r="255" spans="1:17">
       <c r="A255" s="5">
         <v>249</v>
       </c>
       <c r="B255" s="8" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="C255" s="9" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="D255" s="5" t="s">
+        <v>997</v>
+      </c>
+      <c r="E255" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F255" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G255" s="9">
+        <v>190</v>
+      </c>
+      <c r="H255" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I255" s="9">
+        <v>1250.0</v>
+      </c>
+      <c r="J255" s="9">
+        <v>60</v>
+      </c>
+      <c r="K255" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L255" s="9">
+        <v>350</v>
+      </c>
+      <c r="M255" s="10" t="s">
         <v>996</v>
       </c>
-      <c r="E255" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N255" s="9" t="s">
-        <v>997</v>
+        <v>58</v>
       </c>
       <c r="O255" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P255" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="Q255" s="9" t="s">
         <v>998</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="256" spans="1:17">
       <c r="A256" s="5">
         <v>250</v>
       </c>
       <c r="B256" s="8" t="s">
         <v>999</v>
       </c>
       <c r="C256" s="9" t="s">
         <v>1000</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
       <c r="E256" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F256" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G256" s="9">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="H256" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I256" s="9">
-        <v>575.0</v>
+        <v>950.0</v>
       </c>
       <c r="J256" s="9">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="K256" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L256" s="9">
-        <v>315</v>
+        <v>360</v>
       </c>
       <c r="M256" s="10" t="s">
         <v>1000</v>
       </c>
       <c r="N256" s="9" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="O256" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P256" s="5" t="s">
-        <v>1002</v>
+        <v>566</v>
       </c>
       <c r="Q256" s="9" t="s">
-        <v>1003</v>
+        <v>218</v>
       </c>
     </row>
     <row r="257" spans="1:17">
       <c r="A257" s="5">
         <v>251</v>
       </c>
       <c r="B257" s="8" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C257" s="9" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D257" s="5" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E257" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F257" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G257" s="9">
+        <v>186</v>
+      </c>
+      <c r="H257" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I257" s="9">
+        <v>550.0</v>
+      </c>
+      <c r="J257" s="9">
+        <v>35</v>
+      </c>
+      <c r="K257" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L257" s="9">
+        <v>330</v>
+      </c>
+      <c r="M257" s="10" t="s">
+        <v>1002</v>
+      </c>
+      <c r="N257" s="9" t="s">
         <v>1004</v>
-      </c>
-[...34 lines deleted...]
-        <v>52</v>
       </c>
       <c r="O257" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P257" s="5" t="s">
-        <v>252</v>
+        <v>1005</v>
       </c>
       <c r="Q257" s="9" t="s">
-        <v>1007</v>
+        <v>132</v>
       </c>
     </row>
     <row r="258" spans="1:17">
       <c r="A258" s="5">
         <v>252</v>
       </c>
       <c r="B258" s="8" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C258" s="9" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D258" s="5" t="s">
         <v>1008</v>
       </c>
-      <c r="C258" s="9" t="s">
+      <c r="E258" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F258" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G258" s="9">
+        <v>145</v>
+      </c>
+      <c r="H258" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I258" s="9">
+        <v>575.0</v>
+      </c>
+      <c r="J258" s="9">
+        <v>35</v>
+      </c>
+      <c r="K258" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L258" s="9">
+        <v>315</v>
+      </c>
+      <c r="M258" s="10" t="s">
+        <v>1007</v>
+      </c>
+      <c r="N258" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="O258" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P258" s="5" t="s">
         <v>1009</v>
       </c>
-      <c r="D258" s="5" t="s">
+      <c r="Q258" s="9" t="s">
         <v>1010</v>
-      </c>
-[...37 lines deleted...]
-        <v>1011</v>
       </c>
     </row>
     <row r="259" spans="1:17">
       <c r="A259" s="5">
         <v>253</v>
       </c>
       <c r="B259" s="8" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C259" s="9" t="s">
         <v>1012</v>
       </c>
-      <c r="C259" s="9" t="s">
+      <c r="D259" s="5" t="s">
         <v>1013</v>
       </c>
-      <c r="D259" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E259" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F259" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G259" s="9">
-        <v>76</v>
+        <v>103</v>
       </c>
       <c r="H259" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I259" s="9">
-        <v>300.0</v>
+        <v>395.0</v>
       </c>
       <c r="J259" s="9">
         <v>20</v>
       </c>
       <c r="K259" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L259" s="9">
-        <v>140</v>
+        <v>250</v>
       </c>
       <c r="M259" s="10" t="s">
-        <v>1013</v>
+        <v>1012</v>
       </c>
       <c r="N259" s="9" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="O259" s="9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="P259" s="5" t="s">
-        <v>1015</v>
+        <v>252</v>
       </c>
       <c r="Q259" s="9" t="s">
-        <v>96</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="260" spans="1:17">
       <c r="A260" s="5">
         <v>254</v>
       </c>
       <c r="B260" s="8" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C260" s="9" t="s">
         <v>1016</v>
       </c>
-      <c r="C260" s="9" t="s">
+      <c r="D260" s="5" t="s">
         <v>1017</v>
       </c>
-      <c r="D260" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E260" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F260" s="9">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="G260" s="9">
-        <v>161</v>
+        <v>525</v>
       </c>
       <c r="H260" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I260" s="9">
-        <v>450.0</v>
+        <v>1750.0</v>
       </c>
       <c r="J260" s="9">
-        <v>30</v>
+        <v>85</v>
       </c>
       <c r="K260" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L260" s="9">
-        <v>300</v>
+        <v>800</v>
       </c>
       <c r="M260" s="10" t="s">
-        <v>1017</v>
+        <v>1016</v>
       </c>
       <c r="N260" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O260" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P260" s="5" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="Q260" s="9" t="s">
-        <v>132</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="261" spans="1:17">
       <c r="A261" s="5">
         <v>255</v>
       </c>
       <c r="B261" s="8" t="s">
         <v>1019</v>
       </c>
       <c r="C261" s="9" t="s">
         <v>1020</v>
       </c>
       <c r="D261" s="5" t="s">
         <v>1021</v>
       </c>
       <c r="E261" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F261" s="9">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G261" s="9">
-        <v>95</v>
+        <v>76</v>
       </c>
       <c r="H261" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I261" s="9">
-        <v>350.0</v>
+        <v>300.0</v>
       </c>
       <c r="J261" s="9">
         <v>20</v>
       </c>
       <c r="K261" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L261" s="9">
-        <v>170</v>
+        <v>140</v>
       </c>
       <c r="M261" s="10" t="s">
         <v>1020</v>
       </c>
       <c r="N261" s="9" t="s">
-        <v>491</v>
+        <v>26</v>
       </c>
       <c r="O261" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P261" s="5" t="s">
-        <v>753</v>
+        <v>1022</v>
       </c>
       <c r="Q261" s="9" t="s">
-        <v>528</v>
+        <v>96</v>
       </c>
     </row>
     <row r="262" spans="1:17">
       <c r="A262" s="5">
         <v>256</v>
       </c>
       <c r="B262" s="8" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="C262" s="9" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="D262" s="5" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E262" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F262" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G262" s="9">
+        <v>161</v>
+      </c>
+      <c r="H262" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I262" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J262" s="9">
+        <v>30</v>
+      </c>
+      <c r="K262" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L262" s="9">
+        <v>300</v>
+      </c>
+      <c r="M262" s="10" t="s">
         <v>1024</v>
       </c>
-      <c r="E262" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N262" s="9" t="s">
-        <v>207</v>
+        <v>58</v>
       </c>
       <c r="O262" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P262" s="5" t="s">
-        <v>1025</v>
+        <v>54</v>
       </c>
       <c r="Q262" s="9" t="s">
-        <v>60</v>
+        <v>132</v>
       </c>
     </row>
     <row r="263" spans="1:17">
       <c r="A263" s="5">
         <v>257</v>
       </c>
       <c r="B263" s="8" t="s">
         <v>1026</v>
       </c>
       <c r="C263" s="9" t="s">
         <v>1027</v>
       </c>
       <c r="D263" s="5" t="s">
         <v>1028</v>
       </c>
       <c r="E263" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F263" s="9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G263" s="9">
-        <v>78</v>
+        <v>95</v>
       </c>
       <c r="H263" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I263" s="9">
-        <v>300.0</v>
+        <v>350.0</v>
       </c>
       <c r="J263" s="9">
         <v>20</v>
       </c>
       <c r="K263" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L263" s="9">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="M263" s="10" t="s">
         <v>1027</v>
       </c>
       <c r="N263" s="9" t="s">
-        <v>26</v>
+        <v>494</v>
       </c>
       <c r="O263" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P263" s="5" t="s">
-        <v>369</v>
+        <v>760</v>
       </c>
       <c r="Q263" s="9" t="s">
-        <v>96</v>
+        <v>531</v>
       </c>
     </row>
     <row r="264" spans="1:17">
       <c r="A264" s="5">
         <v>258</v>
       </c>
       <c r="B264" s="8" t="s">
         <v>1029</v>
       </c>
       <c r="C264" s="9" t="s">
         <v>1030</v>
       </c>
       <c r="D264" s="5" t="s">
         <v>1031</v>
       </c>
       <c r="E264" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F264" s="9">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="G264" s="9">
-        <v>394</v>
+        <v>87</v>
       </c>
       <c r="H264" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I264" s="9">
-        <v>575.0</v>
+        <v>400.0</v>
       </c>
       <c r="J264" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K264" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L264" s="9">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="M264" s="10" t="s">
         <v>1030</v>
       </c>
       <c r="N264" s="9" t="s">
+        <v>207</v>
+      </c>
+      <c r="O264" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P264" s="5" t="s">
         <v>1032</v>
       </c>
-      <c r="O264" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q264" s="9" t="s">
-        <v>394</v>
+        <v>60</v>
       </c>
     </row>
     <row r="265" spans="1:17">
       <c r="A265" s="5">
         <v>259</v>
       </c>
       <c r="B265" s="8" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C265" s="9" t="s">
         <v>1034</v>
       </c>
-      <c r="C265" s="9" t="s">
+      <c r="D265" s="5" t="s">
         <v>1035</v>
       </c>
-      <c r="D265" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E265" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F265" s="9">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="G265" s="9">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="H265" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I265" s="9">
         <v>300.0</v>
       </c>
       <c r="J265" s="9">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="K265" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L265" s="9">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="M265" s="10" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="N265" s="9" t="s">
-        <v>152</v>
+        <v>26</v>
       </c>
       <c r="O265" s="9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="P265" s="5" t="s">
-        <v>1037</v>
+        <v>369</v>
       </c>
       <c r="Q265" s="9" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
     </row>
     <row r="266" spans="1:17">
       <c r="A266" s="5">
         <v>260</v>
       </c>
       <c r="B266" s="8" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C266" s="9" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D266" s="5" t="s">
         <v>1038</v>
       </c>
-      <c r="C266" s="9" t="s">
+      <c r="E266" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F266" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G266" s="9">
+        <v>394</v>
+      </c>
+      <c r="H266" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I266" s="9">
+        <v>575.0</v>
+      </c>
+      <c r="J266" s="9">
+        <v>30</v>
+      </c>
+      <c r="K266" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L266" s="9">
+        <v>400</v>
+      </c>
+      <c r="M266" s="10" t="s">
+        <v>1037</v>
+      </c>
+      <c r="N266" s="9" t="s">
         <v>1039</v>
       </c>
-      <c r="D266" s="5" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O266" s="9" t="s">
-        <v>181</v>
+        <v>80</v>
       </c>
       <c r="P266" s="5" t="s">
         <v>1040</v>
       </c>
       <c r="Q266" s="9" t="s">
-        <v>587</v>
+        <v>394</v>
       </c>
     </row>
     <row r="267" spans="1:17">
       <c r="A267" s="5">
         <v>261</v>
       </c>
       <c r="B267" s="8" t="s">
         <v>1041</v>
       </c>
       <c r="C267" s="9" t="s">
         <v>1042</v>
       </c>
       <c r="D267" s="5" t="s">
         <v>1043</v>
       </c>
       <c r="E267" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F267" s="9">
         <v>2021</v>
       </c>
       <c r="G267" s="9">
-        <v>124</v>
+        <v>88</v>
       </c>
       <c r="H267" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I267" s="9">
-        <v>400.0</v>
+        <v>300.0</v>
       </c>
       <c r="J267" s="9">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K267" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L267" s="9">
-        <v>325</v>
+        <v>170</v>
       </c>
       <c r="M267" s="10" t="s">
         <v>1042</v>
       </c>
       <c r="N267" s="9" t="s">
         <v>152</v>
       </c>
       <c r="O267" s="9" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="P267" s="5" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="Q267" s="9" t="s">
-        <v>301</v>
+        <v>60</v>
       </c>
     </row>
     <row r="268" spans="1:17">
       <c r="A268" s="5">
         <v>262</v>
       </c>
       <c r="B268" s="8" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C268" s="9" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="D268" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="E268" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F268" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G268" s="9">
+        <v>424</v>
+      </c>
+      <c r="H268" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I268" s="9">
+        <v>995.0</v>
+      </c>
+      <c r="J268" s="9">
+        <v>40</v>
+      </c>
+      <c r="K268" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L268" s="9">
+        <v>930</v>
+      </c>
+      <c r="M268" s="10" t="s">
         <v>1046</v>
       </c>
-      <c r="E268" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N268" s="9" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="O268" s="9" t="s">
-        <v>89</v>
+        <v>181</v>
       </c>
       <c r="P268" s="5" t="s">
         <v>1047</v>
       </c>
       <c r="Q268" s="9" t="s">
-        <v>132</v>
+        <v>590</v>
       </c>
     </row>
     <row r="269" spans="1:17">
       <c r="A269" s="5">
         <v>263</v>
       </c>
       <c r="B269" s="8" t="s">
-        <v>101</v>
+        <v>1048</v>
       </c>
       <c r="C269" s="9" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="D269" s="5" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="E269" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F269" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G269" s="9">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="H269" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I269" s="9">
-        <v>375.0</v>
+        <v>400.0</v>
       </c>
       <c r="J269" s="9">
         <v>20</v>
       </c>
       <c r="K269" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L269" s="9">
-        <v>220</v>
+        <v>325</v>
       </c>
       <c r="M269" s="10" t="s">
+        <v>1049</v>
+      </c>
+      <c r="N269" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="O269" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="P269" s="5" t="s">
         <v>1048</v>
       </c>
-      <c r="N269" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q269" s="9" t="s">
-        <v>42</v>
+        <v>301</v>
       </c>
     </row>
     <row r="270" spans="1:17">
       <c r="A270" s="5">
         <v>264</v>
       </c>
       <c r="B270" s="8" t="s">
-        <v>156</v>
+        <v>1051</v>
       </c>
       <c r="C270" s="9" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="D270" s="5" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="E270" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F270" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G270" s="9">
-        <v>184</v>
+        <v>204</v>
       </c>
       <c r="H270" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I270" s="9">
-        <v>475.0</v>
+        <v>600.0</v>
       </c>
       <c r="J270" s="9">
         <v>25</v>
       </c>
       <c r="K270" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L270" s="9">
-        <v>270</v>
+        <v>345</v>
       </c>
       <c r="M270" s="10" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="N270" s="9" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="O270" s="9" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="P270" s="5" t="s">
-        <v>156</v>
+        <v>1054</v>
       </c>
       <c r="Q270" s="9" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
     </row>
     <row r="271" spans="1:17">
       <c r="A271" s="5">
         <v>265</v>
       </c>
       <c r="B271" s="8" t="s">
-        <v>1052</v>
+        <v>101</v>
       </c>
       <c r="C271" s="9" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="D271" s="5" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="E271" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F271" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G271" s="9">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="H271" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I271" s="9">
-        <v>350.0</v>
+        <v>375.0</v>
       </c>
       <c r="J271" s="9">
         <v>20</v>
       </c>
       <c r="K271" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L271" s="9">
-        <v>180</v>
+        <v>220</v>
       </c>
       <c r="M271" s="10" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="N271" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O271" s="9" t="s">
         <v>46</v>
       </c>
       <c r="P271" s="5" t="s">
-        <v>41</v>
+        <v>101</v>
       </c>
       <c r="Q271" s="9" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="272" spans="1:17">
       <c r="A272" s="5">
         <v>266</v>
       </c>
       <c r="B272" s="8" t="s">
-        <v>1055</v>
+        <v>156</v>
       </c>
       <c r="C272" s="9" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="D272" s="5" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="E272" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F272" s="9">
         <v>2023</v>
       </c>
       <c r="G272" s="9">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="H272" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I272" s="9">
         <v>475.0</v>
       </c>
       <c r="J272" s="9">
         <v>25</v>
       </c>
       <c r="K272" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L272" s="9">
-        <v>350</v>
+        <v>270</v>
       </c>
       <c r="M272" s="10" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="N272" s="9" t="s">
         <v>58</v>
       </c>
       <c r="O272" s="9" t="s">
-        <v>89</v>
+        <v>46</v>
       </c>
       <c r="P272" s="5" t="s">
-        <v>628</v>
+        <v>156</v>
       </c>
       <c r="Q272" s="9" t="s">
-        <v>1058</v>
+        <v>146</v>
       </c>
     </row>
     <row r="273" spans="1:17">
       <c r="A273" s="5">
         <v>267</v>
       </c>
       <c r="B273" s="8" t="s">
         <v>1059</v>
       </c>
       <c r="C273" s="9" t="s">
         <v>1060</v>
       </c>
       <c r="D273" s="5" t="s">
         <v>1061</v>
       </c>
       <c r="E273" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F273" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G273" s="9">
+        <v>110</v>
+      </c>
+      <c r="H273" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I273" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J273" s="9">
+        <v>20</v>
+      </c>
+      <c r="K273" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L273" s="9">
         <v>180</v>
-      </c>
-[...13 lines deleted...]
-        <v>270</v>
       </c>
       <c r="M273" s="10" t="s">
         <v>1060</v>
       </c>
       <c r="N273" s="9" t="s">
-        <v>388</v>
+        <v>58</v>
       </c>
       <c r="O273" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="P273" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="P273" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q273" s="9" t="s">
-        <v>146</v>
+        <v>42</v>
       </c>
     </row>
     <row r="274" spans="1:17">
       <c r="A274" s="5">
         <v>268</v>
       </c>
       <c r="B274" s="8" t="s">
         <v>1062</v>
       </c>
       <c r="C274" s="9" t="s">
         <v>1063</v>
       </c>
       <c r="D274" s="5" t="s">
         <v>1064</v>
       </c>
       <c r="E274" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F274" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G274" s="9">
-        <v>111</v>
+        <v>195</v>
       </c>
       <c r="H274" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I274" s="9">
-        <v>375.0</v>
+        <v>475.0</v>
       </c>
       <c r="J274" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K274" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L274" s="9">
-        <v>170</v>
+        <v>350</v>
       </c>
       <c r="M274" s="10" t="s">
         <v>1063</v>
       </c>
       <c r="N274" s="9" t="s">
-        <v>95</v>
+        <v>58</v>
       </c>
       <c r="O274" s="9" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="P274" s="5" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="Q274" s="9" t="s">
-        <v>171</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="275" spans="1:17">
       <c r="A275" s="5">
         <v>269</v>
       </c>
       <c r="B275" s="8" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C275" s="9" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="D275" s="5" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E275" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F275" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G275" s="9">
+        <v>180</v>
+      </c>
+      <c r="H275" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I275" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J275" s="9">
+        <v>25</v>
+      </c>
+      <c r="K275" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L275" s="9">
+        <v>270</v>
+      </c>
+      <c r="M275" s="10" t="s">
         <v>1067</v>
       </c>
-      <c r="E275" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N275" s="9" t="s">
-        <v>58</v>
+        <v>388</v>
       </c>
       <c r="O275" s="9" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="P275" s="5" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="Q275" s="9" t="s">
-        <v>71</v>
+        <v>146</v>
       </c>
     </row>
     <row r="276" spans="1:17">
       <c r="A276" s="5">
         <v>270</v>
       </c>
       <c r="B276" s="8" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="C276" s="9" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="E276" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F276" s="9">
         <v>2024</v>
       </c>
       <c r="G276" s="9">
-        <v>282</v>
+        <v>111</v>
       </c>
       <c r="H276" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I276" s="9">
-        <v>550.0</v>
+        <v>375.0</v>
       </c>
       <c r="J276" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K276" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L276" s="9">
-        <v>440</v>
+        <v>170</v>
       </c>
       <c r="M276" s="10" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="N276" s="9" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
       <c r="O276" s="9" t="s">
         <v>46</v>
       </c>
       <c r="P276" s="5" t="s">
-        <v>1071</v>
+        <v>635</v>
       </c>
       <c r="Q276" s="9" t="s">
-        <v>1072</v>
+        <v>171</v>
       </c>
     </row>
     <row r="277" spans="1:17">
       <c r="A277" s="5">
         <v>271</v>
       </c>
       <c r="B277" s="8" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C277" s="9" t="s">
         <v>1073</v>
       </c>
-      <c r="C277" s="9" t="s">
+      <c r="D277" s="5" t="s">
         <v>1074</v>
       </c>
-      <c r="D277" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E277" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F277" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G277" s="9">
-        <v>89</v>
+        <v>198</v>
       </c>
       <c r="H277" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I277" s="9">
-        <v>300.0</v>
+        <v>425.0</v>
       </c>
       <c r="J277" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K277" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L277" s="9">
-        <v>140</v>
+        <v>280</v>
       </c>
       <c r="M277" s="10" t="s">
-        <v>1074</v>
+        <v>1073</v>
       </c>
       <c r="N277" s="9" t="s">
-        <v>95</v>
+        <v>58</v>
       </c>
       <c r="O277" s="9" t="s">
         <v>46</v>
       </c>
       <c r="P277" s="5" t="s">
-        <v>1071</v>
+        <v>635</v>
       </c>
       <c r="Q277" s="9" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
     </row>
     <row r="278" spans="1:17">
       <c r="A278" s="5">
         <v>272</v>
       </c>
       <c r="B278" s="8" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C278" s="9" t="s">
         <v>1076</v>
       </c>
-      <c r="C278" s="9" t="s">
+      <c r="D278" s="5" t="s">
         <v>1077</v>
       </c>
-      <c r="D278" s="5" t="s">
+      <c r="E278" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F278" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G278" s="9">
+        <v>282</v>
+      </c>
+      <c r="H278" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I278" s="9">
+        <v>550.0</v>
+      </c>
+      <c r="J278" s="9">
+        <v>30</v>
+      </c>
+      <c r="K278" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L278" s="9">
+        <v>440</v>
+      </c>
+      <c r="M278" s="10" t="s">
+        <v>1076</v>
+      </c>
+      <c r="N278" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O278" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="P278" s="5" t="s">
         <v>1078</v>
       </c>
-      <c r="E278" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q278" s="9" t="s">
-        <v>237</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="279" spans="1:17">
       <c r="A279" s="5">
         <v>273</v>
       </c>
       <c r="B279" s="8" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="C279" s="9" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>738</v>
+        <v>1082</v>
       </c>
       <c r="E279" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F279" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G279" s="9">
-        <v>202</v>
+        <v>89</v>
       </c>
       <c r="H279" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I279" s="9">
-        <v>400.0</v>
+        <v>300.0</v>
       </c>
       <c r="J279" s="9">
         <v>20</v>
       </c>
       <c r="K279" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L279" s="9">
-        <v>320</v>
+        <v>140</v>
       </c>
       <c r="M279" s="10" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="N279" s="9" t="s">
-        <v>900</v>
+        <v>95</v>
       </c>
       <c r="O279" s="9" t="s">
         <v>46</v>
       </c>
       <c r="P279" s="5" t="s">
-        <v>35</v>
+        <v>1078</v>
       </c>
       <c r="Q279" s="9" t="s">
-        <v>764</v>
+        <v>76</v>
       </c>
     </row>
     <row r="280" spans="1:17">
       <c r="A280" s="5">
         <v>274</v>
       </c>
       <c r="B280" s="8" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="C280" s="9" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="D280" s="5" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="E280" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F280" s="9">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="G280" s="9">
-        <v>194</v>
+        <v>73</v>
       </c>
       <c r="H280" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I280" s="9">
-        <v>495.0</v>
+        <v>225.0</v>
       </c>
       <c r="J280" s="9">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="K280" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L280" s="9">
-        <v>485</v>
+        <v>130</v>
       </c>
       <c r="M280" s="10" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="N280" s="9" t="s">
-        <v>1084</v>
+        <v>100</v>
       </c>
       <c r="O280" s="9" t="s">
-        <v>27</v>
+        <v>89</v>
       </c>
       <c r="P280" s="5" t="s">
-        <v>35</v>
+        <v>119</v>
       </c>
       <c r="Q280" s="9" t="s">
-        <v>1085</v>
+        <v>237</v>
       </c>
     </row>
     <row r="281" spans="1:17">
       <c r="A281" s="5">
         <v>275</v>
       </c>
       <c r="B281" s="8" t="s">
         <v>1086</v>
       </c>
       <c r="C281" s="9" t="s">
         <v>1087</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>1088</v>
+        <v>745</v>
       </c>
       <c r="E281" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F281" s="9">
-        <v>2026</v>
+        <v>2024</v>
       </c>
       <c r="G281" s="9">
-        <v>117</v>
+        <v>202</v>
       </c>
       <c r="H281" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I281" s="9">
-        <v>450.0</v>
+        <v>400.0</v>
       </c>
       <c r="J281" s="9">
         <v>20</v>
       </c>
       <c r="K281" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L281" s="9">
-        <v>150</v>
+        <v>320</v>
       </c>
       <c r="M281" s="10" t="s">
         <v>1087</v>
       </c>
       <c r="N281" s="9" t="s">
-        <v>207</v>
+        <v>907</v>
       </c>
       <c r="O281" s="9" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="P281" s="5" t="s">
         <v>35</v>
       </c>
       <c r="Q281" s="9" t="s">
-        <v>60</v>
+        <v>771</v>
       </c>
     </row>
     <row r="282" spans="1:17">
       <c r="A282" s="5">
         <v>276</v>
       </c>
       <c r="B282" s="8" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C282" s="9" t="s">
         <v>1089</v>
       </c>
-      <c r="C282" s="9" t="s">
+      <c r="D282" s="5" t="s">
         <v>1090</v>
       </c>
-      <c r="D282" s="5" t="s">
+      <c r="E282" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F282" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G282" s="9">
+        <v>194</v>
+      </c>
+      <c r="H282" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I282" s="9">
+        <v>495.0</v>
+      </c>
+      <c r="J282" s="9">
+        <v>25</v>
+      </c>
+      <c r="K282" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L282" s="9">
+        <v>485</v>
+      </c>
+      <c r="M282" s="10" t="s">
+        <v>1089</v>
+      </c>
+      <c r="N282" s="9" t="s">
         <v>1091</v>
       </c>
-      <c r="E282" s="9" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O282" s="9" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="P282" s="5" t="s">
-        <v>170</v>
+        <v>35</v>
       </c>
       <c r="Q282" s="9" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="283" spans="1:17">
       <c r="A283" s="5">
         <v>277</v>
       </c>
       <c r="B283" s="8" t="s">
         <v>1093</v>
       </c>
       <c r="C283" s="9" t="s">
         <v>1094</v>
       </c>
       <c r="D283" s="5" t="s">
         <v>1095</v>
       </c>
       <c r="E283" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F283" s="9">
-        <v>2017</v>
+        <v>2026</v>
       </c>
       <c r="G283" s="9">
-        <v>80</v>
+        <v>117</v>
       </c>
       <c r="H283" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I283" s="9">
-        <v>350.0</v>
+        <v>450.0</v>
       </c>
       <c r="J283" s="9">
         <v>20</v>
       </c>
       <c r="K283" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L283" s="9">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="M283" s="10" t="s">
         <v>1094</v>
       </c>
       <c r="N283" s="9" t="s">
         <v>207</v>
       </c>
       <c r="O283" s="9" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="P283" s="5" t="s">
-        <v>252</v>
+        <v>35</v>
       </c>
       <c r="Q283" s="9" t="s">
-        <v>483</v>
+        <v>60</v>
       </c>
     </row>
     <row r="284" spans="1:17">
       <c r="A284" s="5">
         <v>278</v>
       </c>
       <c r="B284" s="8" t="s">
         <v>1096</v>
       </c>
       <c r="C284" s="9" t="s">
         <v>1097</v>
       </c>
       <c r="D284" s="5" t="s">
         <v>1098</v>
       </c>
       <c r="E284" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F284" s="9">
         <v>2022</v>
       </c>
       <c r="G284" s="9">
-        <v>329</v>
+        <v>101</v>
       </c>
       <c r="H284" s="9" t="s">
-        <v>1099</v>
+        <v>24</v>
       </c>
       <c r="I284" s="9">
-        <v>2250.0</v>
+        <v>350.0</v>
       </c>
       <c r="J284" s="9">
-        <v>125</v>
+        <v>20</v>
       </c>
       <c r="K284" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L284" s="9">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="M284" s="10" t="s">
         <v>1097</v>
       </c>
       <c r="N284" s="9" t="s">
-        <v>1100</v>
+        <v>309</v>
       </c>
       <c r="O284" s="9" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="P284" s="5" t="s">
-        <v>227</v>
+        <v>170</v>
       </c>
       <c r="Q284" s="9" t="s">
-        <v>370</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="285" spans="1:17">
       <c r="A285" s="5">
         <v>279</v>
       </c>
       <c r="B285" s="8" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C285" s="9" t="s">
         <v>1101</v>
       </c>
-      <c r="C285" s="9" t="s">
+      <c r="D285" s="5" t="s">
         <v>1102</v>
       </c>
-      <c r="D285" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E285" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F285" s="9">
-        <v>2025</v>
+        <v>2017</v>
       </c>
       <c r="G285" s="9">
-        <v>126</v>
+        <v>80</v>
       </c>
       <c r="H285" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I285" s="9">
-        <v>425.0</v>
+        <v>350.0</v>
       </c>
       <c r="J285" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K285" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L285" s="9">
-        <v>380</v>
+        <v>100</v>
       </c>
       <c r="M285" s="10" t="s">
-        <v>1102</v>
+        <v>1101</v>
       </c>
       <c r="N285" s="9" t="s">
-        <v>52</v>
+        <v>207</v>
       </c>
       <c r="O285" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P285" s="5" t="s">
-        <v>998</v>
+        <v>252</v>
       </c>
       <c r="Q285" s="9" t="s">
-        <v>1104</v>
+        <v>486</v>
       </c>
     </row>
     <row r="286" spans="1:17">
       <c r="A286" s="5">
         <v>280</v>
       </c>
       <c r="B286" s="8" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C286" s="9" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D286" s="5" t="s">
         <v>1105</v>
       </c>
-      <c r="C286" s="9" t="s">
+      <c r="E286" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F286" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G286" s="9">
+        <v>329</v>
+      </c>
+      <c r="H286" s="9" t="s">
         <v>1106</v>
       </c>
-      <c r="D286" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I286" s="9">
-        <v>695.0</v>
+        <v>2250.0</v>
       </c>
       <c r="J286" s="9">
-        <v>30</v>
+        <v>125</v>
       </c>
       <c r="K286" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L286" s="9">
-        <v>700</v>
+        <v>600</v>
       </c>
       <c r="M286" s="10" t="s">
-        <v>1106</v>
+        <v>1104</v>
       </c>
       <c r="N286" s="9" t="s">
-        <v>52</v>
+        <v>1107</v>
       </c>
       <c r="O286" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P286" s="5" t="s">
-        <v>27</v>
+        <v>227</v>
       </c>
       <c r="Q286" s="9" t="s">
-        <v>1107</v>
+        <v>370</v>
       </c>
     </row>
     <row r="287" spans="1:17">
       <c r="A287" s="5">
         <v>281</v>
       </c>
       <c r="B287" s="8" t="s">
         <v>1108</v>
       </c>
       <c r="C287" s="9" t="s">
         <v>1109</v>
       </c>
       <c r="D287" s="5" t="s">
         <v>1110</v>
       </c>
       <c r="E287" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F287" s="9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="G287" s="9">
-        <v>81</v>
+        <v>126</v>
       </c>
       <c r="H287" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I287" s="9">
-        <v>450.0</v>
+        <v>425.0</v>
       </c>
       <c r="J287" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K287" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L287" s="9">
-        <v>150</v>
+        <v>380</v>
       </c>
       <c r="M287" s="10" t="s">
         <v>1109</v>
       </c>
       <c r="N287" s="9" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="O287" s="9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="P287" s="5" t="s">
-        <v>616</v>
+        <v>1005</v>
       </c>
       <c r="Q287" s="9" t="s">
-        <v>483</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="288" spans="1:17">
       <c r="A288" s="5">
         <v>282</v>
       </c>
       <c r="B288" s="8" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="C288" s="9" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="D288" s="5" t="s">
-        <v>231</v>
+        <v>1110</v>
       </c>
       <c r="E288" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F288" s="9" t="s">
-        <v>206</v>
+      <c r="F288" s="9">
+        <v>2025</v>
       </c>
       <c r="G288" s="9">
-        <v>496</v>
+        <v>256</v>
       </c>
       <c r="H288" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I288" s="9">
-        <v>950.0</v>
+        <v>695.0</v>
       </c>
       <c r="J288" s="9">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="K288" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L288" s="9">
-        <v>750</v>
+        <v>700</v>
       </c>
       <c r="M288" s="10" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="N288" s="9" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="O288" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P288" s="5" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="Q288" s="9" t="s">
-        <v>841</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="289" spans="1:17">
       <c r="A289" s="5">
         <v>283</v>
       </c>
       <c r="B289" s="8" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="C289" s="9" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="D289" s="5" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="E289" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F289" s="9">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G289" s="9">
-        <v>502</v>
+        <v>81</v>
       </c>
       <c r="H289" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I289" s="9">
-        <v>1295.0</v>
+        <v>450.0</v>
       </c>
       <c r="J289" s="9">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="K289" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L289" s="9">
-        <v>860</v>
+        <v>150</v>
       </c>
       <c r="M289" s="10" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="N289" s="9" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="O289" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P289" s="5" t="s">
-        <v>1116</v>
+        <v>623</v>
       </c>
       <c r="Q289" s="9" t="s">
-        <v>1117</v>
+        <v>486</v>
       </c>
     </row>
     <row r="290" spans="1:17">
       <c r="A290" s="5">
         <v>284</v>
       </c>
       <c r="B290" s="8" t="s">
         <v>1118</v>
       </c>
       <c r="C290" s="9" t="s">
         <v>1119</v>
       </c>
       <c r="D290" s="5" t="s">
-        <v>1120</v>
+        <v>231</v>
       </c>
       <c r="E290" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F290" s="9" t="s">
-        <v>1121</v>
+        <v>206</v>
       </c>
       <c r="G290" s="9">
-        <v>273</v>
+        <v>496</v>
       </c>
       <c r="H290" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I290" s="9">
-        <v>1850.0</v>
+        <v>950.0</v>
       </c>
       <c r="J290" s="9">
-        <v>95</v>
+        <v>40</v>
       </c>
       <c r="K290" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L290" s="9">
-        <v>875</v>
+        <v>750</v>
       </c>
       <c r="M290" s="10" t="s">
         <v>1119</v>
       </c>
       <c r="N290" s="9" t="s">
-        <v>207</v>
+        <v>58</v>
       </c>
       <c r="O290" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P290" s="5" t="s">
-        <v>828</v>
+        <v>90</v>
       </c>
       <c r="Q290" s="9" t="s">
-        <v>1122</v>
+        <v>848</v>
       </c>
     </row>
     <row r="291" spans="1:17">
       <c r="A291" s="5">
         <v>285</v>
       </c>
       <c r="B291" s="8" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C291" s="9" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D291" s="5" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E291" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F291" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G291" s="9">
+        <v>502</v>
+      </c>
+      <c r="H291" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I291" s="9">
+        <v>1295.0</v>
+      </c>
+      <c r="J291" s="9">
+        <v>50</v>
+      </c>
+      <c r="K291" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L291" s="9">
+        <v>860</v>
+      </c>
+      <c r="M291" s="10" t="s">
+        <v>1121</v>
+      </c>
+      <c r="N291" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="O291" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P291" s="5" t="s">
         <v>1123</v>
       </c>
-      <c r="C291" s="9" t="s">
+      <c r="Q291" s="9" t="s">
         <v>1124</v>
-      </c>
-[...40 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="292" spans="1:17">
       <c r="A292" s="5">
         <v>286</v>
       </c>
       <c r="B292" s="8" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C292" s="9" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D292" s="5" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E292" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F292" s="9" t="s">
         <v>1128</v>
       </c>
-      <c r="C292" s="9" t="s">
+      <c r="G292" s="9">
+        <v>273</v>
+      </c>
+      <c r="H292" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I292" s="9">
+        <v>1850.0</v>
+      </c>
+      <c r="J292" s="9">
+        <v>95</v>
+      </c>
+      <c r="K292" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L292" s="9">
+        <v>875</v>
+      </c>
+      <c r="M292" s="10" t="s">
+        <v>1126</v>
+      </c>
+      <c r="N292" s="9" t="s">
+        <v>207</v>
+      </c>
+      <c r="O292" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P292" s="5" t="s">
+        <v>835</v>
+      </c>
+      <c r="Q292" s="9" t="s">
         <v>1129</v>
-      </c>
-[...40 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="293" spans="1:17">
       <c r="A293" s="5">
         <v>287</v>
       </c>
       <c r="B293" s="8" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C293" s="9" t="s">
         <v>1131</v>
       </c>
-      <c r="C293" s="9" t="s">
+      <c r="D293" s="5" t="s">
         <v>1132</v>
-      </c>
-[...1 lines deleted...]
-        <v>1133</v>
       </c>
       <c r="E293" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F293" s="9">
         <v>2024</v>
       </c>
       <c r="G293" s="9">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="H293" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I293" s="9">
         <v>350.0</v>
       </c>
       <c r="J293" s="9">
         <v>20</v>
       </c>
       <c r="K293" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L293" s="9">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="M293" s="10" t="s">
-        <v>1132</v>
+        <v>1131</v>
       </c>
       <c r="N293" s="9" t="s">
-        <v>1126</v>
+        <v>1133</v>
       </c>
       <c r="O293" s="9" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="P293" s="5" t="s">
         <v>1134</v>
       </c>
       <c r="Q293" s="9" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="294" spans="1:17">
       <c r="A294" s="5">
         <v>288</v>
       </c>
       <c r="B294" s="8" t="s">
         <v>1135</v>
       </c>
       <c r="C294" s="9" t="s">
         <v>1136</v>
       </c>
       <c r="D294" s="5" t="s">
         <v>1137</v>
       </c>
       <c r="E294" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F294" s="9">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="G294" s="9">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="H294" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I294" s="9">
-        <v>200.0</v>
+        <v>375.0</v>
       </c>
       <c r="J294" s="9">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="K294" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L294" s="9">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="M294" s="10" t="s">
         <v>1136</v>
       </c>
       <c r="N294" s="9" t="s">
-        <v>58</v>
+        <v>1133</v>
       </c>
       <c r="O294" s="9" t="s">
-        <v>89</v>
+        <v>181</v>
       </c>
       <c r="P294" s="5" t="s">
-        <v>1138</v>
+        <v>427</v>
       </c>
       <c r="Q294" s="9" t="s">
-        <v>1139</v>
+        <v>42</v>
       </c>
     </row>
     <row r="295" spans="1:17">
       <c r="A295" s="5">
         <v>289</v>
       </c>
       <c r="B295" s="8" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C295" s="9" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D295" s="5" t="s">
         <v>1140</v>
       </c>
-      <c r="C295" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E295" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F295" s="9">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="G295" s="9">
-        <v>84</v>
+        <v>73</v>
       </c>
       <c r="H295" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I295" s="9">
         <v>350.0</v>
       </c>
       <c r="J295" s="9">
         <v>20</v>
       </c>
       <c r="K295" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L295" s="9">
         <v>150</v>
       </c>
       <c r="M295" s="10" t="s">
+        <v>1139</v>
+      </c>
+      <c r="N295" s="9" t="s">
+        <v>1133</v>
+      </c>
+      <c r="O295" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P295" s="5" t="s">
         <v>1141</v>
       </c>
-      <c r="N295" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q295" s="9" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
     </row>
     <row r="296" spans="1:17">
       <c r="A296" s="5">
         <v>290</v>
       </c>
       <c r="B296" s="8" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C296" s="9" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D296" s="5" t="s">
         <v>1144</v>
       </c>
-      <c r="C296" s="9" t="s">
+      <c r="E296" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F296" s="9">
+        <v>2016</v>
+      </c>
+      <c r="G296" s="9">
+        <v>37</v>
+      </c>
+      <c r="H296" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I296" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="J296" s="9">
+        <v>15</v>
+      </c>
+      <c r="K296" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L296" s="9">
+        <v>100</v>
+      </c>
+      <c r="M296" s="10" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N296" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O296" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P296" s="5" t="s">
         <v>1145</v>
       </c>
-      <c r="D296" s="5" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q296" s="9" t="s">
-        <v>178</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="297" spans="1:17">
       <c r="A297" s="5">
         <v>291</v>
       </c>
       <c r="B297" s="8" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="C297" s="9" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="D297" s="5" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E297" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F297" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G297" s="9">
+        <v>84</v>
+      </c>
+      <c r="H297" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I297" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J297" s="9">
+        <v>20</v>
+      </c>
+      <c r="K297" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L297" s="9">
+        <v>150</v>
+      </c>
+      <c r="M297" s="10" t="s">
         <v>1148</v>
       </c>
-      <c r="E297" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N297" s="9" t="s">
-        <v>388</v>
+        <v>95</v>
       </c>
       <c r="O297" s="9" t="s">
         <v>46</v>
       </c>
       <c r="P297" s="5" t="s">
-        <v>41</v>
+        <v>1150</v>
       </c>
       <c r="Q297" s="9" t="s">
-        <v>137</v>
+        <v>60</v>
       </c>
     </row>
     <row r="298" spans="1:17">
       <c r="A298" s="5">
         <v>292</v>
       </c>
       <c r="B298" s="8" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C298" s="9" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D298" s="5" t="s">
         <v>1149</v>
-      </c>
-[...4 lines deleted...]
-        <v>930</v>
       </c>
       <c r="E298" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F298" s="9">
         <v>2020</v>
       </c>
       <c r="G298" s="9">
-        <v>138</v>
+        <v>103</v>
       </c>
       <c r="H298" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I298" s="9">
-        <v>350.0</v>
+        <v>400.0</v>
       </c>
       <c r="J298" s="9">
         <v>20</v>
       </c>
       <c r="K298" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L298" s="9">
-        <v>275</v>
+        <v>220</v>
       </c>
       <c r="M298" s="10" t="s">
+        <v>1152</v>
+      </c>
+      <c r="N298" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="O298" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="P298" s="5" t="s">
         <v>1150</v>
       </c>
-      <c r="N298" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q298" s="9" t="s">
-        <v>607</v>
+        <v>178</v>
       </c>
     </row>
     <row r="299" spans="1:17">
       <c r="A299" s="5">
         <v>293</v>
       </c>
       <c r="B299" s="8" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="C299" s="9" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="E299" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F299" s="9">
-        <v>2026</v>
+        <v>2023</v>
       </c>
       <c r="G299" s="9">
-        <v>200</v>
+        <v>249</v>
       </c>
       <c r="H299" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I299" s="9">
         <v>450.0</v>
       </c>
       <c r="J299" s="9">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="K299" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L299" s="9">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="M299" s="10" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="N299" s="9" t="s">
-        <v>95</v>
+        <v>388</v>
       </c>
       <c r="O299" s="9" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="P299" s="5" t="s">
-        <v>1154</v>
+        <v>41</v>
       </c>
       <c r="Q299" s="9" t="s">
-        <v>36</v>
+        <v>137</v>
       </c>
     </row>
     <row r="300" spans="1:17">
       <c r="A300" s="5">
         <v>294</v>
       </c>
       <c r="B300" s="8" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="C300" s="9" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="D300" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="E300" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F300" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G300" s="9">
+        <v>138</v>
+      </c>
+      <c r="H300" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I300" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J300" s="9">
+        <v>20</v>
+      </c>
+      <c r="K300" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L300" s="9">
+        <v>275</v>
+      </c>
+      <c r="M300" s="10" t="s">
         <v>1157</v>
       </c>
-      <c r="E300" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N300" s="9" t="s">
-        <v>58</v>
+        <v>388</v>
       </c>
       <c r="O300" s="9" t="s">
-        <v>89</v>
+        <v>181</v>
       </c>
       <c r="P300" s="5" t="s">
-        <v>41</v>
+        <v>938</v>
       </c>
       <c r="Q300" s="9" t="s">
-        <v>36</v>
+        <v>610</v>
       </c>
     </row>
     <row r="301" spans="1:17">
       <c r="A301" s="5">
         <v>295</v>
       </c>
       <c r="B301" s="8" t="s">
         <v>1158</v>
       </c>
       <c r="C301" s="9" t="s">
         <v>1159</v>
       </c>
       <c r="D301" s="5" t="s">
-        <v>1160</v>
+        <v>613</v>
       </c>
       <c r="E301" s="9" t="s">
-        <v>226</v>
+        <v>23</v>
       </c>
       <c r="F301" s="9">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="G301" s="9">
-        <v>157</v>
+        <v>200</v>
       </c>
       <c r="H301" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I301" s="9">
-        <v>475.0</v>
+        <v>450.0</v>
       </c>
       <c r="J301" s="9">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="K301" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L301" s="9">
-        <v>240</v>
+        <v>300</v>
       </c>
       <c r="M301" s="10" t="s">
         <v>1159</v>
       </c>
       <c r="N301" s="9" t="s">
-        <v>900</v>
+        <v>95</v>
       </c>
       <c r="O301" s="9" t="s">
-        <v>126</v>
+        <v>27</v>
       </c>
       <c r="P301" s="5" t="s">
-        <v>222</v>
+        <v>1160</v>
       </c>
       <c r="Q301" s="9" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
     </row>
     <row r="302" spans="1:17">
       <c r="A302" s="5">
         <v>296</v>
       </c>
       <c r="B302" s="8" t="s">
         <v>1161</v>
       </c>
       <c r="C302" s="9" t="s">
         <v>1162</v>
       </c>
       <c r="D302" s="5" t="s">
-        <v>194</v>
+        <v>1163</v>
       </c>
       <c r="E302" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F302" s="9">
         <v>2023</v>
       </c>
       <c r="G302" s="9">
-        <v>237</v>
+        <v>223</v>
       </c>
       <c r="H302" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I302" s="9">
-        <v>650.0</v>
+        <v>450.0</v>
       </c>
       <c r="J302" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K302" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L302" s="9">
-        <v>560</v>
+        <v>300</v>
       </c>
       <c r="M302" s="10" t="s">
         <v>1162</v>
       </c>
       <c r="N302" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O302" s="9" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="P302" s="5" t="s">
-        <v>328</v>
+        <v>41</v>
       </c>
       <c r="Q302" s="9" t="s">
-        <v>1085</v>
+        <v>36</v>
       </c>
     </row>
     <row r="303" spans="1:17">
       <c r="A303" s="5">
         <v>297</v>
       </c>
       <c r="B303" s="8" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="C303" s="9" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="D303" s="5" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="E303" s="9" t="s">
-        <v>33</v>
+        <v>226</v>
       </c>
       <c r="F303" s="9">
         <v>2024</v>
       </c>
       <c r="G303" s="9">
-        <v>139</v>
+        <v>157</v>
       </c>
       <c r="H303" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I303" s="9">
-        <v>350.0</v>
+        <v>475.0</v>
       </c>
       <c r="J303" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K303" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L303" s="9">
-        <v>220</v>
+        <v>240</v>
       </c>
       <c r="M303" s="10" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="N303" s="9" t="s">
-        <v>26</v>
+        <v>907</v>
       </c>
       <c r="O303" s="9" t="s">
-        <v>41</v>
+        <v>126</v>
       </c>
       <c r="P303" s="5" t="s">
-        <v>628</v>
+        <v>222</v>
       </c>
       <c r="Q303" s="9" t="s">
-        <v>415</v>
+        <v>71</v>
       </c>
     </row>
     <row r="304" spans="1:17">
       <c r="A304" s="5">
         <v>298</v>
       </c>
       <c r="B304" s="8" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="C304" s="9" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="D304" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="E304" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F304" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G304" s="9">
+        <v>237</v>
+      </c>
+      <c r="H304" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I304" s="9">
+        <v>650.0</v>
+      </c>
+      <c r="J304" s="9">
+        <v>30</v>
+      </c>
+      <c r="K304" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L304" s="9">
+        <v>560</v>
+      </c>
+      <c r="M304" s="10" t="s">
         <v>1168</v>
       </c>
-      <c r="E304" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N304" s="9" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="O304" s="9" t="s">
         <v>80</v>
       </c>
       <c r="P304" s="5" t="s">
-        <v>1169</v>
+        <v>328</v>
       </c>
       <c r="Q304" s="9" t="s">
-        <v>132</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="305" spans="1:17">
       <c r="A305" s="5">
         <v>299</v>
       </c>
       <c r="B305" s="8" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C305" s="9" t="s">
         <v>1170</v>
       </c>
-      <c r="C305" s="9" t="s">
+      <c r="D305" s="5" t="s">
         <v>1171</v>
       </c>
-      <c r="D305" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E305" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F305" s="9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G305" s="9">
-        <v>78</v>
+        <v>139</v>
       </c>
       <c r="H305" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I305" s="9">
         <v>350.0</v>
       </c>
       <c r="J305" s="9">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="K305" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L305" s="9">
-        <v>130</v>
+        <v>220</v>
       </c>
       <c r="M305" s="10" t="s">
-        <v>1171</v>
+        <v>1170</v>
       </c>
       <c r="N305" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O305" s="9" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="P305" s="5" t="s">
-        <v>323</v>
+        <v>635</v>
       </c>
       <c r="Q305" s="9" t="s">
-        <v>237</v>
+        <v>418</v>
       </c>
     </row>
     <row r="306" spans="1:17">
       <c r="A306" s="5">
         <v>300</v>
       </c>
       <c r="B306" s="8" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C306" s="9" t="s">
         <v>1173</v>
       </c>
-      <c r="C306" s="9" t="s">
+      <c r="D306" s="5" t="s">
         <v>1174</v>
       </c>
-      <c r="D306" s="5" t="s">
+      <c r="E306" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F306" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G306" s="9">
+        <v>186</v>
+      </c>
+      <c r="H306" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I306" s="9">
+        <v>375.0</v>
+      </c>
+      <c r="J306" s="9">
+        <v>20</v>
+      </c>
+      <c r="K306" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L306" s="9">
+        <v>250</v>
+      </c>
+      <c r="M306" s="10" t="s">
+        <v>1173</v>
+      </c>
+      <c r="N306" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="O306" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P306" s="5" t="s">
         <v>1175</v>
       </c>
-      <c r="E306" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q306" s="9" t="s">
-        <v>71</v>
+        <v>132</v>
       </c>
     </row>
     <row r="307" spans="1:17">
       <c r="A307" s="5">
         <v>301</v>
       </c>
       <c r="B307" s="8" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C307" s="9" t="s">
         <v>1177</v>
       </c>
-      <c r="C307" s="9" t="s">
+      <c r="D307" s="5" t="s">
         <v>1178</v>
       </c>
-      <c r="D307" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E307" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F307" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G307" s="9">
-        <v>119</v>
+        <v>78</v>
       </c>
       <c r="H307" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I307" s="9">
-        <v>425.0</v>
+        <v>350.0</v>
       </c>
       <c r="J307" s="9">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="K307" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L307" s="9">
-        <v>200</v>
+        <v>130</v>
       </c>
       <c r="M307" s="10" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="N307" s="9" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="O307" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P307" s="5" t="s">
-        <v>90</v>
+        <v>323</v>
       </c>
       <c r="Q307" s="9" t="s">
-        <v>42</v>
+        <v>237</v>
       </c>
     </row>
     <row r="308" spans="1:17">
       <c r="A308" s="5">
         <v>302</v>
       </c>
       <c r="B308" s="8" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C308" s="9" t="s">
         <v>1180</v>
       </c>
-      <c r="C308" s="9" t="s">
+      <c r="D308" s="5" t="s">
         <v>1181</v>
       </c>
-      <c r="D308" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E308" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F308" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G308" s="9">
-        <v>187</v>
+        <v>155</v>
       </c>
       <c r="H308" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I308" s="9">
-        <v>550.0</v>
+        <v>425.0</v>
       </c>
       <c r="J308" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K308" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L308" s="9">
-        <v>420</v>
+        <v>230</v>
       </c>
       <c r="M308" s="10" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="N308" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O308" s="9" t="s">
-        <v>27</v>
+        <v>181</v>
       </c>
       <c r="P308" s="5" t="s">
-        <v>1116</v>
+        <v>1182</v>
       </c>
       <c r="Q308" s="9" t="s">
-        <v>85</v>
+        <v>71</v>
       </c>
     </row>
     <row r="309" spans="1:17">
       <c r="A309" s="5">
         <v>303</v>
       </c>
       <c r="B309" s="8" t="s">
         <v>1183</v>
       </c>
       <c r="C309" s="9" t="s">
         <v>1184</v>
       </c>
       <c r="D309" s="5" t="s">
-        <v>432</v>
+        <v>1185</v>
       </c>
       <c r="E309" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F309" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G309" s="9">
-        <v>584</v>
+        <v>119</v>
       </c>
       <c r="H309" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I309" s="9">
-        <v>1495.0</v>
+        <v>425.0</v>
       </c>
       <c r="J309" s="9">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="K309" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L309" s="9">
-        <v>1500</v>
+        <v>200</v>
       </c>
       <c r="M309" s="10" t="s">
         <v>1184</v>
       </c>
       <c r="N309" s="9" t="s">
-        <v>1185</v>
+        <v>52</v>
       </c>
       <c r="O309" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P309" s="5" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="Q309" s="9" t="s">
-        <v>672</v>
+        <v>42</v>
       </c>
     </row>
     <row r="310" spans="1:17">
       <c r="A310" s="5">
         <v>304</v>
       </c>
       <c r="B310" s="8" t="s">
         <v>1186</v>
       </c>
       <c r="C310" s="9" t="s">
         <v>1187</v>
       </c>
       <c r="D310" s="5" t="s">
         <v>1188</v>
       </c>
       <c r="E310" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F310" s="9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="G310" s="9">
-        <v>171</v>
+        <v>187</v>
       </c>
       <c r="H310" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I310" s="9">
-        <v>450.0</v>
+        <v>550.0</v>
       </c>
       <c r="J310" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K310" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L310" s="9">
-        <v>250</v>
+        <v>420</v>
       </c>
       <c r="M310" s="10" t="s">
         <v>1187</v>
       </c>
       <c r="N310" s="9" t="s">
-        <v>152</v>
+        <v>26</v>
       </c>
       <c r="O310" s="9" t="s">
-        <v>186</v>
+        <v>27</v>
       </c>
       <c r="P310" s="5" t="s">
-        <v>1189</v>
+        <v>1123</v>
       </c>
       <c r="Q310" s="9" t="s">
-        <v>132</v>
+        <v>85</v>
       </c>
     </row>
     <row r="311" spans="1:17">
       <c r="A311" s="5">
         <v>305</v>
       </c>
       <c r="B311" s="8" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C311" s="9" t="s">
         <v>1190</v>
       </c>
-      <c r="C311" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D311" s="5" t="s">
-        <v>1192</v>
+        <v>435</v>
       </c>
       <c r="E311" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F311" s="9">
         <v>2021</v>
       </c>
       <c r="G311" s="9">
-        <v>192</v>
+        <v>584</v>
       </c>
       <c r="H311" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I311" s="9">
-        <v>400.0</v>
+        <v>1495.0</v>
       </c>
       <c r="J311" s="9">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="K311" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L311" s="9">
-        <v>280</v>
+        <v>1500</v>
       </c>
       <c r="M311" s="10" t="s">
+        <v>1190</v>
+      </c>
+      <c r="N311" s="9" t="s">
         <v>1191</v>
       </c>
-      <c r="N311" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O311" s="9" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="P311" s="5" t="s">
-        <v>1169</v>
+        <v>27</v>
       </c>
       <c r="Q311" s="9" t="s">
-        <v>394</v>
+        <v>679</v>
       </c>
     </row>
     <row r="312" spans="1:17">
       <c r="A312" s="5">
         <v>306</v>
       </c>
       <c r="B312" s="8" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C312" s="9" t="s">
         <v>1193</v>
       </c>
-      <c r="C312" s="9" t="s">
+      <c r="D312" s="5" t="s">
         <v>1194</v>
       </c>
-      <c r="D312" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E312" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F312" s="9">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="G312" s="9">
-        <v>321</v>
+        <v>171</v>
       </c>
       <c r="H312" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I312" s="9">
-        <v>1895.0</v>
+        <v>450.0</v>
       </c>
       <c r="J312" s="9">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="K312" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L312" s="9">
-        <v>750</v>
+        <v>250</v>
       </c>
       <c r="M312" s="10" t="s">
-        <v>1194</v>
+        <v>1193</v>
       </c>
       <c r="N312" s="9" t="s">
-        <v>26</v>
+        <v>152</v>
       </c>
       <c r="O312" s="9" t="s">
-        <v>27</v>
+        <v>186</v>
       </c>
       <c r="P312" s="5" t="s">
-        <v>478</v>
+        <v>1195</v>
       </c>
       <c r="Q312" s="9" t="s">
-        <v>587</v>
+        <v>132</v>
       </c>
     </row>
     <row r="313" spans="1:17">
       <c r="A313" s="5">
         <v>307</v>
       </c>
       <c r="B313" s="8" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="C313" s="9" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="D313" s="5" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="E313" s="9" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F313" s="9">
         <v>2021</v>
       </c>
       <c r="G313" s="9">
-        <v>173</v>
+        <v>192</v>
       </c>
       <c r="H313" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I313" s="9">
-        <v>475.0</v>
+        <v>400.0</v>
       </c>
       <c r="J313" s="9">
         <v>25</v>
       </c>
       <c r="K313" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L313" s="9">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="M313" s="10" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="N313" s="9" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="O313" s="9" t="s">
-        <v>181</v>
+        <v>80</v>
       </c>
       <c r="P313" s="5" t="s">
-        <v>1116</v>
+        <v>1175</v>
       </c>
       <c r="Q313" s="9" t="s">
-        <v>146</v>
+        <v>394</v>
       </c>
     </row>
     <row r="314" spans="1:17">
       <c r="A314" s="5">
         <v>308</v>
       </c>
       <c r="B314" s="8" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="C314" s="9" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="D314" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="E314" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F314" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G314" s="9">
+        <v>321</v>
+      </c>
+      <c r="H314" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I314" s="9">
+        <v>1895.0</v>
+      </c>
+      <c r="J314" s="9">
+        <v>90</v>
+      </c>
+      <c r="K314" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L314" s="9">
+        <v>750</v>
+      </c>
+      <c r="M314" s="10" t="s">
         <v>1200</v>
       </c>
-      <c r="E314" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N314" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O314" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P314" s="5" t="s">
-        <v>1201</v>
+        <v>481</v>
       </c>
       <c r="Q314" s="9" t="s">
-        <v>60</v>
+        <v>590</v>
       </c>
     </row>
     <row r="315" spans="1:17">
       <c r="A315" s="5">
         <v>309</v>
       </c>
       <c r="B315" s="8" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C315" s="9" t="s">
         <v>1202</v>
       </c>
-      <c r="C315" s="9" t="s">
+      <c r="D315" s="5" t="s">
         <v>1203</v>
       </c>
-      <c r="D315" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E315" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F315" s="9">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="G315" s="9">
-        <v>513</v>
+        <v>173</v>
       </c>
       <c r="H315" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I315" s="9">
-        <v>1750.0</v>
+        <v>475.0</v>
       </c>
       <c r="J315" s="9">
-        <v>85</v>
+        <v>25</v>
       </c>
       <c r="K315" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L315" s="9">
-        <v>1150</v>
+        <v>290</v>
       </c>
       <c r="M315" s="10" t="s">
-        <v>1203</v>
+        <v>1202</v>
       </c>
       <c r="N315" s="9" t="s">
         <v>58</v>
       </c>
       <c r="O315" s="9" t="s">
-        <v>27</v>
+        <v>181</v>
       </c>
       <c r="P315" s="5" t="s">
-        <v>227</v>
+        <v>1123</v>
       </c>
       <c r="Q315" s="9" t="s">
-        <v>1205</v>
+        <v>146</v>
       </c>
     </row>
     <row r="316" spans="1:17">
       <c r="A316" s="5">
         <v>310</v>
       </c>
       <c r="B316" s="8" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C316" s="9" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D316" s="5" t="s">
         <v>1206</v>
       </c>
-      <c r="C316" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E316" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F316" s="9">
-        <v>2025</v>
+      <c r="F316" s="9" t="s">
+        <v>206</v>
       </c>
       <c r="G316" s="9">
-        <v>62</v>
+        <v>93</v>
       </c>
       <c r="H316" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I316" s="9">
         <v>350.0</v>
       </c>
       <c r="J316" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K316" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L316" s="9">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="M316" s="10" t="s">
+        <v>1205</v>
+      </c>
+      <c r="N316" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O316" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P316" s="5" t="s">
         <v>1207</v>
       </c>
-      <c r="N316" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q316" s="9" t="s">
-        <v>1209</v>
+        <v>60</v>
       </c>
     </row>
     <row r="317" spans="1:17">
       <c r="A317" s="5">
         <v>311</v>
       </c>
       <c r="B317" s="8" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C317" s="9" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D317" s="5" t="s">
         <v>1210</v>
-      </c>
-[...4 lines deleted...]
-        <v>1212</v>
       </c>
       <c r="E317" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F317" s="9">
         <v>2023</v>
       </c>
       <c r="G317" s="9">
-        <v>99</v>
+        <v>513</v>
       </c>
       <c r="H317" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I317" s="9">
-        <v>350.0</v>
+        <v>1750.0</v>
       </c>
       <c r="J317" s="9">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="K317" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L317" s="9">
-        <v>160</v>
+        <v>1150</v>
       </c>
       <c r="M317" s="10" t="s">
+        <v>1209</v>
+      </c>
+      <c r="N317" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O317" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P317" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="Q317" s="9" t="s">
         <v>1211</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="318" spans="1:17">
       <c r="A318" s="5">
         <v>312</v>
       </c>
       <c r="B318" s="8" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C318" s="9" t="s">
         <v>1213</v>
       </c>
-      <c r="C318" s="9" t="s">
+      <c r="D318" s="5" t="s">
         <v>1214</v>
-      </c>
-[...1 lines deleted...]
-        <v>1215</v>
       </c>
       <c r="E318" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F318" s="9">
         <v>2025</v>
       </c>
       <c r="G318" s="9">
-        <v>176</v>
+        <v>62</v>
       </c>
       <c r="H318" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I318" s="9">
-        <v>450.0</v>
+        <v>350.0</v>
       </c>
       <c r="J318" s="9">
         <v>25</v>
       </c>
       <c r="K318" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L318" s="9">
-        <v>260</v>
+        <v>160</v>
       </c>
       <c r="M318" s="10" t="s">
-        <v>1214</v>
+        <v>1213</v>
       </c>
       <c r="N318" s="9" t="s">
-        <v>862</v>
+        <v>52</v>
       </c>
       <c r="O318" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P318" s="5" t="s">
-        <v>227</v>
+        <v>323</v>
       </c>
       <c r="Q318" s="9" t="s">
-        <v>71</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="319" spans="1:17">
       <c r="A319" s="5">
         <v>313</v>
       </c>
       <c r="B319" s="8" t="s">
         <v>1216</v>
       </c>
       <c r="C319" s="9" t="s">
         <v>1217</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>796</v>
+        <v>1218</v>
       </c>
       <c r="E319" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F319" s="9">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="G319" s="9">
-        <v>84</v>
+        <v>99</v>
       </c>
       <c r="H319" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I319" s="9">
         <v>350.0</v>
       </c>
       <c r="J319" s="9">
         <v>20</v>
       </c>
       <c r="K319" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L319" s="9">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="M319" s="10" t="s">
         <v>1217</v>
       </c>
       <c r="N319" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O319" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P319" s="5" t="s">
-        <v>469</v>
+        <v>323</v>
       </c>
       <c r="Q319" s="9" t="s">
-        <v>1218</v>
+        <v>171</v>
       </c>
     </row>
     <row r="320" spans="1:17">
       <c r="A320" s="5">
         <v>314</v>
       </c>
       <c r="B320" s="8" t="s">
         <v>1219</v>
       </c>
       <c r="C320" s="9" t="s">
         <v>1220</v>
       </c>
       <c r="D320" s="5" t="s">
         <v>1221</v>
       </c>
       <c r="E320" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F320" s="9">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="G320" s="9">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="H320" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I320" s="9">
-        <v>425.0</v>
+        <v>450.0</v>
       </c>
       <c r="J320" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K320" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L320" s="9">
-        <v>300</v>
+        <v>260</v>
       </c>
       <c r="M320" s="10" t="s">
         <v>1220</v>
       </c>
       <c r="N320" s="9" t="s">
-        <v>1222</v>
+        <v>869</v>
       </c>
       <c r="O320" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P320" s="5" t="s">
-        <v>252</v>
+        <v>227</v>
       </c>
       <c r="Q320" s="9" t="s">
-        <v>319</v>
+        <v>71</v>
       </c>
     </row>
     <row r="321" spans="1:17">
       <c r="A321" s="5">
         <v>315</v>
       </c>
       <c r="B321" s="8" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C321" s="9" t="s">
         <v>1223</v>
       </c>
-      <c r="C321" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D321" s="5" t="s">
-        <v>1225</v>
+        <v>803</v>
       </c>
       <c r="E321" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F321" s="9">
         <v>2020</v>
       </c>
       <c r="G321" s="9">
-        <v>711</v>
+        <v>84</v>
       </c>
       <c r="H321" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I321" s="9">
-        <v>2000.0</v>
+        <v>350.0</v>
       </c>
       <c r="J321" s="9">
-        <v>95</v>
+        <v>20</v>
       </c>
       <c r="K321" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L321" s="9">
-        <v>1500</v>
+        <v>130</v>
       </c>
       <c r="M321" s="10" t="s">
-        <v>1224</v>
+        <v>1223</v>
       </c>
       <c r="N321" s="9" t="s">
         <v>58</v>
       </c>
       <c r="O321" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P321" s="5" t="s">
-        <v>563</v>
+        <v>472</v>
       </c>
       <c r="Q321" s="9" t="s">
-        <v>672</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="322" spans="1:17">
       <c r="A322" s="5">
         <v>316</v>
       </c>
       <c r="B322" s="8" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C322" s="9" t="s">
         <v>1226</v>
       </c>
-      <c r="C322" s="9" t="s">
+      <c r="D322" s="5" t="s">
         <v>1227</v>
       </c>
-      <c r="D322" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E322" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F322" s="9" t="s">
-        <v>206</v>
+      <c r="F322" s="9">
+        <v>2019</v>
       </c>
       <c r="G322" s="9">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H322" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I322" s="9">
         <v>425.0</v>
       </c>
       <c r="J322" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K322" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L322" s="9">
-        <v>330</v>
+        <v>300</v>
       </c>
       <c r="M322" s="10" t="s">
-        <v>1227</v>
+        <v>1226</v>
       </c>
       <c r="N322" s="9" t="s">
-        <v>58</v>
+        <v>1228</v>
       </c>
       <c r="O322" s="9" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="P322" s="5" t="s">
-        <v>1229</v>
+        <v>252</v>
       </c>
       <c r="Q322" s="9" t="s">
-        <v>132</v>
+        <v>319</v>
       </c>
     </row>
     <row r="323" spans="1:17">
       <c r="A323" s="5">
         <v>317</v>
       </c>
       <c r="B323" s="8" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C323" s="9" t="s">
         <v>1230</v>
       </c>
-      <c r="C323" s="9" t="s">
+      <c r="D323" s="5" t="s">
         <v>1231</v>
       </c>
-      <c r="D323" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E323" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F323" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G323" s="9">
-        <v>164</v>
+        <v>711</v>
       </c>
       <c r="H323" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I323" s="9">
-        <v>375.0</v>
+        <v>2000.0</v>
       </c>
       <c r="J323" s="9">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="K323" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L323" s="9">
-        <v>260</v>
+        <v>1500</v>
       </c>
       <c r="M323" s="10" t="s">
-        <v>1231</v>
+        <v>1230</v>
       </c>
       <c r="N323" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O323" s="9" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="P323" s="5" t="s">
-        <v>1233</v>
+        <v>566</v>
       </c>
       <c r="Q323" s="9" t="s">
-        <v>261</v>
+        <v>679</v>
       </c>
     </row>
     <row r="324" spans="1:17">
       <c r="A324" s="5">
         <v>318</v>
       </c>
       <c r="B324" s="8" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C324" s="9" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D324" s="5" t="s">
         <v>1234</v>
       </c>
-      <c r="C324" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E324" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F324" s="9">
-        <v>2020</v>
+      <c r="F324" s="9" t="s">
+        <v>206</v>
       </c>
       <c r="G324" s="9">
-        <v>200</v>
+        <v>172</v>
       </c>
       <c r="H324" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I324" s="9">
-        <v>450.0</v>
+        <v>425.0</v>
       </c>
       <c r="J324" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K324" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L324" s="9">
-        <v>300</v>
+        <v>330</v>
       </c>
       <c r="M324" s="10" t="s">
-        <v>1235</v>
+        <v>1233</v>
       </c>
       <c r="N324" s="9" t="s">
-        <v>152</v>
+        <v>58</v>
       </c>
       <c r="O324" s="9" t="s">
         <v>80</v>
       </c>
       <c r="P324" s="5" t="s">
-        <v>492</v>
+        <v>1235</v>
       </c>
       <c r="Q324" s="9" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="325" spans="1:17">
       <c r="A325" s="5">
         <v>319</v>
       </c>
       <c r="B325" s="8" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C325" s="9" t="s">
         <v>1237</v>
       </c>
-      <c r="C325" s="9" t="s">
+      <c r="D325" s="5" t="s">
         <v>1238</v>
-      </c>
-[...1 lines deleted...]
-        <v>1239</v>
       </c>
       <c r="E325" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F325" s="9">
         <v>2024</v>
       </c>
       <c r="G325" s="9">
-        <v>269</v>
+        <v>164</v>
       </c>
       <c r="H325" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I325" s="9">
-        <v>795.0</v>
+        <v>375.0</v>
       </c>
       <c r="J325" s="9">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="K325" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L325" s="9">
-        <v>425</v>
+        <v>260</v>
       </c>
       <c r="M325" s="10" t="s">
-        <v>1238</v>
+        <v>1237</v>
       </c>
       <c r="N325" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O325" s="9" t="s">
-        <v>126</v>
+        <v>41</v>
       </c>
       <c r="P325" s="5" t="s">
-        <v>974</v>
+        <v>1239</v>
       </c>
       <c r="Q325" s="9" t="s">
-        <v>1240</v>
+        <v>261</v>
       </c>
     </row>
     <row r="326" spans="1:17">
       <c r="A326" s="5">
         <v>320</v>
       </c>
       <c r="B326" s="8" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C326" s="9" t="s">
         <v>1241</v>
       </c>
-      <c r="C326" s="9" t="s">
+      <c r="D326" s="5" t="s">
         <v>1242</v>
-      </c>
-[...1 lines deleted...]
-        <v>1243</v>
       </c>
       <c r="E326" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F326" s="9">
         <v>2020</v>
       </c>
       <c r="G326" s="9">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="H326" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I326" s="9">
-        <v>595.0</v>
+        <v>450.0</v>
       </c>
       <c r="J326" s="9">
         <v>25</v>
       </c>
       <c r="K326" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L326" s="9">
         <v>300</v>
       </c>
       <c r="M326" s="10" t="s">
-        <v>1242</v>
+        <v>1241</v>
       </c>
       <c r="N326" s="9" t="s">
         <v>152</v>
       </c>
       <c r="O326" s="9" t="s">
-        <v>53</v>
+        <v>80</v>
       </c>
       <c r="P326" s="5" t="s">
-        <v>323</v>
+        <v>495</v>
       </c>
       <c r="Q326" s="9" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="327" spans="1:17">
       <c r="A327" s="5">
         <v>321</v>
       </c>
       <c r="B327" s="8" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C327" s="9" t="s">
         <v>1244</v>
       </c>
-      <c r="C327" s="9" t="s">
+      <c r="D327" s="5" t="s">
         <v>1245</v>
       </c>
-      <c r="D327" s="5" t="s">
+      <c r="E327" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F327" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G327" s="9">
+        <v>269</v>
+      </c>
+      <c r="H327" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I327" s="9">
+        <v>795.0</v>
+      </c>
+      <c r="J327" s="9">
+        <v>35</v>
+      </c>
+      <c r="K327" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L327" s="9">
+        <v>425</v>
+      </c>
+      <c r="M327" s="10" t="s">
+        <v>1244</v>
+      </c>
+      <c r="N327" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O327" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P327" s="5" t="s">
+        <v>981</v>
+      </c>
+      <c r="Q327" s="9" t="s">
         <v>1246</v>
-      </c>
-[...37 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="328" spans="1:17">
       <c r="A328" s="5">
         <v>322</v>
       </c>
       <c r="B328" s="8" t="s">
         <v>1247</v>
       </c>
       <c r="C328" s="9" t="s">
         <v>1248</v>
       </c>
       <c r="D328" s="5" t="s">
         <v>1249</v>
       </c>
       <c r="E328" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F328" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G328" s="9">
-        <v>72</v>
+        <v>197</v>
       </c>
       <c r="H328" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I328" s="9">
-        <v>350.0</v>
+        <v>595.0</v>
       </c>
       <c r="J328" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K328" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L328" s="9">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="M328" s="10" t="s">
         <v>1248</v>
       </c>
       <c r="N328" s="9" t="s">
-        <v>52</v>
+        <v>152</v>
       </c>
       <c r="O328" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P328" s="5" t="s">
-        <v>1037</v>
+        <v>323</v>
       </c>
       <c r="Q328" s="9" t="s">
-        <v>96</v>
+        <v>132</v>
       </c>
     </row>
     <row r="329" spans="1:17">
       <c r="A329" s="5">
         <v>323</v>
       </c>
       <c r="B329" s="8" t="s">
         <v>1250</v>
       </c>
       <c r="C329" s="9" t="s">
         <v>1251</v>
       </c>
       <c r="D329" s="5" t="s">
         <v>1252</v>
       </c>
       <c r="E329" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F329" s="9">
-        <v>2019</v>
+      <c r="F329" s="9" t="s">
+        <v>622</v>
       </c>
       <c r="G329" s="9">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="H329" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I329" s="9">
-        <v>375.0</v>
+        <v>400.0</v>
       </c>
       <c r="J329" s="9">
         <v>20</v>
       </c>
       <c r="K329" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L329" s="9">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="M329" s="10" t="s">
         <v>1251</v>
       </c>
       <c r="N329" s="9" t="s">
-        <v>58</v>
+        <v>450</v>
       </c>
       <c r="O329" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P329" s="5" t="s">
-        <v>1037</v>
+        <v>236</v>
       </c>
       <c r="Q329" s="9" t="s">
-        <v>132</v>
+        <v>60</v>
       </c>
     </row>
     <row r="330" spans="1:17">
       <c r="A330" s="5">
         <v>324</v>
       </c>
       <c r="B330" s="8" t="s">
         <v>1253</v>
       </c>
       <c r="C330" s="9" t="s">
         <v>1254</v>
       </c>
       <c r="D330" s="5" t="s">
-        <v>546</v>
+        <v>1255</v>
       </c>
       <c r="E330" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F330" s="9">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="G330" s="9">
-        <v>177</v>
+        <v>72</v>
       </c>
       <c r="H330" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I330" s="9">
-        <v>595.0</v>
+        <v>350.0</v>
       </c>
       <c r="J330" s="9">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="K330" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L330" s="9">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="M330" s="10" t="s">
         <v>1254</v>
       </c>
       <c r="N330" s="9" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="O330" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P330" s="5" t="s">
-        <v>547</v>
+        <v>1044</v>
       </c>
       <c r="Q330" s="9" t="s">
-        <v>132</v>
+        <v>96</v>
       </c>
     </row>
     <row r="331" spans="1:17">
       <c r="A331" s="5">
         <v>325</v>
       </c>
       <c r="B331" s="8" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="C331" s="9" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="D331" s="5" t="s">
-        <v>703</v>
+        <v>1258</v>
       </c>
       <c r="E331" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F331" s="9">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="G331" s="9">
-        <v>106</v>
+        <v>122</v>
       </c>
       <c r="H331" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I331" s="9">
-        <v>350.0</v>
+        <v>375.0</v>
       </c>
       <c r="J331" s="9">
         <v>20</v>
       </c>
       <c r="K331" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L331" s="9">
-        <v>160</v>
+        <v>250</v>
       </c>
       <c r="M331" s="10" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="N331" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O331" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P331" s="5" t="s">
-        <v>478</v>
+        <v>1044</v>
       </c>
       <c r="Q331" s="9" t="s">
-        <v>171</v>
+        <v>132</v>
       </c>
     </row>
     <row r="332" spans="1:17">
       <c r="A332" s="5">
         <v>326</v>
       </c>
       <c r="B332" s="8" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="C332" s="9" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="D332" s="5" t="s">
-        <v>1259</v>
+        <v>549</v>
       </c>
       <c r="E332" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F332" s="9">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="G332" s="9">
-        <v>62</v>
+        <v>177</v>
       </c>
       <c r="H332" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I332" s="9">
-        <v>250.0</v>
+        <v>595.0</v>
       </c>
       <c r="J332" s="9">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="K332" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L332" s="9">
-        <v>80</v>
+        <v>300</v>
       </c>
       <c r="M332" s="10" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="N332" s="9" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="O332" s="9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="P332" s="5" t="s">
-        <v>323</v>
+        <v>550</v>
       </c>
       <c r="Q332" s="9" t="s">
-        <v>987</v>
+        <v>132</v>
       </c>
     </row>
     <row r="333" spans="1:17">
       <c r="A333" s="5">
         <v>327</v>
       </c>
       <c r="B333" s="8" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="C333" s="9" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="D333" s="5" t="s">
-        <v>1262</v>
+        <v>710</v>
       </c>
       <c r="E333" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F333" s="9">
         <v>2024</v>
       </c>
       <c r="G333" s="9">
-        <v>242</v>
+        <v>106</v>
       </c>
       <c r="H333" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I333" s="9">
-        <v>525.0</v>
+        <v>350.0</v>
       </c>
       <c r="J333" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K333" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L333" s="9">
-        <v>360</v>
+        <v>160</v>
       </c>
       <c r="M333" s="10" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="N333" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O333" s="9" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="P333" s="5" t="s">
-        <v>896</v>
+        <v>481</v>
       </c>
       <c r="Q333" s="9" t="s">
-        <v>764</v>
+        <v>171</v>
       </c>
     </row>
     <row r="334" spans="1:17">
       <c r="A334" s="5">
         <v>328</v>
       </c>
       <c r="B334" s="8" t="s">
         <v>1263</v>
       </c>
       <c r="C334" s="9" t="s">
         <v>1264</v>
       </c>
       <c r="D334" s="5" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="E334" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F334" s="9">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="G334" s="9">
-        <v>211</v>
+        <v>62</v>
       </c>
       <c r="H334" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I334" s="9">
-        <v>495.0</v>
+        <v>250.0</v>
       </c>
       <c r="J334" s="9">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="K334" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L334" s="9">
-        <v>300</v>
+        <v>80</v>
       </c>
       <c r="M334" s="10" t="s">
         <v>1264</v>
       </c>
       <c r="N334" s="9" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="O334" s="9" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="P334" s="5" t="s">
-        <v>896</v>
+        <v>323</v>
       </c>
       <c r="Q334" s="9" t="s">
-        <v>36</v>
+        <v>994</v>
       </c>
     </row>
     <row r="335" spans="1:17">
       <c r="A335" s="5">
         <v>329</v>
       </c>
       <c r="B335" s="8" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="C335" s="9" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="D335" s="5" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E335" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F335" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G335" s="9">
+        <v>242</v>
+      </c>
+      <c r="H335" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I335" s="9">
+        <v>525.0</v>
+      </c>
+      <c r="J335" s="9">
+        <v>30</v>
+      </c>
+      <c r="K335" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L335" s="9">
+        <v>360</v>
+      </c>
+      <c r="M335" s="10" t="s">
         <v>1267</v>
-      </c>
-[...25 lines deleted...]
-        <v>1266</v>
       </c>
       <c r="N335" s="9" t="s">
         <v>58</v>
       </c>
       <c r="O335" s="9" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="P335" s="5" t="s">
-        <v>1268</v>
+        <v>903</v>
       </c>
       <c r="Q335" s="9" t="s">
-        <v>96</v>
+        <v>771</v>
       </c>
     </row>
     <row r="336" spans="1:17">
       <c r="A336" s="5">
         <v>330</v>
       </c>
       <c r="B336" s="8" t="s">
         <v>1269</v>
       </c>
       <c r="C336" s="9" t="s">
         <v>1270</v>
       </c>
       <c r="D336" s="5" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
       <c r="E336" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F336" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G336" s="9">
-        <v>171</v>
+        <v>211</v>
       </c>
       <c r="H336" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I336" s="9">
-        <v>425.0</v>
+        <v>495.0</v>
       </c>
       <c r="J336" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K336" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L336" s="9">
-        <v>360</v>
+        <v>300</v>
       </c>
       <c r="M336" s="10" t="s">
         <v>1270</v>
       </c>
       <c r="N336" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O336" s="9" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="P336" s="5" t="s">
-        <v>1272</v>
+        <v>903</v>
       </c>
       <c r="Q336" s="9" t="s">
-        <v>802</v>
+        <v>36</v>
       </c>
     </row>
     <row r="337" spans="1:17">
       <c r="A337" s="5">
         <v>331</v>
       </c>
       <c r="B337" s="8" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C337" s="9" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D337" s="5" t="s">
         <v>1273</v>
-      </c>
-[...4 lines deleted...]
-        <v>1267</v>
       </c>
       <c r="E337" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F337" s="9">
         <v>2025</v>
       </c>
       <c r="G337" s="9">
-        <v>137</v>
+        <v>103</v>
       </c>
       <c r="H337" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I337" s="9">
-        <v>395.0</v>
+        <v>375.0</v>
       </c>
       <c r="J337" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K337" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L337" s="9">
-        <v>300</v>
+        <v>180</v>
       </c>
       <c r="M337" s="10" t="s">
-        <v>1274</v>
+        <v>1272</v>
       </c>
       <c r="N337" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O337" s="9" t="s">
         <v>41</v>
       </c>
       <c r="P337" s="5" t="s">
-        <v>1275</v>
+        <v>1274</v>
       </c>
       <c r="Q337" s="9" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
     </row>
     <row r="338" spans="1:17">
       <c r="A338" s="5">
         <v>332</v>
       </c>
       <c r="B338" s="8" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C338" s="9" t="s">
         <v>1276</v>
       </c>
-      <c r="C338" s="9" t="s">
+      <c r="D338" s="5" t="s">
         <v>1277</v>
       </c>
-      <c r="D338" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E338" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F338" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G338" s="9">
-        <v>89</v>
+        <v>171</v>
       </c>
       <c r="H338" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I338" s="9">
-        <v>350.0</v>
+        <v>425.0</v>
       </c>
       <c r="J338" s="9">
         <v>20</v>
       </c>
       <c r="K338" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L338" s="9">
-        <v>160</v>
+        <v>360</v>
       </c>
       <c r="M338" s="10" t="s">
-        <v>1277</v>
+        <v>1276</v>
       </c>
       <c r="N338" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O338" s="9" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="P338" s="5" t="s">
-        <v>1279</v>
+        <v>1278</v>
       </c>
       <c r="Q338" s="9" t="s">
-        <v>171</v>
+        <v>809</v>
       </c>
     </row>
     <row r="339" spans="1:17">
       <c r="A339" s="5">
         <v>333</v>
       </c>
       <c r="B339" s="8" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C339" s="9" t="s">
         <v>1280</v>
       </c>
-      <c r="C339" s="9" t="s">
+      <c r="D339" s="5" t="s">
+        <v>1273</v>
+      </c>
+      <c r="E339" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F339" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G339" s="9">
+        <v>137</v>
+      </c>
+      <c r="H339" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I339" s="9">
+        <v>395.0</v>
+      </c>
+      <c r="J339" s="9">
+        <v>25</v>
+      </c>
+      <c r="K339" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L339" s="9">
+        <v>300</v>
+      </c>
+      <c r="M339" s="10" t="s">
+        <v>1280</v>
+      </c>
+      <c r="N339" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O339" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="P339" s="5" t="s">
         <v>1281</v>
       </c>
-      <c r="D339" s="5" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q339" s="9" t="s">
-        <v>283</v>
+        <v>91</v>
       </c>
     </row>
     <row r="340" spans="1:17">
       <c r="A340" s="5">
         <v>334</v>
       </c>
       <c r="B340" s="8" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C340" s="9" t="s">
         <v>1283</v>
       </c>
-      <c r="C340" s="9" t="s">
+      <c r="D340" s="5" t="s">
         <v>1284</v>
       </c>
-      <c r="D340" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E340" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F340" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G340" s="9">
-        <v>183</v>
+        <v>89</v>
       </c>
       <c r="H340" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I340" s="9">
-        <v>650.0</v>
+        <v>350.0</v>
       </c>
       <c r="J340" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K340" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L340" s="9">
-        <v>260</v>
+        <v>160</v>
       </c>
       <c r="M340" s="10" t="s">
-        <v>1284</v>
+        <v>1283</v>
       </c>
       <c r="N340" s="9" t="s">
         <v>58</v>
       </c>
       <c r="O340" s="9" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="P340" s="5" t="s">
-        <v>271</v>
+        <v>1285</v>
       </c>
       <c r="Q340" s="9" t="s">
-        <v>141</v>
+        <v>171</v>
       </c>
     </row>
     <row r="341" spans="1:17">
       <c r="A341" s="5">
         <v>335</v>
       </c>
       <c r="B341" s="8" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="C341" s="9" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="D341" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="E341" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F341" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G341" s="9">
+        <v>436</v>
+      </c>
+      <c r="H341" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I341" s="9">
+        <v>2195.0</v>
+      </c>
+      <c r="J341" s="9">
+        <v>100</v>
+      </c>
+      <c r="K341" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L341" s="9">
+        <v>900</v>
+      </c>
+      <c r="M341" s="10" t="s">
         <v>1287</v>
       </c>
-      <c r="E341" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N341" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O341" s="9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="P341" s="5" t="s">
         <v>1288</v>
       </c>
       <c r="Q341" s="9" t="s">
-        <v>66</v>
+        <v>283</v>
       </c>
     </row>
     <row r="342" spans="1:17">
       <c r="A342" s="5">
         <v>336</v>
       </c>
       <c r="B342" s="8" t="s">
         <v>1289</v>
       </c>
       <c r="C342" s="9" t="s">
         <v>1290</v>
       </c>
       <c r="D342" s="5" t="s">
-        <v>1287</v>
+        <v>270</v>
       </c>
       <c r="E342" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F342" s="9">
         <v>2025</v>
       </c>
       <c r="G342" s="9">
-        <v>298</v>
+        <v>183</v>
       </c>
       <c r="H342" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I342" s="9">
-        <v>750.0</v>
+        <v>650.0</v>
       </c>
       <c r="J342" s="9">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="K342" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L342" s="9">
-        <v>470</v>
+        <v>260</v>
       </c>
       <c r="M342" s="10" t="s">
         <v>1290</v>
       </c>
       <c r="N342" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O342" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P342" s="5" t="s">
-        <v>1288</v>
+        <v>271</v>
       </c>
       <c r="Q342" s="9" t="s">
-        <v>1072</v>
+        <v>141</v>
       </c>
     </row>
     <row r="343" spans="1:17">
       <c r="A343" s="5">
         <v>337</v>
       </c>
       <c r="B343" s="8" t="s">
         <v>1291</v>
       </c>
       <c r="C343" s="9" t="s">
         <v>1292</v>
       </c>
       <c r="D343" s="5" t="s">
         <v>1293</v>
       </c>
       <c r="E343" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F343" s="9">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="G343" s="9">
-        <v>237</v>
+        <v>213</v>
       </c>
       <c r="H343" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I343" s="9">
-        <v>475.0</v>
+        <v>650.0</v>
       </c>
       <c r="J343" s="9">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="K343" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L343" s="9">
-        <v>330</v>
+        <v>500</v>
       </c>
       <c r="M343" s="10" t="s">
         <v>1292</v>
       </c>
       <c r="N343" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O343" s="9" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="P343" s="5" t="s">
-        <v>487</v>
+        <v>1294</v>
       </c>
       <c r="Q343" s="9" t="s">
-        <v>137</v>
+        <v>66</v>
       </c>
     </row>
     <row r="344" spans="1:17">
       <c r="A344" s="5">
         <v>338</v>
       </c>
       <c r="B344" s="8" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C344" s="9" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D344" s="5" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E344" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F344" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G344" s="9">
+        <v>298</v>
+      </c>
+      <c r="H344" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I344" s="9">
+        <v>750.0</v>
+      </c>
+      <c r="J344" s="9">
+        <v>35</v>
+      </c>
+      <c r="K344" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L344" s="9">
+        <v>470</v>
+      </c>
+      <c r="M344" s="10" t="s">
+        <v>1296</v>
+      </c>
+      <c r="N344" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O344" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="P344" s="5" t="s">
         <v>1294</v>
       </c>
-      <c r="C344" s="9" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="Q344" s="9" t="s">
-        <v>1299</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="345" spans="1:17">
       <c r="A345" s="5">
         <v>339</v>
       </c>
       <c r="B345" s="8" t="s">
-        <v>1300</v>
+        <v>1297</v>
       </c>
       <c r="C345" s="9" t="s">
-        <v>1301</v>
+        <v>1298</v>
       </c>
       <c r="D345" s="5" t="s">
-        <v>1302</v>
+        <v>1299</v>
       </c>
       <c r="E345" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F345" s="9">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="G345" s="9">
-        <v>185</v>
+        <v>237</v>
       </c>
       <c r="H345" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I345" s="9">
-        <v>450.0</v>
+        <v>475.0</v>
       </c>
       <c r="J345" s="9">
         <v>25</v>
       </c>
       <c r="K345" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L345" s="9">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="M345" s="10" t="s">
-        <v>1301</v>
+        <v>1298</v>
       </c>
       <c r="N345" s="9" t="s">
         <v>58</v>
       </c>
       <c r="O345" s="9" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="P345" s="5" t="s">
-        <v>41</v>
+        <v>490</v>
       </c>
       <c r="Q345" s="9" t="s">
-        <v>261</v>
+        <v>137</v>
       </c>
     </row>
     <row r="346" spans="1:17">
       <c r="A346" s="5">
         <v>340</v>
       </c>
       <c r="B346" s="8" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C346" s="9" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D346" s="5" t="s">
+        <v>1302</v>
+      </c>
+      <c r="E346" s="9" t="s">
         <v>1303</v>
       </c>
-      <c r="C346" s="9" t="s">
+      <c r="F346" s="9">
+        <v>2021</v>
+      </c>
+      <c r="G346" s="9">
+        <v>222</v>
+      </c>
+      <c r="H346" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I346" s="9">
+        <v>1250.0</v>
+      </c>
+      <c r="J346" s="9">
+        <v>50</v>
+      </c>
+      <c r="K346" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L346" s="9">
+        <v>600</v>
+      </c>
+      <c r="M346" s="10" t="s">
+        <v>1301</v>
+      </c>
+      <c r="N346" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O346" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P346" s="5" t="s">
         <v>1304</v>
       </c>
-      <c r="D346" s="5" t="s">
+      <c r="Q346" s="9" t="s">
         <v>1305</v>
-      </c>
-[...37 lines deleted...]
-        <v>1307</v>
       </c>
     </row>
     <row r="347" spans="1:17">
       <c r="A347" s="5">
         <v>341</v>
       </c>
       <c r="B347" s="8" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C347" s="9" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D347" s="5" t="s">
         <v>1308</v>
       </c>
-      <c r="C347" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E347" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F347" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G347" s="9">
-        <v>480</v>
+        <v>185</v>
       </c>
       <c r="H347" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I347" s="9">
-        <v>895.0</v>
+        <v>450.0</v>
       </c>
       <c r="J347" s="9">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="K347" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L347" s="9">
-        <v>575</v>
+        <v>320</v>
       </c>
       <c r="M347" s="10" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="N347" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O347" s="9" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="P347" s="5" t="s">
-        <v>1134</v>
+        <v>41</v>
       </c>
       <c r="Q347" s="9" t="s">
-        <v>1311</v>
+        <v>261</v>
       </c>
     </row>
     <row r="348" spans="1:17">
       <c r="A348" s="5">
         <v>342</v>
       </c>
       <c r="B348" s="8" t="s">
-        <v>1312</v>
+        <v>1309</v>
       </c>
       <c r="C348" s="9" t="s">
-        <v>1313</v>
+        <v>1310</v>
       </c>
       <c r="D348" s="5" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="E348" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F348" s="9">
-        <v>2026</v>
+        <v>2022</v>
       </c>
       <c r="G348" s="9">
-        <v>431</v>
+        <v>275</v>
       </c>
       <c r="H348" s="9" t="s">
-        <v>1314</v>
+        <v>24</v>
       </c>
       <c r="I348" s="9">
-        <v>995.0</v>
+        <v>950.0</v>
       </c>
       <c r="J348" s="9">
         <v>45</v>
       </c>
       <c r="K348" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L348" s="9">
-        <v>760</v>
+        <v>470</v>
       </c>
       <c r="M348" s="10" t="s">
+        <v>1310</v>
+      </c>
+      <c r="N348" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="O348" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="P348" s="5" t="s">
+        <v>1312</v>
+      </c>
+      <c r="Q348" s="9" t="s">
         <v>1313</v>
-      </c>
-[...10 lines deleted...]
-        <v>1315</v>
       </c>
     </row>
     <row r="349" spans="1:17">
       <c r="A349" s="5">
         <v>343</v>
       </c>
       <c r="B349" s="8" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C349" s="9" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D349" s="5" t="s">
         <v>1316</v>
       </c>
-      <c r="C349" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E349" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F349" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G349" s="9">
-        <v>159</v>
+        <v>480</v>
       </c>
       <c r="H349" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I349" s="9">
-        <v>400.0</v>
+        <v>895.0</v>
       </c>
       <c r="J349" s="9">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K349" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L349" s="9">
-        <v>240</v>
+        <v>575</v>
       </c>
       <c r="M349" s="10" t="s">
-        <v>1317</v>
+        <v>1315</v>
       </c>
       <c r="N349" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O349" s="9" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="P349" s="5" t="s">
-        <v>775</v>
+        <v>1141</v>
       </c>
       <c r="Q349" s="9" t="s">
-        <v>415</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="350" spans="1:17">
       <c r="A350" s="5">
         <v>344</v>
       </c>
       <c r="B350" s="8" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C350" s="9" t="s">
         <v>1319</v>
       </c>
-      <c r="C350" s="9" t="s">
+      <c r="D350" s="5" t="s">
+        <v>1316</v>
+      </c>
+      <c r="E350" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F350" s="9">
+        <v>2026</v>
+      </c>
+      <c r="G350" s="9">
+        <v>431</v>
+      </c>
+      <c r="H350" s="9" t="s">
         <v>1320</v>
       </c>
-      <c r="D350" s="5" t="s">
+      <c r="I350" s="9">
+        <v>995.0</v>
+      </c>
+      <c r="J350" s="9">
+        <v>45</v>
+      </c>
+      <c r="K350" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L350" s="9">
+        <v>760</v>
+      </c>
+      <c r="M350" s="10" t="s">
+        <v>1319</v>
+      </c>
+      <c r="N350" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O350" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P350" s="5" t="s">
+        <v>1141</v>
+      </c>
+      <c r="Q350" s="9" t="s">
         <v>1321</v>
-      </c>
-[...37 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="351" spans="1:17">
       <c r="A351" s="5">
         <v>345</v>
       </c>
       <c r="B351" s="8" t="s">
         <v>1322</v>
       </c>
       <c r="C351" s="9" t="s">
         <v>1323</v>
       </c>
       <c r="D351" s="5" t="s">
         <v>1324</v>
       </c>
       <c r="E351" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F351" s="9">
         <v>2024</v>
       </c>
       <c r="G351" s="9">
-        <v>196</v>
+        <v>159</v>
       </c>
       <c r="H351" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I351" s="9">
-        <v>425.0</v>
+        <v>400.0</v>
       </c>
       <c r="J351" s="9">
         <v>25</v>
       </c>
       <c r="K351" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L351" s="9">
-        <v>280</v>
+        <v>240</v>
       </c>
       <c r="M351" s="10" t="s">
         <v>1323</v>
       </c>
       <c r="N351" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O351" s="9" t="s">
         <v>41</v>
       </c>
       <c r="P351" s="5" t="s">
-        <v>106</v>
+        <v>782</v>
       </c>
       <c r="Q351" s="9" t="s">
-        <v>261</v>
+        <v>418</v>
       </c>
     </row>
     <row r="352" spans="1:17">
       <c r="A352" s="5">
         <v>346</v>
       </c>
       <c r="B352" s="8" t="s">
         <v>1325</v>
       </c>
       <c r="C352" s="9" t="s">
         <v>1326</v>
       </c>
       <c r="D352" s="5" t="s">
         <v>1327</v>
       </c>
       <c r="E352" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F352" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G352" s="9">
-        <v>150</v>
+        <v>233</v>
       </c>
       <c r="H352" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I352" s="9">
-        <v>450.0</v>
+        <v>495.0</v>
       </c>
       <c r="J352" s="9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K352" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L352" s="9">
-        <v>220</v>
+        <v>320</v>
       </c>
       <c r="M352" s="10" t="s">
         <v>1326</v>
       </c>
       <c r="N352" s="9" t="s">
         <v>58</v>
       </c>
       <c r="O352" s="9" t="s">
         <v>41</v>
       </c>
       <c r="P352" s="5" t="s">
-        <v>106</v>
+        <v>786</v>
       </c>
       <c r="Q352" s="9" t="s">
-        <v>42</v>
+        <v>771</v>
       </c>
     </row>
     <row r="353" spans="1:17">
       <c r="A353" s="5">
         <v>347</v>
       </c>
       <c r="B353" s="8" t="s">
         <v>1328</v>
       </c>
       <c r="C353" s="9" t="s">
         <v>1329</v>
       </c>
       <c r="D353" s="5" t="s">
         <v>1330</v>
       </c>
       <c r="E353" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F353" s="9">
         <v>2024</v>
       </c>
       <c r="G353" s="9">
-        <v>158</v>
+        <v>196</v>
       </c>
       <c r="H353" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I353" s="9">
-        <v>395.0</v>
+        <v>425.0</v>
       </c>
       <c r="J353" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K353" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L353" s="9">
-        <v>250</v>
+        <v>280</v>
       </c>
       <c r="M353" s="10" t="s">
         <v>1329</v>
       </c>
       <c r="N353" s="9" t="s">
         <v>58</v>
       </c>
       <c r="O353" s="9" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="P353" s="5" t="s">
-        <v>41</v>
+        <v>106</v>
       </c>
       <c r="Q353" s="9" t="s">
-        <v>71</v>
+        <v>261</v>
       </c>
     </row>
     <row r="354" spans="1:17">
       <c r="A354" s="5">
         <v>348</v>
       </c>
       <c r="B354" s="8" t="s">
         <v>1331</v>
       </c>
       <c r="C354" s="9" t="s">
         <v>1332</v>
       </c>
       <c r="D354" s="5" t="s">
         <v>1333</v>
       </c>
       <c r="E354" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F354" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G354" s="9">
-        <v>253</v>
+        <v>150</v>
       </c>
       <c r="H354" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I354" s="9">
-        <v>525.0</v>
+        <v>450.0</v>
       </c>
       <c r="J354" s="9">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K354" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L354" s="9">
-        <v>320</v>
+        <v>220</v>
       </c>
       <c r="M354" s="10" t="s">
         <v>1332</v>
       </c>
       <c r="N354" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O354" s="9" t="s">
-        <v>181</v>
+        <v>41</v>
       </c>
       <c r="P354" s="5" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
       <c r="Q354" s="9" t="s">
-        <v>764</v>
+        <v>42</v>
       </c>
     </row>
     <row r="355" spans="1:17">
       <c r="A355" s="5">
         <v>349</v>
       </c>
       <c r="B355" s="8" t="s">
         <v>1334</v>
       </c>
       <c r="C355" s="9" t="s">
         <v>1335</v>
       </c>
       <c r="D355" s="5" t="s">
-        <v>500</v>
+        <v>1336</v>
       </c>
       <c r="E355" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F355" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G355" s="9">
-        <v>289</v>
+        <v>158</v>
       </c>
       <c r="H355" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I355" s="9">
-        <v>1200.0</v>
+        <v>395.0</v>
       </c>
       <c r="J355" s="9">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="K355" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L355" s="9">
-        <v>660</v>
+        <v>250</v>
       </c>
       <c r="M355" s="10" t="s">
         <v>1335</v>
       </c>
       <c r="N355" s="9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="O355" s="9" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="P355" s="5" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="Q355" s="9" t="s">
-        <v>1336</v>
+        <v>71</v>
       </c>
     </row>
     <row r="356" spans="1:17">
       <c r="A356" s="5">
         <v>350</v>
       </c>
       <c r="B356" s="8" t="s">
         <v>1337</v>
       </c>
       <c r="C356" s="9" t="s">
         <v>1338</v>
       </c>
       <c r="D356" s="5" t="s">
-        <v>500</v>
+        <v>1339</v>
       </c>
       <c r="E356" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F356" s="9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="G356" s="9">
-        <v>205</v>
+        <v>253</v>
       </c>
       <c r="H356" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I356" s="9">
-        <v>895.0</v>
+        <v>525.0</v>
       </c>
       <c r="J356" s="9">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="K356" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L356" s="9">
-        <v>480</v>
+        <v>320</v>
       </c>
       <c r="M356" s="10" t="s">
         <v>1338</v>
       </c>
       <c r="N356" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O356" s="9" t="s">
-        <v>27</v>
+        <v>181</v>
       </c>
       <c r="P356" s="5" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="Q356" s="9" t="s">
-        <v>1339</v>
+        <v>771</v>
       </c>
     </row>
     <row r="357" spans="1:17">
       <c r="A357" s="5">
         <v>351</v>
       </c>
       <c r="B357" s="8" t="s">
         <v>1340</v>
       </c>
       <c r="C357" s="9" t="s">
         <v>1341</v>
       </c>
       <c r="D357" s="5" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E357" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F357" s="9">
         <v>2025</v>
       </c>
       <c r="G357" s="9">
-        <v>204</v>
+        <v>289</v>
       </c>
       <c r="H357" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I357" s="9">
-        <v>895.0</v>
+        <v>1200.0</v>
       </c>
       <c r="J357" s="9">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="K357" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L357" s="9">
-        <v>480</v>
+        <v>660</v>
       </c>
       <c r="M357" s="10" t="s">
         <v>1341</v>
       </c>
       <c r="N357" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O357" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P357" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q357" s="9" t="s">
-        <v>1122</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="358" spans="1:17">
       <c r="A358" s="5">
         <v>352</v>
       </c>
       <c r="B358" s="8" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="C358" s="9" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="D358" s="5" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E358" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F358" s="9">
         <v>2025</v>
       </c>
       <c r="G358" s="9">
-        <v>220</v>
+        <v>205</v>
       </c>
       <c r="H358" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I358" s="9">
-        <v>945.0</v>
+        <v>895.0</v>
       </c>
       <c r="J358" s="9">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="K358" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L358" s="9">
-        <v>520</v>
+        <v>480</v>
       </c>
       <c r="M358" s="10" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="N358" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O358" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P358" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q358" s="9" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="359" spans="1:17">
       <c r="A359" s="5">
         <v>353</v>
       </c>
       <c r="B359" s="8" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="C359" s="9" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="D359" s="5" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E359" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F359" s="9">
         <v>2025</v>
       </c>
       <c r="G359" s="9">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="H359" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I359" s="9">
-        <v>845.0</v>
+        <v>895.0</v>
       </c>
       <c r="J359" s="9">
         <v>40</v>
       </c>
       <c r="K359" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L359" s="9">
-        <v>580</v>
+        <v>480</v>
       </c>
       <c r="M359" s="10" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="N359" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O359" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P359" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q359" s="9" t="s">
-        <v>365</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="360" spans="1:17">
       <c r="A360" s="5">
         <v>354</v>
       </c>
       <c r="B360" s="8" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="C360" s="9" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="D360" s="5" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E360" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F360" s="9">
         <v>2025</v>
       </c>
       <c r="G360" s="9">
-        <v>257</v>
+        <v>220</v>
       </c>
       <c r="H360" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I360" s="9">
-        <v>900.0</v>
+        <v>945.0</v>
       </c>
       <c r="J360" s="9">
         <v>45</v>
       </c>
       <c r="K360" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L360" s="9">
-        <v>600</v>
+        <v>520</v>
       </c>
       <c r="M360" s="10" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="N360" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O360" s="9" t="s">
         <v>27</v>
       </c>
       <c r="P360" s="5" t="s">
         <v>27</v>
       </c>
       <c r="Q360" s="9" t="s">
-        <v>1107</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="361" spans="1:17">
       <c r="A361" s="5">
         <v>355</v>
       </c>
       <c r="B361" s="8" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="C361" s="9" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="D361" s="5" t="s">
-        <v>1351</v>
+        <v>503</v>
       </c>
       <c r="E361" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F361" s="9">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="G361" s="9">
-        <v>293</v>
+        <v>210</v>
       </c>
       <c r="H361" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I361" s="9">
-        <v>1350.0</v>
+        <v>845.0</v>
       </c>
       <c r="J361" s="9">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K361" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L361" s="9">
-        <v>800</v>
+        <v>580</v>
       </c>
       <c r="M361" s="10" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="N361" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O361" s="9" t="s">
-        <v>181</v>
+        <v>27</v>
       </c>
       <c r="P361" s="5" t="s">
-        <v>424</v>
+        <v>27</v>
       </c>
       <c r="Q361" s="9" t="s">
-        <v>1352</v>
+        <v>365</v>
       </c>
     </row>
     <row r="362" spans="1:17">
       <c r="A362" s="5">
         <v>356</v>
       </c>
       <c r="B362" s="8" t="s">
         <v>1353</v>
       </c>
       <c r="C362" s="9" t="s">
         <v>1354</v>
       </c>
       <c r="D362" s="5" t="s">
-        <v>1355</v>
+        <v>503</v>
       </c>
       <c r="E362" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F362" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G362" s="9">
-        <v>178</v>
+        <v>257</v>
       </c>
       <c r="H362" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I362" s="9">
-        <v>395.0</v>
+        <v>900.0</v>
       </c>
       <c r="J362" s="9">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="K362" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L362" s="9">
-        <v>280</v>
+        <v>600</v>
       </c>
       <c r="M362" s="10" t="s">
         <v>1354</v>
       </c>
       <c r="N362" s="9" t="s">
-        <v>152</v>
+        <v>26</v>
       </c>
       <c r="O362" s="9" t="s">
-        <v>89</v>
+        <v>27</v>
       </c>
       <c r="P362" s="5" t="s">
-        <v>628</v>
+        <v>27</v>
       </c>
       <c r="Q362" s="9" t="s">
-        <v>132</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="363" spans="1:17">
       <c r="A363" s="5">
         <v>357</v>
       </c>
       <c r="B363" s="8" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C363" s="9" t="s">
         <v>1356</v>
       </c>
-      <c r="C363" s="9" t="s">
+      <c r="D363" s="5" t="s">
         <v>1357</v>
       </c>
-      <c r="D363" s="5" t="s">
+      <c r="E363" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F363" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G363" s="9">
+        <v>293</v>
+      </c>
+      <c r="H363" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I363" s="9">
+        <v>1350.0</v>
+      </c>
+      <c r="J363" s="9">
+        <v>60</v>
+      </c>
+      <c r="K363" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L363" s="9">
+        <v>800</v>
+      </c>
+      <c r="M363" s="10" t="s">
+        <v>1356</v>
+      </c>
+      <c r="N363" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O363" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="P363" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="Q363" s="9" t="s">
         <v>1358</v>
-      </c>
-[...37 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="364" spans="1:17">
       <c r="A364" s="5">
         <v>358</v>
       </c>
       <c r="B364" s="8" t="s">
         <v>1359</v>
       </c>
       <c r="C364" s="9" t="s">
         <v>1360</v>
       </c>
       <c r="D364" s="5" t="s">
         <v>1361</v>
       </c>
       <c r="E364" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F364" s="9">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="G364" s="9">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="H364" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I364" s="9">
-        <v>475.0</v>
+        <v>395.0</v>
       </c>
       <c r="J364" s="9">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K364" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L364" s="9">
         <v>280</v>
       </c>
       <c r="M364" s="10" t="s">
         <v>1360</v>
       </c>
       <c r="N364" s="9" t="s">
-        <v>58</v>
+        <v>152</v>
       </c>
       <c r="O364" s="9" t="s">
-        <v>41</v>
+        <v>89</v>
       </c>
       <c r="P364" s="5" t="s">
-        <v>35</v>
+        <v>635</v>
       </c>
       <c r="Q364" s="9" t="s">
-        <v>71</v>
+        <v>132</v>
       </c>
     </row>
     <row r="365" spans="1:17">
       <c r="A365" s="5">
         <v>359</v>
       </c>
       <c r="B365" s="8" t="s">
         <v>1362</v>
       </c>
       <c r="C365" s="9" t="s">
         <v>1363</v>
       </c>
       <c r="D365" s="5" t="s">
         <v>1364</v>
       </c>
       <c r="E365" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F365" s="9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G365" s="9">
-        <v>204</v>
+        <v>168</v>
       </c>
       <c r="H365" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I365" s="9">
-        <v>450.0</v>
+        <v>425.0</v>
       </c>
       <c r="J365" s="9">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K365" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L365" s="9">
-        <v>300</v>
+        <v>260</v>
       </c>
       <c r="M365" s="10" t="s">
         <v>1363</v>
       </c>
       <c r="N365" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O365" s="9" t="s">
         <v>41</v>
       </c>
       <c r="P365" s="5" t="s">
-        <v>35</v>
+        <v>635</v>
       </c>
       <c r="Q365" s="9" t="s">
-        <v>261</v>
+        <v>71</v>
       </c>
     </row>
     <row r="366" spans="1:17">
       <c r="A366" s="5">
         <v>360</v>
       </c>
       <c r="B366" s="8" t="s">
         <v>1365</v>
       </c>
       <c r="C366" s="9" t="s">
         <v>1366</v>
       </c>
       <c r="D366" s="5" t="s">
-        <v>245</v>
+        <v>1367</v>
       </c>
       <c r="E366" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F366" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G366" s="9">
-        <v>108</v>
+        <v>170</v>
       </c>
       <c r="H366" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I366" s="9">
-        <v>300.0</v>
+        <v>475.0</v>
       </c>
       <c r="J366" s="9">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K366" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L366" s="9">
-        <v>160</v>
+        <v>280</v>
       </c>
       <c r="M366" s="10" t="s">
         <v>1366</v>
       </c>
       <c r="N366" s="9" t="s">
         <v>58</v>
       </c>
       <c r="O366" s="9" t="s">
         <v>41</v>
       </c>
       <c r="P366" s="5" t="s">
-        <v>1367</v>
+        <v>35</v>
       </c>
       <c r="Q366" s="9" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="367" spans="1:17">
       <c r="A367" s="5">
         <v>361</v>
       </c>
       <c r="B367" s="8" t="s">
         <v>1368</v>
       </c>
       <c r="C367" s="9" t="s">
         <v>1369</v>
       </c>
       <c r="D367" s="5" t="s">
         <v>1370</v>
       </c>
       <c r="E367" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F367" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G367" s="9">
-        <v>275</v>
+        <v>204</v>
       </c>
       <c r="H367" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I367" s="9">
-        <v>950.0</v>
+        <v>450.0</v>
       </c>
       <c r="J367" s="9">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="K367" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L367" s="9">
-        <v>450</v>
+        <v>300</v>
       </c>
       <c r="M367" s="10" t="s">
         <v>1369</v>
       </c>
       <c r="N367" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O367" s="9" t="s">
         <v>41</v>
       </c>
       <c r="P367" s="5" t="s">
-        <v>1371</v>
+        <v>35</v>
       </c>
       <c r="Q367" s="9" t="s">
-        <v>314</v>
+        <v>261</v>
       </c>
     </row>
     <row r="368" spans="1:17">
       <c r="A368" s="5">
         <v>362</v>
       </c>
       <c r="B368" s="8" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C368" s="9" t="s">
         <v>1372</v>
       </c>
-      <c r="C368" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D368" s="5" t="s">
-        <v>500</v>
+        <v>245</v>
       </c>
       <c r="E368" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F368" s="9">
         <v>2023</v>
       </c>
       <c r="G368" s="9">
-        <v>469</v>
+        <v>108</v>
       </c>
       <c r="H368" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I368" s="9">
-        <v>1595.0</v>
+        <v>300.0</v>
       </c>
       <c r="J368" s="9">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="K368" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L368" s="9">
-        <v>1000</v>
+        <v>160</v>
       </c>
       <c r="M368" s="10" t="s">
-        <v>1373</v>
+        <v>1372</v>
       </c>
       <c r="N368" s="9" t="s">
         <v>58</v>
       </c>
       <c r="O368" s="9" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="P368" s="5" t="s">
-        <v>1374</v>
+        <v>1373</v>
       </c>
       <c r="Q368" s="9" t="s">
-        <v>1205</v>
+        <v>71</v>
       </c>
     </row>
     <row r="369" spans="1:17">
       <c r="A369" s="5">
         <v>363</v>
       </c>
       <c r="B369" s="8" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C369" s="9" t="s">
         <v>1375</v>
       </c>
-      <c r="C369" s="9" t="s">
+      <c r="D369" s="5" t="s">
         <v>1376</v>
       </c>
-      <c r="D369" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E369" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F369" s="9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="G369" s="9">
-        <v>182</v>
+        <v>275</v>
       </c>
       <c r="H369" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I369" s="9">
-        <v>450.0</v>
+        <v>950.0</v>
       </c>
       <c r="J369" s="9">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K369" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L369" s="9">
-        <v>280</v>
+        <v>450</v>
       </c>
       <c r="M369" s="10" t="s">
-        <v>1376</v>
+        <v>1375</v>
       </c>
       <c r="N369" s="9" t="s">
         <v>26</v>
       </c>
       <c r="O369" s="9" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="P369" s="5" t="s">
-        <v>1233</v>
+        <v>1377</v>
       </c>
       <c r="Q369" s="9" t="s">
-        <v>141</v>
+        <v>314</v>
       </c>
     </row>
     <row r="370" spans="1:17">
       <c r="A370" s="5">
         <v>364</v>
       </c>
       <c r="B370" s="8" t="s">
         <v>1378</v>
       </c>
       <c r="C370" s="9" t="s">
         <v>1379</v>
       </c>
       <c r="D370" s="5" t="s">
-        <v>1380</v>
+        <v>503</v>
       </c>
       <c r="E370" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F370" s="9">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="G370" s="9">
-        <v>91</v>
+        <v>469</v>
       </c>
       <c r="H370" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I370" s="9">
-        <v>375.0</v>
+        <v>1595.0</v>
       </c>
       <c r="J370" s="9">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="K370" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L370" s="9">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="M370" s="10" t="s">
         <v>1379</v>
       </c>
       <c r="N370" s="9" t="s">
         <v>58</v>
       </c>
       <c r="O370" s="9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="P370" s="5" t="s">
-        <v>59</v>
+        <v>1380</v>
       </c>
       <c r="Q370" s="9" t="s">
-        <v>1381</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="371" spans="1:17">
       <c r="A371" s="5">
         <v>365</v>
       </c>
       <c r="B371" s="8" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C371" s="9" t="s">
         <v>1382</v>
       </c>
-      <c r="C371" s="9" t="s">
+      <c r="D371" s="5" t="s">
         <v>1383</v>
       </c>
-      <c r="D371" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E371" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F371" s="9">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G371" s="9">
-        <v>89</v>
+        <v>182</v>
       </c>
       <c r="H371" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I371" s="9">
-        <v>275.0</v>
+        <v>450.0</v>
       </c>
       <c r="J371" s="9">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K371" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L371" s="9">
-        <v>150</v>
+        <v>280</v>
       </c>
       <c r="M371" s="10" t="s">
-        <v>1383</v>
+        <v>1382</v>
       </c>
       <c r="N371" s="9" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="O371" s="9" t="s">
-        <v>181</v>
+        <v>46</v>
       </c>
       <c r="P371" s="5" t="s">
-        <v>212</v>
+        <v>1239</v>
       </c>
       <c r="Q371" s="9" t="s">
-        <v>1385</v>
+        <v>141</v>
       </c>
     </row>
     <row r="372" spans="1:17">
       <c r="A372" s="5">
         <v>366</v>
       </c>
       <c r="B372" s="8" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C372" s="9" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D372" s="5" t="s">
         <v>1386</v>
       </c>
-      <c r="C372" s="9" t="s">
+      <c r="E372" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F372" s="9">
+        <v>2020</v>
+      </c>
+      <c r="G372" s="9">
+        <v>91</v>
+      </c>
+      <c r="H372" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I372" s="9">
+        <v>375.0</v>
+      </c>
+      <c r="J372" s="9">
+        <v>20</v>
+      </c>
+      <c r="K372" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L372" s="9">
+        <v>200</v>
+      </c>
+      <c r="M372" s="10" t="s">
+        <v>1385</v>
+      </c>
+      <c r="N372" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O372" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="P372" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q372" s="9" t="s">
         <v>1387</v>
-      </c>
-[...40 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="373" spans="1:17">
       <c r="A373" s="5">
         <v>367</v>
       </c>
       <c r="B373" s="8" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C373" s="9" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D373" s="5" t="s">
         <v>1390</v>
       </c>
-      <c r="C373" s="9" t="s">
+      <c r="E373" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F373" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G373" s="9">
+        <v>89</v>
+      </c>
+      <c r="H373" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I373" s="9">
+        <v>275.0</v>
+      </c>
+      <c r="J373" s="9">
+        <v>15</v>
+      </c>
+      <c r="K373" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L373" s="9">
+        <v>150</v>
+      </c>
+      <c r="M373" s="10" t="s">
+        <v>1389</v>
+      </c>
+      <c r="N373" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O373" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="P373" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="Q373" s="9" t="s">
         <v>1391</v>
-      </c>
-[...40 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="374" spans="1:17">
       <c r="A374" s="5">
         <v>368</v>
       </c>
       <c r="B374" s="8" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C374" s="9" t="s">
         <v>1393</v>
       </c>
-      <c r="C374" s="9" t="s">
+      <c r="D374" s="5" t="s">
         <v>1394</v>
       </c>
-      <c r="D374" s="5" t="s">
+      <c r="E374" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F374" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G374" s="9">
+        <v>51</v>
+      </c>
+      <c r="H374" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I374" s="9">
+        <v>195.0</v>
+      </c>
+      <c r="J374" s="9">
+        <v>15</v>
+      </c>
+      <c r="K374" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L374" s="9">
+        <v>100</v>
+      </c>
+      <c r="M374" s="10" t="s">
+        <v>1393</v>
+      </c>
+      <c r="N374" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="O374" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="P374" s="5" t="s">
         <v>1395</v>
       </c>
-      <c r="E374" s="9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Q374" s="9" t="s">
-        <v>146</v>
+        <v>76</v>
       </c>
     </row>
     <row r="375" spans="1:17">
       <c r="A375" s="5">
         <v>369</v>
       </c>
       <c r="B375" s="8" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C375" s="9" t="s">
         <v>1397</v>
       </c>
-      <c r="C375" s="9" t="s">
+      <c r="D375" s="5" t="s">
         <v>1398</v>
       </c>
-      <c r="D375" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E375" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="F375" s="9">
-        <v>2025</v>
+      <c r="F375" s="9" t="s">
+        <v>206</v>
       </c>
       <c r="G375" s="9">
-        <v>110</v>
+        <v>81</v>
       </c>
       <c r="H375" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I375" s="9">
-        <v>450.0</v>
+        <v>375.0</v>
       </c>
       <c r="J375" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K375" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L375" s="9">
-        <v>200</v>
+        <v>130</v>
       </c>
       <c r="M375" s="10" t="s">
-        <v>1398</v>
+        <v>1397</v>
       </c>
       <c r="N375" s="9" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="O375" s="9" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="P375" s="5" t="s">
-        <v>1400</v>
+        <v>236</v>
       </c>
       <c r="Q375" s="9" t="s">
-        <v>171</v>
+        <v>60</v>
       </c>
     </row>
     <row r="376" spans="1:17">
       <c r="A376" s="5">
         <v>370</v>
       </c>
       <c r="B376" s="8" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C376" s="9" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D376" s="5" t="s">
         <v>1401</v>
       </c>
-      <c r="C376" s="9" t="s">
+      <c r="E376" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F376" s="9">
+        <v>2022</v>
+      </c>
+      <c r="G376" s="9">
+        <v>195</v>
+      </c>
+      <c r="H376" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I376" s="9">
+        <v>450.0</v>
+      </c>
+      <c r="J376" s="9">
+        <v>30</v>
+      </c>
+      <c r="K376" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L376" s="9">
+        <v>275</v>
+      </c>
+      <c r="M376" s="10" t="s">
+        <v>1400</v>
+      </c>
+      <c r="N376" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O376" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="P376" s="5" t="s">
         <v>1402</v>
       </c>
-      <c r="D376" s="5" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q376" s="9" t="s">
-        <v>1406</v>
+        <v>146</v>
       </c>
     </row>
     <row r="377" spans="1:17">
       <c r="A377" s="5">
         <v>371</v>
       </c>
       <c r="B377" s="8" t="s">
-        <v>1407</v>
+        <v>1403</v>
       </c>
       <c r="C377" s="9" t="s">
-        <v>1408</v>
+        <v>1404</v>
       </c>
       <c r="D377" s="5" t="s">
-        <v>1409</v>
+        <v>1405</v>
       </c>
       <c r="E377" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F377" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G377" s="9">
-        <v>270</v>
+        <v>110</v>
       </c>
       <c r="H377" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I377" s="9">
         <v>450.0</v>
       </c>
       <c r="J377" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K377" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L377" s="9">
-        <v>430</v>
+        <v>200</v>
       </c>
       <c r="M377" s="10" t="s">
-        <v>1408</v>
+        <v>1404</v>
       </c>
       <c r="N377" s="9" t="s">
-        <v>491</v>
+        <v>52</v>
       </c>
       <c r="O377" s="9" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="P377" s="5" t="s">
-        <v>1410</v>
+        <v>1406</v>
       </c>
       <c r="Q377" s="9" t="s">
-        <v>66</v>
+        <v>171</v>
       </c>
     </row>
     <row r="378" spans="1:17">
       <c r="A378" s="5">
         <v>372</v>
       </c>
       <c r="B378" s="8" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C378" s="9" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D378" s="5" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E378" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F378" s="9">
+        <v>2025</v>
+      </c>
+      <c r="G378" s="9">
+        <v>178</v>
+      </c>
+      <c r="H378" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I378" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J378" s="9">
+        <v>20</v>
+      </c>
+      <c r="K378" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L378" s="9">
+        <v>260</v>
+      </c>
+      <c r="M378" s="10" t="s">
+        <v>1408</v>
+      </c>
+      <c r="N378" s="9" t="s">
+        <v>1410</v>
+      </c>
+      <c r="O378" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P378" s="5" t="s">
         <v>1411</v>
       </c>
-      <c r="C378" s="9" t="s">
+      <c r="Q378" s="9" t="s">
         <v>1412</v>
-      </c>
-[...40 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="379" spans="1:17">
       <c r="A379" s="5">
         <v>373</v>
       </c>
       <c r="B379" s="8" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C379" s="9" t="s">
         <v>1414</v>
       </c>
-      <c r="C379" s="9" t="s">
+      <c r="D379" s="5" t="s">
         <v>1415</v>
       </c>
-      <c r="D379" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E379" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F379" s="9">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="G379" s="9">
-        <v>189</v>
+        <v>270</v>
       </c>
       <c r="H379" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I379" s="9">
         <v>450.0</v>
       </c>
       <c r="J379" s="9">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K379" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L379" s="9">
-        <v>390</v>
+        <v>430</v>
       </c>
       <c r="M379" s="10" t="s">
-        <v>1415</v>
+        <v>1414</v>
       </c>
       <c r="N379" s="9" t="s">
-        <v>1417</v>
+        <v>494</v>
       </c>
       <c r="O379" s="9" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
       <c r="P379" s="5" t="s">
-        <v>101</v>
+        <v>1416</v>
       </c>
       <c r="Q379" s="9" t="s">
-        <v>218</v>
+        <v>66</v>
       </c>
     </row>
     <row r="380" spans="1:17">
       <c r="A380" s="5">
         <v>374</v>
       </c>
       <c r="B380" s="8" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C380" s="9" t="s">
         <v>1418</v>
       </c>
-      <c r="C380" s="9" t="s">
+      <c r="D380" s="5" t="s">
         <v>1419</v>
       </c>
-      <c r="D380" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E380" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F380" s="9">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="G380" s="9">
-        <v>122</v>
+        <v>207</v>
       </c>
       <c r="H380" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I380" s="9">
-        <v>350.0</v>
+        <v>600.0</v>
       </c>
       <c r="J380" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K380" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L380" s="9">
-        <v>225</v>
+        <v>420</v>
       </c>
       <c r="M380" s="10" t="s">
-        <v>1419</v>
+        <v>1418</v>
       </c>
       <c r="N380" s="9" t="s">
-        <v>26</v>
+        <v>594</v>
       </c>
       <c r="O380" s="9" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="P380" s="5" t="s">
-        <v>41</v>
+        <v>106</v>
       </c>
       <c r="Q380" s="9" t="s">
-        <v>171</v>
+        <v>191</v>
       </c>
     </row>
     <row r="381" spans="1:17">
       <c r="A381" s="5">
         <v>375</v>
       </c>
       <c r="B381" s="8" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C381" s="9" t="s">
         <v>1421</v>
       </c>
-      <c r="C381" s="9" t="s">
+      <c r="D381" s="5" t="s">
         <v>1422</v>
-      </c>
-[...1 lines deleted...]
-        <v>1423</v>
       </c>
       <c r="E381" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F381" s="9">
         <v>2025</v>
       </c>
       <c r="G381" s="9">
-        <v>274</v>
+        <v>189</v>
       </c>
       <c r="H381" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I381" s="9">
-        <v>995.0</v>
+        <v>450.0</v>
       </c>
       <c r="J381" s="9">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="K381" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L381" s="9">
-        <v>500</v>
+        <v>390</v>
       </c>
       <c r="M381" s="10" t="s">
-        <v>1422</v>
+        <v>1421</v>
       </c>
       <c r="N381" s="9" t="s">
-        <v>52</v>
+        <v>1423</v>
       </c>
       <c r="O381" s="9" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="P381" s="5" t="s">
-        <v>478</v>
+        <v>101</v>
       </c>
       <c r="Q381" s="9" t="s">
-        <v>1424</v>
+        <v>218</v>
       </c>
     </row>
     <row r="382" spans="1:17">
       <c r="A382" s="5">
         <v>376</v>
       </c>
       <c r="B382" s="8" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C382" s="9" t="s">
         <v>1425</v>
       </c>
-      <c r="C382" s="9" t="s">
+      <c r="D382" s="5" t="s">
         <v>1426</v>
       </c>
-      <c r="D382" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E382" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F382" s="9">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="G382" s="9">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="H382" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I382" s="9">
         <v>350.0</v>
       </c>
       <c r="J382" s="9">
         <v>20</v>
       </c>
       <c r="K382" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L382" s="9">
-        <v>150</v>
+        <v>225</v>
       </c>
       <c r="M382" s="10" t="s">
-        <v>1426</v>
+        <v>1425</v>
       </c>
       <c r="N382" s="9" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="O382" s="9" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="P382" s="5" t="s">
-        <v>1428</v>
+        <v>41</v>
       </c>
       <c r="Q382" s="9" t="s">
-        <v>132</v>
+        <v>171</v>
       </c>
     </row>
     <row r="383" spans="1:17">
       <c r="A383" s="5">
         <v>377</v>
       </c>
       <c r="B383" s="8" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C383" s="9" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D383" s="5" t="s">
         <v>1429</v>
       </c>
-      <c r="C383" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E383" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F383" s="9">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G383" s="9">
-        <v>92</v>
+        <v>274</v>
       </c>
       <c r="H383" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I383" s="9">
-        <v>375.0</v>
+        <v>995.0</v>
       </c>
       <c r="J383" s="9">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K383" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L383" s="9">
-        <v>170</v>
+        <v>500</v>
       </c>
       <c r="M383" s="10" t="s">
-        <v>1430</v>
+        <v>1428</v>
       </c>
       <c r="N383" s="9" t="s">
         <v>52</v>
       </c>
       <c r="O383" s="9" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="P383" s="5" t="s">
-        <v>323</v>
+        <v>481</v>
       </c>
       <c r="Q383" s="9" t="s">
-        <v>1432</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="384" spans="1:17">
       <c r="A384" s="5">
         <v>378</v>
       </c>
       <c r="B384" s="8" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C384" s="9" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D384" s="5" t="s">
         <v>1433</v>
       </c>
-      <c r="C384" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E384" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F384" s="9">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="G384" s="9">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="H384" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I384" s="9">
-        <v>295.0</v>
+        <v>350.0</v>
       </c>
       <c r="J384" s="9">
         <v>20</v>
       </c>
       <c r="K384" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L384" s="9">
         <v>150</v>
       </c>
       <c r="M384" s="10" t="s">
+        <v>1432</v>
+      </c>
+      <c r="N384" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="O384" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="P384" s="5" t="s">
         <v>1434</v>
       </c>
-      <c r="N384" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q384" s="9" t="s">
-        <v>96</v>
+        <v>132</v>
       </c>
     </row>
     <row r="385" spans="1:17">
       <c r="A385" s="5">
         <v>379</v>
       </c>
       <c r="B385" s="8" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C385" s="9" t="s">
         <v>1436</v>
       </c>
-      <c r="C385" s="9" t="s">
+      <c r="D385" s="5" t="s">
         <v>1437</v>
-      </c>
-[...1 lines deleted...]
-        <v>1192</v>
       </c>
       <c r="E385" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F385" s="9">
         <v>2023</v>
       </c>
       <c r="G385" s="9">
-        <v>159</v>
+        <v>92</v>
       </c>
       <c r="H385" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I385" s="9">
-        <v>425.0</v>
+        <v>375.0</v>
       </c>
       <c r="J385" s="9">
         <v>20</v>
       </c>
       <c r="K385" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L385" s="9">
-        <v>240</v>
+        <v>170</v>
       </c>
       <c r="M385" s="10" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="N385" s="9" t="s">
         <v>52</v>
       </c>
       <c r="O385" s="9" t="s">
-        <v>80</v>
+        <v>53</v>
       </c>
       <c r="P385" s="5" t="s">
-        <v>1169</v>
+        <v>323</v>
       </c>
       <c r="Q385" s="9" t="s">
-        <v>146</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="386" spans="1:17">
       <c r="A386" s="5">
         <v>380</v>
       </c>
       <c r="B386" s="8" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="C386" s="9" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="D386" s="5" t="s">
+        <v>1441</v>
+      </c>
+      <c r="E386" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F386" s="9">
+        <v>2024</v>
+      </c>
+      <c r="G386" s="9">
+        <v>75</v>
+      </c>
+      <c r="H386" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I386" s="9">
+        <v>295.0</v>
+      </c>
+      <c r="J386" s="9">
+        <v>20</v>
+      </c>
+      <c r="K386" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L386" s="9">
+        <v>150</v>
+      </c>
+      <c r="M386" s="10" t="s">
         <v>1440</v>
       </c>
-      <c r="E386" s="9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N386" s="9" t="s">
-        <v>491</v>
+        <v>26</v>
       </c>
       <c r="O386" s="9" t="s">
         <v>53</v>
       </c>
       <c r="P386" s="5" t="s">
-        <v>616</v>
+        <v>839</v>
       </c>
       <c r="Q386" s="9" t="s">
-        <v>324</v>
+        <v>96</v>
       </c>
     </row>
     <row r="387" spans="1:17">
       <c r="A387" s="5">
         <v>381</v>
       </c>
       <c r="B387" s="8" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="C387" s="9" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="D387" s="5" t="s">
+        <v>1198</v>
+      </c>
+      <c r="E387" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F387" s="9">
+        <v>2023</v>
+      </c>
+      <c r="G387" s="9">
+        <v>159</v>
+      </c>
+      <c r="H387" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I387" s="9">
+        <v>425.0</v>
+      </c>
+      <c r="J387" s="9">
+        <v>20</v>
+      </c>
+      <c r="K387" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="L387" s="9">
+        <v>240</v>
+      </c>
+      <c r="M387" s="10" t="s">
         <v>1443</v>
-      </c>
-[...25 lines deleted...]
-        <v>1442</v>
       </c>
       <c r="N387" s="9" t="s">
         <v>52</v>
       </c>
       <c r="O387" s="9" t="s">
-        <v>299</v>
+        <v>80</v>
       </c>
       <c r="P387" s="5" t="s">
-        <v>300</v>
+        <v>1175</v>
       </c>
       <c r="Q387" s="9" t="s">
-        <v>1445</v>
+        <v>146</v>
       </c>
     </row>
     <row r="388" spans="1:17">
       <c r="A388" s="5">
         <v>382</v>
       </c>
       <c r="B388" s="8" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C388" s="9" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D388" s="5" t="s">
         <v>1446</v>
       </c>
-      <c r="C388" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E388" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F388" s="9">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G388" s="9">
-        <v>210</v>
+        <v>131</v>
       </c>
       <c r="H388" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I388" s="9">
-        <v>650.0</v>
+        <v>325.0</v>
       </c>
       <c r="J388" s="9">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="K388" s="9" t="s">
-        <v>1444</v>
+        <v>25</v>
       </c>
       <c r="L388" s="9">
-        <v>500</v>
+        <v>220</v>
       </c>
       <c r="M388" s="10" t="s">
-        <v>1447</v>
+        <v>1445</v>
       </c>
       <c r="N388" s="9" t="s">
-        <v>26</v>
+        <v>494</v>
       </c>
       <c r="O388" s="9" t="s">
-        <v>299</v>
+        <v>53</v>
       </c>
       <c r="P388" s="5" t="s">
-        <v>1449</v>
+        <v>623</v>
       </c>
       <c r="Q388" s="9" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
     </row>
     <row r="389" spans="1:17">
       <c r="A389" s="5">
         <v>383</v>
       </c>
       <c r="B389" s="8" t="s">
-        <v>1450</v>
+        <v>1447</v>
       </c>
       <c r="C389" s="9" t="s">
-        <v>1451</v>
+        <v>1448</v>
       </c>
       <c r="D389" s="5" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
       <c r="E389" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F389" s="9">
         <v>2019</v>
       </c>
       <c r="G389" s="9">
-        <v>208</v>
+        <v>140</v>
       </c>
       <c r="H389" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I389" s="9">
-        <v>350.0</v>
+        <v>275.0</v>
       </c>
       <c r="J389" s="9">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K389" s="9" t="s">
-        <v>1444</v>
+        <v>1450</v>
       </c>
       <c r="L389" s="9">
-        <v>350</v>
+        <v>250</v>
       </c>
       <c r="M389" s="10" t="s">
-        <v>1451</v>
+        <v>1448</v>
       </c>
       <c r="N389" s="9" t="s">
         <v>52</v>
       </c>
       <c r="O389" s="9" t="s">
         <v>299</v>
       </c>
       <c r="P389" s="5" t="s">
         <v>300</v>
       </c>
       <c r="Q389" s="9" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="390" spans="1:17">
+      <c r="A390" s="5">
+        <v>384</v>
+      </c>
+      <c r="B390" s="8" t="s">
         <v>1452</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="H390" s="13"/>
+      <c r="C390" s="9" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D390" s="5" t="s">
+        <v>1454</v>
+      </c>
+      <c r="E390" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F390" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G390" s="9">
+        <v>210</v>
+      </c>
+      <c r="H390" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I390" s="9">
+        <v>650.0</v>
+      </c>
+      <c r="J390" s="9">
+        <v>30</v>
+      </c>
+      <c r="K390" s="9" t="s">
+        <v>1450</v>
+      </c>
+      <c r="L390" s="9">
+        <v>500</v>
+      </c>
+      <c r="M390" s="10" t="s">
+        <v>1453</v>
+      </c>
+      <c r="N390" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O390" s="9" t="s">
+        <v>299</v>
+      </c>
+      <c r="P390" s="5" t="s">
+        <v>1455</v>
+      </c>
+      <c r="Q390" s="9" t="s">
+        <v>319</v>
+      </c>
     </row>
     <row r="391" spans="1:17">
-      <c r="A391" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H391" s="12"/>
+      <c r="A391" s="5">
+        <v>385</v>
+      </c>
+      <c r="B391" s="8" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C391" s="9" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D391" s="5" t="s">
+        <v>1449</v>
+      </c>
+      <c r="E391" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F391" s="9">
+        <v>2019</v>
+      </c>
+      <c r="G391" s="9">
+        <v>208</v>
+      </c>
+      <c r="H391" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="I391" s="9">
+        <v>350.0</v>
+      </c>
+      <c r="J391" s="9">
+        <v>20</v>
+      </c>
+      <c r="K391" s="9" t="s">
+        <v>1450</v>
+      </c>
+      <c r="L391" s="9">
+        <v>350</v>
+      </c>
+      <c r="M391" s="10" t="s">
+        <v>1457</v>
+      </c>
+      <c r="N391" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="O391" s="9" t="s">
+        <v>299</v>
+      </c>
+      <c r="P391" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="Q391" s="9" t="s">
+        <v>1458</v>
+      </c>
     </row>
     <row r="392" spans="1:17">
-      <c r="A392" s="12" t="s">
-[...8 lines deleted...]
-      <c r="H392" s="11"/>
+      <c r="B392" s="13"/>
+      <c r="C392" s="13"/>
+      <c r="D392" s="13"/>
+      <c r="E392" s="13"/>
+      <c r="F392" s="13"/>
+      <c r="G392" s="13"/>
+      <c r="H392" s="13"/>
     </row>
     <row r="393" spans="1:17">
-      <c r="A393" s="11" t="s">
-[...8 lines deleted...]
-      <c r="H393" s="11"/>
+      <c r="A393" s="12" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B393" s="12"/>
+      <c r="C393" s="12"/>
+      <c r="D393" s="12"/>
+      <c r="E393" s="12"/>
+      <c r="F393" s="12"/>
+      <c r="G393" s="12"/>
+      <c r="H393" s="12"/>
     </row>
     <row r="394" spans="1:17">
-      <c r="A394" s="11" t="s">
-        <v>1456</v>
+      <c r="A394" s="12" t="s">
+        <v>1460</v>
       </c>
       <c r="B394" s="11"/>
       <c r="C394" s="11"/>
       <c r="D394" s="11"/>
       <c r="E394" s="11"/>
       <c r="F394" s="11"/>
       <c r="G394" s="11"/>
       <c r="H394" s="11"/>
     </row>
     <row r="395" spans="1:17">
-      <c r="A395" s="12" t="s">
-        <v>1457</v>
+      <c r="A395" s="11" t="s">
+        <v>1461</v>
       </c>
       <c r="B395" s="11"/>
       <c r="C395" s="11"/>
       <c r="D395" s="11"/>
       <c r="E395" s="11"/>
       <c r="F395" s="11"/>
       <c r="G395" s="11"/>
       <c r="H395" s="11"/>
     </row>
     <row r="396" spans="1:17">
-      <c r="A396" s="12" t="s">
-        <v>1458</v>
+      <c r="A396" s="11" t="s">
+        <v>1462</v>
       </c>
       <c r="B396" s="11"/>
       <c r="C396" s="11"/>
       <c r="D396" s="11"/>
       <c r="E396" s="11"/>
       <c r="F396" s="11"/>
       <c r="G396" s="11"/>
       <c r="H396" s="11"/>
     </row>
     <row r="397" spans="1:17">
       <c r="A397" s="12" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
       <c r="B397" s="11"/>
       <c r="C397" s="11"/>
       <c r="D397" s="11"/>
       <c r="E397" s="11"/>
       <c r="F397" s="11"/>
       <c r="G397" s="11"/>
       <c r="H397" s="11"/>
     </row>
     <row r="398" spans="1:17">
       <c r="A398" s="12" t="s">
-        <v>1460</v>
+        <v>1464</v>
       </c>
       <c r="B398" s="11"/>
       <c r="C398" s="11"/>
       <c r="D398" s="11"/>
       <c r="E398" s="11"/>
       <c r="F398" s="11"/>
       <c r="G398" s="11"/>
       <c r="H398" s="11"/>
     </row>
     <row r="399" spans="1:17">
       <c r="A399" s="12" t="s">
-        <v>1461</v>
-[...7 lines deleted...]
-      <c r="H399" s="12"/>
+        <v>1465</v>
+      </c>
+      <c r="B399" s="11"/>
+      <c r="C399" s="11"/>
+      <c r="D399" s="11"/>
+      <c r="E399" s="11"/>
+      <c r="F399" s="11"/>
+      <c r="G399" s="11"/>
+      <c r="H399" s="11"/>
     </row>
     <row r="400" spans="1:17">
-      <c r="A400" s="11" t="s">
-        <v>1462</v>
+      <c r="A400" s="12" t="s">
+        <v>1466</v>
       </c>
       <c r="B400" s="11"/>
       <c r="C400" s="11"/>
       <c r="D400" s="11"/>
       <c r="E400" s="11"/>
       <c r="F400" s="11"/>
       <c r="G400" s="11"/>
       <c r="H400" s="11"/>
     </row>
     <row r="401" spans="1:17">
       <c r="A401" s="12" t="s">
-        <v>1463</v>
-[...7 lines deleted...]
-      <c r="H401" s="11"/>
+        <v>1467</v>
+      </c>
+      <c r="B401" s="12"/>
+      <c r="C401" s="12"/>
+      <c r="D401" s="12"/>
+      <c r="E401" s="12"/>
+      <c r="F401" s="12"/>
+      <c r="G401" s="12"/>
+      <c r="H401" s="12"/>
     </row>
     <row r="402" spans="1:17">
-      <c r="A402" s="12" t="s">
-        <v>1464</v>
+      <c r="A402" s="11" t="s">
+        <v>1468</v>
       </c>
       <c r="B402" s="11"/>
       <c r="C402" s="11"/>
       <c r="D402" s="11"/>
       <c r="E402" s="11"/>
       <c r="F402" s="11"/>
       <c r="G402" s="11"/>
       <c r="H402" s="11"/>
     </row>
     <row r="403" spans="1:17">
       <c r="A403" s="12" t="s">
-        <v>1465</v>
-[...7 lines deleted...]
-      <c r="H403" s="12"/>
+        <v>1469</v>
+      </c>
+      <c r="B403" s="11"/>
+      <c r="C403" s="11"/>
+      <c r="D403" s="11"/>
+      <c r="E403" s="11"/>
+      <c r="F403" s="11"/>
+      <c r="G403" s="11"/>
+      <c r="H403" s="11"/>
     </row>
     <row r="404" spans="1:17">
-      <c r="A404" s="11" t="s">
-        <v>0</v>
+      <c r="A404" s="12" t="s">
+        <v>1470</v>
       </c>
       <c r="B404" s="11"/>
       <c r="C404" s="11"/>
       <c r="D404" s="11"/>
       <c r="E404" s="11"/>
       <c r="F404" s="11"/>
       <c r="G404" s="11"/>
       <c r="H404" s="11"/>
     </row>
     <row r="405" spans="1:17">
-      <c r="A405" s="11" t="s">
-[...8 lines deleted...]
-      <c r="H405" s="11"/>
+      <c r="A405" s="12" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B405" s="12"/>
+      <c r="C405" s="12"/>
+      <c r="D405" s="12"/>
+      <c r="E405" s="12"/>
+      <c r="F405" s="12"/>
+      <c r="G405" s="12"/>
+      <c r="H405" s="12"/>
     </row>
     <row r="406" spans="1:17">
       <c r="A406" s="11" t="s">
-        <v>1467</v>
+        <v>0</v>
       </c>
       <c r="B406" s="11"/>
       <c r="C406" s="11"/>
       <c r="D406" s="11"/>
       <c r="E406" s="11"/>
       <c r="F406" s="11"/>
       <c r="G406" s="11"/>
       <c r="H406" s="11"/>
     </row>
     <row r="407" spans="1:17">
       <c r="A407" s="11" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="B407" s="11"/>
       <c r="C407" s="11"/>
       <c r="D407" s="11"/>
       <c r="E407" s="11"/>
       <c r="F407" s="11"/>
       <c r="G407" s="11"/>
       <c r="H407" s="11"/>
     </row>
     <row r="408" spans="1:17">
-      <c r="A408" s="12" t="s">
-        <v>1469</v>
+      <c r="A408" s="11" t="s">
+        <v>1473</v>
       </c>
       <c r="B408" s="11"/>
       <c r="C408" s="11"/>
       <c r="D408" s="11"/>
       <c r="E408" s="11"/>
       <c r="F408" s="11"/>
       <c r="G408" s="11"/>
       <c r="H408" s="11"/>
     </row>
     <row r="409" spans="1:17">
-      <c r="A409" s="12" t="s">
-        <v>1470</v>
+      <c r="A409" s="11" t="s">
+        <v>1474</v>
       </c>
       <c r="B409" s="11"/>
       <c r="C409" s="11"/>
       <c r="D409" s="11"/>
       <c r="E409" s="11"/>
       <c r="F409" s="11"/>
       <c r="G409" s="11"/>
       <c r="H409" s="11"/>
     </row>
+    <row r="410" spans="1:17">
+      <c r="A410" s="12" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B410" s="11"/>
+      <c r="C410" s="11"/>
+      <c r="D410" s="11"/>
+      <c r="E410" s="11"/>
+      <c r="F410" s="11"/>
+      <c r="G410" s="11"/>
+      <c r="H410" s="11"/>
+    </row>
+    <row r="411" spans="1:17">
+      <c r="A411" s="12" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B411" s="11"/>
+      <c r="C411" s="11"/>
+      <c r="D411" s="11"/>
+      <c r="E411" s="11"/>
+      <c r="F411" s="11"/>
+      <c r="G411" s="11"/>
+      <c r="H411" s="11"/>
+    </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
-    <mergeCell ref="A391:H391"/>
-    <mergeCell ref="A392:H392"/>
     <mergeCell ref="A393:H393"/>
     <mergeCell ref="A394:H394"/>
     <mergeCell ref="A395:H395"/>
     <mergeCell ref="A396:H396"/>
     <mergeCell ref="A397:H397"/>
     <mergeCell ref="A398:H398"/>
     <mergeCell ref="A399:H399"/>
     <mergeCell ref="A400:H400"/>
     <mergeCell ref="A401:H401"/>
     <mergeCell ref="A402:H402"/>
     <mergeCell ref="A403:H403"/>
     <mergeCell ref="A404:H404"/>
     <mergeCell ref="A405:H405"/>
     <mergeCell ref="A406:H406"/>
     <mergeCell ref="A407:H407"/>
     <mergeCell ref="A408:H408"/>
     <mergeCell ref="A409:H409"/>
+    <mergeCell ref="A410:H410"/>
+    <mergeCell ref="A411:H411"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_16"/>
     <hyperlink ref="M14" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_18"/>
     <hyperlink ref="M15" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_20"/>
     <hyperlink ref="M16" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_22"/>
     <hyperlink ref="M17" r:id="rId_hyperlink_23"/>
@@ -26336,50 +26456,54 @@
     <hyperlink ref="M377" r:id="rId_hyperlink_743"/>
     <hyperlink ref="B378" r:id="rId_hyperlink_744"/>
     <hyperlink ref="M378" r:id="rId_hyperlink_745"/>
     <hyperlink ref="B379" r:id="rId_hyperlink_746"/>
     <hyperlink ref="M379" r:id="rId_hyperlink_747"/>
     <hyperlink ref="B380" r:id="rId_hyperlink_748"/>
     <hyperlink ref="M380" r:id="rId_hyperlink_749"/>
     <hyperlink ref="B381" r:id="rId_hyperlink_750"/>
     <hyperlink ref="M381" r:id="rId_hyperlink_751"/>
     <hyperlink ref="B382" r:id="rId_hyperlink_752"/>
     <hyperlink ref="M382" r:id="rId_hyperlink_753"/>
     <hyperlink ref="B383" r:id="rId_hyperlink_754"/>
     <hyperlink ref="M383" r:id="rId_hyperlink_755"/>
     <hyperlink ref="B384" r:id="rId_hyperlink_756"/>
     <hyperlink ref="M384" r:id="rId_hyperlink_757"/>
     <hyperlink ref="B385" r:id="rId_hyperlink_758"/>
     <hyperlink ref="M385" r:id="rId_hyperlink_759"/>
     <hyperlink ref="B386" r:id="rId_hyperlink_760"/>
     <hyperlink ref="M386" r:id="rId_hyperlink_761"/>
     <hyperlink ref="B387" r:id="rId_hyperlink_762"/>
     <hyperlink ref="M387" r:id="rId_hyperlink_763"/>
     <hyperlink ref="B388" r:id="rId_hyperlink_764"/>
     <hyperlink ref="M388" r:id="rId_hyperlink_765"/>
     <hyperlink ref="B389" r:id="rId_hyperlink_766"/>
     <hyperlink ref="M389" r:id="rId_hyperlink_767"/>
+    <hyperlink ref="B390" r:id="rId_hyperlink_768"/>
+    <hyperlink ref="M390" r:id="rId_hyperlink_769"/>
+    <hyperlink ref="B391" r:id="rId_hyperlink_770"/>
+    <hyperlink ref="M391" r:id="rId_hyperlink_771"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>