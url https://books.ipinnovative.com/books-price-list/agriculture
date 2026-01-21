--- v0 (2025-10-09)
+++ v1 (2026-01-21)
@@ -12,59 +12,59 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>IP Innovative Publication Pvt. Ltd.</t>
   </si>
   <si>
     <t>www.ipinnovative.com</t>
   </si>
   <si>
-    <t>Agriculture BOOKS PRICE / CATALOGUE For Year - 2025</t>
+    <t>Agriculture BOOKS PRICE / CATALOGUE For Year - 2026</t>
   </si>
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Book Name</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author Name</t>
   </si>
   <si>
     <t>Edition</t>
   </si>
   <si>
     <t>Publishing Year</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Paper type</t>
   </si>
@@ -270,171 +270,245 @@
     <t>Text Book</t>
   </si>
   <si>
     <t>Management of Abiotic Stress in Crop Plants</t>
   </si>
   <si>
     <t>978-93-88022-56-9</t>
   </si>
   <si>
     <t>Dr. Gurumurthy S, Dr. Senjam Jinus S</t>
   </si>
   <si>
     <t>23x15x0.9</t>
   </si>
   <si>
     <t>Red Deer (Cervus elaphus): Ecology, Conservation, and Management</t>
   </si>
   <si>
     <t>978-93-88022-82-8</t>
   </si>
   <si>
     <t>Dr. Junaid Malik</t>
   </si>
   <si>
     <t>Biology &amp; Ecology &amp; Taxonomy</t>
+  </si>
+  <si>
+    <t>Payment Details:-</t>
+  </si>
+  <si>
+    <t>Payment (India):100% Advance Payment Cheque / DD / RTGS / NEFT will be made in favour of"IP Innovative Publication Pvt. Ltd."</t>
+  </si>
+  <si>
+    <t>Payable at New Delhi, India</t>
+  </si>
+  <si>
+    <t>Bank Name: Axis Bank Ltd., Branch – Palam, New Delhi</t>
+  </si>
+  <si>
+    <t>Current Account No.:917020045271486</t>
+  </si>
+  <si>
+    <t>IFSC Code:UTIB0000102</t>
+  </si>
+  <si>
+    <t>Swift Code:AXISINBB132</t>
+  </si>
+  <si>
+    <t>PAN No.:AAECI4006K</t>
+  </si>
+  <si>
+    <t>Payment Option for Outside of India:</t>
+  </si>
+  <si>
+    <t>PayPal option is applicable only for outside India. Foreign/International Subscribers can send payment via PayPal.</t>
+  </si>
+  <si>
+    <t>PayPal Account:subscription@ipinnovative.com</t>
+  </si>
+  <si>
+    <t>Please send your payment details at Email ID:subscription@ipinnovative.com</t>
+  </si>
+  <si>
+    <t>Contact Details:</t>
+  </si>
+  <si>
+    <t>3rd Floor, A-2, Gulab Bagh, Nawada, Metro Pillar No. 733</t>
+  </si>
+  <si>
+    <t>Uttam Nagar, New Delhi – 110059, India</t>
+  </si>
+  <si>
+    <t>Phone: +91-11-61364114, 61364115, 405682495, Ext. 12 &amp; 21</t>
+  </si>
+  <si>
+    <t>Mail:subscription@ipinnovative.com, subscription1.ippl@gmail.com</t>
+  </si>
+  <si>
+    <t>Web:www.ipinnovative.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="5">
+  <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="1"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="14">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -701,927 +775,1131 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipinnovative.com" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/103/a-textbook-on-entrepreneurship-development-programme-in-sericulture" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-57-6" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/85/a-textbook-on-introduction-to-sericulture-and-soil-science" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-39-2" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/78/biodiversity-and-crops-improvement-in-the-era-of-climate-change" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-32-3" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/156/breeding-and-genetics-of-silkworm-and-mulberry-particularly-for-b-sc-4th-semester-students" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-17-2" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/179/cowpathy-human-health" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-5593-506-9" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/199/environmental-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-22-6" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/105/essentials-of-agricultural-microbiology" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-59-0" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/58/folk-rice-diversity-of-eastern-india-hope-for-the-future-food-security" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-12-5" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/167/forestry-in-india-an-overview" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-32-5" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/222/genetics-of-bio-chemical-techniques" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-91208-74-5" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/4/handbook-of-veterinary-parasitology" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-81-932450-0-2" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/102/management-of-abiotic-stress-in-crop-plants" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-56-9" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.ipinnovative.com/books/128/red-deer-cervus-elaphus-ecology-conservation-and-management" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18231/978-93-88022-82-8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R20"/>
+  <dimension ref="A1:Q39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B20" sqref="B20:H20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.2822" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.2822" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.2822" customWidth="true" style="0"/>
     <col min="12" max="12" width="14.2822" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.5645" customWidth="true" style="0"/>
-    <col min="14" max="14" width="14.2822" customWidth="true" style="0"/>
+    <col min="14" max="14" width="28.5645" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.5645" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.5645" customWidth="true" style="0"/>
-    <col min="17" max="17" width="28.5645" customWidth="true" style="0"/>
-    <col min="18" max="18" width="14.2822" customWidth="true" style="0"/>
+    <col min="17" max="17" width="14.2822" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18">
+    <row r="1" spans="1:17">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
     </row>
-    <row r="2" spans="1:18">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
-    <row r="3" spans="1:18">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
     </row>
-    <row r="4" spans="1:18">
+    <row r="4" spans="1:17">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
     </row>
-    <row r="5" spans="1:18">
+    <row r="5" spans="1:17">
       <c r="A5"/>
     </row>
-    <row r="6" spans="1:18">
+    <row r="6" spans="1:17">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>7</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H6" s="7" t="s">
         <v>10</v>
       </c>
       <c r="I6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="J6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="K6" s="7" t="s">
         <v>13</v>
       </c>
       <c r="L6" s="7" t="s">
         <v>14</v>
       </c>
       <c r="M6" s="7" t="s">
         <v>15</v>
       </c>
       <c r="N6" s="7" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="O6" s="7" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="P6" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="Q6" s="6" t="s">
+      <c r="P6" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="R6" s="7" t="s">
+      <c r="Q6" s="7" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="7" spans="1:18">
+    <row r="7" spans="1:17">
       <c r="A7" s="5">
         <v>1</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="9">
         <v>2020</v>
       </c>
       <c r="G7" s="9">
         <v>103</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I7" s="9">
         <v>350.0</v>
       </c>
       <c r="J7" s="9">
         <v>20</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="9">
         <v>150</v>
       </c>
       <c r="M7" s="10" t="s">
         <v>21</v>
       </c>
       <c r="N7" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O7" s="9" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="P7" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="Q7" s="5" t="s">
+      <c r="P7" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R7" s="9" t="s">
+      <c r="Q7" s="9" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="8" spans="1:18">
+    <row r="8" spans="1:17">
       <c r="A8" s="5">
         <v>2</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>31</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="9">
         <v>2020</v>
       </c>
       <c r="G8" s="9">
         <v>189</v>
       </c>
       <c r="H8" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I8" s="9">
         <v>495.0</v>
       </c>
       <c r="J8" s="9">
         <v>30</v>
       </c>
       <c r="K8" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="9">
         <v>355</v>
       </c>
       <c r="M8" s="10" t="s">
         <v>31</v>
       </c>
       <c r="N8" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O8" s="9" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="P8" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="Q8" s="5" t="s">
+      <c r="P8" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R8" s="9" t="s">
+      <c r="Q8" s="9" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="9" spans="1:18">
+    <row r="9" spans="1:17">
       <c r="A9" s="5">
         <v>3</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>36</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="9">
         <v>2019</v>
       </c>
       <c r="G9" s="9">
         <v>143</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I9" s="9">
         <v>450.0</v>
       </c>
       <c r="J9" s="9">
         <v>25</v>
       </c>
       <c r="K9" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="9">
         <v>275</v>
       </c>
       <c r="M9" s="10" t="s">
         <v>36</v>
       </c>
       <c r="N9" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O9" s="9" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="P9" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="Q9" s="5" t="s">
+      <c r="P9" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="R9" s="9" t="s">
+      <c r="Q9" s="9" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="10" spans="1:18">
+    <row r="10" spans="1:17">
       <c r="A10" s="5">
         <v>4</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>42</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="9">
         <v>2021</v>
       </c>
       <c r="G10" s="9">
         <v>258</v>
       </c>
       <c r="H10" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="9">
         <v>575.0</v>
       </c>
       <c r="J10" s="9">
         <v>30</v>
       </c>
       <c r="K10" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="9">
         <v>450</v>
       </c>
       <c r="M10" s="10" t="s">
         <v>41</v>
       </c>
       <c r="N10" s="9" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="O10" s="9" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="P10" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="Q10" s="5" t="s">
+      <c r="P10" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R10" s="9" t="s">
+      <c r="Q10" s="9" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="11" spans="1:18">
+    <row r="11" spans="1:17">
       <c r="A11" s="5">
         <v>5</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>47</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="9">
         <v>2022</v>
       </c>
       <c r="G11" s="9">
         <v>346</v>
       </c>
       <c r="H11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="9">
         <v>550.0</v>
       </c>
       <c r="J11" s="9">
         <v>40</v>
       </c>
       <c r="K11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L11" s="9">
         <v>600</v>
       </c>
       <c r="M11" s="10" t="s">
         <v>46</v>
       </c>
       <c r="N11" s="9" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="O11" s="9" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="P11" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="Q11" s="5" t="s">
+      <c r="P11" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="R11" s="9" t="s">
+      <c r="Q11" s="9" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="12" spans="1:18">
+    <row r="12" spans="1:17">
       <c r="A12" s="5">
         <v>6</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>52</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="9">
         <v>2022</v>
       </c>
       <c r="G12" s="9">
         <v>142</v>
       </c>
       <c r="H12" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="9">
         <v>450.0</v>
       </c>
       <c r="J12" s="9">
         <v>25</v>
       </c>
       <c r="K12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="9">
         <v>220</v>
       </c>
       <c r="M12" s="10" t="s">
         <v>51</v>
       </c>
       <c r="N12" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O12" s="9" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="P12" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="Q12" s="5" t="s">
+      <c r="P12" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="R12" s="9" t="s">
+      <c r="Q12" s="9" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="13" spans="1:18">
+    <row r="13" spans="1:17">
       <c r="A13" s="5">
         <v>7</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>56</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>57</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="9">
         <v>2020</v>
       </c>
       <c r="G13" s="9">
         <v>156</v>
       </c>
       <c r="H13" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="9">
         <v>400.0</v>
       </c>
       <c r="J13" s="9">
         <v>20</v>
       </c>
       <c r="K13" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="9">
         <v>270</v>
       </c>
       <c r="M13" s="10" t="s">
         <v>56</v>
       </c>
       <c r="N13" s="9" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="O13" s="9" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="P13" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="Q13" s="5" t="s">
+      <c r="P13" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="R13" s="9" t="s">
+      <c r="Q13" s="9" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="14" spans="1:18">
+    <row r="14" spans="1:17">
       <c r="A14" s="5">
         <v>8</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>60</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>61</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>62</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="9">
         <v>2019</v>
       </c>
       <c r="G14" s="9">
         <v>273</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="9">
         <v>650.0</v>
       </c>
       <c r="J14" s="9">
         <v>30</v>
       </c>
       <c r="K14" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="9">
         <v>370</v>
       </c>
       <c r="M14" s="10" t="s">
         <v>61</v>
       </c>
       <c r="N14" s="9" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="O14" s="9" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="P14" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="Q14" s="5" t="s">
+      <c r="P14" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="R14" s="9" t="s">
+      <c r="Q14" s="9" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="15" spans="1:18">
+    <row r="15" spans="1:17">
       <c r="A15" s="5">
         <v>9</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>65</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>66</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="9">
         <v>2021</v>
       </c>
       <c r="G15" s="9">
         <v>242</v>
       </c>
       <c r="H15" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="9">
         <v>550.0</v>
       </c>
       <c r="J15" s="9">
         <v>30</v>
       </c>
       <c r="K15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="9">
         <v>400</v>
       </c>
       <c r="M15" s="10" t="s">
         <v>65</v>
       </c>
       <c r="N15" s="9" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="O15" s="9" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="P15" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="Q15" s="5" t="s">
+      <c r="P15" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="R15" s="9" t="s">
+      <c r="Q15" s="9" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="16" spans="1:18">
+    <row r="16" spans="1:17">
       <c r="A16" s="5">
         <v>10</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>71</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>72</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="9">
         <v>2023</v>
       </c>
       <c r="G16" s="9">
         <v>172</v>
       </c>
       <c r="H16" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I16" s="9">
         <v>450.0</v>
       </c>
       <c r="J16" s="9">
         <v>25</v>
       </c>
       <c r="K16" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="9">
         <v>240</v>
       </c>
       <c r="M16" s="10" t="s">
         <v>71</v>
       </c>
       <c r="N16" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O16" s="9" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="P16" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="Q16" s="5" t="s">
+      <c r="P16" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R16" s="9" t="s">
+      <c r="Q16" s="9" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="17" spans="1:18">
+    <row r="17" spans="1:17">
       <c r="A17" s="5">
         <v>11</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>75</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>76</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="9">
         <v>2016</v>
       </c>
       <c r="G17" s="9">
         <v>152</v>
       </c>
       <c r="H17" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="9">
         <v>450.0</v>
       </c>
       <c r="J17" s="9">
         <v>25</v>
       </c>
       <c r="K17" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="9">
         <v>250</v>
       </c>
       <c r="M17" s="10" t="s">
         <v>75</v>
       </c>
       <c r="N17" s="9" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="O17" s="9" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="P17" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="Q17" s="5" t="s">
+      <c r="P17" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="R17" s="9" t="s">
+      <c r="Q17" s="9" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="18" spans="1:18">
+    <row r="18" spans="1:17">
       <c r="A18" s="5">
         <v>12</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>79</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>80</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="9">
         <v>2020</v>
       </c>
       <c r="G18" s="9">
         <v>177</v>
       </c>
       <c r="H18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="9">
         <v>450.0</v>
       </c>
       <c r="J18" s="9">
         <v>30</v>
       </c>
       <c r="K18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="9">
         <v>280</v>
       </c>
       <c r="M18" s="10" t="s">
         <v>79</v>
       </c>
       <c r="N18" s="9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="O18" s="9" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="P18" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="Q18" s="5" t="s">
+      <c r="P18" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="R18" s="9" t="s">
+      <c r="Q18" s="9" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="19" spans="1:18">
+    <row r="19" spans="1:17">
       <c r="A19" s="5">
         <v>13</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>83</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>84</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="9">
         <v>2020</v>
       </c>
       <c r="G19" s="9">
         <v>171</v>
       </c>
       <c r="H19" s="9" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="9">
         <v>450.0</v>
       </c>
       <c r="J19" s="9">
         <v>20</v>
       </c>
       <c r="K19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="9">
         <v>250</v>
       </c>
       <c r="M19" s="10" t="s">
         <v>83</v>
       </c>
       <c r="N19" s="9" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="O19" s="9" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="P19" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="Q19" s="5" t="s">
+      <c r="P19" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="R19" s="9" t="s">
+      <c r="Q19" s="9" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="20" spans="1:18">
-[...6 lines deleted...]
-      <c r="H20" s="11"/>
+    <row r="20" spans="1:17">
+      <c r="B20" s="13"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="13"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="13"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="13"/>
+    </row>
+    <row r="21" spans="1:17">
+      <c r="A21" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B21" s="12"/>
+      <c r="C21" s="12"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="12"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="12"/>
+      <c r="H21" s="12"/>
+    </row>
+    <row r="22" spans="1:17">
+      <c r="A22" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B22" s="11"/>
+      <c r="C22" s="11"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="11"/>
+      <c r="F22" s="11"/>
+      <c r="G22" s="11"/>
+      <c r="H22" s="11"/>
+    </row>
+    <row r="23" spans="1:17">
+      <c r="A23" s="11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B23" s="11"/>
+      <c r="C23" s="11"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="11"/>
+      <c r="F23" s="11"/>
+      <c r="G23" s="11"/>
+      <c r="H23" s="11"/>
+    </row>
+    <row r="24" spans="1:17">
+      <c r="A24" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B24" s="11"/>
+      <c r="C24" s="11"/>
+      <c r="D24" s="11"/>
+      <c r="E24" s="11"/>
+      <c r="F24" s="11"/>
+      <c r="G24" s="11"/>
+      <c r="H24" s="11"/>
+    </row>
+    <row r="25" spans="1:17">
+      <c r="A25" s="12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B25" s="11"/>
+      <c r="C25" s="11"/>
+      <c r="D25" s="11"/>
+      <c r="E25" s="11"/>
+      <c r="F25" s="11"/>
+      <c r="G25" s="11"/>
+      <c r="H25" s="11"/>
+    </row>
+    <row r="26" spans="1:17">
+      <c r="A26" s="12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B26" s="11"/>
+      <c r="C26" s="11"/>
+      <c r="D26" s="11"/>
+      <c r="E26" s="11"/>
+      <c r="F26" s="11"/>
+      <c r="G26" s="11"/>
+      <c r="H26" s="11"/>
+    </row>
+    <row r="27" spans="1:17">
+      <c r="A27" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B27" s="11"/>
+      <c r="C27" s="11"/>
+      <c r="D27" s="11"/>
+      <c r="E27" s="11"/>
+      <c r="F27" s="11"/>
+      <c r="G27" s="11"/>
+      <c r="H27" s="11"/>
+    </row>
+    <row r="28" spans="1:17">
+      <c r="A28" s="12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B28" s="11"/>
+      <c r="C28" s="11"/>
+      <c r="D28" s="11"/>
+      <c r="E28" s="11"/>
+      <c r="F28" s="11"/>
+      <c r="G28" s="11"/>
+      <c r="H28" s="11"/>
+    </row>
+    <row r="29" spans="1:17">
+      <c r="A29" s="12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B29" s="12"/>
+      <c r="C29" s="12"/>
+      <c r="D29" s="12"/>
+      <c r="E29" s="12"/>
+      <c r="F29" s="12"/>
+      <c r="G29" s="12"/>
+      <c r="H29" s="12"/>
+    </row>
+    <row r="30" spans="1:17">
+      <c r="A30" s="11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B30" s="11"/>
+      <c r="C30" s="11"/>
+      <c r="D30" s="11"/>
+      <c r="E30" s="11"/>
+      <c r="F30" s="11"/>
+      <c r="G30" s="11"/>
+      <c r="H30" s="11"/>
+    </row>
+    <row r="31" spans="1:17">
+      <c r="A31" s="12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B31" s="11"/>
+      <c r="C31" s="11"/>
+      <c r="D31" s="11"/>
+      <c r="E31" s="11"/>
+      <c r="F31" s="11"/>
+      <c r="G31" s="11"/>
+      <c r="H31" s="11"/>
+    </row>
+    <row r="32" spans="1:17">
+      <c r="A32" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B32" s="11"/>
+      <c r="C32" s="11"/>
+      <c r="D32" s="11"/>
+      <c r="E32" s="11"/>
+      <c r="F32" s="11"/>
+      <c r="G32" s="11"/>
+      <c r="H32" s="11"/>
+    </row>
+    <row r="33" spans="1:17">
+      <c r="A33" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B33" s="12"/>
+      <c r="C33" s="12"/>
+      <c r="D33" s="12"/>
+      <c r="E33" s="12"/>
+      <c r="F33" s="12"/>
+      <c r="G33" s="12"/>
+      <c r="H33" s="12"/>
+    </row>
+    <row r="34" spans="1:17">
+      <c r="A34" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="B34" s="11"/>
+      <c r="C34" s="11"/>
+      <c r="D34" s="11"/>
+      <c r="E34" s="11"/>
+      <c r="F34" s="11"/>
+      <c r="G34" s="11"/>
+      <c r="H34" s="11"/>
+    </row>
+    <row r="35" spans="1:17">
+      <c r="A35" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="B35" s="11"/>
+      <c r="C35" s="11"/>
+      <c r="D35" s="11"/>
+      <c r="E35" s="11"/>
+      <c r="F35" s="11"/>
+      <c r="G35" s="11"/>
+      <c r="H35" s="11"/>
+    </row>
+    <row r="36" spans="1:17">
+      <c r="A36" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B36" s="11"/>
+      <c r="C36" s="11"/>
+      <c r="D36" s="11"/>
+      <c r="E36" s="11"/>
+      <c r="F36" s="11"/>
+      <c r="G36" s="11"/>
+      <c r="H36" s="11"/>
+    </row>
+    <row r="37" spans="1:17">
+      <c r="A37" s="11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B37" s="11"/>
+      <c r="C37" s="11"/>
+      <c r="D37" s="11"/>
+      <c r="E37" s="11"/>
+      <c r="F37" s="11"/>
+      <c r="G37" s="11"/>
+      <c r="H37" s="11"/>
+    </row>
+    <row r="38" spans="1:17">
+      <c r="A38" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B38" s="11"/>
+      <c r="C38" s="11"/>
+      <c r="D38" s="11"/>
+      <c r="E38" s="11"/>
+      <c r="F38" s="11"/>
+      <c r="G38" s="11"/>
+      <c r="H38" s="11"/>
+    </row>
+    <row r="39" spans="1:17">
+      <c r="A39" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B39" s="11"/>
+      <c r="C39" s="11"/>
+      <c r="D39" s="11"/>
+      <c r="E39" s="11"/>
+      <c r="F39" s="11"/>
+      <c r="G39" s="11"/>
+      <c r="H39" s="11"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
+    <mergeCell ref="A21:H21"/>
+    <mergeCell ref="A22:H22"/>
+    <mergeCell ref="A23:H23"/>
+    <mergeCell ref="A24:H24"/>
+    <mergeCell ref="A25:H25"/>
+    <mergeCell ref="A26:H26"/>
+    <mergeCell ref="A27:H27"/>
+    <mergeCell ref="A28:H28"/>
+    <mergeCell ref="A29:H29"/>
+    <mergeCell ref="A30:H30"/>
+    <mergeCell ref="A31:H31"/>
+    <mergeCell ref="A32:H32"/>
+    <mergeCell ref="A33:H33"/>
+    <mergeCell ref="A34:H34"/>
+    <mergeCell ref="A35:H35"/>
+    <mergeCell ref="A36:H36"/>
+    <mergeCell ref="A37:H37"/>
+    <mergeCell ref="A38:H38"/>
+    <mergeCell ref="A39:H39"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="M7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="M8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="M9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="M10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="M11" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_12"/>
     <hyperlink ref="M12" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_14"/>
     <hyperlink ref="M13" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_16"/>
     <hyperlink ref="M14" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_18"/>
     <hyperlink ref="M15" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_20"/>
     <hyperlink ref="M16" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_22"/>
     <hyperlink ref="M17" r:id="rId_hyperlink_23"/>